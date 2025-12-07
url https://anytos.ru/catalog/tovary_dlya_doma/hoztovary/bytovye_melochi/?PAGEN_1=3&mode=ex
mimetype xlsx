--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -12,143 +12,176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="629">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f1/odq9erc9rbyglwsipmo4jgjkymo5li33.jpg</t>
   </si>
   <si>
     <t>Упак.лента ЛУЧ 48мм 36м 40мкм   20С 1348-08</t>
   </si>
   <si>
     <t>Бытовые мелочи</t>
   </si>
   <si>
     <t>117576</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/aa3/7fcekjvvyo2z69ttdh5zz9o4zxspve2o.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат ДЖУТОВЫЙ  1120текс  200 г: TCO3 штр.: 4602723019053</t>
+  </si>
+  <si>
+    <t>118347</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c44/p991qns8zpsyy5ty174qxnox8o2t3iyo.jpg</t>
   </si>
   <si>
     <t>Шпагат ДЖУТОВЫЙ,1кг,3-х нит толщ 3мм 1680текс: TC-1000 штр.: 4602723030775</t>
   </si>
   <si>
     <t>Шпагат применяется в качестве расходного материала в различныхотраслях народного хозяйства, в быту и пищевых производствах.Вес: 200 г, 1000 гДлина: 165 м, 175 м, 625 м, 595 м</t>
   </si>
   <si>
     <t>118348</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
-[...2 lines deleted...]
-    <t>1</t>
+    <t>http://anytos.ru//upload/iblock/345/v053uylggjpdaot7acx6dql01gytqxii.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат ПОЛИПРОПИЛЕН 1,2ктекс  200 г: TP03 штр.: 4602723019251</t>
+  </si>
+  <si>
+    <t>118349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5e/yzbrgehvgb8wnzoox274sh54xi11uvt1.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат ПОЛИПРОПИЛЕН 1кг,1,6ктекс  TP-1000</t>
+  </si>
+  <si>
+    <t>Шпагат применяется в качестве расходного материала в различныхотраслях народного хозяйства, в быту и пищевых производствах.Вес:&amp;nbsp;&amp;nbsp;200 г, 1000 гДлина:&amp;nbsp;&amp;nbsp;165 м, 175 м, 625 м, 595 м&amp;lt;Br&amp;gt;&amp;lt;B&amp;gt;&amp;nbsp;&amp;nbsp;Характеристики:&amp;nbsp;&amp;nbsp; &amp;lt;/B&amp;gt;&amp;lt;Br&amp;gt;&amp;lt;table class=&amp;quot;char-table&amp;quot;&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Цвет: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;_&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Название дизайна, серии, модели, бренда: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;ПОЛИПРОПИЛЕН 1кг,1,6ктекс&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вид банковского оборудования и расходных материалов: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Шпагат&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/table&amp;gt;&amp;lt;/div&amp;gt;</t>
+  </si>
+  <si>
+    <t>118351</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eec/1zwhlp4b9yudzin5iya7sj7r832rgmkw.jpg</t>
   </si>
   <si>
     <t>Шнур банковский ЛЬНЯНОЙ 1,5мм 300м 500гр полиров.: TC-500 штр.: 4602723045496</t>
   </si>
   <si>
     <t>121122</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc1/8y36q1vyu1ztihs8vag8opofk1cch32d.jpg</t>
   </si>
   <si>
     <t>Лента бандерольная 10 руб. 500  кольц.: КЛБ-10 штр.: -</t>
   </si>
   <si>
     <t>143703</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bankor/"&gt;Банкор&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8f/1b64i81bbwpqlkv18xg89uflshxy61tt.jpg</t>
-[...5 lines deleted...]
-    <t>150319</t>
+    <t>http://anytos.ru//upload/iblock/744/ewwbyw43d05x2kwsw0ab7hfdc5q05i3y.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. ЛУЧ 48 мм 36,00 м 45 мкм прозр.: 19С1309-08 штр.: 4601185009251</t>
+  </si>
+  <si>
+    <t>Упак.лента ЛУЧ 48 мм 36 м 45 мкм прозр.</t>
+  </si>
+  <si>
+    <t>166939</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/441/441dcc621cf13a3f17f9b2ef0bd38f5b.jpg</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стир машин и холодильников:  76.35</t>
   </si>
   <si>
     <t>Применение подставок позволяет значительно снизить нагрузку ножек техники на напольное покрытие, керамическую плитку, деревянные полы, а также предотвращает скольжение стиральной машины при работе в режиме отжима. Снижения вибрации при работе техники достигается оптимальной формой подставок и использованием высокопрочного материала.&lt;br /&gt;
 Количество в комплекте: 4 шт.&lt;br /&gt;
 Размер 6х6 см, высота 2 см.&lt;br /&gt;
 Эффект: меньше раздражающих шумов, предотвращение повреждения пола.&lt;br /&gt;
 Изготовлены из ПВХ &amp;#40;поливинилхлорид&amp;#41;.</t>
   </si>
   <si>
     <t>199170</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89a/89a7c5aa512ed1895a29f8c16d567e51.jpg</t>
   </si>
   <si>
     <t>Вантуз  гармошка :  76.28</t>
@@ -442,204 +475,231 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5b5/376morrze2epg46x3iarmfj505yqcyhm.jpg</t>
   </si>
   <si>
     <t>Шпагат джутовый полированный длина 100 м диаметр 1,5 мм, 2-х ниточный, BRAUBERG, 607947</t>
   </si>
   <si>
     <t>Джутовый полированный шпагат BRAUBERG отлично подходит для рукоделия и декора, упаковки товаров, опломбирования и прошивки документов. Изготовлен из натурального сырья растительного происхождения. Шпагат отличается высокой прочностью, износостойкостью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета и резкому перепаду температур. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется.Джутовый шпагат широко применяется для изготовления предметов интерьера, вязания/плетения сумок, ковриков, украшений. Незаменим в хозяйстве для подвязки растений и деревьев, упаковки товаров. Может применяться в пищевой промышленности. В делопроизводстве джутовый шпагат активно используется для опечатывания, инкассации, прошивки документов. Джут вымачивают в специальном многокомпонентном растворе для более глубокого расщепления волокна, придания ему мягкости и прочности. Именно поэтому при полном соблюдении технологии обработки и производства джутового волокна шпагаты и веревки, изготовленные из него, имеют специфический запах, который постепенно выветривается.Длина шпагата - 100 м, диаметр нити - 1,5 мм, линейная плотность - 1200 текс. Каждый клубок упакован в термоусадочную пленку.</t>
   </si>
   <si>
     <t>438644</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86e/x03dtyteg97pz2tz6i52xcr8weuw99qm.jpg</t>
   </si>
   <si>
     <t>Лента сигнальная красно-белая, 50 мм х 200 м, BRAUBERG  quot;Грандмастер quot;, основа полиэтилен, 604890</t>
   </si>
   <si>
     <t>Сигнальная лента BRAUBERG &amp;quot;Грандмастер&amp;quot; используется для ограждения территорий при проведении ремонтных, строительных, спасательных работ на улице и в помещении. Она выполнена в красно-белой цветовой гамме для привлечения внимания. Размер - 50 мм х 200 м предназначен для многократного использования и обхвата большой площади. Толщина полиэтилена 25 мкм позволяет противостоять к внешним природным и механическим повреждениям.</t>
   </si>
   <si>
     <t>468762</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd8/fd85a8418175c9969132e94badca764b/67217f766f1a53890e3d850bcbfe006f.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/106/1068a94e225029c11fe77cbd56ab986c/ee3ced4f90a7b00d10ac98ea181e37fc.jpg</t>
+  </si>
+  <si>
+    <t>Лента сигнальная Unibob, 50мм 150м, красно-белая, ИУ</t>
+  </si>
+  <si>
+    <t>Сигнальные ленты используются для временного ограждения территорий при проведении ремонтных, строительных, спасательных работ, в местах ДТП. Лента поставляется в термоусадке.</t>
+  </si>
+  <si>
+    <t>557532</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/unibob/"&gt;Unibob&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b54/b54315f78b70620b3b49f264cccc2b35/efa4c0862116ea6c398e26fde065c7ce.jpg</t>
+  </si>
+  <si>
+    <t>Лента сигнальная Unibob, 70мм 150м, красно-белая, ИУ</t>
+  </si>
+  <si>
+    <t>Сигнальные ленты используются для временного ограждения территорий при проведении ремонтных, строительных, спасательных работ, в местах ДТП.&amp;nbsp;&amp;nbsp;Лента поставляется в индивидуальной картонной коробке</t>
+  </si>
+  <si>
+    <t>557533</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/106/1068a94e225029c11fe77cbd56ab986c/ee3ced4f90a7b00d10ac98ea181e37fc.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aaa/4132mdji4cqu2vk91qbkhkd74ioimsv9.jpg</t>
   </si>
   <si>
     <t>Лента сигнальная желто-черная, 50 мм х 200 м, BRAUBERG  quot;Грандмастер quot;, основа полиэтилен, 604891</t>
   </si>
   <si>
     <t>Сигнальная лента BRAUBERG &amp;quot;Грандмастер&amp;quot; используется для ограждения территорий при проведении ремонтных, строительных, спасательных работ на улице и в помещении. Выполнена в&amp;nbsp;&amp;nbsp;желто-черной цветовой гамме для привлечения внимания. Размер - 50 мм х 200 м предназначен для многократного использования и охвата большой площади. Толщина полиэтилена 25 мкм позволяет противостоять к внешним природным и механическим повреждениям.</t>
   </si>
   <si>
     <t>564447</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42a/h6j0zrwvmezoiy3gt3rl3jdg7xs3teu5.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды и удаления ворса   2 сменных блока по 20 листов, экстра липкость, ЛАЙМА, 605399</t>
   </si>
   <si>
     <t>Чистящий ролик LAIMA благодаря своей липкой поверхности эффективно удаляет пыль, волосы, шерсть животных, с поверхности тканей, одежды, ковров, обивки салона автомобиля. Клейкий блок собирает грязь одним движением по ткани. Комплект сменных блоков из 2-х штук позволяет использовать ролик на протяжении длительного времени и экономит средства. Когда намотка на ролике закончится, не нужно выкидывать ручку, просто замените сменный блок для ролика. Каждый блок содержит 20 листов, которые легко удаляются после использования. Диаметр ролика составляет 40 мм, а его высота 200 мм. Поставляется в упаковке с европодвесом.</t>
   </si>
   <si>
     <t>565267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25d/uyoz8lion60vyolhk230pvq4vzmkl0qp.jpg</t>
   </si>
   <si>
     <t>Шпагат джутовый упаковочный полированный, длина 500 м, диаметр 1,5 мм, 1200 текс, BRAUBERG, 605008</t>
   </si>
   <si>
     <t>Джутовый шпагат BRAUBERG отлично подходит для декорирования, плетения, обвязки, упаковки товаров, инкассации, опечатывания и прошивки документов. Активно применяется для хозяйственных и бытовых нужд в домашнем и дачном хозяйстве. Изготовлен из натурального сырья растительного происхождения. Представляет собой нить диаметром 1,5 мм намотанную в бобину. Обладает линейной плотностью 1200 текс. Отличается мягкостью, высокой прочностью и эластичностью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета, не боится высоких температур и холода. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется. Джутовый шпагат отлично подходит для декорирования корзинок, вазочек, шкатулок, плетения сумок, ковриков, украшений. Так же джутовый шпагат используют для изготовления предметов интерьера, изделий в технике макраме. Активно применяется для хозяйственных нужд, подвязки растений и деревьев, упаковки товаров, для строительных и ремонтных работ. Подходит для опечатывания, инкассации, прошивки документов в делопроизводстве. Благодаря своим уникальным природным качествам и практичностью джутовый шпагат является незаменимым помощником в каждом доме и дачном хозяйстве. Экологически чистый продукт.</t>
   </si>
   <si>
     <t>565908</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/94c/adqgk80lyaiijct3e20b8gbrw4tciw5h.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат полипропиленовый, длина 125 м, диаметр 2 мм, линейная плотность 1600 текс, BRAUBERG, 600398</t>
+  </si>
+  <si>
+    <t>565909</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ee1/pxir8iq7a54l7z0kzvktwa5boqyr5t8k.jpg</t>
   </si>
   <si>
     <t>Шпагат полипропиленовый, длина 625 м, диаметр 2 мм, линейная плотность 1600 текс, BRAUBERG, 600117</t>
   </si>
   <si>
     <t>565910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/480/phs9ux9froubl6f8yglqy5u451cs6118.jpg</t>
   </si>
   <si>
     <t>Щетка для одежды обуви, большая, 9х14х6 см, пластик, цвет ассорти,  quot;Утюжок quot;, YORK, 40010</t>
   </si>
   <si>
     <t>Имеет удобную ручку с профилированным упором для большого пальца. Упругая щетина эффективно очищает поверхность от загрязнений. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>565917</t>
   </si>
   <si>
     <t>&lt;a href="/brands/york/"&gt;York&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/552/552f5441c18b612623d7933ae637e8d3/cc9bf8ae0cba8321fb88018bdda92b8e.jpg</t>
   </si>
   <si>
     <t>Мешок ПП 56 х 96 с ПНД вкладышем, на 50кг, ВС белый 100 шт уп</t>
   </si>
   <si>
     <t>Мешок ПП 56 х 96 с ПНД вкладышем, на 50кг, ВС белый 100 шт/уп</t>
   </si>
   <si>
     <t>581582</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4cb/4cb1ec6315aeb68dddb855920311c7ec/6a508e810772e4ce9f62ede7c0852a57.jpg</t>
+  </si>
+  <si>
+    <t>Мешок ПП 120х160см 1С белый 100 шт уп</t>
+  </si>
+  <si>
+    <t>Мешок ПП 120х160см 1С белый 100 шт/уп</t>
+  </si>
+  <si>
+    <t>581583</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8fd/8fd1c250b318f9c91d9de6e682b05507/d509a2ae4674fddc8e3aa68cd1832ccf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мешок п п тканый  100смх120см,150гр </t>
   </si>
   <si>
     <t>Мешок п/п тканый &amp;#40;100смх120см,150гр&amp;#41;</t>
   </si>
   <si>
     <t>581584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eff/effdf6c9aa479e567288430ef06d4ac2/1ffbe4b4325411142d889dd50badddf3.jpg</t>
   </si>
   <si>
     <t>Мешок ПП 70х120см ВС белый 100 шт уп</t>
   </si>
   <si>
     <t>Мешок ПП 70х120см ВС белый 100 шт/уп</t>
   </si>
   <si>
     <t>581585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcd/fcd1b0b655c9ea9d42f2f3511ed927ca/a58815a394b2bb6c9d037703b8a880a8.jpg</t>
   </si>
   <si>
     <t>Мешок ПП 46 х 75, с ПНД вкладышем, на 25 кг, ВС белый100 шт уп</t>
   </si>
   <si>
     <t>Мешок ПП 46 х 75, с ПНД вкладышем, на 25 кг, ВС белый100 шт/уп</t>
   </si>
   <si>
     <t>581586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8f/c8f7aa77de2033dee7786cd7d9e81998/ae6927a10bac7ae0558b1d877b9e35d3.jpg</t>
+  </si>
+  <si>
+    <t>Мешок ПП 70х120см 1С белый 100 шт уп</t>
+  </si>
+  <si>
+    <t>Мешок ПП 70х120см 1С белый 100 шт/уп</t>
+  </si>
+  <si>
+    <t>581588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96a/96a8e674071d9cd1a1765d838f259264/eddd8f670a6b3dc0ce22995e03ee738b.jpg</t>
+  </si>
+  <si>
+    <t>Веревка джутовая 10мм в мотках по 20м</t>
+  </si>
+  <si>
+    <t>581591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/3fcae43bbdb4439fada7cc5f8de64ce7/ffd3624980f73746c1de7742182ba88b.jpg</t>
   </si>
   <si>
     <t>Нить п п 1500 текс в бобине 5 кг   10 , 3300м</t>
   </si>
   <si>
     <t>Нить п/п 1500 текс в бобине 5 кг &amp;#43; 10&amp;#37;, 3300м</t>
   </si>
   <si>
     <t>581593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b8/5b83d6246db4554ffa0b6802be9e10c7/8c1b6e0b1a4a02f86109e4f19e7e6d33.jpg</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников  квадр. прозрач.  6 6см, h2см.</t>
   </si>
   <si>
     <t>Антивибрационные подставки для стиральных машин и холодильников &amp;#40;квадр. прозрач.&amp;#41; 6*6см, h2см.</t>
   </si>
   <si>
     <t>593978</t>
   </si>
@@ -998,50 +1058,62 @@
     <t>Антистатик Лана 3в1, 140 мл</t>
   </si>
   <si>
     <t>Антистатики от производителя Sibiar.&lt;br /&gt;
  Предназначен для снятия статического электрического напряжения с ткани и одежды. Препятствует прилипанию ткани к ногам при ходьбе. Наносится на изнаночную сторону изделий из ткани, легко распыляется, не оставляет никаких разводов на одежде.&lt;br /&gt;
  Отлично подойдет людям, занимающимся пошивом одежды из таких тканей как шелк, атлас, ведь при раскрое наэлектризованные ткани прилипают друг к другу, мешая делать точные выкройки. Не выявлено вредного влияния на состояние здоровья человека, однако не следует распылять средство непосредственно вблизи дыхательных путей.&lt;br /&gt;
  Имеет легкий приятный аромат. Наносится на изнаночную сторону одежды, распыление нужно производить с расстояния около 40 сантиметров. Легко распределяется по большой поверхности. Антистатик «Лана 3 в 1» продолжает свое действие на протяжении всего дня. Экономичная упаковка и эффективное распыление позволяют использовать один флакон в течение длительного времени.&lt;br /&gt;
  Состав: спирт этиловый, пропеллент углеводородный, поверхностно &amp;#8212; активные вещества, ароматизаторы и др.</t>
   </si>
   <si>
     <t>602634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73c/73c6072ff357b26866a63aafd8ecb371.jpg</t>
   </si>
   <si>
     <t>Фиксатор для дверей  quot;Бабочка quot;</t>
   </si>
   <si>
     <t>Фиксатор для дверей &amp;quot;Бабочка&amp;quot;</t>
   </si>
   <si>
     <t>639234</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a5e/a5ea8ddcf19f77a6c16e29332ae7737d.jpg</t>
+  </si>
+  <si>
+    <t>Фиксатор для дверей  quot;Божья Коровка quot;</t>
+  </si>
+  <si>
+    <t>Фиксатор для дверей &amp;quot;Божья Коровка&amp;quot;</t>
+  </si>
+  <si>
+    <t>639235</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a8d/a8d6d0f7c51229524a7fa4d8d99044cb.jpg</t>
   </si>
   <si>
     <t>Фиксатор для дверей  quot;Жирафик quot;</t>
   </si>
   <si>
     <t>Фиксатор для дверей &amp;quot;Жирафик&amp;quot;</t>
   </si>
   <si>
     <t>639236</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b79/b79a3e722697c8d5c4b8a7c34b2802fc.jpg</t>
   </si>
   <si>
     <t>Фиксатор для дверей  quot;Коровка quot;</t>
   </si>
   <si>
     <t>Фиксатор для дверей &amp;quot;Коровка&amp;quot;</t>
   </si>
   <si>
     <t>639237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a10/a1044c5864a4940e67dcbe6c7c1c7219.jpg</t>
@@ -1410,74 +1482,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b56/xuv6nivfmi5x32hlwe3ftaod0ds79fhe.jpg</t>
   </si>
   <si>
     <t>Светоотражающий браслет 30см.</t>
   </si>
   <si>
     <t>Светоотражающий браслет 30см</t>
   </si>
   <si>
     <t>703661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d6/fx4whls4jyxcz1kqgsk91hm124v08j1u.jpg</t>
   </si>
   <si>
     <t>Светоотражающий браслет 40см.</t>
   </si>
   <si>
     <t>Светоотражающий браслет 40см</t>
   </si>
   <si>
     <t>703662</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0ce/etqg62nmsxabu7t77ct9btejdef9j344.jpg</t>
+  </si>
+  <si>
+    <t>Ролик для чистки одежды OfficeClean, 5,6м., 20 слоев   2 сменных блока 5,6м., европодвес</t>
+  </si>
+  <si>
+    <t>710806</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c2/fq7m5454cfhtrzwk5b8oda6baanohmqo.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды OfficeClean, универсальный, для удаления пыли и ворса, 50 слоев, европодвес</t>
   </si>
   <si>
     <t>710807</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/28a/pghy41gbumysxn4yxpe2fhohtw9db066.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b4d/ntfu1ycx3q8hhgkdcbft1bwgfett78q9.jpg</t>
   </si>
   <si>
     <t>Рожок для обуви  quot;Комфорт quot;. Общая длина 46см. 3 цвета</t>
   </si>
   <si>
     <t>Рожок для обуви &amp;quot;Комфорт&amp;quot;. Общая длина 46см. 3 цвета</t>
   </si>
   <si>
     <t>794899</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d7/rikre3g8lzsg4yi62ydyy78aixxicsjk.jpg</t>
   </si>
   <si>
     <t>Рожок для обуви  quot;Петля quot;. Общая длина 48см.</t>
   </si>
   <si>
     <t>Рожок для обуви &amp;quot;Петля&amp;quot;. Общая длина 48см.</t>
   </si>
   <si>
     <t>794901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/107/5mw1im06ia931ps7r8f3654kzb23qken.jpg</t>
@@ -1521,62 +1587,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f6c/dmw2iwhuosga0kitdcntilbvld4lbjfc.jpg</t>
   </si>
   <si>
     <t>Машинка для удаления катышков миниклинер SONNEN FS-8809, белый голубой, 455465</t>
   </si>
   <si>
     <t>Машинка для удаления катышков SONNEN FS-8809, выполненная в современном дизайне, подарит одежде вторую жизнь! Миниклинер SONNEN FS-8809 бело-голубого цвета сделан из ABS пластика, а лезвия и сетка из нержавеющей стали. Питается прибор от двух AA батареек 1.5V каждая &amp;#40;НЕ В КОМПЛЕКТЕ!&amp;#41;. Диаметр рабочей поверхности - 41 мм. Переключатель ON/OFF находится на левой стороне корпуса - удобно держать и переключать одной рукой. Миниклинер оснащен съемным резервуаром для срезанных катышков. Комфортно лежит в руке. В комплект входит сам прибор, щетка для очистки лезвий, руководство пользователя и гарантийный талон.</t>
   </si>
   <si>
     <t>829413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a77/uxdz2pl3ab503x82wmrefxyv69zxnz3b.jpg</t>
   </si>
   <si>
     <t>Машинка для удаления катышков с аккумулятором с широкой рабочей поверхностью SONNEN FS-9989, 455467</t>
   </si>
   <si>
     <t>Машинка для удаления катышков SONNEN FS-9989 со встроенным аккумулятором и с широкой рабочей поверхностью, выполненная в современном дизайне, легко и быстро подарит одежде вторую жизнь! Миниклинер SONNEN FS-9988 черного цвета сделан из ABS пластика, а лезвия и сетка из нержавеющей стали. Питается прибор от аккумулятора 2хAA NI-MH 400 mAh &amp;#40;встроен&amp;#41;. Заряжается с помощью Micro USB-порта в корпусе. Полного заряда хватает на 40 минут работы, для полной зарядки необходимо 4 часа. Диаметр рабочей поверхности - 55 мм. Два режима работы &amp;#40;скорости&amp;#41;: 5500 RPM и 7500 RPM &amp;#40;оборотов в минуту&amp;#41;. Переключатель находится на левой стороне ручки - удобно держать и переключать одной рукой. Миниклинер оснащен съемным резервуаром для срезанных катышков. В комплект входит сам прибор, щетка для очистки лезвий, провод Micro USB - USB, руководство пользователя и гарантийный талон.</t>
   </si>
   <si>
     <t>829414</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5b2/yoo5m8hjfzlv4yv2gojscirbffs4pjj8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d56/gufsovn6dbqupa6ndx61q414c8gu2b03.jpg</t>
   </si>
   <si>
     <t>Протекторы для ножек мебели самоклеющиеся. Набор 4 штуки, диаметр 4,8 см.</t>
   </si>
   <si>
     <t>Протекторы для ножек мебели, такой как стулья, табуреты, столы и т.п. предназначены для защиты полов. Протекторы наклеиваются непосредственно на ножки мебели, обеспечивая тем самым защиту покрытий полов от повреждений. Использование таких протекторов обезопасят напольные покрытия и продлят их срок службы. Они почти не заметны и не испортят интерьер Вашего дома. Изготовлено: стружка и кора дуба прессованая, клеевой слой. Диаметр 4,8 см, высота 0,3 см.</t>
   </si>
   <si>
     <t>835529</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/545/xptjktx90ngc029vufy298t0w0nck312.jpg</t>
   </si>
   <si>
     <t>Ручка для дверей самоклеющаяся. Размер 8,5х 3,5см.</t>
   </si>
   <si>
     <t>Ручка предназначена для крепления на дверцах шкафа, комода, тумб, выдвижных ящиков, где нет возможности или желания просверлить отверстие для стандартных ручек. Крепится к поверхности при помощи двухсторонней липкой ленты. УСТАНОВКА: Очистите и обезжирьте поверхность, куда необходимо установить ручку; снимите защитный слой липкой ленты и зафиксируйте ручку на поверхности; удерживайте 3-4 секунды для надежной фиксации. Изготовлено из пластмассы &amp;#40;полипропилен&amp;#41;. Размер: диаметр 8,5 см. высота 3,5 см.</t>
   </si>
   <si>
     <t>835530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c1/twcnobpaatbubud1tlp14iz5wmh1tghh.jpg</t>
@@ -1695,113 +1749,122 @@
   <si>
     <t>Веревка джутовая 12мм, моток 20м</t>
   </si>
   <si>
     <t>898466</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d02/pyvogqydnp3572rvq0t7yc9taqxkk09x.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды Luscan универсальный люкс 50 листов</t>
   </si>
   <si>
     <t>898471</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/875/0zvzx083moun4zba6rd52kbpxfov24oa.jpg</t>
   </si>
   <si>
     <t>Шпагат джутовый 1120 ТЕКС 100м евробобна</t>
   </si>
   <si>
     <t>898487</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/640/3r0kdc1su8jlbhe5jeceek5y4a8bpdim.jpg</t>
+  </si>
+  <si>
+    <t>Шпагат джутовый 1120 ТЕКС 150м евробобна</t>
+  </si>
+  <si>
+    <t>898488</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/585/glvovr9itwjtjwgkngcafz065m0ci26t.jpg</t>
   </si>
   <si>
     <t>Штанга телескопическая  quot;Порядок quot; Длина 40 70см. Диаметр 1 1,3 см.</t>
   </si>
   <si>
     <t>Штанга телескопическая &amp;quot;Порядок&amp;quot; Длина 40~70см. Диаметр 1/1,3 см.</t>
   </si>
   <si>
     <t>931001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e0/5gqvt3ngkupd1fr9f805ljnbj9cc4r2p.jpg</t>
   </si>
   <si>
     <t>Шпагат полипропиленовый 1000 ТЕКС 1кг, бобина цвет в ассортименте</t>
   </si>
   <si>
     <t>932134</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/087/vobllb4nfv0aekylplvgjukmzm2cjkop.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/74c/ggdkofg0nehjkmuszwlnr9a0l9nu8gcw.jpg</t>
   </si>
   <si>
     <t>Шпагат джутовый полированный длина 500 м диаметр 1,5 мм, 2-х ниточный, BRAUBERG, 607944</t>
   </si>
   <si>
     <t>Джутовый полированный шпагат BRAUBERG отлично подходит для рукоделия и декора, упаковки товаров, опломбирования и прошивки документов. Изготовлен из натурального сырья растительного происхождения. Шпагат отличается высокой прочностью, износостойкостью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета и резкому перепаду тепрератур. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется. Джутовый шпагат широко применется для изготовления предметов интерьера, вязания/плетения сумок, ковриков, украшений. Незаменим в хозяйстве для подвязки растений и деревьев, упаковки товаров. Может применяться в пищевой промышленности. В делопроизводстве джутовый шпагат активно используется для опечатывания, инкассации, прошивки документов. Джут вымачивают в специальном многокомпонентном растворе для более глубокого расщепления волокна, придания ему мягкости и прочности. Именно поэтому, при полном соблюдении технологии обработки и производства джутового волокна, шпагаты и веревки, изготовленные из него, имеют специфический запах, который постепенно выветривается.Длина шпагата - 500 м, диаметр нити - 1,5 мм, линейная плотность 1200 текс.Каждая бобина упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>938722</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/887/qq8d6vremu53imd3klakdi8xn76rbl1q.jpg</t>
   </si>
   <si>
     <t>Щетка для чистки труднодоступных мест. Размер 2,5х15,5х3 см.</t>
   </si>
   <si>
     <t>939707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/099/b3wnkahw2x7nuzyzz62jpqrqbm5z387h.jpg</t>
   </si>
   <si>
     <t>Щетка-ершик для чистки труднодоступных мест. Длина 24 см.</t>
   </si>
   <si>
     <t>939708</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/20f/po25kosxexts9c4j6kfobnqp3kaw9607.jpg</t>
+  </si>
+  <si>
+    <t>Пылевыбивалка  quot;Цветок quot;. Размер 56х21х2 см, 2 цвета</t>
+  </si>
+  <si>
+    <t>Пылевыбивалка &amp;quot;Цветок&amp;quot;. Размер 56х21х2 см, 2 цвета</t>
+  </si>
+  <si>
+    <t>939715</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/454/lenp0vfxegxaxnk2c7tv35qvwq0uzvph.jpg</t>
   </si>
   <si>
     <t>Ремешок на липучке для фиксации и подвесного хранения. Размер 17,5х4см.</t>
   </si>
   <si>
     <t>939716</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0b/wa2pife8njyrb3n3qcqhocqerycohi44.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды   мебели от шерсти, ворсинок, пыли, волос   12 сменных блоков по 50 листов, суперлипкий, LAIMA, 608385</t>
   </si>
   <si>
     <t>Суперлипкий ролик для одежды LAIMA идеально подойдет для очистки одежды, мебели, для очистки салона автомобиля &amp;#40; особенно велюрового или тканевого&amp;#41; и других поверхностей от шерсти, ворсинок, волос, частиц пыли, катышек, ниток, мелких крошек и пуха. Наш ролик для очистки вещей и уборки волос изготовлен из высококачественных материалов, что обеспечит эффективное избавление поверхности от загрязнений. В комплект входит один блок-ролик и запасные сменные блоки. Ролик щетка-липун станет незаменимым помощником не только дома, в офисе, на кухне, даче или в саду, но и в автомобиле.Липкий слой легко убирает загрязнения не оставляя следов на поверхности очищаемого материала. Подходит для любых изделий из кожи, ткани и замши. В ролике 50 отрывных листов. Когда липкая поверхность загрязнится, просто удалите этот слой - и ролик снова готов избавить ваши вещи от шерсти, волос, пыли, пуха и других мелких загрязнений. Ширина очищающей поверхности - 10 см. Удобный и практичный комплект со сменными блоками: купи один раз, а пользуйся и сияй чистотой много раз!В комплекте 12 сменных блоков, 1 ролик-рукоятка.50 СУПЕРЛИПКИХ слоев в каждом сменном блоке нашего ролика!</t>
   </si>
   <si>
     <t>945715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18e/zmcbey5emy165ac9z5jiu21nw2mze2cp.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды   мебели от шерсти, ворсинок, пыли, волос   8 сменных блоков по 50 листов, суперлипкий, LAIMA, 608384</t>
@@ -1813,50 +1876,62 @@
     <t>945716</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d55/4svdbo1zot2cyl2pc9d45cgch0linm5d.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды   мебели от шерсти, ворсинок, пыли, волос   4 сменных блока по 50 листов, суперлипкий, LAIMA, 608383</t>
   </si>
   <si>
     <t>Суперлипкий ролик для одежды LAIMA идеально подойдет для очистки одежды, мебели, для очистки салона автомобиля &amp;#40; особенно велюрового или тканевого&amp;#41; и других поверхностей от шерсти, ворсинок, волос, частиц пыли, катышек, ниток, мелких крошек и пуха. Наш ролик для очистки вещей и уборки волос изготовлен из высококачественных материалов, что обеспечит эффективное избавление поверхности от загрязнений. В комплект входит один блок-ролик и запасные сменные блоки. Ролик щетка-липун станет незаменимым помощником не только дома, в офисе, на кухне, даче или в саду, но и в автомобиле.Липкий слой легко убирает загрязнения не оставляя следов на поверхности очищаемого материала. Подходит для любых изделий из кожи, ткани и замши. В ролике 50 отрывных листов. Когда липкая поверхность загрязнится, просто удалите этот слой - и ролик снова готов избавить ваши вещи от шерсти, волос, пыли, пуха и других мелких загрязнений. Ширина очищающей поверхности - 10 см. Удобный и практичный комплект со сменными блоками: купи один раз, а пользуйся и сияй чистотой много раз!В комплекте 4 сменных блока, 1 ролик-рукоятка.50 СУПЕРЛИПКИХ слоев в каждом сменном блоке нашего ролика!</t>
   </si>
   <si>
     <t>946643</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff3/yxzpifx2bifo29m9dan9svfo42w00orx.jpg</t>
   </si>
   <si>
     <t>Ролик для чистки одежды Luscan Запасной блок,2х40 листов уп, принт.бумага</t>
   </si>
   <si>
     <t>Ролик для чистки одежды Luscan Запасной блок,2х40 листов/уп, принт.бумага</t>
   </si>
   <si>
     <t>950254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c20/7630etsg3gpgu4pi9k5nanf1qmtsurez.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Безмен для домашнего пользования  Столбик   до 10 кг </t>
+  </si>
+  <si>
+    <t>Безмен для домашнего пользования «Столбик» &amp;#40;до 10 кг&amp;#41;. Размер 21х2,2х2 см., 3 цвета. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
+  </si>
+  <si>
+    <t>952926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d64/n8mgxux18felqzxanarwvpejl8nebu6b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Безмен механический  quot;MAXTRONIC quot; MAX-703  до 10 кг </t>
   </si>
   <si>
     <t>Безмен механический &amp;quot;MAXTRONIC&amp;quot; MAX-703 &amp;#40;до 10 кг&amp;#41;. Размер 17,5х6,5х5,2 см. Материал: Пластмасса &amp;#40;ABS, PS&amp;#41;, Металл</t>
   </si>
   <si>
     <t>952927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/613/8orl1xjmutbxjjw9gt8od35zzkfnroaj.jpg</t>
   </si>
   <si>
     <t>Саше для средства от насекомых. Набор 2 штуки</t>
   </si>
   <si>
     <t>Саше для средства от насекомых. Набор 2 штуки. Размер 3,5х5,5х1,5 см. 4 цвета. Материал: Пластмасса &amp;#40;PP&amp;#41;</t>
   </si>
   <si>
     <t>952928</t>
   </si>
@@ -2300,57 +2375,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J165"/>
+  <dimension ref="A1:J173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F165" sqref="F165"/>
+      <selection pane="bottomRight" activeCell="F173" sqref="F173"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -2379,3378 +2454,3545 @@
       </c>
       <c r="B4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="C5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3" t="s">
-        <v>35</v>
+        <v>18</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="F10" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...9 lines deleted...]
-        <v>40</v>
+      <c r="G10" s="3" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="F12" s="3" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="F13" s="3" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1"/>
+      <c r="D14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="G18" s="3" t="s">
         <v>73</v>
-      </c>
-[...8 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C20" s="1"/>
-[...3 lines deleted...]
-      <c r="E20" s="3" t="s">
+      <c r="F20" s="3" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1"/>
+      <c r="D21" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="F21" s="3" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>94</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="F26" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="G26" s="3" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G30" s="3" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="F31" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="G31" s="3" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>145</v>
+        <v>73</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>150</v>
-      </c>
-[...16 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G36" s="3" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>169</v>
+        <v>131</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>71</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>20</v>
+        <v>131</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>176</v>
+        <v>129</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>103</v>
+        <v>131</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...12 lines deleted...]
-        <v>20</v>
+      <c r="G42" s="3" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B47" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F48" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F49" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F50" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>237</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>238</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C59" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F59" s="3" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>246</v>
+        <v>59</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B62" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>48</v>
+        <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B65" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="F66" s="3" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B71" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F71" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78" s="3" t="s">
-        <v>99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F80" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F81" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F82" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="B83" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F83" s="3" t="s">
-        <v>48</v>
+        <v>86</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F84" s="3" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F85" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>246</v>
+        <v>59</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>353</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>362</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>363</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>48</v>
+        <v>266</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>372</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>382</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>383</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>384</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>385</v>
       </c>
       <c r="C99" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F99" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B100" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F100" s="3" t="s">
-        <v>392</v>
+        <v>59</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B101" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F101" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F105" s="3" t="s">
-        <v>48</v>
+        <v>86</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F106" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>414</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>415</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>48</v>
+        <v>416</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>430</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C112" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F112" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="B113" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="C113" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="C113" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B114" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F114" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="B115" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F115" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>91</v>
+        <v>453</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>59</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B119" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>48</v>
+        <v>86</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>486</v>
+        <v>102</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>483</v>
+        <v>99</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>490</v>
+        <v>102</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>483</v>
+        <v>99</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>48</v>
+        <v>505</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>48</v>
+        <v>505</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="B133" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F133" s="3" t="s">
-        <v>20</v>
+        <v>505</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C134" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F134" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C135" s="1" t="s">
         <v>520</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>521</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>522</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>524</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>525</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>527</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>528</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>531</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>532</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>533</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
         <v>534</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>535</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F141" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F143" s="3" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="C144" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F144" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C145" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F145" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B146" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F146" s="3" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C147" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F147" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="B148" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>48</v>
+        <v>109</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="B152" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>59</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>603</v>
+        <v>596</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>48</v>
+        <v>155</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>612</v>
+        <v>126</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>93</v>
+        <v>72</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="C166" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="F165" s="3" t="s">
-        <v>20</v>
+      <c r="C167" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">