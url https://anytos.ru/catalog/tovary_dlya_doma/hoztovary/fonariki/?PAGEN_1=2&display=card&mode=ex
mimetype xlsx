--- v0 (2026-01-01)
+++ v1 (2026-03-04)
@@ -12,791 +12,566 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/361/3619169434c355ec38b2a2a994be566d/4e6f60bd32b062ed7a4002b035c33b0a.jpg</t>
-[...5 lines deleted...]
-    <t>Фонарь светодиодный аккумуляторный КОСМОС Accu101WLED, 2 режима,1WLED, 500 mah, до 6 часов работы, зарядка от сети &amp;#43; адаптер!Адаптер со шнуром вставляется в сеть, шнур подключаетсяк разъему на ручке фонаря.&amp;lt;br /&amp;gt;Размер: 65-69-140 мм.</t>
+    <t>http://anytos.ru//upload/iblock/d25/d2595cdd9811871452bcfc93dd41a155/f3719f45bf2424308e65c93b3de8a315.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фонарь Smartbuy display-box 16, светодиодный, алюминиевый, 9 LED, 3 ААА  не в комплекте </t>
+  </si>
+  <si>
+    <t>Недорогой светодиодный алюминиевый фонарь, изготовлен из качественных материалов и прослужит долгий срок. Имеет ремешок для запястья.</t>
   </si>
   <si>
     <t>Фонарики</t>
   </si>
   <si>
-    <t>247279</t>
-[...32 lines deleted...]
-    <t>247284</t>
+    <t>561278</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/smart_buy/"&gt;Smart Buy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d04/d04d7153d87de8130c36fccd7cc1eb63/0d24fce085c29efc11fdd24b2751c9ff.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный Smartbuy SBF-25-B, аккумуляторный, светодиодный, 1ВТ   8 LED, синий</t>
+  </si>
+  <si>
+    <t>Налобный фонарь SmartBuy SBF-25-B является идеальным решением для любителей пешего туризма, альпинизма и походов за грибами. Устройство оснащено 1&amp;#43;8 светодиодами, обеспечивающими яркое освещение.</t>
+  </si>
+  <si>
+    <t>588518</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a02/a02075a83641928b9465cd359fdda422/ded94bd559eefba27868c7bf7d748ff6.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный Smartbuy SBF-HL024, аккумуляторный, светодиодный, 5 LED, черный</t>
+  </si>
+  <si>
+    <t>Светодиодный налобный фонарь с 3-мя режимами работы &amp;#40;яркий, средний, стробоскоп&amp;#41;. Дальность освещенности до 200 метров. Аккумуляторы 18650 можно заряжать от USB порта при помощи кабеля, входящего в комплект. Коллиматорная линза, система фокусировки луча.</t>
+  </si>
+  <si>
+    <t>608493</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/661/661ec2bf8e24323a2903b52cc601d3da/cc470ad3025e1bc64515a7330af13ce5.jpg</t>
-[...47 lines deleted...]
-    <t>338750</t>
+    <t>http://anytos.ru//upload/iblock/c83/c8395f1ac4d81ae91a0eeaa1cd50508d.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь-прожектор Smartbuy SBF-303-K, аккумуляторный, светодиодный, 1W 12 SMD</t>
+  </si>
+  <si>
+    <t>Аккумуляторный светодиодный фонарь-прожектор, источник света: светодиод 1Вт &amp;#43; 12 SMD, питание: от встроенного аккумулятора 4V 1.2Ah, подзарядка: от сети 220В.</t>
+  </si>
+  <si>
+    <t>618666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1d/c1da9650eb1983b9fe133dc382bb8441.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь Smartbuy SBF-99-B, аккумуляторный, светодиодный, 5 LED, прямая зарядка от сети, синий</t>
+  </si>
+  <si>
+    <t>Простой переносной фонарь с 2-мя режимами работы &amp;#40;5 светодиодов&amp;#41;. Дальность действия до 50 метров. Используется свинцово-кислотный аккумулятор 4V 0.5 Ah. Встроенная вилка &amp;quot;Евростандарт&amp;quot;. До 6 часов непрерывной работы. Время перезарядки 10 ч.</t>
+  </si>
+  <si>
+    <t>630648</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e4/bhpacwx54rawsv8omxsrdo27196koqay.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фонарь светодиодный ЭРА R2AA, 3 x LED, обрезиненный корпус, питание 2xAA  в комплект не входят </t>
+  </si>
+  <si>
+    <t>Фонарь ЭРА R2AA, благодаря универсальности, можно использовать в любой ситуации. 3 светодиода создают достаточный уровень освещенности. Рабочий режим обеспечивается всего 2 батарейками типа АА.</t>
+  </si>
+  <si>
+    <t>694524</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/jera/"&gt;ЭРА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4b/utg91mvkui2pnejbpbcsyz0qofz2tmoy.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь светодиодный ЭРА RA-801, COB-LED, рабочий, магнит, крючок, аккумуляторный  USB-кабель в комплекте , Б0027824</t>
+  </si>
+  <si>
+    <t>Фонарь ЭРА RA-801 отличается хорошей сборкой и ударопрочностью. Надежному пластиковому корпусу этого устройства не страшны падения с приличной высоты. Данный фонарь также может выступать в роли PowerBank - заряжать мобильные устройства через кабель USB.</t>
+  </si>
+  <si>
+    <t>694525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d2/p99x3trncxpew8cgzmmdab42v1o7xgbc.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь светодиодный аккум. КОСМОС Accu 9199LED, 12 LED , 4V3AH</t>
+  </si>
+  <si>
+    <t>717378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b6/hh64yjwl4ykmhms37pjawc08xp1gnxw7.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь-прожектор светодиодный ЭРА PA-603  quot;АЛЬФА quot;, 36xLED, аккумуляторный, заряд от 220V</t>
+  </si>
+  <si>
+    <t>Фонарь-прожектор ЭРА PA-603 &amp;quot;АЛЬФА&amp;quot; светит ярким белым светом и станет незаменимым атрибутом для охоты, экспедиций, путешествий или в чрезвычайных ситуациях. Дополнительно прожектор оборудован сигнальным красным светильником в задней части корпуса.</t>
+  </si>
+  <si>
+    <t>835023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25b/q8lb8xs5ql1jcnz3nb6yis9y8i5vsd0v.jpg</t>
+  </si>
+  <si>
+    <t>Светильник фонарь переноска СТАРТ, ударопрочный, провод 15 м, от сети, цоколь E27, CLB 101-15M, 14067</t>
+  </si>
+  <si>
+    <t>Переносной светильник применяется при проведении ремонтных, строительных работ в помещениях, а также в качестве источника света в зонах, где стационарные лампы не предусмотрены. Удобство использования Устройство представляет собой переносной фонарь с гибким проводом длиной 15 м. Лампы с цоколем Е27 приобретаются отдельно. Фонарь оснащен удобной рукояткой с выключателем и металлическим крюком для фиксации прибора на стене, потолке или других поверхностях. Конструкция фонаря в виде проволочного каркаса обеспечивает защиту лампы от механических повреждений. Для удобства и безопасности использования переносное устройство выполнено в ярком оранжевом свете – это сводит к минимуму вероятность того, что о шнур можно споткнуться или случайно выдернуть его из розетки.БезопасностьКорпус выполнен из негорючего пластика. Данная модель разборке и ремонтному обслуживанию не подлежит. Во избежание поломки прибор использовать строго по назначению.</t>
+  </si>
+  <si>
+    <t>949895</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/start/"&gt;СТАРТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a40/vzyvauble5nok58mql5d1eb6qxjmrxr1.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный СТАРТ 4хLED, выдвижная вилка, заряд от сети, LHE 502-B1, 11999</t>
+  </si>
+  <si>
+    <t>Безотказный и очень удобный фонарь LHE 502-B1 от отечественной компании СТАРТ работает от аккумуляторов – он не погаснет в самый ответственный момент! Надёжность и экономияКорпус фонаря, выполненного в чёрно-жёлтых тонах, изготовлен из уникального Abs-пластика, обладающего множеством преимуществ по сравнению с другими полимерами. Материал отличается повышенной устойчивостью к агрессивным средам типа щелочей, бензина, жиров. Суперполимер не обесцвечивается под их воздействием и не плавится, а поверхность корпуса всегда выглядит ровной и блестящей – на ней не остаётся даже царапин.Покупка модели СТАРТ LHE 502-B1 позволяет сэкономить и на лампочках, и на батарейках. Основные «рабочие элементы» фонаря – 4 миниатюрных светодиода потребляют минимум энергии, что не мешает им выдавать яркий направленный луч.Соответственно, и элементы питания разряжаются очень медленно. Тем более, что в их роли выступают никель-металлогидридные аккумуляторы, способные выдержать до 500 циклов заряда/разряда.Удобство эксплуатацииФонарь СТАРТ LHE 502-B1 выполнен в форме миниатюрного мостика, на верхней части которого находится ребристый рычажок включения-выключения. Легко удерживая устройство четырьмя пальцами за внутреннюю поверхность этой мостовой «фермы» большим пальцем, можно в любой момент приводить устройство в действие или при необходимости обесточить его. Благодаря своей специфической форме и компактности фонарь легко помещается в карманы курток, отделы сумок, бардачки автомобилей. Изделие станет неизменным спутником в любых поездках и путешествиях. Ждать, когда фонарь «засияет по максимуму» не придётся – до достижения пиковой яркости LED-лампам требуется меньше секунды.</t>
+  </si>
+  <si>
+    <t>949896</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c6/mtq9okk0kw5fdqc70aboydv677fxmg66.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный СТАРТ 5хLED, вилка, заряд от сети, LHE 509-B1, 16015</t>
+  </si>
+  <si>
+    <t>Компактный ручной фонарь отличается надёжностью и долговечностью. Оснащён штекером, позволяющим заряжать аккумулятор непосредственно от сети. Используется для освещения затемнённых участков как в жилых условиях, так и на улице, за городом, в походах. Надёжность и экономияКорпус фонаря изготовлен из ABS-пластика. Материал отличает износостойкость и хорошая степень защиты от влаги.Мощный свинцово-кислотный аккумулятор способен заменить более 500 обычных одноразовых батареек.Большая энергоёмкость батареи обеспечит длительный срок работы фонаря на одном полном заряде. Устройство равномерно расходует энергию на всём протяжении работы – можно не опасаться, что фонарь погаснет в самый неподходящий момент. Удобство эксплуатацииЭргономичный фонарь с рифлёной головной частью удобно ложится в ладонь и не выскальзывает. Встроенный аккумулятор и наличие стандартного штекера позволяет заряжать фонарь непосредственно от сети – достаточно снять крышку в хвостовой части устройства. Для полного заряда фонаря потребуется не более 12 часов, при этом кнопку питания необходимо перевести в положение «выкл.».СТАРТ LHE 509-B1 Black имеет широкую сферу применения. Яркий, направленный луч, создаваемый 5-ю светодиодами, поможет отыскать затерявшуюся вещь в затемнённых участках городской квартиры, загородного дома, в офисе. Фонарь подходит для локального освещения лестничных клеток, городских тротуаров, лесных троп. Устройство поможет в походах и небольших поисковых операциях. БезопасностьLED-лампы не нагревают корпус, исключая угрозу ожогов и возгорания устройства.Устройство не следует самостоятельно разбирать. Избегайте попадания яркого света в глаза. Не давайте фонарь маленьким детям.</t>
+  </si>
+  <si>
+    <t>949897</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e66/1da42sghh90n296j68wd61f8e7rzvjsq.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь компактный SMARTBUY 9хLED, АССОРТИ, 3хААА  не в комплекте , SBF-103-B</t>
+  </si>
+  <si>
+    <t>Фонарь «Smartbuy» - надежный и современный портативный источник света. При правильной эксплуатации иобслуживании этот фонарь прослужит долгие годы.</t>
+  </si>
+  <si>
+    <t>949898</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41c/h2tvjcycz45eh2gl83c884e3m28ep3xt.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь компактный СТАРТ 9Вт LED, 3хААА  не в комплекте , LHE 202-C1, 12465</t>
+  </si>
+  <si>
+    <t>Компактный фонарик карманного типа для повседневного использования. Корпус фонарика классического черного цвета, выполнен из пластика.Свет от фонаря обеспечивает ровное световое пятно. Рассчитано на длительное использование от одного комплекта батарей. Удобство использованияКорпус фонаря выполнен из ударопрочного АБС-пластика и оснащен минимальной защитой от водных брызг и пыли. Оптимальный температурный диапазон эксплуатации изделия составляет от -10 до &amp;#43;35°С. Фонарик имеет компактные размеры, но при этом дает очень сильный световой поток благодаря использованию 9-ти LED-ламп. Для удобства переноски фонаря предусмотрен кистевой ремешок. ЭкономияПитание изделия производится от трех источников питания типоразмера ААА. Использование светодиодов с низким уровнем энергопотребления позволяет фонарику работать длительное время на одном комплекте батареек.</t>
+  </si>
+  <si>
+    <t>949899</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d61/yus9bmvvxzt5ooeisjhit0yb2bof3gny.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь АРМИЯ РОССИИ MA-701 универс. 5Вт,алюм,свето</t>
+  </si>
+  <si>
+    <t>952312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cba/vhfhz5a1f2xlvwrfvtkkg8pkzxudgdh8.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь  quot;Кемпинг quot;. Размер 13х8,5 см.</t>
+  </si>
+  <si>
+    <t>Фонарь &amp;quot;Кемпинг&amp;quot;. Размер 13х8,5 см. Материал: Пластмасса &amp;#40;ABS&amp;#41;, Пластмасса &amp;#40;PS&amp;#41;</t>
+  </si>
+  <si>
+    <t>953046</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multidom/"&gt;MULTIDOM&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/373/sfwqvoggdt81j332pkhau0b7lnpluj5o.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь  quot;Походный quot;. Размер 5х12 см., 3 цвета</t>
+  </si>
+  <si>
+    <t>Фонарь &amp;quot;Походный&amp;quot;. Размер 5х12 см., 3 цвета. Материал: Пластмасса &amp;#40;ABS&amp;#41;, Пластмасса &amp;#40;PP&amp;#41;</t>
+  </si>
+  <si>
+    <t>953047</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0f/fgbzrzaxncmcpol4nd0626k7mewifitw.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый  quot;Маяк quot;. Размер 8,5х18 см.</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый &amp;quot;Маяк&amp;quot;. Размер 8,5х18 см. Материал: Пластмасса &amp;#40;ABS&amp;#41;, Металл &amp;#40;Нержавеющая сталь&amp;#41;, Металл &amp;#40;Алюминий&amp;#41;</t>
+  </si>
+  <si>
+    <t>953048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fb/eaq2moy75y2jsod0zldan6qyaij9i53d.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный  quot;Око quot;. Размер 8х4,5х4,5 см.</t>
+  </si>
+  <si>
+    <t>Фонарь налобный &amp;quot;Око&amp;quot;. Размер 8х4,5х4,5 см. Материал: Пластмасса &amp;#40;ABS&amp;#41;, Пластмасса &amp;#40;Поликарбонат&amp;#41;, Синтетический материал &amp;#40;Полиэстер&amp;#41;</t>
+  </si>
+  <si>
+    <t>953049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e30/n19g6d8072gho6co2tn1xrs32my82olj.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь ручной  quot;Аварийный quot;. Размер 12,5х5 см.</t>
+  </si>
+  <si>
+    <t>Фонарь ручной &amp;quot;Аварийный&amp;quot;. Размер 12,5х5 см. Материал: Пластмасса &amp;#40;ABS&amp;#41;</t>
+  </si>
+  <si>
+    <t>953050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0e/s7crq8z8rpz5gd01pkofvjccq82nh7um.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь ручной. Размер 15х4 см.</t>
+  </si>
+  <si>
+    <t>Фонарь ручной. Размер 15х4 см. Материал: Пластмасса &amp;#40;PP&amp;#41;</t>
+  </si>
+  <si>
+    <t>953051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c6/0tki5wswzk08np92r4n7bvgiem976hmf.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь-брелок для ключей  quot;Луч quot;. Размер 1,5х6,5 см.</t>
+  </si>
+  <si>
+    <t>Фонарь-брелок для ключей &amp;quot;Луч&amp;quot;. Размер 1,5х6,5 см. Материал: Металл &amp;#40;Алюминий&amp;#41;, Пластмасса &amp;#40;PP&amp;#41;</t>
+  </si>
+  <si>
+    <t>953052</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d02/yz492adpuexo5zyjjwvej86mfvzhmqmc.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь аккумуляторный КОСМОС 1 Вт, LED, Li-ion, заряд от USB, KOS117Lit</t>
+  </si>
+  <si>
+    <t>Карманный аккумуляторный ручной фонарь КОСМОС KOS117Lit очень легкий, его приятно держать в руках. Дальний узконаправленный луч – самый «дальнобойный», оптика позволяет настроить ширину луча. Фонарь имеет 3 режима работы: яркий, средний и мигающий. Отличается универсальным дизайном.Источник света – 1 Вт LED &amp;#40;с линзой – при сохранении мощности светового потока. Линза увеличивает дальность луча света и интенсивность светового излучения; зум – регулировка дальности и ширины луча&amp;#41;.Источник питания – Li-ion аккумулятор 14500 3,7 В 450 мА/ч &amp;#40;встроенный&amp;#41;, зарядный USB-шнур в комплекте. Световой поток – 70 лм. Дистанция освещения – 100 м.Корпус – ABS-пластик &amp;#40;стилизация под металл&amp;#41;, IP53. Компактный карманный размер: 10,3x2,9x2,9 см.</t>
+  </si>
+  <si>
+    <t>954047</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kosmos/"&gt;Космос&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bed/pmbkc8zrve3pyt867p67jjs3neacoema.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный аккумуляторный КОСМОС 3 Вт LED, Li-ion, заряд от USB, KocAcHead3W</t>
+  </si>
+  <si>
+    <t>Светодиодный фонарь КОСМОС - надежный и удобный в использовании. Классический налобный фонарик с ярким лучом. То, что нужно для хозяйства и дачи: надежная и простая модель.</t>
+  </si>
+  <si>
+    <t>954056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa3/adkm8q0vb48qkr0trs4fcbonf4s2g6tc.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный аккумуляторный КОСМОС, 5 Вт, COB, Li-ion, 3 режима, заряд от USB, KOCH5WLi-On</t>
+  </si>
+  <si>
+    <t>Светодиодный фонарь КОСМОС – надежный и удобный в использовании. Уникальная конструкция модели KOCH5WLi-On с поворотной головой позволяет использовать свет под любым углом. После поворота на 180 градусов меняется и сам источник света. Классический фонарь с лучом или широкий ближний свет – функционал сменяется с пол-оборота! Источник света – 3 Вт XPE LED &amp;#40;луч&amp;#41; &amp;#43; 5 Вт COB LED &amp;#40;широкий ближний свет&amp;#41;.Источник питания – литий-ионный аккумулятор 3,7 В, 1200 мА/ч.Заряжается от Micro USB &amp;#40;провод в комплекте&amp;#41;.</t>
+  </si>
+  <si>
+    <t>954059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/zyeokfnur6v50012urcre11opldm8zrx.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный КОСМОС, 3 Вт LED, 3 режима, питание 3хAАA  в комплект не входят , KOC-H3WCOBLED</t>
+  </si>
+  <si>
+    <t>Светодиодный фонарь КОСМОС – надежный и удобный в использовании. Широкий угол свечения позволяет осветить всю видимую область. Идеален для равномерного ближнего освещения. Имеет два режима яркости и мигающий режим.</t>
+  </si>
+  <si>
+    <t>954060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/102/35s22v102y15f1p4mgd8f48ku2b2ojhy.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный КОСМОС, 3 Вт СОВ, 3 режима, питание 3хAAА  в комплект не входят , KOC-H101-COB</t>
+  </si>
+  <si>
+    <t>Светодиодный фонарь КОСМОС – надежный и удобный в использовании. Самый компактный налобный фонарь в ассортименте торговой марки! Широкий ближний свет, обеспечивающий комфортную работу.</t>
+  </si>
+  <si>
+    <t>954061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a7/pe569f2qrz097tmuldi0o2y2vari6xk0.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный ЭРА 5Вт COB, 3 режима, сенсорная кнопка, питание 3хААА  не в комплекте , GB-601, Б0027818</t>
+  </si>
+  <si>
+    <t>ЭРА GB-601 - светодиодный налобный фонарь с тремя режимами работы и адаптивным углом наклона. Работает от 3 мизинчиковых батареек &amp;#40;3 х ААА&amp;#41;, одного комплекта элементов питания хватает на 8 часов непрерывного использования. Яркий ровный свет обеспечивается LED-платой со светодиодами премиум-класса, общая мощность которых составляет 5 Вт. Для комфорта пользователя предусмотрены 3 режима работы: максимальная яркость, 50&amp;#37; яркости, аварийное мигание. Мягкий брендированный ремешок не натирает кожу, при этом надёжно фиксирует фонарь на голове. Есть возможность регулировки размера ремешка. Необходимое направление света легко настраивать, выбрав нужный угол наклона корпуса. Для этого не требуется снимать фонарь с головы. ЭРА GB-601 обладает оптимальной для налобника дальностью освещения - 25 метров. Корпус изготовлен из ударопрочного пластика - фонарь можно смело использовать в походах, на охоте, рыбалке и в любых экстремальных ситуациях.</t>
+  </si>
+  <si>
+    <t>954063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd1/ie5bu7g9ea1vld4i461t3rfydhqs9vgd.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь налобный ЭРА 7xLED, 4 режима, сенсорная кнопка, питание 3хААА  не в комплекте , GB-602, Б0031382</t>
+  </si>
+  <si>
+    <t>Налобный светодиодный фонарь GB-602 с длительным временем автономной работы. Фонарь питается от батареек типа ААА и работает, не требуя заряда, 10 часов на полной мощности. Фонарь оснащён 7 яркими светодиодами, которые дают белый свет. Дальность луча составляет 35 метров. Фонарь работает в 4 режимах. Также модель GB-602 сделана из ударопрочного пластика, усиленного специальным покрытием &amp;quot;Шагрень&amp;quot;, которое дополнительно защищает корпус от механических повреждений и отвечает за стильный внешний вид. Новое покрытие защищает фонарь от царапин, а также не скользит в руках и очень приятно на ощупь. Также фонарь имеет адаптивный угол наклона для максимально комфортного использования.Налобный фонарь незаменим в ситуациях, когда необходим дополнительный источник освещения и в то же время свободные руки. Долгая работа без дополнительной подзарядки гарантирует, что фонарь не откажет внезапно в ситуации, когда свет просто необходим. Такой фонарь станет практичным и надёжным помощником не только на природе, но и в бытовых ситуациях, например, в гараже или на даче. Главными преимуществами фонаря являются длительный срок автономной работы, качественный белый свет, 4 режима работы, адаптивный угол наклона, прочный корпус и интересный дизайн.</t>
+  </si>
+  <si>
+    <t>954064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44f/7q4etnbh1g4sbcgw0n6rcp91fnnk3aob.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь туристический аккумуляторный КОСМОС 32хLED, заряд от сети, КОС6010LED, KOCAc6010LED</t>
+  </si>
+  <si>
+    <t>Светодиодный фонарь КОСМОС надежный и удобный в использовании. Самый компактный кемпинговый фонарь в линейке. Ручка с выдвижным крючком делает фонарь удобным для переноски и подвешивания.</t>
+  </si>
+  <si>
+    <t>954066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/298/396crfv2w5g4d26z6husvuszwpser28r.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь туристический ЭРА 24xLED, крепление карабин, магниты, питание 3xAA  не в комплекте , KB-501, Б0029177</t>
+  </si>
+  <si>
+    <t>Светодиодный кемпинговый фонарь KB-501 разработан для эксплуатации на природе и в походных условиях. Функциональный дизайн предусматривает комфортное использование в различных ситуациях.Корпус фонаря выполнен из ударопрочного пластика, а сами светодиоды вмонтированы глубоко в корпус. Это сделано для дополнительной защиты светодиодов. Светодиоды располагаются по кругу, что позволяет осветить большую площадь, а дальность луча составляет 10 метров при мощности в 4,4 Вт. Фонарь светит мощным, ярким и белым светом благодаря 24 качественным светодиодам. Питается от трёх батареек АА. Фонарь оборудован магнитами и крепится на металлические поверхности.В комплекте предусмотрен кронштейн для подвешивания. Универсальность в использовании делает этот фонарь практичным и надёжным инструментом в дороге. Диаметр фонаря - 14 см, диаметр отверстия в центре 3,8 см, применяется для подвеса с карабином, которые идут в комплекте, или установки на горлышко бутылки.</t>
+  </si>
+  <si>
+    <t>954068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f84/r5ridt5ym3yuovb9h0742wu21qd3jqac.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь туристический ЭРА 48xLED, крепление карабин, магниты, питание 3xAA  не в комплекте , KB-601, Б0029178</t>
+  </si>
+  <si>
+    <t>Светодиодный кемпинговый фонарь ЭРА в футуристичном дизайне. Фонарь предназначен для активного отдыха, отдыха на природе, для пикников, дачи. Дизайн фонаря функционален. 48 мощных светодиодов расположены по кругу таким образом, чтобы освещать максимально большую площадь ярким белым светом. Светодиоды энергоэкономичны, не перегорают и не требуют замены. Посередине фонаря предусмотрено отверстие, если надеть фонарь на любую подставку, например, на бутылку, получится настольный светильник. Фонарь оснащён мощным магнитом, так что его легко приклеить к металлической поверхности.Корпус выполнен из ударопрочного пластика и защищает от царапин и механических повреждений, а светодиоды встроены внутрь корпуса, что обеспечивает им дополнительную защиту. Дальность луча фонаря составляет 21 метр, мощность - 3,3 Вт. Фонарь питается от двух батареек АА. Это позволило сделать фонарь портативным и лёгким, но в тоже время надёжным.Фонарь комплектуется кронштейном для подвешивания. Фонарь можно использовать не только в походах, но и в любых ситуациях, когда необходим яркий дополнительный источник света. Диаметр фонаря - 14 см, диаметр отверстия в центре 3,8 см, применяется для подвеса с карабином, которые идут в комплекте, или установки на горлышко бутылки.</t>
+  </si>
+  <si>
+    <t>954069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/700/ndt0nif6a0tki9tn5d08rbpwxy0t6etf.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь ЭРА 5Вт COB 3xLED, поворотный 90, крючок, магниты, питание 3xAAA  не в комплекте , RB-704, Б0029179</t>
+  </si>
+  <si>
+    <t>ЭРА RB-704 - многофункциональный светодиодный фонарь с режимом светильника и двумя типами крепления. Корпус сгибается в двух направлениях &amp;#40;по 90 градусов каждое&amp;#41;. На торце - мощный магнит. Дополнительный магнит расположен на задней стороне фонаря. Имеется удобный прочный крючок. Закрепив ЭРА RB-704 на нужной поверхности, можно быстро настроить необходимый для работы угол освещения. Переключение режима превращает фонарь в светильник c ближним заливающим светом. Фонарь ЭРА RB-704 незаменим как при профессиональных работах &amp;#40;строительство, ремонт, монтаж, обслуживание&amp;#41;, так и в частном использовании &amp;#40;работы в доме, на приусадебном участке, путешествия&amp;#41;. Покрытие корпуса - софт-тач &amp;#40;мягкое, приятное на ощупь, без скольжения&amp;#41;. Основной режим освещения - яркая LED-плата СОВ &amp;#40;5 Вт&amp;#41;. Сопутствующий - 3 диода на торце с направленным лучом длиной до 20 метров. Сверхмощные светодиоды COB &amp;#40;&amp;quot;chip on board&amp;quot; - &amp;quot;кристалл на плате&amp;quot;&amp;#41; ранее применяли исключительно в промышленном освещении, сейчас технологию удалось адаптировать под универсальные цели. Получился яркий и при этом мягкий ровный свет. Одного комплекта батареек &amp;#40;3 мизинчиковые&amp;#41; хватит на 12 часов непрерывной работы.</t>
+  </si>
+  <si>
+    <t>954071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d96/zhvaqlbyt3lj5qfhm04p9huj5addu40m.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый  quot;Сфера quot;. Диаметр от 11 до 23 см.</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый &amp;quot;Сфера&amp;quot;. Диаметр от 11 до 23 см.</t>
+  </si>
+  <si>
+    <t>955580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c56/8xntx51sazum6q4ryl0q9b4ss5m7t2v3.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый. Размер 10х11 см.</t>
+  </si>
+  <si>
+    <t>955581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab6/ipm9skevdm48m701oiq4h494m52l7zcd.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый. Размер 10х14,5 см.</t>
+  </si>
+  <si>
+    <t>955582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d39/6703blejh3wa84475waspdll7dsyeqo7.jpg</t>
+  </si>
+  <si>
+    <t>Фонарь ручной. Размер 12,5х5 см.</t>
+  </si>
+  <si>
+    <t>955583</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/58e/58e2adb07a294db335fa976c63d7e35d.jpeg</t>
-[...574 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/de8/3zoed2e6wu1zxvqs8ibr2d2bj4nu2256.jpg</t>
   </si>
   <si>
     <t>Фонарь налобный ЭРА 3Вт COB, 3 режима, сенсорная кнопка, питание 3хААА  не в комплекте , GB-501, Б0027817</t>
   </si>
   <si>
     <t>Налобный светодиодный фонарь ЭРА GB-501 - яркий, надёжный и практичный. Фонарь оснащён светодиодом нового поколения СОВ, который ярче и эффективнее обычных на 50&amp;#37;. Такой светодиод позволяет получать более качественный свет, а цветовая температура приближена к естественному освещению. Дальность луча составляет 25 метров, а мощность - 3 Вт. Фонарь работает от батареек типа ААА, 8 часов без перерыва в самом мощном режиме. Всего режимов в фонаре 3. Фонарь освещает большую площадь, так как имеет широкий угол освещения.Это надёжный и практичный инструмент для тех, кому необходим дополнительный источник освещения. Такой фонарь станет отличным помощником на даче, на рыбалке, в походе или в любых бытовых ситуациях, когда необходимо оставить руки свободными. Корпус выполнен из ударопрочного пластика, который защищает фонарь от механических повреждений. Крепится фонарь с помощью эластичного ремешка.К достоинствам фонаря можно отнести: ударопрочный корпус, яркость, дальность освещения, большой радиус освещения, компактность, лёгкость и практичность.</t>
   </si>
   <si>
     <t>959605</t>
-  </si>
-[...10 lines deleted...]
-    <t>965261</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1123,57 +898,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M59"/>
+  <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F59" sqref="F59"/>
+      <selection pane="bottomRight" activeCell="G41" sqref="G41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1275,1225 +1050,827 @@
       </c>
       <c r="G6" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C9" s="1"/>
-[...3 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C10" s="1"/>
+      <c r="C10" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="F13" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>28</v>
+        <v>58</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G18" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G19" s="3" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F22" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="F25" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="F26" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G26" s="3" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>28</v>
+        <v>41</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B38" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>164</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>169</v>
+        <v>82</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>169</v>
+        <v>82</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>28</v>
+        <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>169</v>
+        <v>41</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>28</v>
-[...410 lines deleted...]
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">