--- v0 (2025-10-17)
+++ v1 (2026-02-04)
@@ -12,1684 +12,1621 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="741">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/445/445b2126c83ae40eca0cbb4ca3332ce2.jpeg</t>
-[...2 lines deleted...]
-    <t>Стяжка  хомут  нейлоновая Smartbuy, 4,8 400, 100шт., черный</t>
+    <t>http://anytos.ru//upload/iblock/056/0565d4b8d6bfeb0f2a1c2615935270d2.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 15 мм 20 м, прозрачная: КЛ_9352 штр.:  4680211073527</t>
+  </si>
+  <si>
+    <t>Клейкая лента 15 мм*20 м, прозрачная: КЛ_9352 Клейкая канцелярская лента Спейс производится из полипропилена, на который с одной стороны нанесён акриловый клеевой слой. Стандартная прозрачность. Обеспечивает прочное соединение, проста в использовании.</t>
+  </si>
+  <si>
+    <t>Мастерская, ремонт</t>
+  </si>
+  <si>
+    <t>213098</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fae/faead3a7c9f493213e8d1e375325af1a.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 38 мкм ШК: КЛ_4217 штр.:  4680211022174</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 38 мкм ШК: КЛ_4217 Прозрачная упаковочная клейкая лента шириной 48 мм.</t>
+  </si>
+  <si>
+    <t>213182</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c6/1c6fac8f55f51369ce2e102ffcf5c889.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 12 мм 10 м: FSn_121012 штр.:  4260107470236</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 12 мм*10 м: FSn_121012 Канцелярская двусторонняя клейкая лента прекрасно подходит для использования как в офисе, так и дома. Она идеальна для оформительских работ, детского творчества, упаковки подарков, закрепления постеров.</t>
+  </si>
+  <si>
+    <t>213200</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/700/70097b693a5196a66111d0ebaa60cd47.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм 22 м, прозрачная: КЛ_9354 штр.:  4680211073541</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм*22 м, прозрачная: КЛ_9354 Клейкая канцелярская лента Спейс производится из полипропилена, на который с одной стороны нанесён акриловый клеевой слой. Стандартная прозрачность. Обеспечивает прочное соединение, проста в использовании.</t>
+  </si>
+  <si>
+    <t>214258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a70/a70e51d03869d42952a626492565eddd.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 50мм 10м, основа ткань:  штр.:  4607025330127</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 50мм*10м, основа ткань:&amp;nbsp;&amp;nbsp;Тканевая основа придает ленте повышенную прочность, а также необходимую толщину. Применяется как в быту, так и в различных отраслях промышленности. Клеевой слой на основе синтетического каучука. В индивидуальной упаковке. Размер 50 мм ? 10 м.</t>
+  </si>
+  <si>
+    <t>214291</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/unibob/"&gt;Unibob&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aff/affc7e21f82d8482af6247675df2916c.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 45 мкм красная ШК: КЛ_6288 штр.:  4680211042882</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 45 мкм красная ШК: КЛ_6288 Упаковочная клейкая лента красного цвета применяется для упаковки и маркировки. Надежно скрепляет бумагу, фотографии, картон. Может использоваться как в быту, так и в различных отраслях промышленности</t>
+  </si>
+  <si>
+    <t>214597</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce8/ce877049a352b5434dd8a5638ddeed97.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 48 мм 50 м ШК: КЛ_1796 штр.:  4650062497964</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 48 мм*50 м ШК: КЛ_1796 Малярная клейкая лента.&amp;lt;br/&amp;gt;Предназначена для использования при проведении малярных, штукатурных работ, а также в бытовых условиях для временной герметизации швов и трещин, заклейки окон.</t>
+  </si>
+  <si>
+    <t>214621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e68/e68bcf8e437ce02ef18de2dcb2a88041.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12 мм 33 м, прозрачная: AT1230</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12 мм*33 м, прозрачная: AT1230 Клейкая канцелярская лента Berlingo производится из полипропилена, на который с одной стороны нанесён акриловый клеевой слой. Стандартная прозрачность. Обеспечивает прочное соединение, проста в использовании. Промежуточная упаковка в пленку по 12 шт.&amp;lt;br/&amp;gt;</t>
+  </si>
+  <si>
+    <t>215082</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d2/1d24845696a2ca1d82b82322a4765656.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм 56 м 45 мкм ШК: КЛ_4218 штр.:  4680211022181</t>
+  </si>
+  <si>
+    <t>Прозрачная упаковочная клейкая лента шириной 72 мм.</t>
+  </si>
+  <si>
+    <t>215226</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ae/3ae17afc1efff18fc1bac71e9d39ceaa.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12 мм 10 м, прозрачная: AT1210</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12 мм*10 м, прозрачная: AT1210 Клейкая канцелярская лента Berlingo производится из полипропилена, на который с одной стороны нанесён акриловый клеевой слой. Стандартная прозрачность. Обеспечивает прочное соединение, проста в использовании. Промежуточная упаковка в пленку по 12 шт.&amp;lt;br/&amp;gt;</t>
+  </si>
+  <si>
+    <t>215716</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec6/ec62ff6c742defa35becbab892ef100a.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 45 мкм белая ШК: КЛ_6963 штр.:  4680211049638</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 45 мкм белая ШК: КЛ_6963 Прозрачная упаковочная клейкая лента шириной 48 мм.</t>
+  </si>
+  <si>
+    <t>216136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8a/c8a07446b983ac56892a1095ffa672cb.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для упаковочной ленты 75 мм: T520PT штр.:  4607025330516</t>
+  </si>
+  <si>
+    <t>Диспенсер для упаковочной ленты 75 мм: T520PT</t>
+  </si>
+  <si>
+    <t>216770</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c60/c602e9d198d3807d89eae5599b4c0161.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм 33 м прозрачная, в пластиковом диспенсере, европодвес: FSk_19331 штр.:  4260107457879</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм*33 м прозрачная, в пластиковом диспенсере, европодвес: FSk_19331</t>
+  </si>
+  <si>
+    <t>216771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/182/182d1aa2eb483d416e9433821d2b7b8b.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 100 м 45 мкм ШК: КЛ_6964 штр.:  4680211049645</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*100 м 45 мкм ШК: КЛ_6964</t>
+  </si>
+  <si>
+    <t>217065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/078/07851ad4bb4ef17a1656625ea85903ba.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 15 мм 10 м, прозрачная: AT1510</t>
+  </si>
+  <si>
+    <t>Клейкая лента 15 мм*10 м, прозрачная: AT1510</t>
+  </si>
+  <si>
+    <t>217458</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/252/252105de866f9bb95441277364c34537.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 15 м 38 мкм ШК: КЛ_1108 штр.:  4650062491085</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*15 м 38 мкм ШК: КЛ_1108</t>
+  </si>
+  <si>
+    <t>217472</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb8/fb8f73c9bf624676d1fa7981e078c18f.jpg</t>
+  </si>
+  <si>
+    <t>Клей  quot;Момент Гель quot; 30г.: 997778 штр.:  4600611211220</t>
+  </si>
+  <si>
+    <t>Клей &amp;quot;Момент Гель&amp;quot; 30г.: 997778</t>
+  </si>
+  <si>
+    <t>217532</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/moment/"&gt;Момент&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b01/b0136981872e5de8cf309fb4262aea40.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 45 мкм зеленая ШК: КЛ_6287 штр.:  4680211042875</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 45 мкм зеленая ШК: КЛ_6287</t>
+  </si>
+  <si>
+    <t>217729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0a/c0af244125107285839cc4d82121f3df.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 15 мм 33 м, прозрачная: AT1530</t>
+  </si>
+  <si>
+    <t>Клейкая лента 15 мм*33 м, прозрачная: AT1530</t>
+  </si>
+  <si>
+    <t>217778</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fea/fea972271f22d0aa149cdbfa089db46a.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 45 мкм ж лтая ШК: КЛ_6286 штр.:  4680211042868</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 45 мкм жёлтая ШК: КЛ_6286</t>
+  </si>
+  <si>
+    <t>218038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/924/92455d3271f218979451794dd199ee47.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 50 м 45 мкм крист.чистая ИУ: 12706 штр.:  4607025330059</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*50 м 45 мкм крист.чистая ИУ: 12706</t>
+  </si>
+  <si>
+    <t>218188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c03/c030bc733a67802e0791beff187b13af.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 48 мм 14 м ШК: КЛ_1115 штр.:  4650062491153</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 48 мм*14 м ШК: КЛ_1115</t>
+  </si>
+  <si>
+    <t>218412</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fd/2fdca858e2e410f4348d06340b57327e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 66 м 45 мкм крист.чистая: 679</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*66 м 45 мкм крист.чистая: 679</t>
+  </si>
+  <si>
+    <t>218519</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/271/271633541a3899514611108b053dd69d.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 45 мкм оранжевая ШК: КЛ_6289 штр.:  4680211042899</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 45 мкм оранжевая ШК: КЛ_6289</t>
+  </si>
+  <si>
+    <t>219077</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/031/031fc508feab6ea611802ef2e4d1a0ba.jpg</t>
+  </si>
+  <si>
+    <t>Клей  quot;Момент 88 quot; особопрочный 30г.: 1139012 штр.:  4600611211282</t>
+  </si>
+  <si>
+    <t>Клей &amp;quot;Момент 88&amp;quot; особопрочный 30г.: 1139012</t>
+  </si>
+  <si>
+    <t>219150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58a/58ae76fbd7ffe028839d193d730b0bd3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм 10 м, прозрачная: AT1910</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм*10 м, прозрачная: AT1910</t>
+  </si>
+  <si>
+    <t>219383</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f5/4f570a6f3519b62737c02bf73a0adc6a.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 50мм 10м:</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 50мм*10м:</t>
+  </si>
+  <si>
+    <t>235255</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34e/34e129179152fc4b180dd93f17613494.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 66 м 45 мкм: 29341</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*66 м 45 мкм: 29341</t>
+  </si>
+  <si>
+    <t>235256</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9e/c9ec32f839d622d40f414aaf42579288.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для упаковочной ленты 50 мм: T290RP штр.:  4607025330448</t>
+  </si>
+  <si>
+    <t>Диспенсер для упаковочной ленты 50 мм: T290RP</t>
+  </si>
+  <si>
+    <t>235332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5c/c5cf30544b958b449d1f21469e597345.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 66 м 45 мкм темная: 29342</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*66 м 45 мкм темная: 29342</t>
+  </si>
+  <si>
+    <t>235620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57f/57f6ae07a5555eb7e73724d1277e0de0.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм 66 м 45 мкм: 29357 штр.:  1460702533348</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм*66 м 45 мкм: 29357</t>
+  </si>
+  <si>
+    <t>235678</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d9f/d9fc1aa793aa99ff7fa6018703ea4c4e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм 66 м 45 мкм темная: 29358</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм*66 м 45 мкм темная: 29358</t>
+  </si>
+  <si>
+    <t>235701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d6/2d64562c230c8efe33af81facc0d3764.jpg</t>
+  </si>
+  <si>
+    <t>Клей  quot;Момент Супер quot; 3г., мульти-карта: 608976 штр.:  4600611212036</t>
+  </si>
+  <si>
+    <t>Клей &amp;quot;Момент Супер&amp;quot; 3г., мульти-карта: 608976</t>
+  </si>
+  <si>
+    <t>235788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/144/14454033764d9bc1cf930bb2a00ecca4.jpg</t>
+  </si>
+  <si>
+    <t>Клей  quot;Момент Контактный quot; 30г.: 873854 штр.:  4600611211039</t>
+  </si>
+  <si>
+    <t>Клей &amp;quot;Момент Контактный&amp;quot; 30г.: 873854</t>
+  </si>
+  <si>
+    <t>235853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c08/c08109882b1afa3260a354367ff8847e.jpg</t>
+  </si>
+  <si>
+    <t>Клей  quot;Секунда quot; гель, 3г., лента: 403-176 штр.:  4606055943970</t>
+  </si>
+  <si>
+    <t>Клей &amp;quot;Секунда&amp;quot; гель, 3г., лента: 403-176</t>
+  </si>
+  <si>
+    <t>236144</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c9/5c9bffc5f68cef9266ad7bd6f49b26a9.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя 50 мм 25 м полипропилен ИУ:  штр.:  4607025330097</t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя 50 мм*25 м полипропилен ИУ:&amp;nbsp;&amp;nbsp;Двусторонняя лента на полипропиленовой основе. Применяется с целью упаковки, наклеивания или склеивания поверхностей. В индивидуальной упаковке. Размер 50 мм ? 25 м.</t>
+  </si>
+  <si>
+    <t>236271</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36c/36c136a74b93658bc7eb594c54494a0c.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 48 мм 24 м ШК: КЛ_1795 штр.:  4650062497957</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 48 мм*24 м ШК: КЛ_1795</t>
+  </si>
+  <si>
+    <t>236473</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1df/1df12ce900f687b31ee6f4f51676bc29.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 50мм 10м, основа полипропилен: FSn_501022 штр.:  4260107470267</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 50мм*10м, основа полипропилен: FSn_501022</t>
+  </si>
+  <si>
+    <t>236586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/976/9764f04d99b1843ea842637709483b28.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 38 мкм темная ШК: КЛ_4216 штр.:  4680211022167</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 38 мкм темная ШК: КЛ_4216</t>
+  </si>
+  <si>
+    <t>236601</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11f/11fcf8819d8a40ddfebb480a7f5ee3f9.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм 40 м 45 мкм синяя ШК: КЛ_6290 штр.:  4680211042905</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм*40 м 45 мкм синяя ШК: КЛ_6290</t>
+  </si>
+  <si>
+    <t>236695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/60f/yfvoomxav7b3accg568ql0p8gssfreju.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм 33 м, прозрачная: AT1930</t>
+  </si>
+  <si>
+    <t>Клейкая канцелярская лента Berlingo производится из полипропилена, на который с одной стороны нанесён акриловый клеевой слой. Стандартная прозрачность. Обеспечивает прочное соединение, проста в использовании. Плотность 38 мкм. Промежуточная упаковка в пленку по 8 шт.</t>
+  </si>
+  <si>
+    <t>236999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17c/17c40b36b09049da7f7697cba8abae7c/a77887fda3e697779a0bc8cfb1e5784b.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя ATTACHE 38х10м, полипропилен 969510</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя ATTACHE 38х10м, полипропилен</t>
+  </si>
+  <si>
+    <t>334871</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f1/8f10e9a85c7f2e946e97290f1667ee0d.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя ATTACHE 48х10м, полипропилен 969511</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя ATTACHE 48х10м, полипропилен</t>
+  </si>
+  <si>
+    <t>334872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/192/192f6bf37e80c02b9d6178f6ff7e7c58/376c376378ae4a268b8ab0fd63f499aa.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя ATTACHE 50мм х 10м, на тканевой основе 969512</t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя ATTACHE 50мм х 10м, на тканевой основе</t>
+  </si>
+  <si>
+    <t>334873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5bf/5bf0fb7b8c43a369a8dec19f09fc51a4/59ec7eb2eeae2512c7998788512791f1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упак бесшумная Attache Selection 50мм х 66м 48мкм прозрачная 969516</t>
+  </si>
+  <si>
+    <t>Клейкая лента упак бесшумная Attache Selection 50мм х 66м 48мкм прозрачная</t>
+  </si>
+  <si>
+    <t>334876</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90e/90e2ddcde0d90cee99c0a56e013e2be0/d2dcf0e9d7c5d7db67605c67048ca275.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 132м 45мкм коричневая 969517</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 132м 45мкм коричневая</t>
+  </si>
+  <si>
+    <t>334877</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/032/0321be47149f7dc13ac9aa4d342e1fad/6f8379cfe7af04c887f815da5830b576.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 132м 45мкм прозрачная 969518</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 132м 45мкм прозрачная</t>
+  </si>
+  <si>
+    <t>334878</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f9/5f981ea2afaaa6264331d26460f8d391/6aee5f53ea3f9fee9aee9e65ca128e24.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм желтый 969522</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм желтый</t>
+  </si>
+  <si>
+    <t>334882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e46/e46668a9a826e9d8099df9541a159825/28f7925c10c2697fa1553e85e578424f.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм зеленый 969523</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм зеленый</t>
+  </si>
+  <si>
+    <t>334883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/217a65f5875bd20601d84b7a2aece147/7d9b0fb3610886a5d5744ed3364fa1a7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм красный 969524</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм красный</t>
+  </si>
+  <si>
+    <t>334884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7d/b7d78eaf5a803d3c8152bcad228d19ec/db865357899a079b644e16dd92370ca5.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм оранжевый 969525</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм оранжевый</t>
+  </si>
+  <si>
+    <t>334885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b32/b32783623d635709d43ff1b6d60d9920/43533245cfacb52efdc99b37cc34aca8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм синий 969526</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм синий</t>
+  </si>
+  <si>
+    <t>334886</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/303/30345168e389c9d40b18505d69dccdec/639ad57af6e1a6254aec3f41a5a80e24.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 80м 45мкм прозрачная 969527</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 80м 45мкм прозрачная</t>
+  </si>
+  <si>
+    <t>334887</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d65/d65e83e353ebc289b480a052ed7e69bd/24ca1f89abd42c2d9c0f94b39002df7e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм коричневая 969530</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм коричневая</t>
+  </si>
+  <si>
+    <t>334888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/384/384ef27d3fd3b37acf7f1bc814b0c1e0/9e10615f97e7f95417c459ce762b7766.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм прозрачная 969531</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм прозрачная</t>
+  </si>
+  <si>
+    <t>334889</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ba/9baf8ecb876f8a8e4ff83468d34ddbe4.jpg</t>
+  </si>
+  <si>
+    <t>Клей  quot;Момент Супер quot;, 3г, блистер, шоу-бокс 874565</t>
+  </si>
+  <si>
+    <t>Предназначен для всех видов быстрых ремонтных работ в быту, в мастерской, в автомобиле, для изготовления моделей. Склеивает мгновенно. Жидкий, заполняет мельчайшие трещины.</t>
+  </si>
+  <si>
+    <t>338269</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/913/9133a9a2a1a955d6cf0aef750d5e08ee.jpg</t>
+  </si>
+  <si>
+    <t>Клей  quot;Момент для лодок и ПВХ-изделий quot;, 30мл, шоу-бокс 1940943</t>
+  </si>
+  <si>
+    <t>Клей для лодок и других изделий из ПВХ подходит как для профессионального, так и для самостоятельного ремонта. Клеевой шов прозрачный, соединение стойко к воде, маслу и бензину. Подходит для склеивания в различных сочетаниях: мягкого и жесткого ПВХ, армированного ПВХ, резины, кожи, металла, ткани, дерева и картона.</t>
+  </si>
+  <si>
+    <t>340923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef6/ef68bdbc10efbdf8a316a0bd5a5521f4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Unibob, 50мм 10м, полипропилен, инд. упаковка 28211</t>
+  </si>
+  <si>
+    <t>Используется для склеивания гладких поверхностей и материалов при проведении монтажных, ремонтных, дизайнерских и оформительских работ. Основные преимущества продукта: Удобная замена механическим крепежам, подходит для монтажа легких предметов интерьера. Может применяться как и для горизонтальных, так и для вертикальных поверхностей. Небольшая толщина пленки делает место склейки практически не заметной. Клеевой слой на основе синтетического каучука обеспечит надежное крепление на вертикальные и горизонтальные поверхности. Цветная информативная этикетка. Каждый рулон упакован в термоусадочную пленку, что позволяет сохранить все свойства и технические характеристики продукта. С ее помощью можно сделать укладку коврового покрытия на деликатные поверхности &amp;#40;дерево, керамика, мрамор&amp;#41;, склеивание бумаги, картона, крепление этикеток</t>
+  </si>
+  <si>
+    <t>350399</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a91/a91a3a40be65c4768da5aadd184ecca6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная OfficeSpace, 38мм 25м, ШК КЛ_18611</t>
+  </si>
+  <si>
+    <t>Применяется для локальной защиты поверхностей при окраске, временной герметизации швов, склеивания различных поверхностей. Обеспечивает четкие границы при окрашивании.</t>
+  </si>
+  <si>
+    <t>350400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3c/e3c0b6f64469f8fda474692912d3bda7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 48мм 100м, 45мкм, темная, ШК КЛ_18610</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента, обладающая высокой клеящей способностью. Имеет гарантированную длину. Предназначена для склеивания гладких поверхностей. Применяется для упаковки, а также для ремонтных работ.</t>
+  </si>
+  <si>
+    <t>350401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f57/f5793c49ed2be57abc3886bdd545a4b8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 48мм 66м, 45мкм КЛ_17450</t>
+  </si>
+  <si>
+    <t>Прозрачная упаковочная клейкая лента шириной 48 мм.</t>
+  </si>
+  <si>
+    <t>350403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e41/e41d960f81d7097c8df3fb7abfad3cb2.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 48мм 66м, 45мкм, темная, ШК КЛ_18607</t>
+  </si>
+  <si>
+    <t>350404</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bc/8bc42604567e54c188f98315e45d0518.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 72мм 66м, 40мкм, прозрачная, ШК КЛ_18608</t>
+  </si>
+  <si>
+    <t>350405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61e/61ec084be97d0a4a41f7a85202f829b7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная Unibob, 25мм 50м, инд.упаковка. 28135</t>
+  </si>
+  <si>
+    <t>Применяется для локальной защиты поверхности при проведении малярных, штукатурных и строительный работ. Обеспечивает четкие границы при окрашивании.</t>
+  </si>
+  <si>
+    <t>357008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e61/e61d14c3bc6fe07b108efad8417cc3c2.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная Unibob, 50мм 50м, инд.упаковка. 28139</t>
+  </si>
+  <si>
+    <t>357009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/390/3903155e3966bc77cff97152f9dd7856.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента хозяйственная Unibob, 48мм 10м, серая, инд.упаковка. 44264</t>
+  </si>
+  <si>
+    <t>Универсальная клейкая лента из хлопчатобумажной ткани, ламинированной полиэтиленом. Предназначена для различных ремонтных работ. Имеет более 1000 вариантов применений при проведении ремонтных работ, временной герметизации соединений трубопроводов отопления, водоснабжения, вентиляции, а так же изоляцию электропроводов.</t>
+  </si>
+  <si>
+    <t>357010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3f/d3f5a6bb436e46fe20b4663c2f3e64f7.jpg</t>
+  </si>
+  <si>
+    <t>Клеевой пистолет ArtSpace, 40Вт для стержня 11мм, блистер. 267901</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой 40 Вт большой &amp;#40;в блистере&amp;#41; предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Заправляется он специальным клеевым стержнем диаметром 11 мм. Корпус клеевого пистолета изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Принцип работы: клеевый стержень плавится в металлической камере с помощью нагревательного устройства и для точного дозирования при нажатии на курок подаётся из сопла на склеиваемую поверхность. Мощность пистолета в 40 Вт позволяет очень быстро разогреть клеевой стержень и получать удовольствие от быстрой и бесперебойной работы. С его помощью вы сможете склеить: дерево, пластик, резину, кожу, стекло, металлы &amp;#40;их лучше перед работой разогревать феном&amp;#41;, ткань, пенопласт, керамику, картон, бумагу, цветы или что-то другое. Используется как в домашних условиях, так и на производстве: для монтажа электрических плат, декорирования, изготовления упаковочной и сувенирной продукции, при прокладке кабеля сетей фиксированной телефонной связи и сетей передачи данных, при производстве багетов и картинных рам. Клеевой стержень в комплекте. Два клеевых стержня в комплекте.</t>
+  </si>
+  <si>
+    <t>366048</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f96/f9628681dad1f32db687bebf22e63a92.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни ArtSpace, диаметр 11мм, длина 200мм, прозрачные, набор 5шт., европодвес. 267903</t>
+  </si>
+  <si>
+    <t>Термоклей отличается прочностью скрепления и быстротой действия. Для того, чтобы склеить самые разные поверхности в любом сочетании &amp;#40;дерево, пластмассы, картон, бумагу, металлы, керамику и т.д.&amp;#41; - понадобится всего 40-60 секунд. Это очень удобно, если необходимо сразу же приступить к дальнейшей обработке склеиваемых поверхностей или начать ими пользоваться.</t>
+  </si>
+  <si>
+    <t>366049</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/707/70785d854493075b57cd6988d0681045.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни ArtSpace, диаметр 7мм, длина 200мм, прозрачные, набор 8шт., европодвес. 267908</t>
+  </si>
+  <si>
+    <t>366053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb9/fb9a8137322a0832cdd267cd1c4b954d.jpg</t>
+  </si>
+  <si>
+    <t>Клеевой пистолет ArtSpace, 15Вт для стержня 7мм, блистер. 267900</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой 15 Вт малый &amp;#40;в блистере&amp;#41; предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Заправляется он специальным клеевым стержнем диаметром 7 мм. Корпус клеевого пистолета изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства и для точного дозирования при нажатии на курок подаётся из сопла на склеиваемую поверхность. С его помощью вы сможете склеить: дерево, пластик, резину, кожу, стекло, металлы &amp;#40;их лучше перед работой разогревать феном&amp;#41;, ткань, пенопласт, керамику, картон, бумагу, цветы или что-то другое. Используется малый клеевой пистолет в основном в быту, там где нужно что-то подклеить в не большом объеме: для декорирования, изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями. Клеевой стержень в комплекте.</t>
+  </si>
+  <si>
+    <t>366802</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46d/46de37cab362ad8ff57ef769749181d1.jpg</t>
+  </si>
+  <si>
+    <t>Клей Секунда, обувной, водостойкий, 30мл. 403-159</t>
+  </si>
+  <si>
+    <t>Универсальный обувной клей применяется при изготовлении и ремонте обуви, быстро и качественно склеивает обувные материалы в различных сочетаниях: кожу, кожзаменитель, резину, термоэластопласт, пластик, поливинилхлорид, войлок, ткани, пробковое дерево и др. Удлиненный носик облегчает процесс нанесения клея. Склеенное изделие можно эксплуатировать под нагрузкой и в условиях высокой влажности.</t>
+  </si>
+  <si>
+    <t>369613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d9/2d91a6b1fe328aee7fab17c08417c5e4/fb24334363ead9f02606e6fd048330c5.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой ленты упаковочной Attache 50 мм</t>
+  </si>
+  <si>
+    <t>379570</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0c/e0ceb581da323548acc902a558bce442/25eeb632426e92004101567bddb1605d.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Комус 48мм х 30м 45мкм черная</t>
+  </si>
+  <si>
+    <t>379619</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c5/5c505a8f89fa4aef87fa29233f3b1090/d70ac27806845f7364d7b2a6cd45c8b9.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Комус 48мм х 50м 45мкм кристал-прозрачная</t>
+  </si>
+  <si>
+    <t>379620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/789/78976b1f89ea02e3b11a8b65db60cc2d/f170f4b19980a837bc250810ec6da7ec.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Комус 50мм х 100м 50мкм коричневая</t>
+  </si>
+  <si>
+    <t>379621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f0/2f0de15d1f2e7381866bd45e9698097d/667dc0b69308b12345fc9e50b7613e4d.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Комус 50мм х 100м 50мкм прозрачная</t>
+  </si>
+  <si>
+    <t>379622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a2/2a22602946cbdfb9a5eb81c7ff8214c4/448c78ed7539c94b11eae19d3ce75612.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента -масса KORES Gum Fix удаляемая 84 шт уп 31600</t>
+  </si>
+  <si>
+    <t>Клейкая лента -масса KORES Gum Fix удаляемая 84 шт/уп 31600</t>
+  </si>
+  <si>
+    <t>380302</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d8/2d8a706fdf0945b237a511023d381328/e51bb1ab118ac16a8fea11f541588785.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента Двусторонняя Комус 48мм х 10м, полипропилен</t>
+  </si>
+  <si>
+    <t>380303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd5/dd52fa424a83fe6e77e1b95aadc016ba.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Комус 38мм х 25м, полипропилен</t>
+  </si>
+  <si>
+    <t>380304</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0a/b0afeabebe6ff9436b56dd78326e945f/79747d6922fb0b6f1803dc7e3d7fdc98.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Комус 48мм х 25м, полипропилен</t>
+  </si>
+  <si>
+    <t>380305</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b32/jftohrn009mx8cp77l3ma0q8l04yqk3z.jpg</t>
+  </si>
+  <si>
+    <t>Клей моментальный Супер МОМЕНТ, 3 г, мультикарта, 608976</t>
+  </si>
+  <si>
+    <t>Супер клей используют для быстрого склеивания таких материалов, как фарфор, керамика, дерево, кожа, резина, металл, пробка, картон и большинство видов пластика. В составе данного клея — смола эпоксидная. Склеивание осуществляется всего за 5 секунд. Благодаря прозрачному составу место склеивания совсем незаметно. Сверхпрочный клеевой шов выдерживает нагрузку до 200 кг на см2. Хранить необходимо в сухом месте при температуре от -20 &amp;#186;С до &amp;#43;30 &amp;#186;С. Поставляется на блистер-карте.Срок годности — 24 месяца.</t>
+  </si>
+  <si>
+    <t>391244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/001/ph7w0y41i14cncx2t35hf7bzsf33bxy5.jpg</t>
+  </si>
+  <si>
+    <t>Клей моментальный, гель, Супер МОМЕНТ, мультикарта, 3 г, 622917</t>
+  </si>
+  <si>
+    <t>Супер гель предназначен для склеивания различных материалов, например, стекла, фарфора, кожи, керамики, дерева, резины, металла, пробки, картона и других. Данный гель можно наносить на вертикальные поверхности, он не растекается и не капает. Склеивает за 10 секунд. Используют для ремонтных работ в быту, в мастерских, для конструирования моделей. Cверхпрочный клеевой шов выдерживает нагрузку до 200 кг на см2. Хранить необходимо в сухом месте при температуре от -20 &amp;#186;С до &amp;#43;30 &amp;#186;С.Срок годности — 24 месяца.</t>
+  </si>
+  <si>
+    <t>391247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0e/ml6u8zmez70a9p0xs4uoy91ut23lqema.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсальный МОМЕНТ 88, особопрочный, 30 мл, в шоу-боксе, 1139012</t>
+  </si>
+  <si>
+    <t>Момент 88 Особопрочный – отличное решение для повышенных требований. Это универсальный контактный клей, устойчивый к воздействию воды, мороза, старению и гарантирующий высокую прочность склеивания. Специальный контактный клей для склеивания изделий, где важна повышенная прочность соединения.*Повышенная прочность клеевого соединения.*Водостойкий.*Эластичный.*Не содержит толуол.Не пригоден для склеивания стиропора, полиэтилена, полипропилена, пластифицированного ПВХ.</t>
+  </si>
+  <si>
+    <t>391250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/352/ex720gr6t48hum0ife49p6cvosc1iu3t.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсальный МОМЕНТ Кристалл, 125 мл, в шоу-боксе, 873867</t>
+  </si>
+  <si>
+    <t>Клей &amp;quot;Кристалл&amp;quot; является полиуретановым и предназначен для склеивания мягкого и жесткого поливинилхлорида, полистирола, оргстекла и других пластиков, а также дерева, металла, резины, бумаги, картона, кожи, ткани, поролона, фарфора, керамики, стекла. Шов получается высокопрочным и водостойким. Нельзя использовать для посуды, контактирующей с пищей. Необходимо хранить при температуре от -20&amp;#186;С до &amp;#43;30&amp;#186;С. Если клей замерз, то свои свойства он восстановит при комнатной температуре. Поставляется на блистере.Срок годности — 24 месяца.</t>
+  </si>
+  <si>
+    <t>391251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4d/pbn0u6zkndao910hgpd12ddhr40jpw7w.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсальный МОМЕНТ Кристалл, 30 мл, в шоу-боксе, 873873</t>
+  </si>
+  <si>
+    <t>391252</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f60/q82dtt7wwt5x74pfgmu4n9oi8q25nj40.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсальный МОМЕНТ-1, 30 мл, в шоу-боксе, 873854</t>
+  </si>
+  <si>
+    <t>Клей Момент-1 является водостойким и предназначен для склеивания дерева, металла, кожи, резины, войлока, декоративно-слоистых пластиков, стекла, керамики, фарфора. Клеевой шов получается очень надежным. Нельзя использовать для посуды, контактирующей с пищей. Необходимо хранить при температуре от -20&amp;#186;С до &amp;#43;30&amp;#186;С. Если клей замерз, то свои свойства он восстановит при комнатной температуре. Поставляется в шоу-боксе.Срок годности — 24 месяца.</t>
+  </si>
+  <si>
+    <t>391254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e05/t7pb1e0yhg2at7sh06ja5rn9keyk5ym3.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсальный, гель, МОМЕНТ, 30 мл, в шоу-боксе, 997778</t>
+  </si>
+  <si>
+    <t>ГЕЛЬ Момент подходит для склеивания как мягкого, так и жесткого ПВХ, полистирола, оргстекла и других видов пластика, а также дерева, резины, кожи, пробки, ткани, поролона, бумаги, картона, стекла, фарфора, керамики, вспененных материалов, металлов и др. Обладает высокой устойчивостью к воздействию разбавленных кислот и щелочей. Не растекается и не капает даже при нанесении на вертикальные поверхности. Не рекомендуется применять для склеивания посуды, контактирующей с пищей, стиропора, полиэтилена и полипропилена.Срок годности — 24 месяца.</t>
+  </si>
+  <si>
+    <t>391255</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3a/foo7mmrvn1ozq83e1b6n0o5y6rptp3wm.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни, диаметр 11 мм, длина 200 мм, белые, комплект 12 штук, BRAUBERG, европодвес, 670299</t>
+  </si>
+  <si>
+    <t>Клеевые стержни BRAUBERG используются при работе клеевых пистолетов. Термоклей прочно и быстро скрепит различные материалы: бумагу, дерево, картон, стекло, пластмассу, металл, кожу, синтетические волокна и т. д. Диаметр клеевого стержня 11 мм и длина 20 см являются самыми востребованными параметрами для выполнения работ. Цвет клеевого стержня белый. В комплект входит 12 клеевых стрежней, обеспечивающих непрерывный рабочий процесс.</t>
+  </si>
+  <si>
+    <t>391841</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/258/6ohtif0e8ur10kfcx9wi6urx0vrl2ful.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни, диаметр 11 мм, длина 300 мм, прозрачные, комплект 16 штук  0,5 кг , BRAUBERG, 670295</t>
+  </si>
+  <si>
+    <t>Клеевые стержни BRAUBERG используются при работе клеевых пистолетов. Термоклей прочно и быстро скрепит различные материалы: бумагу, дерево, картон, стекло, пластмассу, металл, кожу, синтетические волокна и т. д. Диаметр клеевого стержня 11 мм и длина 30 см являются самыми востребованными параметрами для выполнения работ. Прозрачный цвет обеспечивает невидимость при соединении предметов. В комплект входит 16 клеевых стрежней, обеспечивающих непрерывный рабочий процесс.</t>
+  </si>
+  <si>
+    <t>391844</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3d/lnyy810y5mgami3nna31b9o6xihx0ufb.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой ленты BRAUBERG настольный, утяжеленный, средний, 440014</t>
+  </si>
+  <si>
+    <t>Диспенсер BRAUBERG предназначен для облегчения использования клейкой ленты. Упрощает процесс упаковки предметов, незаменим при большом объеме работ. Может применяться как для офисных, так и бытовых нужд.эталон Диспенсер с настольным типом размещения имеет основание с нескользящим покрытием и утяжелен песком. Изготовлен из ударопрочного пластика. Подходит для ленты шириной до 20 мм &amp;#40;в комплект не входит&amp;#41;.</t>
+  </si>
+  <si>
+    <t>391859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec5/w77s6p98wdnkpq3uxe9zeyp0x8jwg2ny.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой упаковочной ленты UNIBOB, для ленты шириной 50 мм, 00219</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой ленты упрощает и ускоряет процесс упаковки.</t>
+  </si>
+  <si>
+    <t>391862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45c/ujo0shgjw86kh0fngjpdj2ustg4bi5ad.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой упаковочной ленты, шириной до 50 мм, пластик, STAFF, 440124</t>
+  </si>
+  <si>
+    <t>Диспенсер STAFF &amp;quot;EVERYDAY&amp;quot; упрощает и ускоряет процесс наклейки упаковочной ленты. Широко применяется в сфере торговли, логистики, в сельском хозяйстве, на складе и т.д. Предназначен для клейкой упаковочной ленты шириной до 50 мм. Удобный и легкий! Винт для регулировки натяжения ленты предотвращает ее случайное разматывание. Прижимная пластина способствует непрерывному наклеиванию. Встроенный нож позволяет легко отрезать ленту. Удобная пластиковая ручка светло-серого цвета. Корпус выполнен из металла в красном цвете. Упаковочная клейкая лента в комплект не входит. Размер - 230х150х55 мм. Вес - 450 г.</t>
+  </si>
+  <si>
+    <t>391863</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e22/o3g090bqv38pwh5bfx9q7l8qjp1me00y.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер-улитка для клейкой упаковочной ленты, шириной до 50 мм, STAFF, 440123</t>
+  </si>
+  <si>
+    <t>Диспенсер STAFF &amp;quot;EVERYDAY&amp;quot; упрощает и ускоряет процесс наклейки упаковочной ленты. Широко применяется в сфере торговли, логистики, в сельском хозяйстве, на складе и т.д. Предназначен для клейкой упаковочной ленты шириной до 50 мм. Прижимная пластина способствует непрерывному наклеиванию. Встроенный нож позволяет легко отрезать ленту. Корпус выполнен из пластика в сине-оранжевом цвете. Упаковочная клейкая лента в комплект не входит. Размер - 83х 157х 58мм. Вес - 200 г.</t>
+  </si>
+  <si>
+    <t>391864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/158/0tvpjqqn1al7kc6b2e85hqhiyid735y2.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 12 мм х 10 м канцелярские BRAUBERG, комплект 12 шт., прозр., гарант. длина, 223122</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 10 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — термоусадка из 12 роликов.</t>
+  </si>
+  <si>
+    <t>391881</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f00/gagg0hlwj6caiq2m2w0kkse288dsgvpf.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 12 мм х 33 м канцелярские BRAUBERG, комплект 12 шт., прозр., гарант. длина, 223123</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка — термоусадка из 12 роликов.</t>
+  </si>
+  <si>
+    <t>391883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d73/1kw0j4uaopp7rr1spchrkmkubsktwec7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 12 мм х 33 м канцелярские BRAUBERG, комплект 2 шт., прозрачные, гарантированная длина, европодвес, 221694</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — пакет с европодвес из 2 роликов.</t>
+  </si>
+  <si>
+    <t>391884</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30f/30f10fb084cfde68332a305cac9b9508.jpg</t>
+  </si>
+  <si>
+    <t>Клей секундный OfficeSpace  quot;Super Glue Optimum quot;, 3г, лента. 278008</t>
+  </si>
+  <si>
+    <t>Секундный клей OfficeSpace &amp;quot;Super Glue Optimum&amp;quot; предназначен для склеивания изделий из пластмассы, металла, дерева, керамики, кожи, резины, картона и других гладких поверхностей.</t>
+  </si>
+  <si>
+    <t>393791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/935/935fc61c08fa333f90487a1f9314b607.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, синяя. 30310</t>
+  </si>
+  <si>
+    <t>Используется для упаковки, наклеивания и склеивания поверхностей. Имеет оптимальные характеристики для использования в производственных и бытовых условиях, Использование цветной клейкой ленты позволяет производить дополнительную маркировку предметов, Высокая механическая прочность, Соответствие всем заявленным характеристикам и параметрам намотки, Клеевой слой обеспечивает прочное сцепление с поверхностью.</t>
+  </si>
+  <si>
+    <t>393793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fca/3jy6srr5t6cg5vrmr0cvg57f1kkqh2kr.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 15 мм х 5 м, декоративные, ОСТРОВ СОКРОВИЩ, комплект 6 шт., ассорти  1, блистер, 227270</t>
+  </si>
+  <si>
+    <t>Декоративная клейкая лента ОСТРОВ СОКРОВИЩ предназначена для упаковки подарков, декорирования поделок и скрапбукинга. Яркие цвета придадут изделию неповторимый стиль, а качественный клеевой слой обеспечит надежное крепление на любых поверхностях. Декоративная лента из полипропилена имеет ширину 15 мм и длину намотки - 5 м. Упаковка содержит 6 лент разных дизайнов. Поставляется в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>423844</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f24/vp3v67z4ztk6cmdryepv5mgryjht16sw.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 15 мм х 5 м, декоративные, ОСТРОВ СОКРОВИЩ, комплект 6 шт., ассорти  2, блистер, 227272</t>
+  </si>
+  <si>
+    <t>423846</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67d/5cg4zjsoxbgfmcclxa61fcn64eivmwso.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 15 мм х 5 м, декоративные голографические, ОСТРОВ СОКРОВИЩ, комплект 6 шт., ассорти  1, 227274</t>
+  </si>
+  <si>
+    <t>423848</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b97/9y35vl4l0z99wa6v4294o8q3s23putqe.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 38 мм х 50 м  реальная длина , профессиональная, UNIBOB 28138</t>
+  </si>
+  <si>
+    <t>Клейкая малярная лента на бумажной основе находит самое широкое применение при проведении лакокрасочных и отделочных работ, а также может использоваться для герметизации окон на осенне-зимний период года. При отклеивании не оставляет следов.</t>
+  </si>
+  <si>
+    <t>423852</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b19/nbmwjvkanwc4xu7outy6scz44illux51.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 50 мм х 50 м  реальная длина , профессиональная, UNIBOB 28139</t>
+  </si>
+  <si>
+    <t>Малярная лента на бумажной основе находит самое широкое применение при проведении лакокрасочных и отделочных работ, а также может использоваться для герметизации окон на осенне-зимний период года. При отклеивании не оставляет следов.</t>
+  </si>
+  <si>
+    <t>423853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d26/ctl9zlqa4x2a82is7elormkwe0867q05.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 38 мм х 50 м  реальная длина , профессиональная, BRAUBERG, 226427</t>
+  </si>
+  <si>
+    <t>Малярная клейкая лента BRAUBERG на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 50 м и шириной 38 мм легко удаляется с поверхности, не оставляя следов. Легко отрывается без использования ножниц. На поверхности ленты можно делать надписи. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>423856</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ce/nroykoqugxnik3r027vev0cojtpg7wm5.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 48 мм x 25 м, STAFF, 226428</t>
+  </si>
+  <si>
+    <t>Малярная клейкая лента BRAUBERG на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 25 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>423857</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae7/cq4fkj1674rfmzv0d7zbk8n3hdchk20t.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 38 мм х 10 м, ТОНКАЯ ОСНОВА полипропилен, UNIBOB, 38566</t>
+  </si>
+  <si>
+    <t>Двухсторонняя лента применяется при проведении ремонтных, монтажных, кровельных, отделочных работ для склеивания поверхностей между собой. Двухсторонняя клейкая лента обладает множеством достоинств, поэтому активно применяется во множестве сфер. К преимуществам относятся:- удобство использования;- надежность;- прочность;- экономичный расход;- невысокая стоимость;- устойчивость к воздействию ультрафиолетовых лучей, влаги, температуры, растворителей;- долговечность;- герметичность.</t>
+  </si>
+  <si>
+    <t>423858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57b/77hykcxnryykhh4krgqi4xkseqacqd2s.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 50 мм х 25 м, ТОНКАЯ ОСНОВА полипропилен, 90 микрон, подвес, BRAUBERG, 600480</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG на основе полипропилена применяется во время мотажных работ внутри помещений, при строительных, монтажных и автомобильных работах. Изготовлена на основе полипропилена. Длина - 25 м, ширина - 50 мм, толщина - 90 мкм. Используется для склеивания гладких поверхностей и материалов при проведении монтажных, ремонтных, дизайнерских и оформительских работ. Рабочая температура: от -10°С до &amp;#43;65°С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>423859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2f/0jfy79pznsz2dv04ipezah2o3tz9pfiy.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 25 мм х 10 м, ТОНКАЯ ОСНОВА полипропилен, UNIBOB, 38915</t>
+  </si>
+  <si>
+    <t>423864</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/918/ogzi1t2oxl39aiv74eth8z10ci5jgcq4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 50 мм х 10 м, ТКАНЕВАЯ ОСНОВА, UNIBOB, 28213</t>
+  </si>
+  <si>
+    <t>423865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34e/bqby5dvwwuk0d51s9aj8gucjkskhz68k.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента МЕТАЛЛИЗИРОВАННАЯ 48 мм х 50 м, ТОНКАЯ ОСНОВА  полипропилен , подвес, UNIBOB, 39117</t>
+  </si>
+  <si>
+    <t>Применяются для различных типов строительных, ремонтных и монтажных работ. Используется для герметизации соединительных швов воздуховодов, труб, монтажа вентиляции и систем кондиционирования. Обеспечивает термоизоляцию.</t>
+  </si>
+  <si>
+    <t>423868</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/776/nolptmn96bcz2pe6s0e9lp2mtmupu551.jpg</t>
+  </si>
+  <si>
+    <t>Клей моментальный  суперклей  BRAUBERG, ПРОЧНЫЙ, НОВАЯ УПАКОВКА 3 г, 605566</t>
+  </si>
+  <si>
+    <t>Моментальный клей BRAUBERG применяется для склеивания изделий и деталей из металла, керамики, пробкового дерева, резины, кожи и других материалов. Несмотря на небольшой объем, клей довольно экономно расходуется благодаря высокой плотности, которая позволяет уменьшить расход. Обладает быстрым схватыванием - всего 5 секунд! Прозрачен, не растекается, после высыхания не оставляет видимых следов. Склеивает прочно и надежно. Специальный колпачок позволяет использовать клей многократно.Компактный и удобный тюбик с моментальным клеем BRAUBERG должен быть в ящике каждого домашнего мастера. Без него не обойтись, если нужно приклеить отломанную ручку к любимой чашке, подклеить подошву сандалии, исправить сломавшуюся детскую машинку. Клей способен выдерживать большие нагрузки, поэтому может использоваться не только для склеивания мелких деталей, но и выполнять куда более масштабные задачи.Рабочая температура: от -30 °С до &amp;#43;80 °С.</t>
+  </si>
+  <si>
+    <t>424296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b9/824cgf0yqkpwaaa38du29dx16c10549e.jpg</t>
+  </si>
+  <si>
+    <t>Клей моментальный  суперклей  ЛАЙМА, УЛЬТРАПРОЧНЫЙ, НОВАЯ УПАКОВКА, 3 г, 605567</t>
+  </si>
+  <si>
+    <t>Моментальный клей LAIMA – незаменимый помощник в быту и строительстве. Он применяется для склеивания изделий и деталей из металла, керамики, пробкового дерева, резины, кожи и других материалов. Несмотря на небольшой объем, клей довольно экономно расходуется благодаря высокой плотности, которая позволяет уменьшить расход. Обладает быстрым схватыванием - всего 5 секунд! Прозрачен, не растекается, после высыхания не оставляет видимых следов. Склеивает прочно и надежно. Специальный колпачок позволяет использовать клей многократно. Клей способен выдерживать большие нагрузки, поэтому может использоваться не только для склеивания мелких деталей, но и выполнять куда более масштабные задачи.Рабочая температура: от -30 °С до &amp;#43;80 °С.Компактный и удобный тюбик с моментальным клеем LAIMA должен быть в ящике каждого домашнего мастера. Без него не обойтись, если нужно приклеить отломанную ручку к любимой чашке, подклеить подошву сандалии, исправить сломавшуюся детскую машинку. Купите клей LAIMA, и вы забудете, что такое долгие минуты ожидания!</t>
+  </si>
+  <si>
+    <t>424297</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f52/f523229096188b6c18f3d90fb491fc7b.jpeg</t>
+  </si>
+  <si>
+    <t>Стяжка  хомут  нейлоновая Smartbuy, 3,6 200, 100шт., белый</t>
   </si>
   <si>
     <t>Предназначены для увязки в пучок и монтажа кабелей и проводников. Хомуты &amp;#40;кабельные стяжки&amp;#41; - один из наиболее удобных, быстрых и экономически выгодных способов крепления кабелей при проведении электромонтажных работ. В ассортименте представлены только морозоустойчивые хомуты из нейлона. Этот материал сохраняет&amp;nbsp;&amp;nbsp;высокую прочность и пластичность при достаточной жесткости в широком диапазоне температур &amp;#40;от –30 до &amp;#43; 80 °С&amp;#41;, обладает высокой устойчивостью к органическим растворителям, горючеpсмазочным&amp;nbsp;&amp;nbsp;материалам и щелочам, имеет высокие электроизоляционные свойства и не поддерживает горение.</t>
   </si>
   <si>
-    <t>Мастерская, ремонт</t>
-[...2 lines deleted...]
-    <t>428074</t>
+    <t>428070</t>
   </si>
   <si>
     <t>&lt;a href="/brands/smart_buy/"&gt;Smart Buy&lt;/a&gt;</t>
   </si>
   <si>
-    <t>3</t>
-[...1507 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/829/8290baa46d7bd22421068399d7a6ee29.jpeg</t>
   </si>
   <si>
     <t>Стяжка  хомут  нейлоновая Smartbuy, 3,6 250, 100шт., белый</t>
   </si>
   <si>
     <t>428071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ba/4bafc035e8e3aee123fd7f3e438f4901.jpeg</t>
   </si>
   <si>
     <t>Стяжка  хомут  нейлоновая Smartbuy, 3,6 300, 100шт., белый</t>
   </si>
   <si>
     <t>428072</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0b/f0b01c7b2d7ace4d1fdca19847f80fda.jpeg</t>
   </si>
   <si>
     <t>Стяжка  хомут  нейлоновая Smartbuy, 4,8 200, 100шт., черный</t>
   </si>
   <si>
     <t>428073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e1/6e160a7af4af2da547d12cba249a84d0.jpeg</t>
   </si>
   <si>
     <t>Изолента Smartbuy, 15мм 10м, 130мкм, синяя, инд. упаковка</t>
   </si>
   <si>
     <t>Изоляционная лента Smartbuy изготовлена на основе пленки из поливинилхлоридного изоляционного пластиката. Специальные добавки, используемые при производстве данного материала, повышают эластичные свойства ленты, увеличивают ее долговечность и обеспечивают устойчивость к горению. Изолента Smartbuy предназначена для проведения всех видов электромонтажных работ:&amp;nbsp;&amp;nbsp;изоляции электрических проводников сращивания и жгутирования защиты от механических повреждений цветовой маркировки Каждый рулон упакован в термоусадочную пленку с индивидуальной этикеткой.</t>
   </si>
   <si>
     <t>428075</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f7d/f7d01bf9020531a16dcbe6802942f1d2.jpeg</t>
+  </si>
+  <si>
+    <t>Изолента Smartbuy, 15мм 20м 130мкм, синяя, инд. упаковка</t>
+  </si>
+  <si>
+    <t>428076</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e0d/bslsjy1pzlcsudssrz2l2dvgzu2q7nu8.jpg</t>
   </si>
   <si>
     <t>Изолента Smartbuy, 15мм 20м 130мкм, черная, инд. упаковка</t>
   </si>
   <si>
     <t>428077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d4/4d4c4e0c5f96852fb5edd76f3364878a.jpeg</t>
   </si>
   <si>
     <t>Изолента Smartbuy, 19мм 20м, 180мкм, синяя, инд. упаковка</t>
   </si>
   <si>
     <t>428078</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/729/729acf3343a822194292d2d70b7c3808.jpeg</t>
-[...5 lines deleted...]
-    <t>429451</t>
+    <t>http://anytos.ru//upload/iblock/9d5/9d5153b48ab6bb7248166139245c2ff3.jpeg</t>
+  </si>
+  <si>
+    <t>Изолента Smartbuy, 15мм 10м, 150мкм, набор из 5 цветов</t>
+  </si>
+  <si>
+    <t>Изоляционная лента Smartbuy изготовлена на основе пленки из поливинилхлоридного изоляционного пластиката. Специальные добавки, используемые при производстве данного материала, повышают эластичные свойства ленты, увеличивают ее долговечность и обеспечивают устойчивость к горению. Изолента Smartbuy предназначена для проведения всех видов электромонтажных работ:&amp;nbsp;&amp;nbsp;изоляции электрических проводников сращивания и жгутирования защиты от механических повреждений цветовой маркировки Каждый рулон упакован в термоусадочную пленку с индивидуальной этикеткой. Цвета в наборе - черный, синий, красный, желтый, зеленый</t>
+  </si>
+  <si>
+    <t>428079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/307/307ce9a777f45aa32d195d9f659e330e.jpeg</t>
   </si>
   <si>
     <t>Изолента Smartbuy, 15мм 10м, 130мкм, черная, инд. упаковка</t>
   </si>
   <si>
     <t>429452</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/24b/24ba769b84bfe2c2e030c01b6f202e70.jpeg</t>
+  </si>
+  <si>
+    <t>Изолента Smartbuy, 19мм 20м, 180мкм, черная, инд. упаковка</t>
+  </si>
+  <si>
+    <t>Изоляционная лента Smartbuy изготовлена на основе пленки из поливинилхлоридного изоляционного пластиката. Специальные добавки, используемые при производстве данного материала, повышают эластичные свойства ленты, увеличивают ее долговечность и обеспечивают устойчивость к горению. Изолента Smartbuy предназначена для проведения всех видов электромонтажных работ: изоляции электрических проводников, сращивания и жгутирования, защиты от механических повреждений, цветовой маркировки. Каждый рулон упакован в термоусадочную пленку с индивидуальной этикеткой.</t>
+  </si>
+  <si>
+    <t>429453</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d62/oc0mtrdovsm3j3w2r1gb3qrk3j7sif57.jpg</t>
   </si>
   <si>
     <t>Клеевой пистолет 15 Вт, для стержня 7 мм, BRAUBERG, в блистере, 670322</t>
   </si>
   <si>
     <t>Клеевой пистолет BRAUBERG предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Является одним из главных помощников в творчестве для изготовления разнообразных поделок, а также в быту для склеивания мелких деталей. С его помощью можно склеить дерево, пластик, резину, кожу, стекло, металл, ткань, пенопласт, керамику, картон, бумагу, цветы и проч. Заправляется специальным клеевым стержнем диаметром 7 мм. Пистолет клеевой мощностью 15 Вт работает от сети. Производительность 6 г/мин обеспечивает непрерывную подачу клея. Рабочая температура пистолета: 130-272 °C. 2 клеевых стержня в комплекте. Корпус изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Используется малый клеевой пистолет в основном в быту, там где нужно что-то подклеить в небольшом объеме, например, для декорирования или изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями. Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства, а при нажатии на курок происходит дозирование, и клей подаётся из сопла на склеиваемую поверхность.Размер пистолета - 11х11х2,3 см. Длина шнура - 1,05 м.Внимание!Не оставлять прибор без работы более 15 минут.Включать прибор только со вставленным клеевым стержнем.Не оставлять прибор без клеевого стержня в розетке.Это может привести к неисправности устройства.</t>
   </si>
   <si>
     <t>459352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/691/xsp4jvvd491h16ivbolb4mpcmwph1dk4.jpg</t>
   </si>
   <si>
     <t>Клеевой пистолет, 40 Вт, для стержня 11 мм, BRAUBERG, в блистере, 670323</t>
   </si>
   <si>
     <t>Клеевой пистолет BRAUBERG предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Является одним из главных помощников в творчестве для изготовления разнообразных поделок, а также в быту для склеивания мелких деталей. С его помощью можно склеить дерево, пластик, резину, кожу, стекло, металл, ткань, пенопласт, керамику, картон, бумагу, цветы и прочее. Заправляется специальным клеевым стержнем диаметром 11 мм. Пистолет клеевой мощностью 40 Вт работает от сети. Производительность 6 г/мин обеспечивает непрерывную подачу клея. Рабочая температура пистолета: 130-272 °C. 2 клеевых стержня в комплекте. Корпус изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Используется малый клеевой пистолет в основном в быту, там где нужно что-то подклеить в небольшом объеме, например, для декорирования или изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями. Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства, а при нажатии на курок происходит дозирование, и клей подаётся из сопла на склеиваемую поверхность.Размер пистолета – 16х14х3 см. Длина шнура – 1,05 м.Внимание!Не оставлять прибор без работы более 15 минут.Включать прибор только со вставленным клеевым стержнем.Не оставлять прибор без клеевого стержня в розетке.Это может привести к неисправности устройства.</t>
   </si>
   <si>
     <t>459356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e74/e744dbbe2be5f363d3d0533b2b5b6507/a592e6f557b55d3549b0ebc6cfbe5ac6.jpg</t>
@@ -1721,179 +1658,176 @@
   <si>
     <t>Клей Секунда, моментальный, 1г</t>
   </si>
   <si>
     <t>Моментальный клей используется для соединения изделий и деталей, изготовленных из различных материалов, таких как металл, многослойные пластмассы, винил, резина, керамика, дерево, картон, кожа и кожзаменители, пробковое дерево и ДСП. Состав моментального клея позволяет быстро, в течение нескольких секунд, склеить необходимые детали, при этом качество соединения будет постоянным на долгое время. Формула клеевого состава QuickTime обеспечивает мгновенное соединение материалов, качество клеевого соединения не ухудшается и сохраняет свою прочность в течение длительного времени. Специальная конструкция насадки тюбика уменьшает риск попадания клея на руки или на одежду, позволяя удалить защитную мембрану лишь простым поворотом насадки по часовой стрелке.</t>
   </si>
   <si>
     <t>558754</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7a/d7a28f7c089b1a1295094382bf7c3f87/6e97d589fedf1b0da722da2928ea8117.jpg</t>
   </si>
   <si>
     <t>Клей Секунда, 3г, лента</t>
   </si>
   <si>
     <t>Клей предназначен для склеивания обуви и обувных материалов в различных сочетаниях: кожи, кожзаменителя, резины, ткани, войлока, пробки, термоэластопласта, пластика, а также дерева, металла, поливинилхлорида и других материалов.</t>
   </si>
   <si>
     <t>558755</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f39/et30ltzh83acohp378c2dsb86vxhn2ce.jpg</t>
-[...8 lines deleted...]
-    <t>564125</t>
+    <t>http://anytos.ru//upload/iblock/d1b/ohcpyu1m19zej1lovry3klcfviv3bqx1.jpg</t>
+  </si>
+  <si>
+    <t>Клей моментальный СЕКУНДА3, 3 г, отрывная мультикарта, 403-103</t>
+  </si>
+  <si>
+    <t>Клей применяется для склеивания изделий и деталей из металла, керамики, пробкового дерева, резины, кожи и других поверхностей. Высокая плотность клея позволяет уменьшить его расход.</t>
+  </si>
+  <si>
+    <t>564126</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sekunda/"&gt;Секунда&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9fe/1o4ol4fwez3yw9lvd6o2safh2pkompsw.jpg</t>
   </si>
   <si>
     <t>Клей универсальный МОМЕНТ-1, 125 мл, в шоу-боксе, 781737</t>
   </si>
   <si>
     <t>Клей Момент-1 является водостойким и предназначен для склеивания в различных сочетаниях дерева, металла, кожи, резины, войлока, декоративно-слоистых пластиков, стекла, керамики, фарфора. Нельзя использовать для посуды, контактирующей с пищей. Клеевой шов получается очень надежным. Нельзя использовать для посуды, контактирующей с пищей. Необходимо хранить при температуре от -20&amp;#186;С до &amp;#43;30&amp;#186;С. Если клей замерз, то свои свойства он восстановит при комнатной температуре.Срок годности — 24 месяца.</t>
   </si>
   <si>
     <t>564134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/643/mctnu7za6uc0ai8uf5inmicx38wq958z.jpg</t>
   </si>
   <si>
     <t>Клей универсальный СЕКУНДА, 30 мл, в шоу-боксе, 403-158</t>
   </si>
   <si>
     <t>Не оставляет следов на поверхности, незаменим для соединения прозрачных материалов. Склеивает пористые материалы. Применяется для соединения в различных сочетаниях: дерева, металла, мягкого и жесткого ПВХ, полистирола, оргстекла, резины, войлока, кожи, фарфора, керамики, стекла.&amp;nbsp;&amp;nbsp;Удлиненный носик облегчает процесс нанесения клея. Водостойкость и высокие прочностные показатели клея позволяют использовать его для скрепления изделий, эксплуатирующихся под&amp;nbsp;&amp;nbsp;нагрузкой и в условиях высокой влажности.</t>
   </si>
   <si>
     <t>564135</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/sekunda/"&gt;Секунда&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6a0/vjc0wfnbdyin6zvsjonena2pq9s1n0su.jpg</t>
   </si>
   <si>
     <t>Клей-гель моментальный МОНОЛИТ, 3 г, отрывная мультикарта, 403-202</t>
   </si>
   <si>
     <t>Предназначен для склеивания изделий из пластмассы, металла, дерева, резины, кожи и других гладких поверхностей. Благодаря гелеобразной консистенции клей не течет и не капает, удобно использовать на вертикальных поверхностях.</t>
   </si>
   <si>
     <t>564136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/80b/80b8a716366f53e8b69b2bcf7d00cb58/059aaa54ace4fea40bae67f9861799ec.jpg</t>
   </si>
   <si>
     <t>Клеевые стержни ArtSpace, диаметр 11мм, длина 200мм, белые, набор 5шт., европодвес</t>
   </si>
   <si>
     <t>587711</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3f/e3f2af185aca176e84c7977680a16df6/413abff8b3fa043c7b585ee3e0e8f506.jpg</t>
   </si>
   <si>
     <t>Клей Момент  quot;Специальный. Пластик quot;, 30мл, шоу-бокс</t>
   </si>
   <si>
     <t>Идеальный продукт для склеивания разных видов пластиков в различных комбинациях. Клей Момент Пластик надежно соединяет пластиковые поверхности и является водо-морозостойким продуктом. Прозрачный, благодаря чему малозаметен в швах.Предназначен для склеивания полистирола, оргстекла и других пластиков. А также резины, кожи, металлов, пробки, стекла, керамики, бетона. Не подходит для склеивания посуды, контактирующей с пищей, тефлона, полиэтилена и полипропилена.</t>
   </si>
   <si>
     <t>587712</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ac/k3l8ni6lbcrhmovi7sae87jvm3752a9g.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсальный СЕКУНДА  quot;5 МИНУТ quot;, 30 мл, в шоу-боксе, 403-197</t>
+  </si>
+  <si>
+    <t>Склеиваемые поверхности: дерево, керамика, картон, кожа, металл, оргстекло, ПВХ, полиуретан, фарфор, резина. Самый быстрый клей из универсальных. Применяется для соединения в различных сочетаниях дерева, металла, мягкого и жесткого ПВХ, полистирола, оргстекла, резины, войлока, кожи,фарфора, керамики, стекла.&amp;nbsp;&amp;nbsp;Удлиненный носик облегчает процесс нанесения клея. Водостойкость и высокие прочностные показатели клея позволяют использовать его для скрепления изделий, эксплуатирующихся под&amp;nbsp;&amp;nbsp;нагрузкой и в условиях высокой влажности! Самый быстрый клей из универсальных.</t>
+  </si>
+  <si>
+    <t>600608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f8/smf02tzjih3hwehpod1qu4gkskq4unuc.jpg</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Smartbuy, 10м 19мм, прорезиненный корпус, 2 фиксатора, усиленный зацеп</t>
+  </si>
+  <si>
+    <t>Рулетки измерительные пригодятся домашнему мастеру для проведения линейных измерений предметов и расстояний. Яркая лента для удобства считывания показаний, прочный пластик корпуса защитит рулетку от повреждений при падении. Мощная сматывающая пружина, и двухслойное&amp;nbsp;&amp;nbsp;покрытие ленты для длительной и удобной&amp;nbsp;&amp;nbsp;работы.</t>
+  </si>
+  <si>
+    <t>789647</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/154/eyc954bmp0z5y9h3t9opvibq79cimr9s.jpg</t>
   </si>
   <si>
     <t>Рулетка измерительная Smartbuy, 3м 19мм, пластиковый корпус, фиксатор, усиленный зацеп</t>
   </si>
   <si>
-    <t>Рулетки измерительные пригодятся домашнему мастеру для проведения линейных измерений предметов и расстояний. Яркая лента для удобства считывания показаний, прочный пластик корпуса защитит рулетку от повреждений при падении. Мощная сматывающая пружина, и двухслойное&amp;nbsp;&amp;nbsp;покрытие ленты для длительной и удобной&amp;nbsp;&amp;nbsp;работы.</t>
-[...1 lines deleted...]
-  <si>
     <t>789648</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/707/bc75z36zegphm4lkr25een7y3p3gufqy.jpg</t>
   </si>
   <si>
     <t>Рулетка измерительная Smartbuy, 5м 19мм, пластиковый корпус, фиксатор, усиленный зацеп</t>
   </si>
   <si>
     <t>789649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/984/m768i7f587vxaanoxx6qabcq8k72667j.jpg</t>
   </si>
   <si>
     <t>Изолента Smartbuy, 19мм 20м, 180мкм, белая, инд. упаковка</t>
   </si>
   <si>
     <t>Изоляционная лента Smartbuy изготовлена на основе пленки из поливинилхлоридного изоляционного пластиката. Специальные добавки, используемые при производстве данного материала, повышают эластичные свойства ленты, увеличивают ее долговечность и обеспечивают устойчивость к горению. Изолента Smartbuy предназначена для проведения всех видов электромонтажных работ: - изоляции электрических проводников - сращивания и жгутирования - защиты от механических повреждений - цветовой маркировки Каждый рулон упакован в термоусадочную пленку с индивидуальной этикеткой.</t>
   </si>
   <si>
     <t>940106</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e0f/hqfm6s1g50kq8hobffopzby51x8jn939.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/345/p9qshcfqycdaln42h2yt15kx0oo51c4v.jpg</t>
   </si>
   <si>
     <t>Клей универсальный обувной водостойкий BRAUBERG EXTRA 30 мл, прочный, блистер, 608105, HT-30L</t>
   </si>
   <si>
     <t>Универсальный обувной клей BRAUBERG EXTRA предназначен для склеивания обувных материалов из кожи, кожзаменителя, резины, пластика, войлока, ткани. Клей наносится тонким слоем на очищенные и обезжиренные основания. Прозрачная смесь хорошо растекается по поверхности и мгновенно застывает при сжатии склеиваемых элементов, образуя эластичный клеевой шов. Эффективность операции зависит от силы сжатия &amp;#40;достаточно выдержать пресс несколько секунд&amp;#41;. Клей устойчив к реагентам, солям, отличается высокой тепло-, водо- и морозостойкостью.Рабочая температура: от -30 °С до &amp;#43;80 °С.Объем тубы – 30 мл. Упаковка – блистер с европодвесом.</t>
   </si>
   <si>
     <t>953694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ec/yscqzrlc9i94o248g5z8d8axh1uzfj3r.jpg</t>
   </si>
   <si>
     <t>Клей универсальный эпоксидный шприц  смола отвердитель  3 3 мл суперпрочный, BRAUBERG EXTRA, 608104, HE-06</t>
   </si>
   <si>
     <t>Двухкомпонентный универсальный эпоксидный клей BRAUBERG EXTRA предназначен для соединения предметов из дерева, стекла, хрусталя, фаянса, мрамора, камня, бетона и других материалов. Может применяться для заливки мелких трещин, сколов и других объемных повреждений. Обладает хорошей текучестью и сверхбыстрым затвердеванием. Благодаря специальной конструкции двойного шприца дозирование компонентов клея происходит быстро, просто и равномерно. Клей в застывшем состоянии устойчив к агрессивным средам &amp;#40;вода, масла, растворители&amp;#41;. Не подходит для склеивания посуды, контактирующей с пищей.Объем шприца – 6 мл, упаковка – блистер с европодвесом.Рабочая температура: от -50 °С до &amp;#43;120 °С.Внимание! Для правильной концентрации состава необходимо из шприцев выдавливать сразу весь объем до упора &amp;#40;до полного опустошения шприцев&amp;#41;. Комплект предназначен только для разового использования.</t>
   </si>
   <si>
     <t>953695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f87/gdn5q04lqdm2ypjv87fekrv4nmui16os.jpg</t>
@@ -2021,216 +1955,84 @@
   <si>
     <t>http://anytos.ru//upload/iblock/163/ewmxwnbebfedu2ova3zt2bti3x2uh329.jpg</t>
   </si>
   <si>
     <t>Мультитул, 7 функций. Размер 12х7,5х1,5 см.</t>
   </si>
   <si>
     <t>Мультитул, 7 функций. Размер 12х7,5х1,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;, Металл &amp;#40;Алюминий&amp;#41;, Металл &amp;#40;Эмалевое покрытие&amp;#41;, Синтетический материал &amp;#40;Н</t>
   </si>
   <si>
     <t>999803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f64/m5zvqsp0tr1o2z0k7ff2psjgoyl0ynus.jpg</t>
   </si>
   <si>
     <t>Мультитул, 8 функций. Размер 12,7х7х1,5 см.</t>
   </si>
   <si>
     <t>Мультитул, 8 функций. Размер 12,7х7х1,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;, Металл &amp;#40;Алюминий&amp;#41;, Металл &amp;#40;Эмалевое покрытие&amp;#41;, Пластмасса &amp;#40;PP&amp;#41;, Синтетич</t>
   </si>
   <si>
     <t>999804</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9bf/fq12cv163y7mcz5pnprt44lp1i9kcqf9.jpg</t>
-[...82 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f0/039s9lh3lmv05a2twv1e1qvj35wjg13u.jpg</t>
   </si>
   <si>
     <t>Шпагат джутовый полированный длина 900 м диаметр 2 мм, 3-х ниточный, BRAUBERG, 607946</t>
   </si>
   <si>
     <t>Джутовый полированный шпагат BRAUBERG отлично подходит для рукоделия и декора, упаковки товаров, опломбирования и прошивки документов. Изготовлен из натурального сырья растительного происхождения. Шпагат отличается высокой прочностью, износостойкостью, не накапливает статическое электричество, устойчив к негативному воздействию ультрафиолета и резкому перепаду тепрератур. Имеет равномерную витую структуру без посторонних включений, не ворсится и не колется. Джутовый шпагат широко применется для изготовления предметов интерьера, вязания/плетения сумок, ковриков, украшений. Незаменим в хозяйстве для подвязки растений и деревьев, упаковки товаров. Может применяться в пищевой промышленности. В делопроизводстве джутовый шпагат активно используется для опечатывания, инкассации, прошивки документов. Джут вымачивают в специальном многокомпонентном растворе для более глубокого расщепления волокна, придания ему мягкости и прочности. Именно поэтому, при полном соблюдении технологии обработки и производства джутового волокна, шпагаты и веревки, изготовленные из него, имеют специфический запах, который постепенно выветривается.Длина шпагата - 900 м, диаметр нити - 2 мм, линейная плотность 1680 текс.Каждая бобина упакована в термоусадочную пленку.</t>
   </si>
   <si>
     <t>1004451</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62e/ejmbhm0d9m6ojz2ivg0z40y7bw6lkkh6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c12/fvkkmfut68lml47nc72r27jxktubvw42.jpg</t>
   </si>
   <si>
     <t>Клей моментальный Суперклей 5 штук по 3 г    quot;Антиклей quot; в подарок, BRAUBERG EXTRA, 608107</t>
   </si>
   <si>
     <t>Набор &amp;quot;Клей моментальный Суперклей 5 шт. &amp;#43; &amp;quot;Антиклей 1 шт.&amp;quot; BRAUBERG EXTRA незаменим в быту! Применяется для склеивания изделий из пластмассы, дерева, резины, кожи и других материалов. Несмотря на небольшой объем, клей экономно расходуется благодаря высокой плотности. Обладает быстрым схватыванием – всего 5 секунд! Склеивает прочно и надежно. Не растекается, не оставляет видимых следов после высыхания. Водостойкий, термостойкий, устойчив к органическим растворителям. Heпригоден для склеивания посуды, контактирующей с пищей.Антиклей предназначен для удаления как свеженанесенного, так и затвердевшего моментального клея с большинства материалов. Может применяться для удаления следов наклеек, пятен от чернил и маркеров. С помощью антиклея можно также обезжирить или очистить загрязнённые поверхности перед склеиванием.Рабочая температура: от -30 °С до &amp;#43;80 °С.Вес нетто – 3 г, упаковка – блистер с европодвесом.</t>
   </si>
   <si>
     <t>1004721</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/48c/ykjo94mq1ojgjkkcp1wpgkddck7qxkvs.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/890/035fubxh7wtrtl1g1l70rsjm5uq0fh2j.jpg</t>
   </si>
   <si>
     <t>Клей-Гель моментальный 3 штуки по 3 г   Суперклей 3 штуки по 3 г, НАБОР 6 тюбиков, BRAUBERG EXTRA, 608108</t>
   </si>
   <si>
     <t>Набор &amp;quot;Клей-Гель моментальный 3 шт. &amp;#43; Суперклей 3 шт.,&amp;quot; BRAUBERG EXTRA незаменим в быту! Применяется для склеивания изделий из пластмассы, дерева, резины, кожи и других материалов. Клей быстро и надежно соединяет склеиваемые поверхности. Клей-гель идеален для пористых и неровных поверхностей. Подходит для работ на вертикальной поверхности. Несмотря на небольшой объем, клей экономно расходуется благодаря высокой плотности. Склеивает прочно и надежно. Не растекается, не оставляет видимых следов после высыхания. Обладает быстрым схватыванием: суперклей – 5 секунд, клей-гель – 10 секунд. Водостойкий, термостойкий, устойчив к органическим растворителям. Heпригоден для склеивания посуды, контактирующей с пищей.Рабочая температура: от -30 °С до &amp;#43;80 °С.Объем тубы – 3 г, упаковка – блистер с европодвесом.</t>
   </si>
   <si>
     <t>1004724</t>
-  </si>
-[...10 lines deleted...]
-    <t>1006217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/991/7pgzqlf03n9spwhc0rclmjrmcbf2fxlt.jpg</t>
   </si>
   <si>
     <t>Клеевой пистолет 60 Вт для стержня 11 мм, BRAUBERG, в блистере, 670324</t>
   </si>
   <si>
     <t>Клеевой пистолет BRAUBERG предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Является одним из главных помощников в творчестве для изготовления разнообразных поделок, а также в быту для склеивания мелких деталей. С его помощью можно склеить дерево, пластик, резину, кожу, стекло, металл, ткань, пенопласт, керамику, картон, бумагу, цветы и прочие материалы. Заправляется специальным клеевым стержнем диаметром 11 мм. Пистолет клеевой мощностью 60 Вт работает от сети. Производительность 12 г/мин обеспечивает непрерывную подачу клея. Рабочая температура пистолета: 130-272 °C. 2 клеевых стержня в комплекте. Корпус изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Используется малый клеевой пистолет в основном в быту, там где нужно что-то подклеить в небольшом объеме, например, для декорирования или изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями. Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства, а при нажатии на курок происходит дозирование, и клей подаётся из сопла на склеиваемую поверхность.Размер пистолета – 17х14х3 см. Длина шнура – 1,05 м.Внимание!Не оставлять прибор без работы более 15 минут.Включать прибор только со вставленным клеевым стержнем.Не оставлять прибор без клеевого стержня в розетке.Это может привести к неисправности устройства.</t>
   </si>
   <si>
     <t>1006218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9c/8m1fyvl8z462obp8g0nsutjeh75e1okp.jpg</t>
   </si>
   <si>
     <t>Клеевой пистолет 60 Вт для стержня 11 мм, с выключателем BRAUBERG, в блистере, 671053</t>
   </si>
   <si>
     <t>Клеевой пистолет BRAUBERG предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Является одним из главных помощников в творчестве для изготовления разнообразных поделок, а также в быту для склеивания мелких деталей. С его помощью можно склеить дерево, пластик, резину, кожу, стекло, металл, ткань, пенопласт, керамику, картон, бумагу, цветы и прочие материалы. Заправляется специальным клеевым стержнем диаметром 11 мм. Клеевой пистолет мощностью 60 Вт работает от сети и дополнительно имеет кнопку отключения, которая позволяет не выключать пистолет из розетки во время паузы в работе. Производительность 12 г/мин обеспечивает непрерывную подачу клея. Рабочая температура пистолета: 130-272 °C. 2 клеевых стержня в комплекте. Корпус изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Имеется защитный механизм от протекания клея. Используется клеевой пистолет, в основном в быту, там, где нужно что-то подклеить в небольшом объеме, например, для декорирования или изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями.Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства, а при нажатии на курок происходит дозирование, и клей подаётся из сопла на склеиваемую поверхность.Размер пистолета – 17х14х3 см. Длина шнура – 1,05 м.Внимание!Не оставлять прибор без работы более 15 минут.Включать прибор только со вставленным клеевым стержнем.Не оставлять прибор без клеевого стержня в розетке.Это может привести к неисправности устройства.</t>
   </si>
   <si>
     <t>1006219</t>
   </si>
@@ -2605,4210 +2407,3811 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J182"/>
+  <dimension ref="A1:M164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F182" sqref="F182"/>
+      <selection pane="bottomRight" activeCell="F164" sqref="F164"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...58 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...35 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="B18" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="3" t="s">
+      <c r="F18" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...6 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F28" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="G28" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...57 lines deleted...]
-      <c r="G23" s="3" t="s">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G45" s="3" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...49 lines deleted...]
-      <c r="B26" s="1" t="s">
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...465 lines deleted...]
-      <c r="E46" s="3" t="s">
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F49" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="G49" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F50" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="G50" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="G50" s="3" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>212</v>
+        <v>95</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>212</v>
+        <v>95</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B64" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>20</v>
+        <v>303</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F71" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G73" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...41 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>41</v>
+        <v>172</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>41</v>
+        <v>203</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F77" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G77" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>212</v>
+        <v>341</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>342</v>
+        <v>95</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>356</v>
+        <v>95</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>342</v>
+        <v>95</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>342</v>
+        <v>95</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>366</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>47</v>
+        <v>383</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>47</v>
+        <v>383</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F93" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G93" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="G98" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G114" s="3" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-      <c r="A99" s="1" t="s">
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="G148" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B99" s="1" t="s">
-[...1145 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>395</v>
+        <v>614</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>395</v>
+        <v>614</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="C151" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="F151" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G151" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>395</v>
+        <v>614</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>335</v>
+        <v>614</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>636</v>
+        <v>614</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>636</v>
+        <v>614</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>636</v>
+        <v>383</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>636</v>
+        <v>383</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>636</v>
+        <v>383</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>636</v>
+        <v>383</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>636</v>
+        <v>383</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>636</v>
+        <v>383</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>636</v>
-[...410 lines deleted...]
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">