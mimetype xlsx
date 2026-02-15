--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -71,90 +71,162 @@
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3f/d3f5a6bb436e46fe20b4663c2f3e64f7.jpg</t>
   </si>
   <si>
     <t>Клеевой пистолет ArtSpace, 40Вт для стержня 11мм, блистер. 267901</t>
   </si>
   <si>
     <t>Пистолет клеевой 40 Вт большой &amp;#40;в блистере&amp;#41; предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Заправляется он специальным клеевым стержнем диаметром 11 мм. Корпус клеевого пистолета изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Принцип работы: клеевый стержень плавится в металлической камере с помощью нагревательного устройства и для точного дозирования при нажатии на курок подаётся из сопла на склеиваемую поверхность. Мощность пистолета в 40 Вт позволяет очень быстро разогреть клеевой стержень и получать удовольствие от быстрой и бесперебойной работы. С его помощью вы сможете склеить: дерево, пластик, резину, кожу, стекло, металлы &amp;#40;их лучше перед работой разогревать феном&amp;#41;, ткань, пенопласт, керамику, картон, бумагу, цветы или что-то другое. Используется как в домашних условиях, так и на производстве: для монтажа электрических плат, декорирования, изготовления упаковочной и сувенирной продукции, при прокладке кабеля сетей фиксированной телефонной связи и сетей передачи данных, при производстве багетов и картинных рам. Клеевой стержень в комплекте. Два клеевых стержня в комплекте.</t>
   </si>
   <si>
     <t>Инструменты</t>
   </si>
   <si>
     <t>366048</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f96/f9628681dad1f32db687bebf22e63a92.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни ArtSpace, диаметр 11мм, длина 200мм, прозрачные, набор 5шт., европодвес. 267903</t>
+  </si>
+  <si>
+    <t>Термоклей отличается прочностью скрепления и быстротой действия. Для того, чтобы склеить самые разные поверхности в любом сочетании &amp;#40;дерево, пластмассы, картон, бумагу, металлы, керамику и т.д.&amp;#41; - понадобится всего 40-60 секунд. Это очень удобно, если необходимо сразу же приступить к дальнейшей обработке склеиваемых поверхностей или начать ими пользоваться.</t>
+  </si>
+  <si>
+    <t>366049</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/707/70785d854493075b57cd6988d0681045.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни ArtSpace, диаметр 7мм, длина 200мм, прозрачные, набор 8шт., европодвес. 267908</t>
+  </si>
+  <si>
+    <t>366053</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fb9/fb9a8137322a0832cdd267cd1c4b954d.jpg</t>
   </si>
   <si>
     <t>Клеевой пистолет ArtSpace, 15Вт для стержня 7мм, блистер. 267900</t>
   </si>
   <si>
     <t>Пистолет клеевой 15 Вт малый &amp;#40;в блистере&amp;#41; предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Заправляется он специальным клеевым стержнем диаметром 7 мм. Корпус клеевого пистолета изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства и для точного дозирования при нажатии на курок подаётся из сопла на склеиваемую поверхность. С его помощью вы сможете склеить: дерево, пластик, резину, кожу, стекло, металлы &amp;#40;их лучше перед работой разогревать феном&amp;#41;, ткань, пенопласт, керамику, картон, бумагу, цветы или что-то другое. Используется малый клеевой пистолет в основном в быту, там где нужно что-то подклеить в не большом объеме: для декорирования, изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями. Клеевой стержень в комплекте.</t>
   </si>
   <si>
     <t>366802</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/58a/58ae5e75085e23e748fbafd9aff4f116.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни ArtSpace, диаметр 7мм, длина 200мм, белые, набор 8шт., европодвес. 267914</t>
+  </si>
+  <si>
+    <t>367590</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c3a/foo7mmrvn1ozq83e1b6n0o5y6rptp3wm.jpg</t>
   </si>
   <si>
     <t>Клеевые стержни, диаметр 11 мм, длина 200 мм, белые, комплект 12 штук, BRAUBERG, европодвес, 670299</t>
   </si>
   <si>
     <t>Клеевые стержни BRAUBERG используются при работе клеевых пистолетов. Термоклей прочно и быстро скрепит различные материалы: бумагу, дерево, картон, стекло, пластмассу, металл, кожу, синтетические волокна и т. д. Диаметр клеевого стержня 11 мм и длина 20 см являются самыми востребованными параметрами для выполнения работ. Цвет клеевого стержня белый. В комплект входит 12 клеевых стрежней, обеспечивающих непрерывный рабочий процесс.</t>
   </si>
   <si>
     <t>391841</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/840/haewbq4g2aicrc2nkzf1rrra5a40p2f7.jpg</t>
+  </si>
+  <si>
+    <t>Клеевые стержни, диаметр 11 мм, длина 200 мм, прозрачные, комплект 12 шт., BRAUBERG, европодвес, 670294</t>
+  </si>
+  <si>
+    <t>Клеевые стержни BRAUBERG используются при работе клеевых пистолетов. Термоклей прочно и быстро скрепит различные материалы: бумагу, дерево, картон, стекло, пластмассу, металл, кожу, синтетические волокна и т. д. Диаметр клеевого стержня 11 мм и длина 20 см являются самыми востребованными параметрами для выполнения работ. Прозрачный цвет обеспечивает невидимость при соединении предметов. В комплект входит 12 клеевых стрежней, обеспечивающих непрерывный рабочий процесс.</t>
+  </si>
+  <si>
+    <t>391842</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/258/6ohtif0e8ur10kfcx9wi6urx0vrl2ful.jpg</t>
   </si>
   <si>
     <t>Клеевые стержни, диаметр 11 мм, длина 300 мм, прозрачные, комплект 16 штук  0,5 кг , BRAUBERG, 670295</t>
   </si>
   <si>
     <t>Клеевые стержни BRAUBERG используются при работе клеевых пистолетов. Термоклей прочно и быстро скрепит различные материалы: бумагу, дерево, картон, стекло, пластмассу, металл, кожу, синтетические волокна и т. д. Диаметр клеевого стержня 11 мм и длина 30 см являются самыми востребованными параметрами для выполнения работ. Прозрачный цвет обеспечивает невидимость при соединении предметов. В комплект входит 16 клеевых стрежней, обеспечивающих непрерывный рабочий процесс.</t>
   </si>
   <si>
     <t>391844</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d62/oc0mtrdovsm3j3w2r1gb3qrk3j7sif57.jpg</t>
+  </si>
+  <si>
+    <t>Клеевой пистолет 15 Вт, для стержня 7 мм, BRAUBERG, в блистере, 670322</t>
+  </si>
+  <si>
+    <t>Клеевой пистолет BRAUBERG предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Является одним из главных помощников в творчестве для изготовления разнообразных поделок, а также в быту для склеивания мелких деталей. С его помощью можно склеить дерево, пластик, резину, кожу, стекло, металл, ткань, пенопласт, керамику, картон, бумагу, цветы и проч. Заправляется специальным клеевым стержнем диаметром 7 мм. Пистолет клеевой мощностью 15 Вт работает от сети. Производительность 6 г/мин обеспечивает непрерывную подачу клея. Рабочая температура пистолета: 130-272 °C. 2 клеевых стержня в комплекте. Корпус изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Используется малый клеевой пистолет в основном в быту, там где нужно что-то подклеить в небольшом объеме, например, для декорирования или изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями. Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства, а при нажатии на курок происходит дозирование, и клей подаётся из сопла на склеиваемую поверхность.Размер пистолета - 11х11х2,3 см. Длина шнура - 1,05 м.Внимание!Не оставлять прибор без работы более 15 минут.Включать прибор только со вставленным клеевым стержнем.Не оставлять прибор без клеевого стержня в розетке.Это может привести к неисправности устройства.</t>
+  </si>
+  <si>
+    <t>459352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/691/xsp4jvvd491h16ivbolb4mpcmwph1dk4.jpg</t>
+  </si>
+  <si>
+    <t>Клеевой пистолет, 40 Вт, для стержня 11 мм, BRAUBERG, в блистере, 670323</t>
+  </si>
+  <si>
+    <t>Клеевой пистолет BRAUBERG предназначен для прочной фиксации поверхностей с помощью расплавленной клеевой массы. Является одним из главных помощников в творчестве для изготовления разнообразных поделок, а также в быту для склеивания мелких деталей. С его помощью можно склеить дерево, пластик, резину, кожу, стекло, металл, ткань, пенопласт, керамику, картон, бумагу, цветы и прочее. Заправляется специальным клеевым стержнем диаметром 11 мм. Пистолет клеевой мощностью 40 Вт работает от сети. Производительность 6 г/мин обеспечивает непрерывную подачу клея. Рабочая температура пистолета: 130-272 °C. 2 клеевых стержня в комплекте. Корпус изготовлен из ударопрочной пластмассы и имеет скобу для надежной установки в нерабочем положении. Используется малый клеевой пистолет в основном в быту, там где нужно что-то подклеить в небольшом объеме, например, для декорирования или изготовления упаковочной и сувенирной продукции. Удобен для работы с малогабаритными изделиями. Принцип работы: клеевой стержень плавится в металлической камере с помощью нагревательного устройства, а при нажатии на курок происходит дозирование, и клей подаётся из сопла на склеиваемую поверхность.Размер пистолета – 16х14х3 см. Длина шнура – 1,05 м.Внимание!Не оставлять прибор без работы более 15 минут.Включать прибор только со вставленным клеевым стержнем.Не оставлять прибор без клеевого стержня в розетке.Это может привести к неисправности устройства.</t>
+  </si>
+  <si>
+    <t>459356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e74/e744dbbe2be5f363d3d0533b2b5b6507/a592e6f557b55d3549b0ebc6cfbe5ac6.jpg</t>
   </si>
   <si>
     <t>Рулетка измерительная Smartbuy, 5м 19мм, прорезиненный корпус, 2 фиксатора, усиленный зацеп</t>
   </si>
   <si>
     <t>Рулетки измерительные пригодятся домашнему мастеру для проведения линейных измерений предметов и расстояний. Яркая лента для удобства считывания показаний, прочный пластик корпуса защитит рулетку от повреждений при падении. Мощная сматывающая пружина, и двухслойное&amp;nbsp;&amp;nbsp;покрытие ленты для длительной и удобной&amp;nbsp;&amp;nbsp;работы. Прорезиненный корпус, обеспечивает защиту рулетке в случае падения, легкий и надежный захват в руке. Эргономичная форма облегчает работу. Дополнительная кнопка стопора на нижней стороне рулетки для упрощения работы. Двухслойное защитное покрытие ленты, увеличенная толщина ленты, обеспечивают длительный срок службы. Фиксатор ленты в выдвинутом положении.</t>
   </si>
   <si>
     <t>558235</t>
   </si>
   <si>
     <t>&lt;a href="/brands/smart_buy/"&gt;Smart Buy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f8/smf02tzjih3hwehpod1qu4gkskq4unuc.jpg</t>
   </si>
   <si>
     <t>Рулетка измерительная Smartbuy, 10м 19мм, прорезиненный корпус, 2 фиксатора, усиленный зацеп</t>
   </si>
   <si>
     <t>Рулетки измерительные пригодятся домашнему мастеру для проведения линейных измерений предметов и расстояний. Яркая лента для удобства считывания показаний, прочный пластик корпуса защитит рулетку от повреждений при падении. Мощная сматывающая пружина, и двухслойное&amp;nbsp;&amp;nbsp;покрытие ленты для длительной и удобной&amp;nbsp;&amp;nbsp;работы.</t>
   </si>
@@ -529,57 +601,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G11" sqref="G11"/>
+      <selection pane="bottomRight" activeCell="G17" sqref="G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -635,189 +707,327 @@
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="3" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="F9" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>28</v>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">