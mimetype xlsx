--- v0 (2026-01-03)
+++ v1 (2026-02-19)
@@ -12,118 +12,161 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1034">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="773">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/519/6q49rqzuk8dh15rga8qf67kgnw587eiz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка inФОРМАТ 45х60см: PND4560 штр.: 4602723040071</t>
+  </si>
+  <si>
+    <t>Пакеты разные</t>
+  </si>
+  <si>
+    <t>117240</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90c/90c8ebab5ae866b50461fbf459c25916.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой Артпласт  quot;Хуго Босс quot; quot;Данилов quot;, 46 46см., ПТЛ00230 ПТЛ00231</t>
+  </si>
+  <si>
+    <t>Пакет с петлевыми ручками из полиэтилена низкого давления, цветной. Размер 46*46 см&lt;br /&gt;
+Максимальная нагрузка 7 кг.</t>
+  </si>
+  <si>
+    <t>337834</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artplast/"&gt;АртПласт&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/975/9759c37bc1e2d50264503c275b7a9c82.jpg</t>
   </si>
   <si>
     <t>Пакет фасовочный OfficeClean ПНД, 24 37см, 8мкм 252385</t>
   </si>
   <si>
     <t>Фасовочные пакеты OfficeClean обладают высокой эластичностью и прочностью. Наиболее часто они используются в магазинах розничной торговли для упаковки пищевых продуктов, а также для применения в домашних условиях.</t>
   </si>
   <si>
-    <t>Пакеты разные</t>
-[...1 lines deleted...]
-  <si>
     <t>350207</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/84d/84d5150ebbac3c1236c529010c1eb6c6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean  quot;Благодарим за покупку quot;, 28 16 50см, 12мкм 252396</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.&amp;nbsp;&amp;nbsp;Используются&amp;nbsp;&amp;nbsp;для упаковки, переноски продуктов и промышленных товаров.</t>
+  </si>
+  <si>
+    <t>350208</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1ca/1ca873d9f2697b616cf3bc46647a3f2a.jpg</t>
   </si>
   <si>
     <t>Пакет-майка OfficeClean  quot;Звезды  quot;, 30 16 60см, 15мкм 252397</t>
   </si>
   <si>
-    <t>Пакеты типа &amp;quot;майка&amp;quot; применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.&amp;nbsp;&amp;nbsp;Используются&amp;nbsp;&amp;nbsp;для упаковки, переноски продуктов и промышленных товаров.</t>
-[...1 lines deleted...]
-  <si>
     <t>350209</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8c/a8c966fa377e8782c6bb1108e5d9d91f.jpg</t>
   </si>
   <si>
     <t>Пакет-майка OfficeClean 45 30 75см, 25мкм 252395</t>
   </si>
   <si>
     <t>350210</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fa/1fa7a7e12566aff9e17c77d47809e87d.jpg</t>
   </si>
   <si>
     <t>Пакет фасовочный OfficeClean ПНД, 24 37см, 6мкм, рулон 100шт. 268815</t>
   </si>
   <si>
     <t>355137</t>
@@ -134,2849 +177,2048 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1fc/1fc760314417c8596baa5458272755cd.jpg</t>
   </si>
   <si>
     <t>Пакет фасовочный OfficeClean ПНД, 24 37см, 7мкм, рулон 500шт. на втулке. 268816</t>
   </si>
   <si>
     <t>355138</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/80d/80d7a21a01f19419805df75aae77378c.jpg</t>
   </si>
   <si>
     <t>Пакет с петлевой ручкой Артпласт  quot;Золотая полоса quot;, 38 45 4  45 . ПТЛ06202</t>
   </si>
   <si>
     <t>Пакет полиэтиленовый с петлевой ручкой 38х45 см.</t>
   </si>
   <si>
     <t>366887</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/artplast/"&gt;АртПласт&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7de/7de19b97d525adb8791c12a79e83308c.jpg</t>
   </si>
   <si>
     <t>Пакет с петлевой ручкой Артпласт  quot;Полоса quot;, 40 45 6  55 . ПТЛ00642</t>
   </si>
   <si>
     <t>Пакет полиэтиленовый с петлевой ручкой 40х45 см.</t>
   </si>
   <si>
     <t>366888</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/283/283ae52d8a6547222f1556a2c00aae22.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с прорубной ручкой Артпласт  quot;Клубника крупная quot;, 45 45 10  65 . ВУР07182</t>
+  </si>
+  <si>
+    <t>Пакет полиэтиленовый с вырубной ручкой 45х45 см.</t>
+  </si>
+  <si>
+    <t>366889</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f9a/f9a3d7b896750b690640f109a6699300.jpg</t>
   </si>
   <si>
     <t>Пакет с прорубной ручкой Артпласт  quot;Полоса рейтер quot;, 40 50 4  50 . ВУР01440</t>
   </si>
   <si>
     <t>Пакет полиэтиленовый с вырубной ручкой 40х50 см.</t>
   </si>
   <si>
     <t>368654</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/817/81730e59313fe3182571d55e4e1adda9/637b9de32226f92ea35d56a311be6396.jpg</t>
-[...8 lines deleted...]
-    <t>380020</t>
+    <t>http://anytos.ru//upload/iblock/862/8625b55f7d8a286273c0a83632435ed6/ec3e259b79e047cf11fb952e57c0b8f7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для прачечной, 70х120см,16мкм, ПНД,прозрачные,20шт. рул.</t>
+  </si>
+  <si>
+    <t>Пакет для прачечной, 70х120см,16мкм, ПНД,прозрачные,20шт./рул.</t>
+  </si>
+  <si>
+    <t>380045</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdc/bdcdf34211dec911c7b5faad2436cd09/b42e898ddc0aa578676f810bc32f2742.jpg</t>
+  </si>
+  <si>
+    <t>Пакет майка 28 15х54 15мкм, 100шт уп, белый S</t>
+  </si>
+  <si>
+    <t>Пакет майка 28&amp;#43;15х54/15мкм, 100шт/уп, белый S</t>
+  </si>
+  <si>
+    <t>380078</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbb/bbba24a2bec2651ea1e9955b9a43ec0c/c2086543fd1249563576af74fd38553c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ,ПНД., 40 18x70см.,черный,30мкм,50 шт. уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ,ПНД., 40&amp;#43;18x70см.,черный,30мкм,50 шт./уп</t>
+  </si>
+  <si>
+    <t>380097</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e2/3e2f08f05bd6a05faaca5275ae243bb9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка усиленный ПНД, 30 18x56, черный, 28 мкм, 100 шт уп,</t>
+  </si>
+  <si>
+    <t>Пакет-майка усиленный ПНД, 30&amp;#43;18x56, черный, 28 мкм, 100 шт/уп,</t>
+  </si>
+  <si>
+    <t>380099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55a/iadx3r1qqns9z387e0bl61s4yk44tkk8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 40х31 см,  quot;Подарочный quot;, 60 мкм, н00112812</t>
+  </si>
+  <si>
+    <t>Пакеты - незаменимые помощники для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Пакеты ПВД прочны при растяжении и сжатии, стойки к удару и разрыву, устойчивы к проколам и поперечным разрывам. При больших нагрузках могут немного растягиваться или трескаться, но не рваться. Водо- и паронепроницаемы. Пакеты не шуршат и имеют глянцевую поверхность. Уязвимы для воздействия газов, легко окисляются.</t>
+  </si>
+  <si>
+    <t>389026</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tiko/"&gt;ТИКО&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af4/byyprpvkjarnmncs8mjbxy8c22dw0djj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 50х40 см,  quot;Камни quot;, 45 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты с вырубной ручкой отличаются удобством эксплуатации и длительным сроком службы. Пакеты с вырубными ручками рекомендуется применять как тару для негабаритных, небольших по объёму предметов. Такой вид упаковки будет отличным рекламным решением для владельцев магазинов, где продаются сувениры, обувь, косметика, нижнее бельё и парфюмерия.Пакеты с вырубной ручкой отличаются такими достоинствами:- работают как долговечный рекламоноситель;- не мнутся;- не собираются в складки;- помогают уберечь содержимое от воздействия влаги.</t>
+  </si>
+  <si>
+    <t>389030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2db/gz1ldfzfzdvajqbdlsekjuqvb1exspkr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПНД, 44х40 см,  quot;Биг сити quot;, 43 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты с петлевой ручкой отличаются презентабельным внешним видом, удобством эксплуатации и длительным сроком службы. Грамотно и со вкусом подобранная упаковка поможет преподнести презент в наиболее выигрышном виде и добавить определённую изюминку. Для любых подарков-сувениров и деловых подарков, игрушек, елочных шаров, сборных подарков, подарков ручной работы, сладких подарков &amp;#40;печенье, конфеты, мед, чай, кофе, шоколад и т.д&amp;#41;. Подходит для упаковки подарков на любые праздники и торжества. Для мужчин, женщин, мам и пап, старшего поколения и детей. Универсальна, презентабельная и очень удобная упаковка.</t>
+  </si>
+  <si>
+    <t>389034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf4/u4skryra9r11jy7c2exwo3t4ojrqw3gs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с петлевой ручкой ПНД, 44х40 см,  quot;Золотая полоса quot;, 43 мкм</t>
+  </si>
+  <si>
+    <t>389035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2bb/49b5hq1bfjweft7tb87e6i1prqrv76ie.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с пластиковой ручкой ПВД, 36х37 см,  quot;Ницца quot;, 100 мкм, н00100663</t>
+  </si>
+  <si>
+    <t>Пакеты типа с пластиковой ручкой незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>389037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db6/db617219c54215634a3a85d644ffe210/b7bbb6e8afb154e594eef3e1c2728780.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой черный ПВД 440x570мм,80 мкм 250 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с&amp;nbsp;&amp;nbsp; вырубной ручкой черный ПВД 440x570мм,80 мкм 250 шт/уп</t>
+  </si>
+  <si>
+    <t>415851</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/862/8625b55f7d8a286273c0a83632435ed6/ec3e259b79e047cf11fb952e57c0b8f7.jpg</t>
-[...50 lines deleted...]
-    <t>380081</t>
+    <t>http://anytos.ru//upload/iblock/402/402a89d2de7f0a970844cc8a6514af46/3749729fde7cf58f494bb0b50f8a386b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой,ПВД,40х47см,55мкм,50 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой,ПВД,40х47см,55мкм,50 шт/уп</t>
+  </si>
+  <si>
+    <t>415854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81a/81abeff681827990990b6292fd8d4f39/a76f3b27b9c48199d07d139ca0067a73.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip Lock  15 х 20 см, 35 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с замком &amp;#40;Zip Lock&amp;#41; 15 х 20 см, 35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>415855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57d/57d1c21f62dadec25327be9593879843/72f5606433c73d14870b6f47a105b894.jpg</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 25х40,10мкм 250 шт. рул Эконом</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 25х40,10мкм 250 шт./рул Эконом</t>
+  </si>
+  <si>
+    <t>415860</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b00/b009a993e3759d50acffb333a0112e64/c428515097984f8ffdfd131bb6353c3f.jpg</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 30х40 15мкм 500шт. рул.Эконом</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 30х40 15мкм 500шт./рул.Эконом</t>
+  </si>
+  <si>
+    <t>415862</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d3/h0bsm64idt53s74erkb703m58dn6q707.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 25х40 КОМПЛЕКТ 500 шт., ПНД, 10 мкм, ПРОЧНЫЕ, евроупаковка, ЛАЙМА. 605956</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для овощей, фруктов, зелени. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные пакеты размером 25 х 40 см и плотностью 10 микрон изготовлены из экологически чистого полиэтилена низкого давления. Поставляются в евроупаковке с цветной печатью, количество в пачке - 500 штук.</t>
+  </si>
+  <si>
+    <t>417371</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9a/iwtntytv225q0y3cclkrc42wpml0jduk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 30х40 КОМПЛЕКТ 1000 шт., ПНД, 10 мкм, ПРОЧНЫЕ, евроупаковка, ЛАЙМА. 605960</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для овощей, фруктов, зелени. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные пакеты размером 30 х 40 см и плотностью 10 микрон изготовлены из экологически чистого полиэтилена низкого давления. Поставляются в экономичной евроупаковке с цветной печатью, количество в пачке - 1000 штук.</t>
+  </si>
+  <si>
+    <t>417372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74e/02nivcfui3w27phkx36td4xy4xjojyzo.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30 16х55 см, ПНД,  quot;Русь quot;, СИНИЕ, 25 мкм, ЮПЛАСТ, ЮМАЙ1072</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; - незаменимые для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Цена за упаковку.</t>
+  </si>
+  <si>
+    <t>425438</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/yuplast/"&gt;ЮПЛАСТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b0/hw7fmcqq4r16hdpkle22kbgdp9rcydwc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30 16х55 см, ПНД,  quot;ФА quot;, СИНИЕ, 25 мкм, ЮПЛАСТ, ЮМАЙ1008</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; - незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Цена за упаковку.</t>
+  </si>
+  <si>
+    <t>434457</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/062/ifyw8bphah1bnusp1k39h0an14h0sdwg.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30 16х55 см, ПНД,  quot;ФА quot;, ЧЕРНЫЕ, 25 мкм, ЮПЛАСТ, ЮМАЙ1009</t>
+  </si>
+  <si>
+    <t>434458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/800/q0cvlthaju6o3flsqqql7q88jsh01u9m.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 24х37 см КОМПЛЕКТ 100 шт., ПНД, 8 мкм, рулон, ЛАЙМА, 605951</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 24х37 см и плотностью 8 мкм изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Поставляются в рулоне без втулки, количество – 100 штук.</t>
+  </si>
+  <si>
+    <t>434461</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f37/gl1oqaeacc6ex6qj3a1a7bvssr8psrz1.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 24х37 см КОМПЛЕКТ 500 шт., ПНД, 8 мкм, рулон на втулке, ЛАЙМА, 605952</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 24х37 см и плотностью 8 мкм изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Поставляются в рулоне с втулкой, количество – 500 штук.</t>
+  </si>
+  <si>
+    <t>434462</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6f/4aixzxzbicg9q3kl5yskmfhi04kkulu9.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 30х40 см КОМПЛЕКТ 500 шт., ПНД, 8 мкм, рулон на втулке, ЛАЙМА, 605953</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 30х40 см и плотностью 8 мкм изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Поставляются в рулоне на втулке, количество – 500 штук.</t>
+  </si>
+  <si>
+    <t>434463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7e/s1bgwtj2vwjbxtoc2hflg0lipvqlxirc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 30х40 см КОМПЛЕКТ 500 шт., ПНД, 15 мкм, ОСОБО ПРОЧНЫЕ, рулон на втулке, ЛАЙМА, 605954</t>
+  </si>
+  <si>
+    <t>Особо прочные фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 30 х 40 см и плотностью 15 мкм изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Поставляются в рулоне на втулке, количество – 500 штук.</t>
+  </si>
+  <si>
+    <t>434464</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80f/9mgf4189o1m49x9jkjgiu6vqgyhrnk9r.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 24х37 см КОМПЛЕКТ 1000 шт., ПНД, 10 мкм, ПРОЧНЫЕ, евроупаковка, ЛАЙМА, 605959</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты плотностью 10 мкм в экономичной евроупаковке на 1000 штук изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Размер - 24 х 37 см.</t>
+  </si>
+  <si>
+    <t>434465</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44b/n3fvmgfm3fh61jilodp7226gr0rz69o9.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 18 8х35  26х35  КОМПЛЕКТ 1000 шт., ПНД, 7 мкм, евроупаковка, ЛАЙМА, 605961</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты плотностью 7 мкм в экономичной евроупаковке на 1000 штук изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Размер - 26 х 35 см с донной вкладкой &amp;#40;&amp;#43;8 см&amp;#41;.</t>
+  </si>
+  <si>
+    <t>434466</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f51/9001nphmmz1e7tqb69e36crvaheq1ffc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные КОМПЛЕКТ 1000 шт., 30х40 см, ПНД, 7 мкм, ЭКОНОМ, ЮПЛАСТ, евроупаковка, ЮФАС0003</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты, изготовленные из полиэтилена низкого давления, обладают высокой эластичностью и лучше всего подходят для формирования временной упаковки. Чаще всего они используются в магазинах розничной торговли для упаковки пищевых продуктов.</t>
+  </si>
+  <si>
+    <t>434467</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/wkspsnyegkh3vf4v1guavs924x7zfsbc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip Lock  40 х 50 см, 45 мкм, 100 штук в упаковке</t>
+  </si>
+  <si>
+    <t>Пакет c замком zip-lock имеет размер 40 на 50 сантиметров. Изготовлен из высококачественного полиэтилена с плотностью 45 мкм. Используется в качестве упаковки для: пищевых продуктов, фасовки товара, бытовых вещей, фурнитуры, крепежей, бижутерии. Материал достаточно крепкий: пакет выдерживает многократное использование. Замок Zip-Lock защищает содержимое от влаги и запахов. Пакеты имеют прозрачную застежку и подходят для заморозки продуктов Товар поставляется в ассортименте без возможности выбора цвета</t>
+  </si>
+  <si>
+    <t>439514</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3f/b3fe406572e0bb19c2b7d5f62abad013/c0b450cc3e875ce01fd1d6928cde74fa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет почтовый C4, UltraPac, 229 324 40мм, коричневый крафт, отр. лента, 130г м2</t>
+  </si>
+  <si>
+    <t>Пакет почтовый C4 с расширением,&amp;nbsp;&amp;nbsp;229*324*40мм, коричневый крафт, отрывная силиконовая&amp;nbsp;&amp;nbsp;лента, 130 г/м2</t>
+  </si>
+  <si>
+    <t>559774</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kurt/"&gt;Курт&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/129/hj0ad1ommw2xsm0zqa4q643qyg4oitsj.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные ДЛЯ ЗАМОРОЗКИ 24х37 см, КОМПЛЕКТ 50 шт., ЛАЙМА, 606709, 2432</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 24 х 37 см и плотностью 14 микрон в рулоне изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Поставляются в рулоне без втулки, количество - 50 штук.</t>
+  </si>
+  <si>
+    <t>564906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82b/82b8c9e711b8d7d0e8e47ae6c2651756/1464f4add51e6ea9018a750159503545.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 16 12х30 10мкм 100шт. уп.цветной пол</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 16&amp;#43;12х30 10мкм 100шт./уп.цветной/пол</t>
+  </si>
+  <si>
+    <t>584583</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>Пакет inФОРМАТ 40х50см.</t>
+  </si>
+  <si>
+    <t>Полиэтиленовый пакет обладает устойчивостью к воздействию пыли, влаги, щелочей и кислот. Помимо этого, такая упаковка достаточно прочна, а также имеет две надежные ручки, которые обеспечивают удобную транспортировку упаковки. Размер изделия: 40x50см.</t>
+  </si>
+  <si>
+    <t>590527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62c/62ccf2b09bd3e9d254438e2dd7931d0e/14f30d473e12c478f29c85451f6bbe43.jpg</t>
+  </si>
+  <si>
+    <t>Пакет бумажный  quot;Крафт quot; с кручеными ручками, 22 12 25см, 70гр м2</t>
+  </si>
+  <si>
+    <t>Бумажные крафт-пакеты с кручеными ручками идеально подойдут для пищевых продуктов и других бытовых товаров. Благодаря плотной бумаге, они обладают высокой прочностью и отлично держат форму. Крученая ручка имеет высокий порог износостойкости и пакеты используются дольше.</t>
+  </si>
+  <si>
+    <t>608152</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f52/f522fac65801af621ac4b93595570857/8852d0734f1d8458b0e7a6ee8781c330.jpg</t>
+  </si>
+  <si>
+    <t>Пакет бумажный  quot;Крафт quot; с кручеными ручками, 24 14 28см, 70гр м2</t>
+  </si>
+  <si>
+    <t>608153</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d4/5d4f735aa5dd69780f9ce5711e6abcca/9c55a1c30f6847189716956bf6b83e5f.jpg</t>
+  </si>
+  <si>
+    <t>Пакет бумажный  quot;Крафт quot; с кручеными ручками, 26 15 35см, 70гр м2</t>
+  </si>
+  <si>
+    <t>608154</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/413/4133482325d1eda61aa7515602a79827/537d713f2f51ec36899159314e394791.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД, 42 18x68см, зеленый, 35 мкм, 50 шт. уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД, 42&amp;#43;18x68см, зеленый, 35 мкм, 50 шт./уп</t>
+  </si>
+  <si>
+    <t>612504</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1e/b1e041d532dd72111d788c47eb867273.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для белья с вырубн. ручкой 60x40,35мкм, 100шт.</t>
+  </si>
+  <si>
+    <t>629296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/105/10509de8be77a4da9b2e7e6602b49462.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean  quot;Зв зды  quot;, ПНД, 30 16 60см, 15мкм, белый</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Используются для упаковки, переноски продуктов и промышленных товаров.</t>
+  </si>
+  <si>
+    <t>652754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e3/0e33c4e65ccceb32b169f059ccf197af.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean  quot;Зв зды  quot;, ПНД, 30 16 60см, 15мкм, голубой</t>
+  </si>
+  <si>
+    <t>652755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37a/37a522cce1e22a35105e449e0a2d5797.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean, ПНД, 37,5 14 57см, 20мкм, черный</t>
+  </si>
+  <si>
+    <t>652757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/905/qi9oewc58udioxy558vq89ymamjo2ara.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean, ПНД, 28 14 50см, 12мкм, рулон на втулке, 200шт., зеленый</t>
+  </si>
+  <si>
+    <t>686564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96f/dix236xz25bmm06d119irv2bftvjeovg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean, ПНД, 25 12 45см, 10мкм, рулон на втулке, 200шт., прозрачный</t>
+  </si>
+  <si>
+    <t>693441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e21/k2yycj3jx1crwrmo8mseol6204krr40q.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 24 12х44 12мкм 90 шт. уп. Белая Эконом</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 24&amp;#43;12х44 12мкм 90 шт./уп. Белая Эконом</t>
+  </si>
+  <si>
+    <t>716687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e00/0bq9ah8tlzzwjoktvlskzg71afi0ng2l.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ФА 30 16x55 25 мкм, ПНД, 100 шт. уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка ФА 30&amp;#43;16x55 25 мкм, ПНД, 100 шт./уп</t>
+  </si>
+  <si>
+    <t>716690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f0/ry7ijmebk5vl7p11bxojjd6dpky1xjlu.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 100х200 мм</t>
+  </si>
+  <si>
+    <t>Пакеты СтериТ комбинированные плоские самоклеящиеся для стерилизации инструментов и материалов. Применимы для паровой, этиленоксидной, пароформальдегидной и радиационнойстерилизации, легко проницаемы для соответствующего стерилизующего агента, в закрытом виде непроницаемы для микроорганизмов. Сохраняют целостность после стерилизации соответствующим методом.Характеристики продукта:• соответствуют требованиям ГОСТ ISO 11607-1, EN 868;• на бумажной стороне пакета нанесены индикаторы 1 класса паровой, этиленоксидной и пароформальдегидной стерилизации, позволяющие отличить простерилизованные изделия от нестерилизованных;• широкий диапазон типоразмеров;• срок сохранения стерильности – до 5 лет;• гарантийный срок годности – 5 лет.ТУ 9398-081-11764404-2009ТУ 9398-093-11764404-2011Регистрационные удостоверения № РЗН 2013/19, № РЗН 2013/108 от 04.04.2016Сертификат соответствия РОСС RU.АМ05.Н01987, РОСС RU.АМ05.Н01989 от 13.06.2019</t>
+  </si>
+  <si>
+    <t>770046</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vinar/"&gt;Винар&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac0/dziwxr3k36jqq32o97a19e7r3isbum4h.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 130х250 мм, 18</t>
+  </si>
+  <si>
+    <t>770048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17a/poi1qmc6tgl1gmf24nx9tve0ncqc3zs7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 150х250 мм, 16</t>
+  </si>
+  <si>
+    <t>770056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df2/wieky7ccdzkq1e5rgem7eysw4gd3rcep.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 200х300 мм, 26</t>
+  </si>
+  <si>
+    <t>770059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/349/rlqshku6s138408sc9cc433sv16oxr6u.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 200х350 мм, 27</t>
+  </si>
+  <si>
+    <t>Пакеты комбинированные плоские самоклеящиеся для стерилизации инструментов и материалов. Применимы для паровой, этиленоксидной, пароформальдегидной и радиационнойстерилизации, легко проницаемы для соответствующего стерилизующего агента, в закрытом виде непроницаемы для микроорганизмов. Сохраняют целостность после стерилизации соответствующим методом.Характеристики продукта:• соответствуют требованиям ГОСТ ISO 11607-1, EN 868;• на бумажной стороне пакета нанесены индикаторы 1 класса паровой, этиленоксидной и пароформальдегидной стерилизации, позволяющие отличить простерилизованные изделия от нестерилизованных;• широкий диапазон типоразмеров;• срок сохранения стерильности – до 5 лет;• гарантийный срок годности – 5 лет.ТУ 9398-081-11764404-2009ТУ 9398-093-11764404-2011Регистрационные удостоверения № РЗН 2013/19, № РЗН 2013/108 от 04.04.2016Сертификат соответствия РОСС RU.АМ05.Н01987, РОСС RU.АМ05.Н01989 от 13.06.2019</t>
+  </si>
+  <si>
+    <t>770061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f5/jukxtb4h07yj3i2oozgtyioa38erhktr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 300х450 мм</t>
+  </si>
+  <si>
+    <t>770063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/507/m48gm5gjld45z1kyuf968407pklnhfbb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 60х100 мм, 8</t>
+  </si>
+  <si>
+    <t>770064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0c/bojwknbq67wjfjyab24qn20yf1rk0srd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 90х160 мм</t>
+  </si>
+  <si>
+    <t>770066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/837/usjm7hqv24lh9jesl8mj4brdorp1gng3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 90х250 мм</t>
+  </si>
+  <si>
+    <t>770069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acb/qucw7wplzr4mhtf4c1k4psz21q7dxkme.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 100х200 мм</t>
+  </si>
+  <si>
+    <t>Пакеты из крафт-бумаги самоклеящиеся для стерилизации инструментов и материалов. Применимы для паровой, воздушной, пароформальдегидной, этиленоксидной и радиационной стерилизации, легко проницаемы для соответствующего стерилизующего агента, в закрытом виде непроницаемы для микроорганизмов. Сохраняют целостность после стерилизации соответствующим методом.Характеристики продукта:• соответствуют требованиям ГОСТ ISO 11607-1, EN 868;• на внешней стороне пакета нанесён индикатор 1 класса паровой и воздушной стерилизации, позволяющий отличить простерилизованные изделия от нестерилизованных;• не требуют дополнительного оборудования для герметичного запаивания;• широкий диапазон типоразмеров;• срок сохранения стерильности – 36 до месяцев;• гарантийный срок годности – 5 лет.ТУ 9398-020-11764404-2004Регистрационные удостоверения № РЗН 2013/18 от 09.12.2019Сертификат соответствия РОСС RU.АМ05.Н01077 от 21.05.2019</t>
+  </si>
+  <si>
+    <t>770072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf9/ejq5ko3vondue8b7w9ytxsvqforhgxaa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 100х250 мм, 35</t>
+  </si>
+  <si>
+    <t>770073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb5/6rzcjnspzzo12jrybdfz4e1timye9008.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 150х250 мм, 6</t>
+  </si>
+  <si>
+    <t>770075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/521/7y5rjwd553cunukvq2ww3taab65cf85b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 150х280 мм</t>
+  </si>
+  <si>
+    <t>770076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c10/qnz8jkhnifdtbtwc3yltqud07o3qv9rb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 200х300 мм</t>
+  </si>
+  <si>
+    <t>770078</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad1/n4ppsx6o7vv1afobvoz2pp6j0d78nprz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 200х330 мм, 13</t>
+  </si>
+  <si>
+    <t>770079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5dc/tn2zovngpblh03vmu6d5djx4iqll8hhs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 250х320 мм</t>
+  </si>
+  <si>
+    <t>770081</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5f/exm0275dc4yt5j0za0w21wyfu62lkyri.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 300х390 мм, 21</t>
+  </si>
+  <si>
+    <t>770083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/12k001161pgfpu8e7jjgj8eqx7la076e.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 300х450 мм</t>
+  </si>
+  <si>
+    <t>770084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6e/rdkqfvteq8q83rhxwbdlt6hcdobpouyx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 75х150 мм</t>
+  </si>
+  <si>
+    <t>770085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c2/4b1i2ta1z1zsvvv103zk3hdpnj30u6ge.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 10х15 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608176</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>854391</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/821/f3s7zftxkyd73j6wc7y0p1e8w7449bie.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 15x20 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608177</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>854392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/528/in40mg4wfgij31uojnct68lkcc8yxeou.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 20x30 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608179</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>854393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd1/vgudtef20nxxk9q3rxd50qxetnqr5ly9.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 25x35 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608180</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>854394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d7/muactad83ai8f5xrls4b0tiuch8wvpqz.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 25х35 cм, ПВД, 60 мкм, BRAUBERG EXTRA, 608175</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>854395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bd/5g844d5ktlz648xn92hxewsj5tmlwa9g.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; СВЕРХПРОЧНЫЕ, комплект 100 шт., 10х15 см, ПВД, 100 мкм, BRAUBERG EXTRA, 608182</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 100 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>854396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cae/miu91w3s90bhji6oeblqr2yhl5onhhjn.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 43 20х69 см 27 мкм черная WWW 50 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 43&amp;#43;20х69 см 27 мкм черная WWW 50 шт/уп</t>
+  </si>
+  <si>
+    <t>880905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f4/8lm2i558v1t684pu30lavhczleq58475.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 20x25 см, ПВД, 80 мкм, BRAUBERG EXTRA, 608178</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х25 см.</t>
+  </si>
+  <si>
+    <t>883708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1a/n837sxdbw5fxztt0mmds7zixid81isot.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 30x40 см, ПВД, 80 мкм, BRAUBERG EXTRA, 608181</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 30х40 см.</t>
+  </si>
+  <si>
+    <t>883709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/713/rno2u6bbr3t27or0x9tycvtpcnglztbg.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 12х17 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608171</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 12х17 см.</t>
+  </si>
+  <si>
+    <t>883710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/185/whxhhltafl1493zj27z1to033fgzmosk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 15х20 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608172</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>883711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/993/kl30uy5ce0hhkerxq4zkph1cdklg3xpi.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 18х25 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608173</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 18х25 см.</t>
+  </si>
+  <si>
+    <t>883712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/511/0t57e9v73ve6xnuzjjbofypwxwinv9yj.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 20х30 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608174</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>883713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/034/am5am5v5l34ycbggqh38801zpbhg2ncs.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; СВЕРХПРОЧНЫЕ, комплект 100 шт., 25х35 см, ПВД, 100 мкм, BRAUBERG EXTRA, 608183</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 100 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>883714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c99/8kkk3qvpb3a30o8ms2f8fwhpbb63epiv.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; СВЕРХПРОЧНЫЕ, комплект 100 шт., 30х40 см, ПВД, 100 мкм, BRAUBERG EXTRA, 608184</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 100 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 30х40 см.</t>
+  </si>
+  <si>
+    <t>883715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db1/6mch7f2g9rtouckm2b2knu3o17g0v5v4.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 150 200мм, ПВД, 35мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 15 х 20 &amp;#40;см&amp;#41;. Плотность: 35 мкм.</t>
+  </si>
+  <si>
+    <t>884369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/zx0nkwj7slitgnsu9ia6s5iyg493v3ag.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 200 250мм, ПВД, 35,6мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 20 х 25 &amp;#40;см&amp;#41;. Плотность: 35,6 мкм.</t>
+  </si>
+  <si>
+    <t>884370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b37/9cier8a3vt1w9z61e1b1uwf3x0q4sgnf.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 200 300мм, ПВД, 35,6мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 20 х 30 &amp;#40;см&amp;#41;. Плотность: 35,6 мкм.</t>
+  </si>
+  <si>
+    <t>884371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96e/jxhw9pmrqz0hu7o01o8iiji2h03qcusk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 250 350мм, ПВД, 35,4мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 12 х 17 &amp;#40;см&amp;#41;. Плотность: 35,4 мкм.</t>
+  </si>
+  <si>
+    <t>884372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98a/iamxrtkeaym6luhr3isivoj6q86f76rf.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 50 70мм, ПВД, 32мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 5 х 7 &amp;#40;см&amp;#41;. Плотность: 32 мкм.</t>
+  </si>
+  <si>
+    <t>884374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5c/n6phu3ukcq75327w9dlcthanywxkxpsc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 60 80мм, ПВД, 32мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 6 х 8 &amp;#40;см&amp;#41;. Плотность: 32 мкм.</t>
+  </si>
+  <si>
+    <t>884375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a9/knmw4t5xy3e92ika48jhnuco3a4pqssk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean,120 170мм, ПВД, 37мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 12 х 17 &amp;#40;см&amp;#41;. Плотность: 37 мкм.</t>
+  </si>
+  <si>
+    <t>884377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea3/v0dpf0bs7ktyx0tr31u59cft4mylkqe5.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты гигиенические в боксе 30 пак уп</t>
+  </si>
+  <si>
+    <t>Пакеты гигиенические в боксе 30 пак/уп</t>
+  </si>
+  <si>
+    <t>899638</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfc/is1u1apt5ecoregimp7dur5fa9q108dk.jpg</t>
+  </si>
+  <si>
+    <t>Термопакет СТАНДАРТ без ручки 420х450 мм Металл ПВД,ТПКБР.04 без ручки</t>
+  </si>
+  <si>
+    <t>Термопакет СТАНДАРТ без ручки 420х450 мм Металл/ПВД,ТПКБР.04 без ручки</t>
+  </si>
+  <si>
+    <t>899645</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/termopack/"&gt;Termopack&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/064/8ogoqyj89hld5ox6p8u16zm0lik7ou47.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сейф-пакет формата А4, размер 240х360 мм, 50мкм.  100 шт уп </t>
+  </si>
+  <si>
+    <t>Сейф-пакет формата А4, размер 240х360 мм, 50мкм. &amp;#40;100 шт/уп&amp;#41;</t>
+  </si>
+  <si>
+    <t>907643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd0/omwtjcw7fgk9fyey29fkf7wqiov1leq5.png</t>
+  </si>
+  <si>
+    <t>Пакеты для запекания Avikomp Eco Technology с Клипсами 30 40см. 5 штук</t>
+  </si>
+  <si>
+    <t>Пакеты для запекания Avikomp Eco Technology с Клипсами 30*40см. 5шт. *10/50</t>
+  </si>
+  <si>
+    <t>928363</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/avikomp/"&gt;Avikomp&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68b/8dh3pdt6p5eeb5v09lhx8r91smbb6byx.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 10х15 см, ПВД, толщина 32 мкм, STAFF, 608165</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 32 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>939379</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3a/mbyxojs7huk7jb9j11ullj77258p1aqg.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 15х20 см, ПВД, толщина 35 мкм, STAFF, 608166</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>939380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f2/89q2rhgspik1ztvgs338ki8woxthmr03.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 20х25 см, ПВД, толщина 35 мкм, STAFF, 608167</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук.Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х25 см.</t>
+  </si>
+  <si>
+    <t>939381</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99f/3dg6rhe748q41kf0vis7lt07r5uj8tt6.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 20х30 см, ПВД, толщина 35 мкм, STAFF, 608168</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты SFAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>939382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/132/tup1f2or2l0fdu3xgk7rt2nx8hcns3ux.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 25х35 см, ПВД, толщина 35 мкм, STAFF, 608169</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>939383</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/faf/xjbipl6tk6hb2zivm4tjgugln3g5nv4s.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 6х8 см, ПВД, толщина 32 мкм, STAFF, 608164</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 32 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 60х80 мм.</t>
+  </si>
+  <si>
+    <t>939384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1af/nw1lqujuu8o7umngg6vser62e43nfwlx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ, ПНД, 40 18x70см, черный, 45 мкм, 50 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ, ПНД, 40&amp;#43;18x70см, черный, 45 мкм, 50 шт/уп</t>
+  </si>
+  <si>
+    <t>951475</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de0/ida354lz2o1l3q20xn8odlmi703c4zqa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся 135х280 мм EUROTYPE 200 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации</t>
+  </si>
+  <si>
+    <t>Пакеты плоские EUROTYPE для паровой и газовой стерилизации самоклеящиеся. Имеют 3 различных индикатора, указывающих на достижение стерильных условий: 2 для газовой &amp;#40;окисью этилена или формальдегидом&amp;#41; и один для паровой стерилизации.Самоклеящиеся пакеты быстро и удобно запечатываются с помощью специальной клейкой поверхности, место сгиба имеет перфорацию для облегчения надёжного запечатывания. Надёжное соединение слоёв через тройные боковые термошвы.Полное соответствие всем международным стандартам, включая нормы СанПиНа.Изготовлены из прозрачной многослойной полимерной плёнки Полипропилен/Полиэстер в сочетании с бумагой медицинской высокопрочной непрозрачной плотной.Срок хранения простерилизованных изделий в запечатанном виде – 5 лет. Срок годности пакетов с даты производства – 6 лет.</t>
+  </si>
+  <si>
+    <t>953834</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/eurotype/"&gt;EUROTYPE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/6q7v4bd20ykb179nohc3wc6c07o1a3xc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пакет с вырубной ручкой 38х48 3  40  Флористик 50 шт уп  ВУР02805 </t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой 38х48&amp;#43;3 &amp;#40;40&amp;#41; Флористик 50 шт/уп &amp;#40;ВУР02805&amp;#41;</t>
+  </si>
+  <si>
+    <t>964223</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecf/e0mhd8vgm1emm60ptafg4nk3e4a0uxe6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip Lock  25х35 см, 100 мкм, 100 шт упак</t>
+  </si>
+  <si>
+    <t>Пакет с замком &amp;#40;Zip Lock&amp;#41; 25х35 см, 100 мкм, 100 шт/упак</t>
+  </si>
+  <si>
+    <t>964230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/701/j7kvo2mrl80icyagsucoisxam8wlyfm4.jpg</t>
+  </si>
+  <si>
+    <t>Сейф-пакет номерной 162х235 30, 50 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Сейф-пакет номерной 162х235&amp;#43;30, 50 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>964231</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e40/5cdro3kiaqqi6qkgg8z6aup9cbfglj4a.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с прорубной ручкой Артпласт  quot;Ненси quot;, 20 30см, 30мкм</t>
+  </si>
+  <si>
+    <t>Пакет с прорубной ручкой Артпласт &amp;quot;Ненси&amp;quot;, 20*30см, 30мкм</t>
+  </si>
+  <si>
+    <t>967980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/565/2afepx7il4n1c9zsd9uglp431nplyul9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip-lock 30х40 см, 32 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с замком &amp;#40;Zip-lock&amp;#41; 30х40 см, 32 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>973714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f02/5ikzzcv814ps1esxitkptmk9vkd9nj9p.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP-LOCK ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 150x200 мм, ПВД, 80 мкм, Ч РНЫЕ, BRAUBERG, 608930</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Цветные пакеты с ZIP-LOCK обеспечивают удобство раздельного хранения товаров. Предназначены для сбора и хранения лекарственных средств, отходов от лекарственных и диагностических препаратов, дез. средств, а также средств, не подлежащих использованию, с истекшим сроком годности. Используются для упаковки аксессуаров, фурнитуры, бижутерии, канцелярских принадлежностей, хоз. товаров, расходных материалов, документов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>974939</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4f/yciig6rkmt70fnq4rqc87z99vbsy990c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет бумажный  quot;Крафт quot; с кручеными ручками, 32 20 37см, 70г м2</t>
+  </si>
+  <si>
+    <t>Пакет бумажный &amp;quot;Крафт&amp;quot; с кручеными ручками, 32*20*37см, 70г/м2</t>
+  </si>
+  <si>
+    <t>983499</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/670/70mcbg66403gwskvqh9ywed8w7sy6afq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет бумажный  quot;Крафт quot; с кручеными ручками, 35 15 45см, 70г м2</t>
+  </si>
+  <si>
+    <t>Пакет бумажный &amp;quot;Крафт&amp;quot; с кручеными ручками, 35*15*45см, 70г/м2</t>
+  </si>
+  <si>
+    <t>983500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2f/x6ghbkq3pj8d9sgfikfnp9wt79zrnskz.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP-LOCK ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 100x150 мм, ПВД, 80 мкм., Ч РНЫЕ, BRAUBERG, 608932</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Цветные пакеты с ZIP-LOCK обеспечивают удобство раздельного хранения товаров. Предназначены для сбора и хранения лекарственных средств, отходов от лекарственных и диагностических препаратов, дез. средств, а также средств, не подлежащих использованию, с истекшим сроком годности. Используются для упаковки аксессуаров, фурнитуры, бижутерии, канцелярских принадлежностей, хоз. товаров, расходных материалов, документов.Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>985267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/a3i8flzqazmypfqelbrelp6hoppkr878.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP-LOCK ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 200x300 мм, ПВД, 80 мкм, Ч РНЫЕ, BRAUBERG, 608931</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Цветные пакеты с ZIP-LOCK обеспечивают удобство раздельного хранения товаров. Предназначены для сбора и хранения лекарственных средств, отходов от лекарственных и диагностических препаратов, дез. средств, а также средств, не подлежащих использованию, с истекшим сроком годности. Используются для упаковки аксессуаров, фурнитуры, бижутерии, канцелярских принадлежностей, хоз. товаров, расходных материалов, документов.Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>985268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/119/cw59a5msc5qrqyndu3kyoirm5aaqhiet.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х13мкм, 60л, 500 шт уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х13мкм, 60л, 500 шт/уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>990030</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ptp-kil/"&gt;ПТП Киль&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f3/adty0ld15ija8zj4k99w84paqkoj22zy.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.Б желтый 500х600х12мкм,30л, 1000 шт уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.Б желтый 500х600х12мкм,30л, 1000 шт/уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>990031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df1/hxy3pw2y5cp1kwdgdf521adxj7ivayic.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х18мкм,60л, 100 шт уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х18мкм,60л, 100 шт/уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>990049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/755/1gkrcv93kqxwexibilodm6axjg8n662t.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 18х12х29 см, КОМПЛЕКТ 100 шт., плотность 90 г м2, LAIMA ECO CRAFT, 609683</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты LAIMA ECO CRAFT с прямоугольным дном – лучший упаковочный материал для печатной, галантерейной и подарочной продукции. Пакеты с прямоугольным дном на вынос. Функциональная, прочная и экономичная упаковка. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи, что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.</t>
+  </si>
+  <si>
+    <t>996127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76b/f6tqv1x7eci9asoderrmfs8zpk4ejoqc.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 22х12х25 см, КОМПЛЕКТ 50 шт., крученые ручки, плотность 90 г м2, LAIMA ECO CRAFT, 609684</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты LAIMA ECO CRAFT с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки. Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи, что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.</t>
+  </si>
+  <si>
+    <t>996128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a7/o0oh3t0jp9xddxkc6wmnkw0wd5wxkmm1.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты для вакуумного упаковщика рифленые 20х30 см, КОМПЛЕКТ 50 шт., SONNEN, максимальный вакуум, 456342</t>
+  </si>
+  <si>
+    <t>Пакеты для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Они идеально подходят для домашних заготовок, маринования и приготовления по технологии су-вид. Пакеты для вакуумного упаковщика SONNEN имеют размер 20х30 см.Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. Также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996131</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sonnen/"&gt;SONNEN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d13/fldhs75w8q1af21lfd33uptdn7aioqlc.jpg</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика, рифленый, 28х1500 см, 1 шт., SONNEN, максимальный вакуум, 456340</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Он идеально подходит для домашних заготовок, маринования и приготовления по технологии су-вид. Рулон для вакуумного упаковщика SONNEN имеет размер 28х1500 см. Вы можете сами определить нужный размер для вашего пакета. Для использования необходимо отрезать пленку и запаять край с помощью вакууматора. Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. А также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa4/mnclvsvoqv1qriq575kbpr53d94ph3fj.jpg</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика, рифленый, 28х500 см, 1 шт., SONNEN, максимальный вакуум, 456343</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Он идеально подходит для домашних заготовок, маринования и приготовления по технологии су-вид. Рулон для вакуумного упаковщика SONNEN имеет размер 28х500 см. Вы можете сами определить нужный размер для вашего пакета. Для использования необходимо отрезать пленку и запаять край с помощью вакууматора. Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. А также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/823/oaifd8ubo8g3olesu65bsfos40vixga0.jpg</t>
+  </si>
+  <si>
+    <t>Рулоны для вакуумного упаковщика, рифленые, НАБОР 5 шт.  12   15   20   25   28 см х 500 см , SONNEN, 456341</t>
+  </si>
+  <si>
+    <t>Рулоны для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Он идеально подходит для домашних заготовок, маринования и приготовления по технологии су-вид. В комплекте 5 рулонов для вакуумного упаковщика, они отличаются по ширине пленки: 12 / 15 / 20 / 25 / 28 см. Поэтому нужный размер можно выбрать, не тратя лишнюю пленку и сохраняя место. Вы также можете выбрать длину пакета – для использования необходимо отрезать пленку и запаять край с помощью вакууматора. Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. А также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff5/nbsbws50setird1t0niz8frrfryeerha.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 24х14х29 см, КОМПЛЕКТ 50 шт., плоские ручки, плотность 90 г м2, LAIMA ECO CRAFT, 609687</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты LAIMA ECO CRAFT с плоскими ручками – красивый, удобный и надежный упаковочной материал. Их используют под пищевые продукты &amp;#40;особенно распространены в кафе и ресторанах для изделий навынос&amp;#41; и для товаров народного потребления. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи, что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.</t>
+  </si>
+  <si>
+    <t>996813</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d91/ss5z2hw6117z3h6ptiuszz3vez2a310o.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 18х12х29 см, плотность 90 г м2, 110319</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты с прямоугольным дном – лучший упаковочный материал для печатной, галантерейной и подарочной продукции. Пакеты с прямоугольным дном навынос – функциональная, прочная и экономичная упаковка. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки: чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи и т.п., что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.Бумажный пакет выдерживает вес до 3 кг.</t>
+  </si>
+  <si>
+    <t>1014854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1df/3ux3y69r7pw3o2a5asbc16ymrmllbcf7.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 22х12х29 см, плотность 70 г м2, 606865</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты с прямоугольным дном – лучший упаковочный материал для печатной, галантерейной и подарочной продукции. Пакеты с прямоугольным дном на вынос. Функциональная, прочная и экономичная упаковка. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи и т.п., что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.Бумажный пакет выдерживает вес до 3 кг.</t>
+  </si>
+  <si>
+    <t>1014856</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58d/e28nc3gtew2zvodrsaynj4v2tm1xewse.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 24х14х29 см, плоские ручки, плотность 90 г м2, 110517</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты с плоскими ручками – красивый, удобный и надежный упаковочной материал. Их используют под пищевые продукты &amp;#40;особенно распространены в кафе и ресторанах для изделий навынос&amp;#41; и для товаров народного потребления. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки: чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи и т.п., что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.Бумажный пакет выдерживает вес до 5 кг.</t>
+  </si>
+  <si>
+    <t>1014857</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/f134lg29gclfd9ati2uwaapgzosvlvnn.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 26х15х35 см, плотность 90 г м2, 110371</t>
+  </si>
+  <si>
+    <t>1014859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a5/cfrhistntckk8afwzq5qg51ez1lc7i5o.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 32х20х34 см, плотность 70 г м2, 606868</t>
+  </si>
+  <si>
+    <t>1014860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/039/ws3kk9r4lvqvkobe8v01k9v2j1ytaam0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 10х15 4 см, 25 мкм, с усиленным швом, 608598</t>
+  </si>
+  <si>
+    <t>Пакеты из БОПП-пленки используются в качестве упаковки для различных товаров и пищевых продуктов. Материал экологичный, не содержит вредных примесей, безвреден для человека и для пищевой продукции. В таких пакетах можно хранить одежду, аксессуары. Внимание! При выборе ширины пакета просим учитывать наличие перфорированного шва, из-за которого рабочая &amp;#40;полезная&amp;#41; ширина пакета будет меньше в среднем на 5 мм относительно ширины, указанной в заголовке. Допустимы расхождения 1-2,5 мм с каждой стороны.Производство полипропиленовых пакетов БОПП ведется из первичного сырья с растягиванием пленки в двух направлениях. Это обеспечивает повышенную жесткость, термостойкость, прочность на разрыв, стойкость к проколам и эластичность. БОПП-пакеты с клапаном и скотчем – легкая, прозрачная и прочная тара. По сравнению с полипропиленом отличается гладкостью и глянцевым блеском.При выборе размера пакета следует учитывать, что внутренняя рабочая ширина пакета меньше внешней на 3-4 мм за счет усиленного перфорированного шва по бокам изделия.Применяются для табачных изделий, канцтоваров, текстильной продукции, журналов, сувениров, аудио-, видеотоваров, лекарственных трав.Преимущества:Водонепроницаемость – защита от влаги, загрязнений, посторонних запахов.Клейкая лента обеспечивает герметичность.Высокая прочность.Упаковочные БОПП-пакеты с клеевым клапаном, с усиленным перфорированным швом отлично подходят для фасовки любых продуктов, в том числе сыпучих. Прозрачность, блеск, привлекательный вид.Термоустойчивость – выдерживает температуру до &amp;#43;100 °С.Многоразовое использование – сохранение свойств клеевой ленты сохраняет при раскрытии 7-10 раз.Удобство в использовании — особые условия перевозки и хранения не требуются.Подходят для вторичной переработки &amp;#40;отходы производства и использованные пакеты перерабатываются в баки, контейнеры, лотки, автозапчасти&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a64/33891dq0qxzvr3ohf498z1dpv7l8dhc9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 20х30 4 см, толщина 30 мкм, с усиленным швом</t>
+  </si>
+  <si>
+    <t>Пакеты из БОПП-пленки используются в качестве упаковки для различных товаров и пищевых продуктов. Материал экологичный, не содержит вредных примесей, безвреден для человека и для пищевой продукции. В таких пакетах можно хранить одежду, аксессуары. Внимание! При выборе ширины пакета просим учитывать наличие перфорированного шва, из-за которого рабочая &amp;#40;полезная&amp;#41; ширина пакета будет меньше в среднем на 5 мм относительно ширины, указанной в заголовке. Допустимы расхождения 1-2,5 мм с каждой стороны.Производство полипропиленовых пакетов БОПП ведется из первичного сырья с растягиванием пленки в двух направлениях. Это обеспечивает повышенную жесткость, термостойкость, прочность на разрыв, стойкость к проколам и эластичность. Пакеты БОПП с клапаном и скотчем – легкая, прозрачная и прочная тара. По сравнению с полипропиленом отличается гладкостью и глянцевым блеском. Применяются для упаковки табачных изделий, канцтоваров, текстильной продукции, журналов, сувениров, аудио- и видео-товаров, лекарственных трав.Преимущества пакетов БОПП:– водонепроницаемость, то есть защита от влаги, загрязнений, посторонних запахов;– клейкая лента обеспечивает герметичность;– высокая прочность;– клеевой клапан и усиленный перфорированный шов делают возможной фасовку любых продуктов, в том числе сыпучих; – прозрачность, блеск, привлекательный вид;– термоустойчивость &amp;#40;выдерживают температуру до &amp;#43;100 °С&amp;#41;;– многоразовое использование &amp;#40;сохранение свойств клеевой ленты при раскрытии 7-10 раз&amp;#41;;– удобство в использовании &amp;#40;особые условия перевозки и хранения не требуются&amp;#41;;– подходят для вторичной переработки &amp;#40;отходы производства и использованные пакеты перерабатываются в баки, контейнеры, лотки, автозапчасти&amp;#41;.При выборе размера пакета следует учитывать, что внутренняя рабочая ширина пакета меньше внешней на 3-4 мм за счет усиленного перфорированного шва по бокам изделия.</t>
+  </si>
+  <si>
+    <t>1014864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50e/p2lgfu7pr3lilkzypstflx6la7fz95f2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 25х35 4 см, толщина 30 мкм, с усиленным швом</t>
+  </si>
+  <si>
+    <t>1014865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10a/v2ethu6m4fe7eqijcbfvqzb0obsirdmq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 30х40 4 см, толщина 30 мкм, с усиленным швом</t>
+  </si>
+  <si>
+    <t>1014866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cd/4vacnstn8ipt08bhx42ryd2wjspn5ap0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 40 мм, 100х150   30 мм, 100 штук, 150 мкм, BRAUBERG, 700688</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 40х100 мм для удобной идентификации содержимого.Размер пакета: 100х150 мм.Ширина дна: 30 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f3/n2qnk9tet2hdz35ciok237w4we0ku6qk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 50 мм, 120х200   40 мм, 100 штук, 150 мкм, BRAUBERG, 700689</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 50х120 мм для удобной идентификации содержимого.Размер пакета: 120х200 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6c/akfpricss0ytvnf3p3lg0byvbr76l2mz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 50 мм, 140х200   40 мм, 100 штук, 150 мкм, BRAUBERG, 700690</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 50х140 мм для удобной идентификации содержимого.Размер пакета: 140х200 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a54/8cn0x86k6rubnodwdxpkmpeit7s9ksq0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 50 мм, 150х220   40 мм, 100 штук, 150 мкм, BRAUBERG, 700691</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 50х150 мм для удобной идентификации содержимого.Размер пакета: 150х220 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a3/fkzbczkfsp2w1wp5wgkkrvyrywxjqzx8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 60 мм, 170х240   40 мм, 100 штук, 150 мкм, BRAUBERG, 700692</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 60х170 мм для удобной идентификации содержимого.Размер пакета: 170х240 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c4/wxin1hffeu8h6o84h2xu1bv4cz9jkcv1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 60 мм, 180х260   40 мм, 100 штук, 150 мкм, BRAUBERG, 700693</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 60х180 мм для удобной идентификации содержимого.Размер пакета: 180х260 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/929/zfej0ux3lumm5jwnsec4hytifrdebd6k.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 60 мм, 200х300   50 мм, 100 штук, 150 мкм, BRAUBERG, 700694</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 60х200 мм для удобной идентификации содержимого.Размер пакета: 200х300 мм.Ширина дна: 50 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a1/4lfs27kdy80257w77sb1t1s7sm60qwlj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный 180х260   40 мм, 100 штук, 70 мкм, BRAUBERG, 700699</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 180х260 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/h4scpybysbbj28jww7vcms6kv5tv0se6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 120х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700696</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 120 х 200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/963/9zz0evtvq35h6luty5g7p2oxeq6su4yk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 140х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700697</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 140х200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df0/ip2thexht0ngq7jgnlnlwys8wg5s3frv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 160х240   40 мм, 100 штук, 70 мкм, BRAUBERG, 700698</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 160х240 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014878</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/zvryuy50oc2bdrq2c3cdry92ieoc5aqb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 200х300   50 мм, 100 штук, 70 мкм, BRAUBERG, 700700</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 200х300 мм.Ширина дна: 50 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7f/dx7shmfeod17viv08itkymnyrzuhlsk1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД ламинированный, 40х31 см,  quot;Апельсиновый взрыв quot;, 60 мкм, н00269308</t>
+  </si>
+  <si>
+    <t>Пакеты – незаменимые помощники для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Пакеты ПВД прочны при растяжении и сжатии, стойки к удару и разрыву, устойчивы к проколам и поперечным разрывам. При больших нагрузках могут немного растягиваться или трескаться, но не рваться. Водо- и паронепроницаемы. Пакеты не шуршат и имеют глянцевую поверхность. Уязвимы для воздействия газов, легко окисляются.</t>
+  </si>
+  <si>
+    <t>1014880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18f/zr6lzke7zbwz8jnzqabyen12jqmpny7z.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД ламинированный, 40х31 см,  quot;Гармония quot;, 60 мкм, н00268708</t>
+  </si>
+  <si>
+    <t>1014881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/566/k0l7yu71oklvfkovblux3kfkfw9dywwf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 30х20 см,  quot;Аксессуар quot;, 30 мкм, н00077246</t>
+  </si>
+  <si>
+    <t>1014883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c98/lah4aymrao6u0h9a03f1m2a4kfizkglf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 30х20 см,  quot;Лирика quot;, 30 мкм, н00229624</t>
+  </si>
+  <si>
+    <t>1014885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f1/qw6sozul4u01poe63g6rxescfkmu4qfp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 37х30 см,  quot;Перфекто Шайн quot;, 90 мкм, н00112589</t>
+  </si>
+  <si>
+    <t>1014887</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aab/f8a6mwyi96u5bnh8jx3qjwve64yhp80f.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 40х31 см,  quot;Золотой лес quot;, 30 мкм, н00188432</t>
+  </si>
+  <si>
+    <t>1014888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ad/cn8uilx2rkdcm5yjco2hoowixlwke1s8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 40х31,5 см,  quot;Грэй Глосс Карта quot;, 50 мкм, н00228277</t>
+  </si>
+  <si>
+    <t>1014891</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/653/iilvijiabv7p0rtxt95jobo7fvqwyjxs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 42х48 см,  quot;Перфекто Бисмарк quot;, 90 мкм, н00244241</t>
+  </si>
+  <si>
+    <t>1014892</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/651/x7dts1vy5qnq5632c0x1tdugctjvxth8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 43х31,5 см,  quot;Грэй Глосс Ромашка quot;, 50 мкм, н00269304</t>
+  </si>
+  <si>
+    <t>1014894</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/n4yfd7eujl3s8r8i9qbbke6z1i3vbarw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 45х38 см,  quot;Воздушный сюрприз quot;, 60 мкм, н00255515</t>
+  </si>
+  <si>
+    <t>1014895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/623/lywh081kk24e8grv2iizd08tmv0dqzr5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 45х38 см,  quot;Премиальный quot;, 60 мкм, н00228483</t>
+  </si>
+  <si>
+    <t>1014896</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab6/fin6m03f7msa3fjwn0jxm7y6kxuhlup2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 48х39 см,  quot;Грэй Глосс Кофе quot;, 50 мкм, н00212035</t>
+  </si>
+  <si>
+    <t>1014897</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/011/9i873awmkd94e0b009dbj4eceqif3zq9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 60х50 см,  quot;Концепт БИГ quot;, 100 мкм, н00214884</t>
+  </si>
+  <si>
+    <t>1014898</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c0/qs0erho3bpdj8peqr3gcgrqfkx5ez9rb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 60х50 см,  quot;Шанель БИГ quot;, 100 мкм, н00145316</t>
+  </si>
+  <si>
+    <t>1014899</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00d/o6nwsggct3d3utzxl7mhawikxrtpt0lx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой, 37х30 см,  quot;Перфекто Вензель quot;, 90 мкм, н00153471</t>
+  </si>
+  <si>
+    <t>1014900</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0e/pler7afwnu8knroti9yc7i4vgvrus93p.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой, 37х30 см,  quot;Перфекто Далия quot;, 90 мкм, н00170815</t>
+  </si>
+  <si>
+    <t>1014901</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36c/jx3na4xq2nhzao2h4mgnl5w2xwn8m4p1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой, 37х30 см,  quot;Перфекто Роза quot;, 90 мкм, н00229687</t>
+  </si>
+  <si>
+    <t>1014902</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2b/8z5mjs2gk240mr6yor0y5pn5q5mlsaou.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 24 12х45 см, ПНД, 8 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>1014903</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f3/lnhda81lt8g0enpm2rf7yblks62770v0.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 28 14х50 см, ПНД,  quot;Благодарим за покупку quot;, 15 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Цена за упаковку.</t>
+  </si>
+  <si>
+    <t>1014904</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba7/b7n3qhae229wn121mo9u71swfogd7pvr.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30х16х55 см, ПНД, 15 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; - незаменимые для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>1014905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d84/exmm1xsyuq8a9f1vzyztahgfkkzaxi6v.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 31 18х59 см, ПНД,  quot;Звезды quot;, 18 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; применяются для упаковки и переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>1014906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce5/yeincnd7m8jctwz3z873b84h6ercqypq.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 38 18х68 см, ПНД, 18 мкм</t>
+  </si>
+  <si>
+    <t>1014907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e5/u5sj085f5h2xctlpiaspm8k3c48tpxgj.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с европодвесом, клеевым клапаном, КОМПЛЕКТ 100 штук, 10х16   3   4 см, белая подложка, BRAUBERG, 700416</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. Пакеты БОПП BRAUBERG выполнены из прочного, прозрачного и влагостойкого полипропилена. Такая упаковка подчеркивает эстетику продукта и надежно защищает его от пыли и влаги. Удобный клеевой клапан ускоряет процесс фасовки, а европодвес позволяет разместить товар на крючке.Размер: 10х16 см.Клеевой клапан: 10х4 см.Толщина: 36 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014909</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eda/99e6gxdiasmtlde62gjd4g64dtv32y55.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с европодвесом, клеевым клапаном, КОМПЛЕКТ 100 штук, 13х27   3   4 см, белая подложка, BRAUBERG, 700415</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. Пакеты БОПП BRAUBERG выполнены из прочного, прозрачного и влагостойкого полипропилена. Такая упаковка подчеркивает эстетику продукта и надежно защищает его от пыли и влаги. Удобный клеевой клапан ускоряет процесс фасовки, а европодвес позволяет разместить товар на крючке.Размер: 13х27 см.Клеевой клапан: 13х4 см.Толщина: 36 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014910</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b5/8dm2w91hnz3u4hk6di132ygft12jl8w2.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 10х10   4 см, 25 мкм, с усиленным швом, BRAUBERG, 700404</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 10х10 см.Клеевой клапан: 10х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82d/xpucf0h3o0conkbuunb1c1uia2zxfclf.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 10х15   4 см, 25 мкм, с усиленным швом, BRAUBERG, 700405</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 10х15 см.Клеевой клапан: 10х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014913</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/498/4982e51736df9c5c9bb917f866691050/ba1acdf50da1b10dfc51e6a4d0d19c11.jpg</t>
-[...2632 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd1/6oj1vm13mg8rzq9p7v9kobzr4p07vmh1.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 20х25   4 см, 30 мкм, с усиленным швом, BRAUBERG, 700407</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 20х25 см.Клеевой клапан: 20х4 см.Толщина: 30 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014914</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3d1/jctza9urk7ioti92qzvs5ya6u5jc8avp.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 20х30   4 см, 30 мкм, с усиленным швом, BRAUBERG, 700408</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 20х30 см.Клеевой клапан: 20х4 см.Толщина: 30 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef5/ggaer2ufzoag8otlopbnxd1uragi14wt.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 25х35   4 см, 30 мкм, с усиленным швом, BRAUBERG, 700409</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 25х35 см.Клеевой клапан: 25х4 см.Толщина: 30 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05a/q6s9rp8crdce4eni8ru70s7lgrldnsyd.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 25х35   4 см, 53 мкм, с усиленным швом, BRAUBERG, 700417</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 25х35 см.Клеевой клапан: 25х4 см.Толщина: 53 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014917</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d3a/kz66dyne93kisjc7zeqdkbtj0drikn31.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/119/z3ka53jz8o3k58gv134ovfeluw8bati6.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 30х40   4 см, 53 мкм, с усиленным швом, BRAUBERG, 700418</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 30х40 см.Клеевой клапан: 30х4 см.Толщина: 53 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca0/qq1k0utc7i8112yny7vwkblynaw20a4c.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 40х50   4 см, 53 мкм, с усиленным швом, BRAUBERG, 700419</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 40х50 см.Клеевой клапан: 40х4 см.Толщина: 53 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb9/hwukf5jyu31iugjum2491e8vx0kl8117.jpg</t>
@@ -3020,62 +2262,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/733/0fj2b6z0gagq4u0s6iw3codwajdu6rg1.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 8х12   4 см, 25 мкм, BRAUBERG, 700402</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание.Размер: 8х12 см.Клеевой клапан: 8х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4eb/8ns430817ab999fwjuwsglwaccnmpnjx.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 9х20   4 см, 25 мкм, с усиленным швом, BRAUBERG, 700403</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 9х20 см.Клеевой клапан: 9х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014925</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bfd/guxps3zm2ekva492htzqt5uhblyra5gi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd3/3dp9cyotp308vh0ly9g6ihmj1zhcbxso.jpg</t>
   </si>
   <si>
     <t>Пакеты дой-пак с замком ZIP LOCK, металлизированная   прозрачная стенка, 120х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700683</t>
   </si>
   <si>
     <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и пр. Эргономичная форма занимает минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Одна сторона прозрачная для удобного контроля содержимого, другая – металлизированная, что придаёт изделию привлекательный внешний вид.Размер пакета: 120х200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1014927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acc/v49r2privigf7w9hva7hwu6k2pdeo6f7.jpg</t>
   </si>
   <si>
     <t>Пакеты дой-пак с замком ZIP LOCK, металлизированная   прозрачная стенка, 140х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700684</t>
   </si>
   <si>
     <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и пр. Эргономичная форма занимает минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Одна сторона прозрачная для удобного контроля содержимого, другая – металлизированная, что придаёт изделию привлекательный внешний вид.Размер пакета: 140х200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1014928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/732/ebxdbstdb0t8wkyt4bhd6x293yhrg0t6.jpg</t>
@@ -3102,62 +2332,50 @@
     <t>1014930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f13/oj1gij6tk86ukn3nbp163k9q8tgrzwt6.jpg</t>
   </si>
   <si>
     <t>Пакеты дой-пак с замком ZIP LOCK, металлизированная   прозрачная стенка, 200х300   50 мм, 100 штук, 70 мкм, BRAUBERG, 700687</t>
   </si>
   <si>
     <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и пр. Эргономичная форма занимает минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Одна сторона прозрачная для удобного контроля содержимого, другая – металлизированная, что придаёт изделию привлекательный внешний вид.Размер пакета: 200х300 мм.Ширина дна: 50 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1014931</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/046/my3x81sbupql35rvy4evrdabpa4mfpdw.jpg</t>
   </si>
   <si>
     <t>Пакет  quot;майка quot; КОМПЛЕКТ 100 штук, 30 15х55, ПНД  quot;Приходите еще quot;, 15 мкм, LAIMA, 700794</t>
   </si>
   <si>
     <t>Пакет &amp;quot;майка&amp;quot; LAIMA идеально подходят для покупок, хранения и транспортировки вещей. Пакет выполнен из прочного материала ПНД. Пакет имеет удобные ручки для комфортного ношения.Размер: 30 &amp;#43; 15 х 55 см.Плотность – 15 мкм.Рисунок – &amp;quot;Приходите еще&amp;quot;.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1017443</t>
-  </si>
-[...10 lines deleted...]
-    <t>1017444</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3484,57 +2702,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M263"/>
+  <dimension ref="A1:M195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G263" sqref="G263"/>
+      <selection pane="bottomRight" activeCell="G195" sqref="G195"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3554,5748 +2772,4347 @@
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="F10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>54</v>
+        <v>22</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>59</v>
+        <v>22</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="F14" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>64</v>
+        <v>22</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="F16" s="3" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="F17" s="3" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="F18" s="3" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="3" t="s">
+      <c r="F20" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="F20" s="3" t="s">
-        <v>64</v>
+      <c r="G20" s="3" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>64</v>
+        <v>90</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>73</v>
+        <v>90</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="F25" s="3" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="F28" s="3" t="s">
         <v>123</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="F29" s="3" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="F30" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="F30" s="3" t="s">
-        <v>54</v>
+      <c r="G30" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>54</v>
+        <v>133</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>54</v>
+        <v>142</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...12 lines deleted...]
-        <v>117</v>
+      <c r="G33" s="3" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G34" s="3" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>154</v>
+        <v>133</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>103</v>
+        <v>133</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>163</v>
+        <v>133</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>168</v>
+        <v>133</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>54</v>
+        <v>133</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>177</v>
+        <v>133</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>177</v>
+        <v>142</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="F43" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G43" s="3" t="s">
-        <v>187</v>
+        <v>62</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>186</v>
+        <v>133</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="F45" s="3" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>199</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>186</v>
+        <v>206</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>54</v>
+        <v>207</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F48" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G48" s="3" t="s">
-        <v>103</v>
+        <v>211</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>177</v>
+        <v>206</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>226</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>177</v>
+        <v>27</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>177</v>
+        <v>27</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>186</v>
+        <v>27</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>35</v>
+        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>54</v>
+        <v>27</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>243</v>
+        <v>27</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>64</v>
+        <v>251</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>168</v>
+        <v>251</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>103</v>
+        <v>251</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>266</v>
+        <v>249</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>268</v>
+        <v>251</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>274</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>278</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>282</v>
+        <v>148</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>285</v>
+        <v>263</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>54</v>
+        <v>251</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>289</v>
+        <v>263</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>31</v>
+        <v>251</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>291</v>
+        <v>277</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>292</v>
+        <v>278</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>64</v>
+        <v>251</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>296</v>
+        <v>279</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>297</v>
+        <v>283</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>54</v>
+        <v>251</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>299</v>
+        <v>285</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>302</v>
+        <v>287</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>308</v>
+        <v>49</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>282</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>17</v>
+        <v>251</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>320</v>
+        <v>279</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>321</v>
+        <v>304</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>54</v>
+        <v>251</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>318</v>
+        <v>305</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>322</v>
+        <v>306</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>323</v>
+        <v>279</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>54</v>
+        <v>251</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>325</v>
+        <v>308</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>327</v>
+        <v>310</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>329</v>
+        <v>313</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>330</v>
+        <v>314</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>340</v>
+        <v>324</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>341</v>
+        <v>325</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>342</v>
+        <v>326</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>345</v>
+        <v>330</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>54</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>347</v>
+        <v>333</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>348</v>
+        <v>334</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>349</v>
+        <v>335</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>356</v>
+        <v>344</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>358</v>
+        <v>346</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>35</v>
+        <v>143</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>35</v>
+        <v>148</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>337</v>
+        <v>27</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>35</v>
+        <v>148</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>337</v>
+        <v>27</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>337</v>
+        <v>27</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>337</v>
+        <v>27</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>199</v>
+        <v>49</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B97" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F97" s="3" t="s">
-        <v>392</v>
+        <v>27</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>199</v>
+        <v>81</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>392</v>
+        <v>27</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>392</v>
+        <v>27</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>62</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="F101" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B101" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G101" s="3" t="s">
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F103" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="B103" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G103" s="3" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="F104" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="C104" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G104" s="3" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F105" s="3" t="s">
-        <v>40</v>
+        <v>419</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>54</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F106" s="3" t="s">
-        <v>54</v>
+        <v>419</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107" s="3" t="s">
-        <v>54</v>
+        <v>419</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F108" s="3" t="s">
-        <v>40</v>
+        <v>419</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F109" s="3" t="s">
-        <v>392</v>
+        <v>419</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="F111" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G111" s="3" t="s">
-        <v>187</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B112" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F112" s="3" t="s">
-        <v>392</v>
+        <v>22</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B113" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F114" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B115" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115" s="3" t="s">
-        <v>392</v>
+        <v>22</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>54</v>
+        <v>211</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B116" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F116" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F117" s="3" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>199</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="C118" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F118" s="3" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>35</v>
+        <v>215</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="C120" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F120" s="3" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>35</v>
+        <v>143</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="C121" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F121" s="3" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="F122" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G122" s="3" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F123" s="3" t="s">
-        <v>17</v>
+        <v>493</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B124" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F124" s="3" t="s">
-        <v>17</v>
+        <v>493</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>31</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B125" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>199</v>
+        <v>148</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>54</v>
+        <v>133</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="F127" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="F127" s="3" t="s">
-        <v>117</v>
+      <c r="G127" s="3" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>515</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>518</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>54</v>
+        <v>514</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>519</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F130" s="3" t="s">
-        <v>54</v>
+        <v>514</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>54</v>
+        <v>133</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>531</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>54</v>
+        <v>207</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>54</v>
+        <v>540</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>545</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>546</v>
+        <v>534</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>550</v>
+        <v>538</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>551</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>540</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>552</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>554</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>555</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>556</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>559</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>148</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>560</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>561</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F139" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>49</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B140" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="C140" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="C140" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F140" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="C141" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F141" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>524</v>
+        <v>574</v>
       </c>
       <c r="B143" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="C143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F143" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>524</v>
+        <v>578</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>580</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>581</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>524</v>
+        <v>582</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>524</v>
+        <v>586</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>40</v>
+        <v>312</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>40</v>
+        <v>312</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>40</v>
+        <v>312</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>54</v>
+        <v>312</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>622</v>
+        <v>90</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>626</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>187</v>
+        <v>90</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
         <v>627</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C157" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F157" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="G157" s="3" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>631</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>632</v>
       </c>
       <c r="C158" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F158" s="3" t="s">
-        <v>31</v>
+        <v>90</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>215</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B159" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F159" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="B160" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F160" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>278</v>
+        <v>62</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>645</v>
+        <v>616</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>649</v>
+        <v>616</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>653</v>
+        <v>616</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>657</v>
+        <v>616</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>661</v>
+        <v>616</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>665</v>
+        <v>616</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>666</v>
+        <v>657</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>667</v>
+        <v>90</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>670</v>
+        <v>616</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>671</v>
+        <v>660</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>31</v>
+        <v>90</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>630</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>673</v>
+        <v>616</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>54</v>
+        <v>90</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>630</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>677</v>
+        <v>616</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>31</v>
+        <v>90</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>630</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>680</v>
+        <v>668</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>470</v>
+        <v>671</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>684</v>
+        <v>673</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>685</v>
+        <v>674</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>686</v>
+        <v>675</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>45</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>687</v>
+        <v>676</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>688</v>
+        <v>677</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>143</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>692</v>
+        <v>681</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>693</v>
+        <v>682</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>694</v>
+        <v>683</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>45</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>695</v>
+        <v>684</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>696</v>
+        <v>685</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>697</v>
+        <v>678</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>148</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>392</v>
+        <v>312</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>35</v>
+        <v>143</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>409</v>
+        <v>312</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>103</v>
+        <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>708</v>
+        <v>696</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>709</v>
+        <v>697</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>710</v>
+        <v>698</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>409</v>
+        <v>312</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>470</v>
+        <v>81</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>712</v>
+        <v>700</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>713</v>
+        <v>701</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>409</v>
+        <v>312</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>54</v>
+        <v>703</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>715</v>
+        <v>704</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>716</v>
+        <v>705</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>717</v>
+        <v>706</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>718</v>
+        <v>707</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>409</v>
+        <v>312</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>54</v>
+        <v>531</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>719</v>
+        <v>708</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>720</v>
+        <v>709</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>721</v>
+        <v>710</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>722</v>
+        <v>711</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>409</v>
+        <v>312</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>470</v>
+        <v>671</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>723</v>
+        <v>712</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>724</v>
+        <v>713</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>725</v>
+        <v>714</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>409</v>
+        <v>312</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>214</v>
+        <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>727</v>
+        <v>716</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>729</v>
+        <v>718</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>730</v>
+        <v>719</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>177</v>
+        <v>312</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>199</v>
+        <v>49</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>731</v>
+        <v>720</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>732</v>
+        <v>721</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>733</v>
+        <v>722</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>734</v>
+        <v>723</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>735</v>
+        <v>312</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>199</v>
+        <v>49</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>736</v>
+        <v>724</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>737</v>
+        <v>725</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>739</v>
+        <v>727</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>735</v>
+        <v>312</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>740</v>
+        <v>728</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>741</v>
+        <v>729</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>742</v>
+        <v>730</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>735</v>
+        <v>312</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>214</v>
+        <v>49</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>744</v>
+        <v>732</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>745</v>
+        <v>733</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>746</v>
+        <v>734</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>747</v>
+        <v>735</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>735</v>
+        <v>312</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>35</v>
+        <v>736</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>273</v>
+        <v>312</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>753</v>
+        <v>742</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>754</v>
+        <v>743</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>755</v>
+        <v>744</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>274</v>
+        <v>312</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>756</v>
+        <v>745</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>274</v>
+        <v>312</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>761</v>
+        <v>750</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>762</v>
+        <v>751</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>763</v>
+        <v>752</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>764</v>
+        <v>312</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>765</v>
+        <v>753</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>766</v>
+        <v>754</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>767</v>
+        <v>756</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>278</v>
+        <v>312</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>769</v>
+        <v>758</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>764</v>
+        <v>312</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>278</v>
+        <v>312</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>778</v>
+        <v>768</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>31</v>
+        <v>312</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>779</v>
+        <v>769</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>780</v>
+        <v>770</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>199</v>
-[...1539 lines deleted...]
-        <v>103</v>
+        <v>133</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">