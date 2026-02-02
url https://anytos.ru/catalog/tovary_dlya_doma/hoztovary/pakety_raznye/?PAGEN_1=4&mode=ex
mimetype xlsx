--- v0 (2025-11-30)
+++ v1 (2026-02-02)
@@ -12,140 +12,167 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1062">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="785">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/519/6q49rqzuk8dh15rga8qf67kgnw587eiz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка inФОРМАТ 45х60см: PND4560 штр.: 4602723040071</t>
+  </si>
+  <si>
+    <t>Пакеты разные</t>
+  </si>
+  <si>
+    <t>117240</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f6/dpce0jiec5znxrfh7rewhj7h9szvm3w5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет Каляка-Маляка 34х40см: Пк.К-М. штр.: 4602723040088</t>
+  </si>
+  <si>
+    <t>Полиэтиленовый пакет обладает устойчивостью к воздействию пыли, влаги, щелочей и кислот. Помимо этого, такая упаковка достаточно прочна, а также имеет две надежные ручки, которые обеспечивают удобную транспортировку упаковки. Размер изделия: 34x40см.</t>
+  </si>
+  <si>
+    <t>331445</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90c/90c8ebab5ae866b50461fbf459c25916.jpg</t>
   </si>
   <si>
     <t>Пакет с петлевой ручкой Артпласт  quot;Хуго Босс quot; quot;Данилов quot;, 46 46см., ПТЛ00230 ПТЛ00231</t>
   </si>
   <si>
     <t>Пакет с петлевыми ручками из полиэтилена низкого давления, цветной. Размер 46*46 см&lt;br /&gt;
 Максимальная нагрузка 7 кг.</t>
   </si>
   <si>
-    <t>Пакеты разные</t>
-[...1 lines deleted...]
-  <si>
     <t>337834</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artplast/"&gt;АртПласт&lt;/a&gt;</t>
   </si>
   <si>
-    <t>100</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/975/9759c37bc1e2d50264503c275b7a9c82.jpg</t>
   </si>
   <si>
     <t>Пакет фасовочный OfficeClean ПНД, 24 37см, 8мкм 252385</t>
   </si>
   <si>
     <t>Фасовочные пакеты OfficeClean обладают высокой эластичностью и прочностью. Наиболее часто они используются в магазинах розничной торговли для упаковки пищевых продуктов, а также для применения в домашних условиях.</t>
   </si>
   <si>
     <t>350207</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/84d/84d5150ebbac3c1236c529010c1eb6c6.jpg</t>
-[...2 lines deleted...]
-    <t>Пакет-майка OfficeClean  quot;Благодарим за покупку quot;, 28 16 50см, 12мкм 252396</t>
+    <t>http://anytos.ru//upload/iblock/1ca/1ca873d9f2697b616cf3bc46647a3f2a.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean  quot;Звезды  quot;, 30 16 60см, 15мкм 252397</t>
   </si>
   <si>
     <t>Пакеты типа &amp;quot;майка&amp;quot; применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.&amp;nbsp;&amp;nbsp;Используются&amp;nbsp;&amp;nbsp;для упаковки, переноски продуктов и промышленных товаров.</t>
   </si>
   <si>
-    <t>350208</t>
-[...10 lines deleted...]
-  <si>
     <t>350209</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8c/a8c966fa377e8782c6bb1108e5d9d91f.jpg</t>
   </si>
   <si>
     <t>Пакет-майка OfficeClean 45 30 75см, 25мкм 252395</t>
   </si>
   <si>
     <t>350210</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fa/1fa7a7e12566aff9e17c77d47809e87d.jpg</t>
   </si>
   <si>
     <t>Пакет фасовочный OfficeClean ПНД, 24 37см, 6мкм, рулон 100шт. 268815</t>
   </si>
   <si>
     <t>355137</t>
@@ -195,2837 +222,1979 @@
   <si>
     <t>Пакет с прорубной ручкой Артпласт  quot;Клубника крупная quot;, 45 45 10  65 . ВУР07182</t>
   </si>
   <si>
     <t>Пакет полиэтиленовый с вырубной ручкой 45х45 см.</t>
   </si>
   <si>
     <t>366889</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9a/f9a3d7b896750b690640f109a6699300.jpg</t>
   </si>
   <si>
     <t>Пакет с прорубной ручкой Артпласт  quot;Полоса рейтер quot;, 40 50 4  50 . ВУР01440</t>
   </si>
   <si>
     <t>Пакет полиэтиленовый с вырубной ручкой 40х50 см.</t>
   </si>
   <si>
     <t>368654</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/817/81730e59313fe3182571d55e4e1adda9/637b9de32226f92ea35d56a311be6396.jpg</t>
-[...8 lines deleted...]
-    <t>380020</t>
+    <t>http://anytos.ru//upload/iblock/862/8625b55f7d8a286273c0a83632435ed6/ec3e259b79e047cf11fb952e57c0b8f7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для прачечной, 70х120см,16мкм, ПНД,прозрачные,20шт. рул.</t>
+  </si>
+  <si>
+    <t>Пакет для прачечной, 70х120см,16мкм, ПНД,прозрачные,20шт./рул.</t>
+  </si>
+  <si>
+    <t>380045</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdc/bdcdf34211dec911c7b5faad2436cd09/b42e898ddc0aa578676f810bc32f2742.jpg</t>
+  </si>
+  <si>
+    <t>Пакет майка 28 15х54 15мкм, 100шт уп, белый S</t>
+  </si>
+  <si>
+    <t>Пакет майка 28&amp;#43;15х54/15мкм, 100шт/уп, белый S</t>
+  </si>
+  <si>
+    <t>380078</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbb/bbba24a2bec2651ea1e9955b9a43ec0c/c2086543fd1249563576af74fd38553c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ,ПНД., 40 18x70см.,черный,30мкм,50 шт. уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ,ПНД., 40&amp;#43;18x70см.,черный,30мкм,50 шт./уп</t>
+  </si>
+  <si>
+    <t>380097</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e2/3e2f08f05bd6a05faaca5275ae243bb9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка усиленный ПНД, 30 18x56, черный, 28 мкм, 100 шт уп,</t>
+  </si>
+  <si>
+    <t>Пакет-майка усиленный ПНД, 30&amp;#43;18x56, черный, 28 мкм, 100 шт/уп,</t>
+  </si>
+  <si>
+    <t>380099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af4/byyprpvkjarnmncs8mjbxy8c22dw0djj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 50х40 см,  quot;Камни quot;, 45 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты с вырубной ручкой отличаются удобством эксплуатации и длительным сроком службы. Пакеты с вырубными ручками рекомендуется применять как тару для негабаритных, небольших по объёму предметов. Такой вид упаковки будет отличным рекламным решением для владельцев магазинов, где продаются сувениры, обувь, косметика, нижнее бельё и парфюмерия.Пакеты с вырубной ручкой отличаются такими достоинствами:- работают как долговечный рекламоноситель;- не мнутся;- не собираются в складки;- помогают уберечь содержимое от воздействия влаги.</t>
+  </si>
+  <si>
+    <t>389030</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tiko/"&gt;ТИКО&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db6/db617219c54215634a3a85d644ffe210/b7bbb6e8afb154e594eef3e1c2728780.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой черный ПВД 440x570мм,80 мкм 250 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с&amp;nbsp;&amp;nbsp; вырубной ручкой черный ПВД 440x570мм,80 мкм 250 шт/уп</t>
+  </si>
+  <si>
+    <t>415851</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/862/8625b55f7d8a286273c0a83632435ed6/ec3e259b79e047cf11fb952e57c0b8f7.jpg</t>
-[...50 lines deleted...]
-    <t>380081</t>
+    <t>http://anytos.ru//upload/iblock/402/402a89d2de7f0a970844cc8a6514af46/3749729fde7cf58f494bb0b50f8a386b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой,ПВД,40х47см,55мкм,50 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой,ПВД,40х47см,55мкм,50 шт/уп</t>
+  </si>
+  <si>
+    <t>415854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81a/81abeff681827990990b6292fd8d4f39/a76f3b27b9c48199d07d139ca0067a73.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip Lock  15 х 20 см, 35 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с замком &amp;#40;Zip Lock&amp;#41; 15 х 20 см, 35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>415855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57d/57d1c21f62dadec25327be9593879843/72f5606433c73d14870b6f47a105b894.jpg</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 25х40,10мкм 250 шт. рул Эконом</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 25х40,10мкм 250 шт./рул Эконом</t>
+  </si>
+  <si>
+    <t>415860</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b00/b009a993e3759d50acffb333a0112e64/c428515097984f8ffdfd131bb6353c3f.jpg</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 30х40 15мкм 500шт. рул.Эконом</t>
+  </si>
+  <si>
+    <t>Пакет фасовочный на втулке ПНД 30х40 15мкм 500шт./рул.Эконом</t>
+  </si>
+  <si>
+    <t>415862</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d3/h0bsm64idt53s74erkb703m58dn6q707.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 25х40 КОМПЛЕКТ 500 шт., ПНД, 10 мкм, ПРОЧНЫЕ, евроупаковка, ЛАЙМА. 605956</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для овощей, фруктов, зелени. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные пакеты размером 25 х 40 см и плотностью 10 микрон изготовлены из экологически чистого полиэтилена низкого давления. Поставляются в евроупаковке с цветной печатью, количество в пачке - 500 штук.</t>
+  </si>
+  <si>
+    <t>417371</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9a/iwtntytv225q0y3cclkrc42wpml0jduk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 30х40 КОМПЛЕКТ 1000 шт., ПНД, 10 мкм, ПРОЧНЫЕ, евроупаковка, ЛАЙМА. 605960</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для овощей, фруктов, зелени. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные пакеты размером 30 х 40 см и плотностью 10 микрон изготовлены из экологически чистого полиэтилена низкого давления. Поставляются в экономичной евроупаковке с цветной печатью, количество в пачке - 1000 штук.</t>
+  </si>
+  <si>
+    <t>417372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/729/4r6c38bxzp7ti4uo3pdbytedx1dz0w8b.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 200 шт., 28 14х50 см, ПНД,  quot;Спасибо за покупку quot;  Роза , 12 мкм, ЮПЛАСТ, ЮМАЙ1006</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>425436</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/yuplast/"&gt;ЮПЛАСТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74e/02nivcfui3w27phkx36td4xy4xjojyzo.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30 16х55 см, ПНД,  quot;Русь quot;, СИНИЕ, 25 мкм, ЮПЛАСТ, ЮМАЙ1072</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; - незаменимые для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Цена за упаковку.</t>
+  </si>
+  <si>
+    <t>425438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84d/dr0urv369owgkh17hcnegygvcj52xn4x.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 42 18х65 см, ПНД,  quot;Электрон quot;, 18 мкм, ОРАНЖЕВЫЕ, ЮПЛАСТ, ЮМАЙ1010</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; - незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Цена за упаковку.</t>
+  </si>
+  <si>
+    <t>425439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b0/hw7fmcqq4r16hdpkle22kbgdp9rcydwc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30 16х55 см, ПНД,  quot;ФА quot;, СИНИЕ, 25 мкм, ЮПЛАСТ, ЮМАЙ1008</t>
+  </si>
+  <si>
+    <t>434457</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/062/ifyw8bphah1bnusp1k39h0an14h0sdwg.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30 16х55 см, ПНД,  quot;ФА quot;, ЧЕРНЫЕ, 25 мкм, ЮПЛАСТ, ЮМАЙ1009</t>
+  </si>
+  <si>
+    <t>434458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c9/1re5t2dt1cg2nwvivi3bs87utlv4x13z.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 43 20х65 см, ПНД,  quot;World quot;, 30 мкм, ЧЕРНЫЕ, ЮПЛАСТ, ЮМАЙ1071</t>
+  </si>
+  <si>
+    <t>434460</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f37/gl1oqaeacc6ex6qj3a1a7bvssr8psrz1.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 24х37 см КОМПЛЕКТ 500 шт., ПНД, 8 мкм, рулон на втулке, ЛАЙМА, 605952</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 24х37 см и плотностью 8 мкм изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Поставляются в рулоне с втулкой, количество – 500 штук.</t>
+  </si>
+  <si>
+    <t>434462</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6f/4aixzxzbicg9q3kl5yskmfhi04kkulu9.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 30х40 см КОМПЛЕКТ 500 шт., ПНД, 8 мкм, рулон на втулке, ЛАЙМА, 605953</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 30х40 см и плотностью 8 мкм изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Поставляются в рулоне на втулке, количество – 500 штук.</t>
+  </si>
+  <si>
+    <t>434463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7e/s1bgwtj2vwjbxtoc2hflg0lipvqlxirc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 30х40 см КОМПЛЕКТ 500 шт., ПНД, 15 мкм, ОСОБО ПРОЧНЫЕ, рулон на втулке, ЛАЙМА, 605954</t>
+  </si>
+  <si>
+    <t>Особо прочные фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 30 х 40 см и плотностью 15 мкм изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Поставляются в рулоне на втулке, количество – 500 штук.</t>
+  </si>
+  <si>
+    <t>434464</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80f/9mgf4189o1m49x9jkjgiu6vqgyhrnk9r.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные 24х37 см КОМПЛЕКТ 1000 шт., ПНД, 10 мкм, ПРОЧНЫЕ, евроупаковка, ЛАЙМА, 605959</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходит для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты плотностью 10 мкм в экономичной евроупаковке на 1000 штук изготовлены из экологически чистого ПНД &amp;#40;полиэтилена низкого давления&amp;#41;. Размер - 24 х 37 см.</t>
+  </si>
+  <si>
+    <t>434465</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f51/9001nphmmz1e7tqb69e36crvaheq1ffc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные КОМПЛЕКТ 1000 шт., 30х40 см, ПНД, 7 мкм, ЭКОНОМ, ЮПЛАСТ, евроупаковка, ЮФАС0003</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты, изготовленные из полиэтилена низкого давления, обладают высокой эластичностью и лучше всего подходят для формирования временной упаковки. Чаще всего они используются в магазинах розничной торговли для упаковки пищевых продуктов.</t>
+  </si>
+  <si>
+    <t>434467</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/wkspsnyegkh3vf4v1guavs924x7zfsbc.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip Lock  40 х 50 см, 45 мкм, 100 штук в упаковке</t>
+  </si>
+  <si>
+    <t>Пакет c замком zip-lock имеет размер 40 на 50 сантиметров. Изготовлен из высококачественного полиэтилена с плотностью 45 мкм. Используется в качестве упаковки для: пищевых продуктов, фасовки товара, бытовых вещей, фурнитуры, крепежей, бижутерии. Материал достаточно крепкий: пакет выдерживает многократное использование. Замок Zip-Lock защищает содержимое от влаги и запахов. Пакеты имеют прозрачную застежку и подходят для заморозки продуктов Товар поставляется в ассортименте без возможности выбора цвета</t>
+  </si>
+  <si>
+    <t>439514</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3f/b3fe406572e0bb19c2b7d5f62abad013/c0b450cc3e875ce01fd1d6928cde74fa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет почтовый C4, UltraPac, 229 324 40мм, коричневый крафт, отр. лента, 130г м2</t>
+  </si>
+  <si>
+    <t>Пакет почтовый C4 с расширением,&amp;nbsp;&amp;nbsp;229*324*40мм, коричневый крафт, отрывная силиконовая&amp;nbsp;&amp;nbsp;лента, 130 г/м2</t>
+  </si>
+  <si>
+    <t>559774</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kurt/"&gt;Курт&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/129/hj0ad1ommw2xsm0zqa4q643qyg4oitsj.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты фасовочные ДЛЯ ЗАМОРОЗКИ 24х37 см, КОМПЛЕКТ 50 шт., ЛАЙМА, 606709, 2432</t>
+  </si>
+  <si>
+    <t>Фасовочные пакеты LAIMA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для овощей, фруктов, зелени, различных круп, мяса и мясных изделий, чая, кофе и прочих пищевых продуктов. Обладают высокой эластичностью и прочностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Прозрачные фасовочные пакеты размером 24 х 37 см и плотностью 14 микрон в рулоне изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Поставляются в рулоне без втулки, количество - 50 штук.</t>
+  </si>
+  <si>
+    <t>564906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82b/82b8c9e711b8d7d0e8e47ae6c2651756/1464f4add51e6ea9018a750159503545.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 16 12х30 10мкм 100шт. уп.цветной пол</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 16&amp;#43;12х30 10мкм 100шт./уп.цветной/пол</t>
+  </si>
+  <si>
+    <t>584583</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>Пакет inФОРМАТ 40х50см.</t>
+  </si>
+  <si>
+    <t>Полиэтиленовый пакет обладает устойчивостью к воздействию пыли, влаги, щелочей и кислот. Помимо этого, такая упаковка достаточно прочна, а также имеет две надежные ручки, которые обеспечивают удобную транспортировку упаковки. Размер изделия: 40x50см.</t>
+  </si>
+  <si>
+    <t>590527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/413/4133482325d1eda61aa7515602a79827/537d713f2f51ec36899159314e394791.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД, 42 18x68см, зеленый, 35 мкм, 50 шт. уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД, 42&amp;#43;18x68см, зеленый, 35 мкм, 50 шт./уп</t>
+  </si>
+  <si>
+    <t>612504</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1e/b1e041d532dd72111d788c47eb867273.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для белья с вырубн. ручкой 60x40,35мкм, 100шт.</t>
+  </si>
+  <si>
+    <t>629296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/105/10509de8be77a4da9b2e7e6602b49462.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean  quot;Зв зды  quot;, ПНД, 30 16 60см, 15мкм, белый</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Используются для упаковки, переноски продуктов и промышленных товаров.</t>
+  </si>
+  <si>
+    <t>652754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e3/0e33c4e65ccceb32b169f059ccf197af.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean  quot;Зв зды  quot;, ПНД, 30 16 60см, 15мкм, голубой</t>
+  </si>
+  <si>
+    <t>652755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37a/37a522cce1e22a35105e449e0a2d5797.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean, ПНД, 37,5 14 57см, 20мкм, черный</t>
+  </si>
+  <si>
+    <t>652757</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/905/qi9oewc58udioxy558vq89ymamjo2ara.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean, ПНД, 28 14 50см, 12мкм, рулон на втулке, 200шт., зеленый</t>
+  </si>
+  <si>
+    <t>686564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96f/dix236xz25bmm06d119irv2bftvjeovg.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка OfficeClean, ПНД, 25 12 45см, 10мкм, рулон на втулке, 200шт., прозрачный</t>
+  </si>
+  <si>
+    <t>693441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e21/k2yycj3jx1crwrmo8mseol6204krr40q.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 24 12х44 12мкм 90 шт. уп. Белая Эконом</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 24&amp;#43;12х44 12мкм 90 шт./уп. Белая Эконом</t>
+  </si>
+  <si>
+    <t>716687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e00/0bq9ah8tlzzwjoktvlskzg71afi0ng2l.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ФА 30 16x55 25 мкм, ПНД, 100 шт. уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка ФА 30&amp;#43;16x55 25 мкм, ПНД, 100 шт./уп</t>
+  </si>
+  <si>
+    <t>716690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f0/ry7ijmebk5vl7p11bxojjd6dpky1xjlu.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 100х200 мм</t>
+  </si>
+  <si>
+    <t>Пакеты СтериТ комбинированные плоские самоклеящиеся для стерилизации инструментов и материалов. Применимы для паровой, этиленоксидной, пароформальдегидной и радиационнойстерилизации, легко проницаемы для соответствующего стерилизующего агента, в закрытом виде непроницаемы для микроорганизмов. Сохраняют целостность после стерилизации соответствующим методом.Характеристики продукта:• соответствуют требованиям ГОСТ ISO 11607-1, EN 868;• на бумажной стороне пакета нанесены индикаторы 1 класса паровой, этиленоксидной и пароформальдегидной стерилизации, позволяющие отличить простерилизованные изделия от нестерилизованных;• широкий диапазон типоразмеров;• срок сохранения стерильности – до 5 лет;• гарантийный срок годности – 5 лет.ТУ 9398-081-11764404-2009ТУ 9398-093-11764404-2011Регистрационные удостоверения № РЗН 2013/19, № РЗН 2013/108 от 04.04.2016Сертификат соответствия РОСС RU.АМ05.Н01987, РОСС RU.АМ05.Н01989 от 13.06.2019</t>
+  </si>
+  <si>
+    <t>770046</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vinar/"&gt;Винар&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac0/dziwxr3k36jqq32o97a19e7r3isbum4h.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 130х250 мм, 18</t>
+  </si>
+  <si>
+    <t>770048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17a/poi1qmc6tgl1gmf24nx9tve0ncqc3zs7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 150х250 мм, 16</t>
+  </si>
+  <si>
+    <t>770056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df2/wieky7ccdzkq1e5rgem7eysw4gd3rcep.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 200х300 мм, 26</t>
+  </si>
+  <si>
+    <t>770059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/349/rlqshku6s138408sc9cc433sv16oxr6u.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 200х350 мм, 27</t>
+  </si>
+  <si>
+    <t>Пакеты комбинированные плоские самоклеящиеся для стерилизации инструментов и материалов. Применимы для паровой, этиленоксидной, пароформальдегидной и радиационнойстерилизации, легко проницаемы для соответствующего стерилизующего агента, в закрытом виде непроницаемы для микроорганизмов. Сохраняют целостность после стерилизации соответствующим методом.Характеристики продукта:• соответствуют требованиям ГОСТ ISO 11607-1, EN 868;• на бумажной стороне пакета нанесены индикаторы 1 класса паровой, этиленоксидной и пароформальдегидной стерилизации, позволяющие отличить простерилизованные изделия от нестерилизованных;• широкий диапазон типоразмеров;• срок сохранения стерильности – до 5 лет;• гарантийный срок годности – 5 лет.ТУ 9398-081-11764404-2009ТУ 9398-093-11764404-2011Регистрационные удостоверения № РЗН 2013/19, № РЗН 2013/108 от 04.04.2016Сертификат соответствия РОСС RU.АМ05.Н01987, РОСС RU.АМ05.Н01989 от 13.06.2019</t>
+  </si>
+  <si>
+    <t>770061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f5/jukxtb4h07yj3i2oozgtyioa38erhktr.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 300х450 мм</t>
+  </si>
+  <si>
+    <t>770063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/507/m48gm5gjld45z1kyuf968407pklnhfbb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 60х100 мм, 8</t>
+  </si>
+  <si>
+    <t>770064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0c/bojwknbq67wjfjyab24qn20yf1rk0srd.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 90х160 мм</t>
+  </si>
+  <si>
+    <t>770066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/837/usjm7hqv24lh9jesl8mj4brdorp1gng3.jpg</t>
+  </si>
+  <si>
+    <t>Пакет комбинированный самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ГАЗОВОЙ стерилизации, 90х250 мм</t>
+  </si>
+  <si>
+    <t>770069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acb/qucw7wplzr4mhtf4c1k4psz21q7dxkme.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 100х200 мм</t>
+  </si>
+  <si>
+    <t>Пакеты из крафт-бумаги самоклеящиеся для стерилизации инструментов и материалов. Применимы для паровой, воздушной, пароформальдегидной, этиленоксидной и радиационной стерилизации, легко проницаемы для соответствующего стерилизующего агента, в закрытом виде непроницаемы для микроорганизмов. Сохраняют целостность после стерилизации соответствующим методом.Характеристики продукта:• соответствуют требованиям ГОСТ ISO 11607-1, EN 868;• на внешней стороне пакета нанесён индикатор 1 класса паровой и воздушной стерилизации, позволяющий отличить простерилизованные изделия от нестерилизованных;• не требуют дополнительного оборудования для герметичного запаивания;• широкий диапазон типоразмеров;• срок сохранения стерильности – 36 до месяцев;• гарантийный срок годности – 5 лет.ТУ 9398-020-11764404-2004Регистрационные удостоверения № РЗН 2013/18 от 09.12.2019Сертификат соответствия РОСС RU.АМ05.Н01077 от 21.05.2019</t>
+  </si>
+  <si>
+    <t>770072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb5/6rzcjnspzzo12jrybdfz4e1timye9008.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 150х250 мм, 6</t>
+  </si>
+  <si>
+    <t>770075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/521/7y5rjwd553cunukvq2ww3taab65cf85b.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 150х280 мм</t>
+  </si>
+  <si>
+    <t>770076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c10/qnz8jkhnifdtbtwc3yltqud07o3qv9rb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 200х300 мм</t>
+  </si>
+  <si>
+    <t>770078</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5dc/tn2zovngpblh03vmu6d5djx4iqll8hhs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 250х320 мм</t>
+  </si>
+  <si>
+    <t>770081</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a04/0carpgjhzc3z2sc27lbw2191tcshrr57.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 250х350 мм, 23</t>
+  </si>
+  <si>
+    <t>770082</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5f/exm0275dc4yt5j0za0w21wyfu62lkyri.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 300х390 мм, 21</t>
+  </si>
+  <si>
+    <t>770083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/12k001161pgfpu8e7jjgj8eqx7la076e.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 300х450 мм</t>
+  </si>
+  <si>
+    <t>770084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6e/rdkqfvteq8q83rhxwbdlt6hcdobpouyx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет крафт самоклеящийся ВИНАР СТЕРИТ, комплект 100 шт., для ПАРОВОЙ ВОЗДУШНОЙ стерилизации, 75х150 мм</t>
+  </si>
+  <si>
+    <t>770085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c2/4b1i2ta1z1zsvvv103zk3hdpnj30u6ge.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 10х15 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608176</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>854391</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/821/f3s7zftxkyd73j6wc7y0p1e8w7449bie.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 15x20 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608177</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>854392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/528/in40mg4wfgij31uojnct68lkcc8yxeou.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 20x30 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608179</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>854393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd1/vgudtef20nxxk9q3rxd50qxetnqr5ly9.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 25x35 cм, ПВД, 80 мкм, BRAUBERG EXTRA, 608180</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>854394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d7/muactad83ai8f5xrls4b0tiuch8wvpqz.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 25х35 cм, ПВД, 60 мкм, BRAUBERG EXTRA, 608175</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>854395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bd/5g844d5ktlz648xn92hxewsj5tmlwa9g.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; СВЕРХПРОЧНЫЕ, комплект 100 шт., 10х15 см, ПВД, 100 мкм, BRAUBERG EXTRA, 608182</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 100 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>854396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cae/miu91w3s90bhji6oeblqr2yhl5onhhjn.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 43 20х69 см 27 мкм черная WWW 50 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка ПНД 43&amp;#43;20х69 см 27 мкм черная WWW 50 шт/уп</t>
+  </si>
+  <si>
+    <t>880905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f4/8lm2i558v1t684pu30lavhczleq58475.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 20x25 см, ПВД, 80 мкм, BRAUBERG EXTRA, 608178</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х25 см.</t>
+  </si>
+  <si>
+    <t>883708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1a/n837sxdbw5fxztt0mmds7zixid81isot.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 30x40 см, ПВД, 80 мкм, BRAUBERG EXTRA, 608181</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 30х40 см.</t>
+  </si>
+  <si>
+    <t>883709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/713/rno2u6bbr3t27or0x9tycvtpcnglztbg.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 12х17 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608171</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 12х17 см.</t>
+  </si>
+  <si>
+    <t>883710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/185/whxhhltafl1493zj27z1to033fgzmosk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 15х20 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608172</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>883711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/993/kl30uy5ce0hhkerxq4zkph1cdklg3xpi.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 18х25 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608173</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 18х25 см.</t>
+  </si>
+  <si>
+    <t>883712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/511/0t57e9v73ve6xnuzjjbofypwxwinv9yj.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; ПРОЧНЫЕ, комплект 100 шт., 20х30 см, ПВД, 60 мкм, BRAUBERG EXTRA, 608174</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 60 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>883713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/034/am5am5v5l34ycbggqh38801zpbhg2ncs.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP LOCK  quot;зиплок quot; СВЕРХПРОЧНЫЕ, комплект 100 шт., 25х35 см, ПВД, 100 мкм, BRAUBERG EXTRA, 608183</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 100 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>883714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db1/6mch7f2g9rtouckm2b2knu3o17g0v5v4.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 150 200мм, ПВД, 35мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 15 х 20 &amp;#40;см&amp;#41;. Плотность: 35 мкм.</t>
+  </si>
+  <si>
+    <t>884369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/zx0nkwj7slitgnsu9ia6s5iyg493v3ag.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 200 250мм, ПВД, 35,6мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 20 х 25 &amp;#40;см&amp;#41;. Плотность: 35,6 мкм.</t>
+  </si>
+  <si>
+    <t>884370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b37/9cier8a3vt1w9z61e1b1uwf3x0q4sgnf.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 200 300мм, ПВД, 35,6мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 20 х 30 &amp;#40;см&amp;#41;. Плотность: 35,6 мкм.</t>
+  </si>
+  <si>
+    <t>884371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96e/jxhw9pmrqz0hu7o01o8iiji2h03qcusk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 250 350мм, ПВД, 35,4мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 12 х 17 &amp;#40;см&amp;#41;. Плотность: 35,4 мкм.</t>
+  </si>
+  <si>
+    <t>884372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4f/hmm2rc8lutzbfsv7j7hvwprflxp1rug2.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 300 400мм, ПВД, 35,3мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 30 х 40 &amp;#40;см&amp;#41;. Плотность: 35,3 мкм.</t>
+  </si>
+  <si>
+    <t>884373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98a/iamxrtkeaym6luhr3isivoj6q86f76rf.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 50 70мм, ПВД, 32мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 5 х 7 &amp;#40;см&amp;#41;. Плотность: 32 мкм.</t>
+  </si>
+  <si>
+    <t>884374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5c/n6phu3ukcq75327w9dlcthanywxkxpsc.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 60 80мм, ПВД, 32мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 6 х 8 &amp;#40;см&amp;#41;. Плотность: 32 мкм.</t>
+  </si>
+  <si>
+    <t>884375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62d/tz31axebsasmff1z1ppb0z2eby8twqj1.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean, 80 120мм, ПВД, 34,3мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 8 х 12 &amp;#40;см&amp;#41;. Плотность: 34,3 мкм.</t>
+  </si>
+  <si>
+    <t>884376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a9/knmw4t5xy3e92ika48jhnuco3a4pqssk.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком  quot;Zip Lock quot;  100шт.  OfficeClean,120 170мм, ПВД, 37мкм</t>
+  </si>
+  <si>
+    <t>Многоразовые полиэтиленовые пакеты с замком-застежкой. Предназначены для фасовки и мелких предметов, лекарств, игрушек, материалов для творчества, бисера, ниток, пищевой продукции. Удобная застежка позволяет быстро открыть пакет и снова надежно его закрыть без особых усилий. Полиэтилен, из которого изготавливают пакеты, не шуршит и выдерживает механическое воздействие. Пакеты компактные, герметичные, защищают содержимое от воздуха, пыли и иных внешних воздействий. Размер пакета: 12 х 17 &amp;#40;см&amp;#41;. Плотность: 37 мкм.</t>
+  </si>
+  <si>
+    <t>884377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea3/v0dpf0bs7ktyx0tr31u59cft4mylkqe5.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты гигиенические в боксе 30 пак уп</t>
+  </si>
+  <si>
+    <t>Пакеты гигиенические в боксе 30 пак/уп</t>
+  </si>
+  <si>
+    <t>899638</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfc/is1u1apt5ecoregimp7dur5fa9q108dk.jpg</t>
+  </si>
+  <si>
+    <t>Термопакет СТАНДАРТ без ручки 420х450 мм Металл ПВД,ТПКБР.04 без ручки</t>
+  </si>
+  <si>
+    <t>Термопакет СТАНДАРТ без ручки 420х450 мм Металл/ПВД,ТПКБР.04 без ручки</t>
+  </si>
+  <si>
+    <t>899645</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/termopack/"&gt;Termopack&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/064/8ogoqyj89hld5ox6p8u16zm0lik7ou47.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сейф-пакет формата А4, размер 240х360 мм, 50мкм.  100 шт уп </t>
+  </si>
+  <si>
+    <t>Сейф-пакет формата А4, размер 240х360 мм, 50мкм. &amp;#40;100 шт/уп&amp;#41;</t>
+  </si>
+  <si>
+    <t>907643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd0/omwtjcw7fgk9fyey29fkf7wqiov1leq5.png</t>
+  </si>
+  <si>
+    <t>Пакеты для запекания Avikomp Eco Technology с Клипсами 30 40см. 5 штук</t>
+  </si>
+  <si>
+    <t>Пакеты для запекания Avikomp Eco Technology с Клипсами 30*40см. 5шт. *10/50</t>
+  </si>
+  <si>
+    <t>928363</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/avikomp/"&gt;Avikomp&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68b/8dh3pdt6p5eeb5v09lhx8r91smbb6byx.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 10х15 см, ПВД, толщина 32 мкм, STAFF, 608165</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 32 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>939379</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3a/mbyxojs7huk7jb9j11ullj77258p1aqg.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 15х20 см, ПВД, толщина 35 мкм, STAFF, 608166</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>939380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f2/89q2rhgspik1ztvgs338ki8woxthmr03.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 20х25 см, ПВД, толщина 35 мкм, STAFF, 608167</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук.Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х25 см.</t>
+  </si>
+  <si>
+    <t>939381</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99f/3dg6rhe748q41kf0vis7lt07r5uj8tt6.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 20х30 см, ПВД, толщина 35 мкм, STAFF, 608168</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты SFAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>939382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/132/tup1f2or2l0fdu3xgk7rt2nx8hcns3ux.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 25х35 см, ПВД, толщина 35 мкм, STAFF, 608169</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 35 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 25х35 см.</t>
+  </si>
+  <si>
+    <t>939383</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/faf/xjbipl6tk6hb2zivm4tjgugln3g5nv4s.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты с замком ZIP-LOCK  quot;зиплок quot;, комплект 100 шт., 6х8 см, ПВД, толщина 32 мкм, STAFF, 608164</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты STAFF предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым. Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 32 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 60х80 мм.</t>
+  </si>
+  <si>
+    <t>939384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1af/nw1lqujuu8o7umngg6vser62e43nfwlx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ, ПНД, 40 18x70см, черный, 45 мкм, 50 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет-майка УСИЛЕННЫЙ, ПНД, 40&amp;#43;18x70см, черный, 45 мкм, 50 шт/уп</t>
+  </si>
+  <si>
+    <t>951475</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/6q7v4bd20ykb179nohc3wc6c07o1a3xc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пакет с вырубной ручкой 38х48 3  40  Флористик 50 шт уп  ВУР02805 </t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой 38х48&amp;#43;3 &amp;#40;40&amp;#41; Флористик 50 шт/уп &amp;#40;ВУР02805&amp;#41;</t>
+  </si>
+  <si>
+    <t>964223</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecf/e0mhd8vgm1emm60ptafg4nk3e4a0uxe6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip Lock  25х35 см, 100 мкм, 100 шт упак</t>
+  </si>
+  <si>
+    <t>Пакет с замком &amp;#40;Zip Lock&amp;#41; 25х35 см, 100 мкм, 100 шт/упак</t>
+  </si>
+  <si>
+    <t>964230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/701/j7kvo2mrl80icyagsucoisxam8wlyfm4.jpg</t>
+  </si>
+  <si>
+    <t>Сейф-пакет номерной 162х235 30, 50 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Сейф-пакет номерной 162х235&amp;#43;30, 50 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>964231</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e40/5cdro3kiaqqi6qkgg8z6aup9cbfglj4a.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с прорубной ручкой Артпласт  quot;Ненси quot;, 20 30см, 30мкм</t>
+  </si>
+  <si>
+    <t>Пакет с прорубной ручкой Артпласт &amp;quot;Ненси&amp;quot;, 20*30см, 30мкм</t>
+  </si>
+  <si>
+    <t>967980</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/565/2afepx7il4n1c9zsd9uglp431nplyul9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с замком  Zip-lock 30х40 см, 32 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Пакет с замком &amp;#40;Zip-lock&amp;#41; 30х40 см, 32 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>973714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f02/5ikzzcv814ps1esxitkptmk9vkd9nj9p.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP-LOCK ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 150x200 мм, ПВД, 80 мкм, Ч РНЫЕ, BRAUBERG, 608930</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Цветные пакеты с ZIP-LOCK обеспечивают удобство раздельного хранения товаров. Предназначены для сбора и хранения лекарственных средств, отходов от лекарственных и диагностических препаратов, дез. средств, а также средств, не подлежащих использованию, с истекшим сроком годности. Используются для упаковки аксессуаров, фурнитуры, бижутерии, канцелярских принадлежностей, хоз. товаров, расходных материалов, документов. Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 15х20 см.</t>
+  </si>
+  <si>
+    <t>974939</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4f/yciig6rkmt70fnq4rqc87z99vbsy990c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет бумажный  quot;Крафт quot; с кручеными ручками, 32 20 37см, 70г м2</t>
+  </si>
+  <si>
+    <t>Пакет бумажный &amp;quot;Крафт&amp;quot; с кручеными ручками, 32*20*37см, 70г/м2</t>
+  </si>
+  <si>
+    <t>983499</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/670/70mcbg66403gwskvqh9ywed8w7sy6afq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет бумажный  quot;Крафт quot; с кручеными ручками, 35 15 45см, 70г м2</t>
+  </si>
+  <si>
+    <t>Пакет бумажный &amp;quot;Крафт&amp;quot; с кручеными ручками, 35*15*45см, 70г/м2</t>
+  </si>
+  <si>
+    <t>983500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2f/x6ghbkq3pj8d9sgfikfnp9wt79zrnskz.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP-LOCK ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 100x150 мм, ПВД, 80 мкм., Ч РНЫЕ, BRAUBERG, 608932</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Цветные пакеты с ZIP-LOCK обеспечивают удобство раздельного хранения товаров. Предназначены для сбора и хранения лекарственных средств, отходов от лекарственных и диагностических препаратов, дез. средств, а также средств, не подлежащих использованию, с истекшим сроком годности. Используются для упаковки аксессуаров, фурнитуры, бижутерии, канцелярских принадлежностей, хоз. товаров, расходных материалов, документов.Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 10х15 см.</t>
+  </si>
+  <si>
+    <t>985267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/a3i8flzqazmypfqelbrelp6hoppkr878.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты ZIP-LOCK ОЧЕНЬ ПРОЧНЫЕ, комплект 100 шт., 200x300 мм, ПВД, 80 мкм, Ч РНЫЕ, BRAUBERG, 608931</t>
+  </si>
+  <si>
+    <t>Быстрозакрывающиеся пакеты BRAUBERG EXTRA предназначены для упаковки различной продукции, в том числе пищевой. Отлично подходят для упаковки мелких предметов, фотографий, медицинских препаратов и т.д. Цветные пакеты с ZIP-LOCK обеспечивают удобство раздельного хранения товаров. Предназначены для сбора и хранения лекарственных средств, отходов от лекарственных и диагностических препаратов, дез. средств, а также средств, не подлежащих использованию, с истекшим сроком годности. Используются для упаковки аксессуаров, фурнитуры, бижутерии, канцелярских принадлежностей, хоз. товаров, расходных материалов, документов.Обладают высокой эластичностью, сохраняют свежесть продуктов, предохраняют содержимое от посторонних запахов. Застежка позволяет быстро и герметично запечатать пакет с содержимым.Прозрачные пакеты с замком &amp;quot;зиплок&amp;quot; плотностью 80 мкм в комплекте 100 штук. Изготовлены из ПВД &amp;#40;полиэтилена высокого давления&amp;#41;. Размер - 20х30 см.</t>
+  </si>
+  <si>
+    <t>985268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/119/cw59a5msc5qrqyndu3kyoirm5aaqhiet.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х13мкм, 60л, 500 шт уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х13мкм, 60л, 500 шт/уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>990030</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ptp-kil/"&gt;ПТП Киль&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f3/adty0ld15ija8zj4k99w84paqkoj22zy.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.Б желтый 500х600х12мкм,30л, 1000 шт уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.Б желтый 500х600х12мкм,30л, 1000 шт/уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>990031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df1/hxy3pw2y5cp1kwdgdf521adxj7ivayic.jpg</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х18мкм,60л, 100 шт уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>Пакет для медицинских отходов кл.А белый 700х800х18мкм,60л, 100 шт/уп, ПТП Киль</t>
+  </si>
+  <si>
+    <t>990049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/755/1gkrcv93kqxwexibilodm6axjg8n662t.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 18х12х29 см, КОМПЛЕКТ 100 шт., плотность 90 г м2, LAIMA ECO CRAFT, 609683</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты LAIMA ECO CRAFT с прямоугольным дном – лучший упаковочный материал для печатной, галантерейной и подарочной продукции. Пакеты с прямоугольным дном на вынос. Функциональная, прочная и экономичная упаковка. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи, что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.</t>
+  </si>
+  <si>
+    <t>996127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76b/f6tqv1x7eci9asoderrmfs8zpk4ejoqc.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 24х14х28 см, КОМПЛЕКТ 50 шт., крученые ручки, плотность 90 г м2, LAIMA ECO CRAFT, 609685</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты LAIMA ECO CRAFT с кручеными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров. Пакеты обладают высокой прочностью и хорошо держат форму. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи, что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.</t>
+  </si>
+  <si>
+    <t>996129</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 26х15х35 см, КОМПЛЕКТ 50 шт., крученые ручки, плотность 90 г м2, LAIMA ECO CRAFT, 609686</t>
+  </si>
+  <si>
+    <t>996130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a7/o0oh3t0jp9xddxkc6wmnkw0wd5wxkmm1.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты для вакуумного упаковщика рифленые 20х30 см, КОМПЛЕКТ 50 шт., SONNEN, максимальный вакуум, 456342</t>
+  </si>
+  <si>
+    <t>Пакеты для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Они идеально подходят для домашних заготовок, маринования и приготовления по технологии су-вид. Пакеты для вакуумного упаковщика SONNEN имеют размер 20х30 см.Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. Также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996131</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sonnen/"&gt;SONNEN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d13/fldhs75w8q1af21lfd33uptdn7aioqlc.jpg</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика, рифленый, 28х1500 см, 1 шт., SONNEN, максимальный вакуум, 456340</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Он идеально подходит для домашних заготовок, маринования и приготовления по технологии су-вид. Рулон для вакуумного упаковщика SONNEN имеет размер 28х1500 см. Вы можете сами определить нужный размер для вашего пакета. Для использования необходимо отрезать пленку и запаять край с помощью вакууматора. Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. А также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa4/mnclvsvoqv1qriq575kbpr53d94ph3fj.jpg</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика, рифленый, 28х500 см, 1 шт., SONNEN, максимальный вакуум, 456343</t>
+  </si>
+  <si>
+    <t>Рулон для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Он идеально подходит для домашних заготовок, маринования и приготовления по технологии су-вид. Рулон для вакуумного упаковщика SONNEN имеет размер 28х500 см. Вы можете сами определить нужный размер для вашего пакета. Для использования необходимо отрезать пленку и запаять край с помощью вакууматора. Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. А также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/823/oaifd8ubo8g3olesu65bsfos40vixga0.jpg</t>
+  </si>
+  <si>
+    <t>Рулоны для вакуумного упаковщика, рифленые, НАБОР 5 шт.  12   15   20   25   28 см х 500 см , SONNEN, 456341</t>
+  </si>
+  <si>
+    <t>Рулоны для вакуумного упаковщика SONNEN – это лучшее решение для сохранения свежести и вкусовых качеств продуктов. Он идеально подходит для домашних заготовок, маринования и приготовления по технологии су-вид. В комплекте 5 рулонов для вакуумного упаковщика, они отличаются по ширине пленки: 12 / 15 / 20 / 25 / 28 см. Поэтому нужный размер можно выбрать, не тратя лишнюю пленку и сохраняя место. Вы также можете выбрать длину пакета – для использования необходимо отрезать пленку и запаять край с помощью вакууматора. Вакуумная пленка состоит из РА/РЕ, поэтому она эластичная и прочная. Безопасна при использовании с продуктами. Вакуумный пакет идеально защищает продукты от внешних воздействий, таких как окисление воздухом, влага, пыль и микроорганизмы. Это позволяет сохранить вкус, аромат и внешний вид в 2-3 раза дольше, чем при обычном хранении. А также вакуумный пакет можно использовать в кулинарии, если вам нужно замариновать мясо и овощи или приготовить блюдо по технологии су-вид.Благодаря вакуумированию продукты занимают меньше места, что идеально в условиях ограниченного пространства. В пакетах можно при необходимости хранить не только продукты, но и небольшие вещи.</t>
+  </si>
+  <si>
+    <t>996134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff5/nbsbws50setird1t0niz8frrfryeerha.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 24х14х29 см, КОМПЛЕКТ 50 шт., плоские ручки, плотность 90 г м2, LAIMA ECO CRAFT, 609687</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты LAIMA ECO CRAFT с плоскими ручками – красивый, удобный и надежный упаковочной материал. Их используют под пищевые продукты &amp;#40;особенно распространены в кафе и ресторанах для изделий навынос&amp;#41; и для товаров народного потребления. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи, что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.</t>
+  </si>
+  <si>
+    <t>996813</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d91/ss5z2hw6117z3h6ptiuszz3vez2a310o.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 18х12х29 см, плотность 90 г м2, 110319</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты с прямоугольным дном – лучший упаковочный материал для печатной, галантерейной и подарочной продукции. Пакеты с прямоугольным дном навынос – функциональная, прочная и экономичная упаковка. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки: чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи и т.п., что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.Бумажный пакет выдерживает вес до 3 кг.</t>
+  </si>
+  <si>
+    <t>1014854</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/666/yqt2zgzd8xkpu5p3evduj05rsnmd5zow.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 22х12х25 см, крученые ручки, плотность 90 г м2</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручёными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров и т.д. Пакеты обладают высокой прочностью и хорошо держат форму. Прочные кручёные ручки – пакет выдерживает вес до 5 кг.Прямоугольное дно и боковые складки &amp;#40;фальцы&amp;#41; при наполнении пакета раскрываются, поэтому объем увеличивается и пакет становится вместительнее.Воздухопроницаемость – дышащий материал сохраняет тепло внутри пакета, продукты в такой упаковке не отсыревают и не портятся.Термоустойчивость – крафт-бумага не трескается на морозе, не выделяет вредные вещества в жаркие дни.Экологически чистый материал, подлежащий вторичной переработке.</t>
+  </si>
+  <si>
+    <t>1014855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1df/3ux3y69r7pw3o2a5asbc16ymrmllbcf7.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 22х12х29 см, плотность 70 г м2, 606865</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты с прямоугольным дном – лучший упаковочный материал для печатной, галантерейной и подарочной продукции. Пакеты с прямоугольным дном на вынос. Функциональная, прочная и экономичная упаковка. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи и т.п., что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.Бумажный пакет выдерживает вес до 3 кг.</t>
+  </si>
+  <si>
+    <t>1014856</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58d/e28nc3gtew2zvodrsaynj4v2tm1xewse.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 24х14х29 см, плоские ручки, плотность 90 г м2, 110517</t>
+  </si>
+  <si>
+    <t>Бумажные пакеты с плоскими ручками – красивый, удобный и надежный упаковочной материал. Их используют под пищевые продукты &amp;#40;особенно распространены в кафе и ресторанах для изделий навынос&amp;#41; и для товаров народного потребления. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки: чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи и т.п., что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.Бумажный пакет выдерживает вес до 5 кг.</t>
+  </si>
+  <si>
+    <t>1014857</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01c/8gk7zrgzwcz9mejq5ykhw3ntyhljuivb.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 26х15х35 см, крученые ручки, плотность 90 г м2</t>
+  </si>
+  <si>
+    <t>Практичные, удобные, стильные бумажные пакеты с кручёными ручками предназначены для продуктов, косметических товаров, одежды, обуви, сувениров, хозяйственных товаров и т.д. Пакеты обладают высокой прочностью и хорошо держат форму. Бумажные пакеты навынос – отличное решение для сетей кофеен, фастфуда и других игроков рынка общественного питания, желающих увеличить свои продажи за счет предоставления услуги &amp;quot;с собой&amp;quot;. Размер пакета идеально подходит для упаковки и транспортировки.Воздухопроницаемая структура бумажного пакета позволяет сохранять свежесть и целостность содержимого. Используйте пакеты для фасовки: чая, специй, конфет, печенья – это очень удобно.Также может использоваться как подарочный пакет. На крафт-бумагу отлично наносятся логотипы, изображения, надписи и т.п., что позволяет использовать пакет в качестве инструмента для рекламы или просто стильной упаковки. Доступная стоимость.Бумажный пакет выдерживает вес до 5 кг.</t>
+  </si>
+  <si>
+    <t>1014858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/f134lg29gclfd9ati2uwaapgzosvlvnn.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 26х15х35 см, плотность 90 г м2, 110371</t>
+  </si>
+  <si>
+    <t>1014859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a5/cfrhistntckk8afwzq5qg51ez1lc7i5o.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 32х20х34 см, плотность 70 г м2, 606868</t>
+  </si>
+  <si>
+    <t>1014860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a1/62mkmajr0mjxgungk7oxwnj53q4x3p1t.jpg</t>
+  </si>
+  <si>
+    <t>Крафт-пакет бумажный 32х20х37 см, плоские ручки, плотность 90 г м2, 110494</t>
+  </si>
+  <si>
+    <t>1014861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/039/ws3kk9r4lvqvkobe8v01k9v2j1ytaam0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 10х15 4 см, 25 мкм, с усиленным швом, 608598</t>
+  </si>
+  <si>
+    <t>Пакеты из БОПП-пленки используются в качестве упаковки для различных товаров и пищевых продуктов. Материал экологичный, не содержит вредных примесей, безвреден для человека и для пищевой продукции. В таких пакетах можно хранить одежду, аксессуары. Внимание! При выборе ширины пакета просим учитывать наличие перфорированного шва, из-за которого рабочая &amp;#40;полезная&amp;#41; ширина пакета будет меньше в среднем на 5 мм относительно ширины, указанной в заголовке. Допустимы расхождения 1-2,5 мм с каждой стороны.Производство полипропиленовых пакетов БОПП ведется из первичного сырья с растягиванием пленки в двух направлениях. Это обеспечивает повышенную жесткость, термостойкость, прочность на разрыв, стойкость к проколам и эластичность. БОПП-пакеты с клапаном и скотчем – легкая, прозрачная и прочная тара. По сравнению с полипропиленом отличается гладкостью и глянцевым блеском.При выборе размера пакета следует учитывать, что внутренняя рабочая ширина пакета меньше внешней на 3-4 мм за счет усиленного перфорированного шва по бокам изделия.Применяются для табачных изделий, канцтоваров, текстильной продукции, журналов, сувениров, аудио-, видеотоваров, лекарственных трав.Преимущества:Водонепроницаемость – защита от влаги, загрязнений, посторонних запахов.Клейкая лента обеспечивает герметичность.Высокая прочность.Упаковочные БОПП-пакеты с клеевым клапаном, с усиленным перфорированным швом отлично подходят для фасовки любых продуктов, в том числе сыпучих. Прозрачность, блеск, привлекательный вид.Термоустойчивость – выдерживает температуру до &amp;#43;100 °С.Многоразовое использование – сохранение свойств клеевой ленты сохраняет при раскрытии 7-10 раз.Удобство в использовании — особые условия перевозки и хранения не требуются.Подходят для вторичной переработки &amp;#40;отходы производства и использованные пакеты перерабатываются в баки, контейнеры, лотки, автозапчасти&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a64/33891dq0qxzvr3ohf498z1dpv7l8dhc9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 20х30 4 см, толщина 30 мкм, с усиленным швом</t>
+  </si>
+  <si>
+    <t>Пакеты из БОПП-пленки используются в качестве упаковки для различных товаров и пищевых продуктов. Материал экологичный, не содержит вредных примесей, безвреден для человека и для пищевой продукции. В таких пакетах можно хранить одежду, аксессуары. Внимание! При выборе ширины пакета просим учитывать наличие перфорированного шва, из-за которого рабочая &amp;#40;полезная&amp;#41; ширина пакета будет меньше в среднем на 5 мм относительно ширины, указанной в заголовке. Допустимы расхождения 1-2,5 мм с каждой стороны.Производство полипропиленовых пакетов БОПП ведется из первичного сырья с растягиванием пленки в двух направлениях. Это обеспечивает повышенную жесткость, термостойкость, прочность на разрыв, стойкость к проколам и эластичность. Пакеты БОПП с клапаном и скотчем – легкая, прозрачная и прочная тара. По сравнению с полипропиленом отличается гладкостью и глянцевым блеском. Применяются для упаковки табачных изделий, канцтоваров, текстильной продукции, журналов, сувениров, аудио- и видео-товаров, лекарственных трав.Преимущества пакетов БОПП:– водонепроницаемость, то есть защита от влаги, загрязнений, посторонних запахов;– клейкая лента обеспечивает герметичность;– высокая прочность;– клеевой клапан и усиленный перфорированный шов делают возможной фасовку любых продуктов, в том числе сыпучих; – прозрачность, блеск, привлекательный вид;– термоустойчивость &amp;#40;выдерживают температуру до &amp;#43;100 °С&amp;#41;;– многоразовое использование &amp;#40;сохранение свойств клеевой ленты при раскрытии 7-10 раз&amp;#41;;– удобство в использовании &amp;#40;особые условия перевозки и хранения не требуются&amp;#41;;– подходят для вторичной переработки &amp;#40;отходы производства и использованные пакеты перерабатываются в баки, контейнеры, лотки, автозапчасти&amp;#41;.При выборе размера пакета следует учитывать, что внутренняя рабочая ширина пакета меньше внешней на 3-4 мм за счет усиленного перфорированного шва по бокам изделия.</t>
+  </si>
+  <si>
+    <t>1014864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50e/p2lgfu7pr3lilkzypstflx6la7fz95f2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 25х35 4 см, толщина 30 мкм, с усиленным швом</t>
+  </si>
+  <si>
+    <t>1014865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10a/v2ethu6m4fe7eqijcbfvqzb0obsirdmq.jpg</t>
+  </si>
+  <si>
+    <t>Пакет БОПП с клеевым клапаном, КОМПЛЕКТ 100 шт., 30х40 4 см, толщина 30 мкм, с усиленным швом</t>
+  </si>
+  <si>
+    <t>1014866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cd/4vacnstn8ipt08bhx42ryd2wjspn5ap0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 40 мм, 100х150   30 мм, 100 штук, 150 мкм, BRAUBERG, 700688</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 40х100 мм для удобной идентификации содержимого.Размер пакета: 100х150 мм.Ширина дна: 30 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f3/n2qnk9tet2hdz35ciok237w4we0ku6qk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 50 мм, 120х200   40 мм, 100 штук, 150 мкм, BRAUBERG, 700689</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 50х120 мм для удобной идентификации содержимого.Размер пакета: 120х200 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6c/akfpricss0ytvnf3p3lg0byvbr76l2mz.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 50 мм, 140х200   40 мм, 100 штук, 150 мкм, BRAUBERG, 700690</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 50х140 мм для удобной идентификации содержимого.Размер пакета: 140х200 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a54/8cn0x86k6rubnodwdxpkmpeit7s9ksq0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 50 мм, 150х220   40 мм, 100 штук, 150 мкм, BRAUBERG, 700691</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 50х150 мм для удобной идентификации содержимого.Размер пакета: 150х220 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a3/fkzbczkfsp2w1wp5wgkkrvyrywxjqzx8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 60 мм, 170х240   40 мм, 100 штук, 150 мкм, BRAUBERG, 700692</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 60х170 мм для удобной идентификации содержимого.Размер пакета: 170х240 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c4/wxin1hffeu8h6o84h2xu1bv4cz9jkcv1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 60 мм, 180х260   40 мм, 100 штук, 150 мкм, BRAUBERG, 700693</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 60х180 мм для удобной идентификации содержимого.Размер пакета: 180х260 мм.Ширина дна: 40 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/929/zfej0ux3lumm5jwnsec4hytifrdebd6k.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, крафт с окном 60 мм, 200х300   50 мм, 100 штук, 150 мкм, BRAUBERG, 700694</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и др. Благодаря эргономичной форме они занимают минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Снаружи изделия выполнены из крафт-бумаги, внутри – из прозрачного полиэтилена, и оснащены окошком 60х200 мм для удобной идентификации содержимого.Размер пакета: 200х300 мм.Ширина дна: 50 мм.Плотность: 150 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a1/4lfs27kdy80257w77sb1t1s7sm60qwlj.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный 180х260   40 мм, 100 штук, 70 мкм, BRAUBERG, 700699</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 180х260 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbc/3ja1x0a2ruseaid1pwrudi9pjdzrhbxa.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 100х150   30 мм, 100 штук, 70 мкм, BRAUBERG, 700695</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 100х150 мм.Ширина дна: 30 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014875</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/h4scpybysbbj28jww7vcms6kv5tv0se6.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 120х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700696</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 120 х 200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/963/9zz0evtvq35h6luty5g7p2oxeq6su4yk.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 140х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700697</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 140х200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df0/ip2thexht0ngq7jgnlnlwys8wg5s3frv.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 160х240   40 мм, 100 штук, 70 мкм, BRAUBERG, 700698</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 160х240 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014878</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/zvryuy50oc2bdrq2c3cdry92ieoc5aqb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет дой-пак с замком ZIP LOCK, прозрачный, 200х300   50 мм, 100 штук, 70 мкм, BRAUBERG, 700700</t>
+  </si>
+  <si>
+    <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: крупы, орехи, сладости, чай, кофе и пр. Компактная форма экономит место, замок ZIP LOCK надежно защищает содержимое, а прозрачные стенки упрощают идентификацию.Размер пакета: 200х300 мм.Ширина дна: 50 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1014879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18f/zr6lzke7zbwz8jnzqabyen12jqmpny7z.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД ламинированный, 40х31 см,  quot;Гармония quot;, 60 мкм, н00268708</t>
+  </si>
+  <si>
+    <t>Пакеты – незаменимые помощники для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Пакеты ПВД прочны при растяжении и сжатии, стойки к удару и разрыву, устойчивы к проколам и поперечным разрывам. При больших нагрузках могут немного растягиваться или трескаться, но не рваться. Водо- и паронепроницаемы. Пакеты не шуршат и имеют глянцевую поверхность. Уязвимы для воздействия газов, легко окисляются.</t>
+  </si>
+  <si>
+    <t>1014881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e04/4lo53crnoawyp8kb3zw8zw51hcyonusp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД ламинированный, 40х31 см,  quot;Писк моды quot;, 60 мкм, н00292238</t>
+  </si>
+  <si>
+    <t>1014882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/566/k0l7yu71oklvfkovblux3kfkfw9dywwf.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 30х20 см,  quot;Аксессуар quot;, 30 мкм, н00077246</t>
+  </si>
+  <si>
+    <t>1014883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/805/3mz9ufgr1sx3tjm7ic6yw5q1dcshweru.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 30х20 см,  quot;Компас quot;, 30 мкм, н00242809</t>
+  </si>
+  <si>
+    <t>1014884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b2/8msn2zvga1j0t9voe00rhcab8szzpxn0.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 30х20 см,  quot;Презент quot;, 30 мкм, н00255554</t>
+  </si>
+  <si>
+    <t>1014886</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f1/qw6sozul4u01poe63g6rxescfkmu4qfp.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 37х30 см,  quot;Перфекто Шайн quot;, 90 мкм, н00112589</t>
+  </si>
+  <si>
+    <t>1014887</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aab/f8a6mwyi96u5bnh8jx3qjwve64yhp80f.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 40х31 см,  quot;Золотой лес quot;, 30 мкм, н00188432</t>
+  </si>
+  <si>
+    <t>1014888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b3/bm1vg6ubqp2v427gmn10bvo4vo059axl.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 40х31 см,  quot;Тюльпаны quot;, 60 мкм, н00212987</t>
+  </si>
+  <si>
+    <t>1014890</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ad/cn8uilx2rkdcm5yjco2hoowixlwke1s8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 40х31,5 см,  quot;Грэй Глосс Карта quot;, 50 мкм, н00228277</t>
+  </si>
+  <si>
+    <t>1014891</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/653/iilvijiabv7p0rtxt95jobo7fvqwyjxs.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 42х48 см,  quot;Перфекто Бисмарк quot;, 90 мкм, н00244241</t>
+  </si>
+  <si>
+    <t>1014892</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/447/03rc3v5aw4r1f2ic3fl6xrxkc0qj35ct.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 43х31,5 см,  quot;Грэй Глосс Пион quot;, 50 мкм, н00212038</t>
+  </si>
+  <si>
+    <t>1014893</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/651/x7dts1vy5qnq5632c0x1tdugctjvxth8.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 43х31,5 см,  quot;Грэй Глосс Ромашка quot;, 50 мкм, н00269304</t>
+  </si>
+  <si>
+    <t>1014894</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/n4yfd7eujl3s8r8i9qbbke6z1i3vbarw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 45х38 см,  quot;Воздушный сюрприз quot;, 60 мкм, н00255515</t>
+  </si>
+  <si>
+    <t>1014895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/623/lywh081kk24e8grv2iizd08tmv0dqzr5.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 45х38 см,  quot;Премиальный quot;, 60 мкм, н00228483</t>
+  </si>
+  <si>
+    <t>1014896</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab6/fin6m03f7msa3fjwn0jxm7y6kxuhlup2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 48х39 см,  quot;Грэй Глосс Кофе quot;, 50 мкм, н00212035</t>
+  </si>
+  <si>
+    <t>1014897</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/011/9i873awmkd94e0b009dbj4eceqif3zq9.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 60х50 см,  quot;Концепт БИГ quot;, 100 мкм, н00214884</t>
+  </si>
+  <si>
+    <t>1014898</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c0/qs0erho3bpdj8peqr3gcgrqfkx5ez9rb.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой ПВД, 60х50 см,  quot;Шанель БИГ quot;, 100 мкм, н00145316</t>
+  </si>
+  <si>
+    <t>1014899</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00d/o6nwsggct3d3utzxl7mhawikxrtpt0lx.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой, 37х30 см,  quot;Перфекто Вензель quot;, 90 мкм, н00153471</t>
+  </si>
+  <si>
+    <t>1014900</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0e/pler7afwnu8knroti9yc7i4vgvrus93p.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой, 37х30 см,  quot;Перфекто Далия quot;, 90 мкм, н00170815</t>
+  </si>
+  <si>
+    <t>1014901</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36c/jx3na4xq2nhzao2h4mgnl5w2xwn8m4p1.jpg</t>
+  </si>
+  <si>
+    <t>Пакет с вырубной ручкой, 37х30 см,  quot;Перфекто Роза quot;, 90 мкм, н00229687</t>
+  </si>
+  <si>
+    <t>1014902</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2b/8z5mjs2gk240mr6yor0y5pn5q5mlsaou.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 24 12х45 см, ПНД, 8 мкм</t>
+  </si>
+  <si>
+    <t>1014903</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f3/lnhda81lt8g0enpm2rf7yblks62770v0.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 28 14х50 см, ПНД,  quot;Благодарим за покупку quot;, 15 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях. Цена за упаковку.</t>
+  </si>
+  <si>
+    <t>1014904</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba7/b7n3qhae229wn121mo9u71swfogd7pvr.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 30х16х55 см, ПНД, 15 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; - незаменимые для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>1014905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d84/exmm1xsyuq8a9f1vzyztahgfkkzaxi6v.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 31 18х59 см, ПНД,  quot;Звезды quot;, 18 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; применяются для упаковки и переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>1014906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce5/yeincnd7m8jctwz3z873b84h6ercqypq.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 100 шт., 38 18х68 см, ПНД, 18 мкм</t>
+  </si>
+  <si>
+    <t>1014907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/536/1on3lnt56h2nxfxc31fvw9k9d6a2la25.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты  quot;майка quot;, КОМПЛЕКТ 50 шт., 44 18х68 см, ПНД,  quot;Электрон quot;, ЖЕЛТЫЙ, 25 мкм</t>
+  </si>
+  <si>
+    <t>Пакеты типа &amp;quot;майка&amp;quot; - незаменимы для упаковки, переноски продуктов и промышленных товаров. Широко применяются в домашнем хозяйстве, в торговых сетях магазинов и на производственных предприятиях.</t>
+  </si>
+  <si>
+    <t>1014908</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e5/u5sj085f5h2xctlpiaspm8k3c48tpxgj.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с европодвесом, клеевым клапаном, КОМПЛЕКТ 100 штук, 10х16   3   4 см, белая подложка, BRAUBERG, 700416</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. Пакеты БОПП BRAUBERG выполнены из прочного, прозрачного и влагостойкого полипропилена. Такая упаковка подчеркивает эстетику продукта и надежно защищает его от пыли и влаги. Удобный клеевой клапан ускоряет процесс фасовки, а европодвес позволяет разместить товар на крючке.Размер: 10х16 см.Клеевой клапан: 10х4 см.Толщина: 36 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014909</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eda/99e6gxdiasmtlde62gjd4g64dtv32y55.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с европодвесом, клеевым клапаном, КОМПЛЕКТ 100 штук, 13х27   3   4 см, белая подложка, BRAUBERG, 700415</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. Пакеты БОПП BRAUBERG выполнены из прочного, прозрачного и влагостойкого полипропилена. Такая упаковка подчеркивает эстетику продукта и надежно защищает его от пыли и влаги. Удобный клеевой клапан ускоряет процесс фасовки, а европодвес позволяет разместить товар на крючке.Размер: 13х27 см.Клеевой клапан: 13х4 см.Толщина: 36 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014910</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/605/wdfn9kjmtkfpgfzvjb9reyeiivxbyixw.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с клеевым клапаном КОМПЛЕКТ 100 штук, 15х20   4 см, 25 мкм, с усиленным швом, BRAUBERG, 700406</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 15х20 см.Клеевой клапан: 15х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b5/8dm2w91hnz3u4hk6di132ygft12jl8w2.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 10х10   4 см, 25 мкм, с усиленным швом, BRAUBERG, 700404</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 10х10 см.Клеевой клапан: 10х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82d/xpucf0h3o0conkbuunb1c1uia2zxfclf.jpg</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 10х15   4 см, 25 мкм, с усиленным швом, BRAUBERG, 700405</t>
+  </si>
+  <si>
+    <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 10х15 см.Клеевой клапан: 10х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
+  </si>
+  <si>
+    <t>1014913</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/498/4982e51736df9c5c9bb917f866691050/ba1acdf50da1b10dfc51e6a4d0d19c11.jpg</t>
-[...2713 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd1/6oj1vm13mg8rzq9p7v9kobzr4p07vmh1.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 20х25   4 см, 30 мкм, с усиленным швом, BRAUBERG, 700407</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 20х25 см.Клеевой клапан: 20х4 см.Толщина: 30 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d1/jctza9urk7ioti92qzvs5ya6u5jc8avp.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 20х30   4 см, 30 мкм, с усиленным швом, BRAUBERG, 700408</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 20х30 см.Клеевой клапан: 20х4 см.Толщина: 30 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef5/ggaer2ufzoag8otlopbnxd1uragi14wt.jpg</t>
@@ -3129,62 +2298,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/733/0fj2b6z0gagq4u0s6iw3codwajdu6rg1.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 8х12   4 см, 25 мкм, BRAUBERG, 700402</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание.Размер: 8х12 см.Клеевой клапан: 8х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4eb/8ns430817ab999fwjuwsglwaccnmpnjx.jpg</t>
   </si>
   <si>
     <t>Пакеты БОПП с клеевым клапаном, КОМПЛЕКТ 100 штук, 9х20   4 см, 25 мкм, с усиленным швом, BRAUBERG, 700403</t>
   </si>
   <si>
     <t>Пакеты БОПП BRAUBERG – это идеальное решение для упаковки. Они обеспечивают надежную защиту содержимого, сохраняя свежесть и привлекательный внешний вид. БОПП-упаковка BRAUBERG выполнена из прочного, прозрачного и влагостойкого полипропилена, который подчеркивает эстетику продукта и делает его более привлекательным. Материал надежно защищает содержимое от влаги и пыли, а удобный клеевой клапан обеспечивает быстрое запечатывание. Усиленный шов предотвращает разрывы и повышает долговечность упаковки.Размер: 9х20 см.Клеевой клапан: 9х4 см.Толщина: 25 мкм.Количество: 100 штук.</t>
   </si>
   <si>
     <t>1014925</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bfd/guxps3zm2ekva492htzqt5uhblyra5gi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd3/3dp9cyotp308vh0ly9g6ihmj1zhcbxso.jpg</t>
   </si>
   <si>
     <t>Пакеты дой-пак с замком ZIP LOCK, металлизированная   прозрачная стенка, 120х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700683</t>
   </si>
   <si>
     <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и пр. Эргономичная форма занимает минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Одна сторона прозрачная для удобного контроля содержимого, другая – металлизированная, что придаёт изделию привлекательный внешний вид.Размер пакета: 120х200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1014927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acc/v49r2privigf7w9hva7hwu6k2pdeo6f7.jpg</t>
   </si>
   <si>
     <t>Пакеты дой-пак с замком ZIP LOCK, металлизированная   прозрачная стенка, 140х200   40 мм, 100 штук, 70 мкм, BRAUBERG, 700684</t>
   </si>
   <si>
     <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и пр. Эргономичная форма занимает минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Одна сторона прозрачная для удобного контроля содержимого, другая – металлизированная, что придаёт изделию привлекательный внешний вид.Размер пакета: 140х200 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1014928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/732/ebxdbstdb0t8wkyt4bhd6x293yhrg0t6.jpg</t>
@@ -3199,50 +2356,62 @@
     <t>1014929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69e/gfxywru8kkw7xrgwe8cwzmkksb5og7ct.jpg</t>
   </si>
   <si>
     <t>Пакеты дой-пак с замком ZIP LOCK, металлизированная   прозрачная стенка, 180х260   40 мм, 100 штук, 70 мкм, BRAUBERG, 700686</t>
   </si>
   <si>
     <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и пр. Эргономичная форма занимает минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Одна сторона прозрачная для удобного контроля содержимого, другая – металлизированная, что придаёт изделию привлекательный внешний вид.Размер пакета: 180х260 мм.Ширина дна: 40 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1014930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f13/oj1gij6tk86ukn3nbp163k9q8tgrzwt6.jpg</t>
   </si>
   <si>
     <t>Пакеты дой-пак с замком ZIP LOCK, металлизированная   прозрачная стенка, 200х300   50 мм, 100 штук, 70 мкм, BRAUBERG, 700687</t>
   </si>
   <si>
     <t>Пакеты дой-пак BRAUBERG – современное решение для хранения и перевозки продуктов. Устойчивое дно и герметичная застёжка сохраняют свежесть, а компактный дизайн обеспечивает удобство и привлекательный внешний вид. Пакеты дой-пак BRAUBERG – современный формат упаковки, идеально подходящий для хранения и транспортировки самых разных продуктов: круп, орехов, сладостей, чая, кофе и пр. Эргономичная форма занимает минимум места, а застежка ZIP LOCK обеспечивает герметичность и защиту от влаги, воздуха и загрязнений. Одна сторона прозрачная для удобного контроля содержимого, другая – металлизированная, что придаёт изделию привлекательный внешний вид.Размер пакета: 200х300 мм.Ширина дна: 50 мм.Плотность: 70 мкм.Комплект – 100 штук.</t>
   </si>
   <si>
     <t>1014931</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/046/my3x81sbupql35rvy4evrdabpa4mfpdw.jpg</t>
+  </si>
+  <si>
+    <t>Пакет  quot;майка quot; КОМПЛЕКТ 100 штук, 30 15х55, ПНД  quot;Приходите еще quot;, 15 мкм, LAIMA, 700794</t>
+  </si>
+  <si>
+    <t>Пакет &amp;quot;майка&amp;quot; LAIMA идеально подходят для покупок, хранения и транспортировки вещей. Пакет выполнен из прочного материала ПНД. Пакет имеет удобные ручки для комфортного ношения.Размер: 30 &amp;#43; 15 х 55 см.Плотность – 15 мкм.Рисунок – &amp;quot;Приходите еще&amp;quot;.Комплект – 100 штук.</t>
+  </si>
+  <si>
+    <t>1017443</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3569,6007 +2738,4497 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J272"/>
+  <dimension ref="A1:M199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G272" sqref="G272"/>
+      <selection pane="bottomRight" activeCell="G199" sqref="G199"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...38 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...125 lines deleted...]
-      </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="E20" s="3" t="s">
-[...47 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B43" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...473 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>198</v>
+        <v>33</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>198</v>
+        <v>33</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>198</v>
+        <v>33</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>189</v>
+        <v>33</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>189</v>
+        <v>33</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>218</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>189</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>219</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>189</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>226</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>230</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="B57" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="B58" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="F57" s="3" t="s">
+      <c r="C58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>243</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="F58" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="C59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="F59" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C60" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="F59" s="3" t="s">
+      <c r="C61" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="G59" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="F62" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F63" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C64" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="F64" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="B65" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="C65" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="F65" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="C66" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="F66" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="F67" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="F64" s="3" t="s">
+      <c r="B68" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="G64" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="C68" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="F68" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="C69" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="F65" s="3" t="s">
+      <c r="F69" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="G65" s="3" t="s">
+      <c r="B70" s="1" t="s">
         <v>279</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="C70" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="C71" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="F71" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="G71" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="B72" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="F72" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="B73" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="F73" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="C76" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="B77" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G73" s="3" t="s">
+      <c r="C77" s="1" t="s">
         <v>308</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="F77" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="B78" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="F78" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="F79" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B77" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="B82" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="F82" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="B83" s="1" t="s">
         <v>331</v>
-      </c>
-[...67 lines deleted...]
-        <v>342</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G83" s="3" t="s">
+      <c r="C86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F94" s="3" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...242 lines deleted...]
-      <c r="E94" s="3" t="s">
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>381</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>334</v>
+        <v>382</v>
       </c>
       <c r="G95" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G160" s="3" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...1266 lines deleted...]
-      <c r="B153" s="1" t="s">
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...170 lines deleted...]
-      </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>640</v>
       </c>
       <c r="F161" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>641</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="B163" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="C164" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="F163" s="3" t="s">
+      <c r="F164" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G166" s="3" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...26 lines deleted...]
-      <c r="C165" s="1" t="s">
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="F165" s="3" t="s">
+      <c r="C167" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G167" s="3" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...3 lines deleted...]
-      <c r="B166" s="1" t="s">
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="C168" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="F168" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="B169" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="C169" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F169" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C170" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="B171" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="C171" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="F171" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="C169" s="1" t="s">
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="B172" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="C172" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="B173" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="B174" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="B175" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="F172" s="3" t="s">
+      <c r="C175" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>686</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B174" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="C177" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="F177" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="C178" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="F178" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="C179" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="F179" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="C180" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="F180" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="C181" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="F181" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G181" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="C179" s="1" t="s">
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="B182" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>715</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="F182" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="B183" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="F183" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="B184" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>723</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="B185" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="B186" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="B187" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="B188" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="C188" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="B189" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C189" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="B190" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="C190" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G190" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B189" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="C191" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F191" s="3" t="s">
-        <v>189</v>
+        <v>285</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
         <v>753</v>
       </c>
       <c r="B192" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="F193" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="F194" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="F193" s="3" t="s">
+      <c r="B195" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="G193" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="C194" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="B196" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G194" s="3" t="s">
+      <c r="C196" s="1" t="s">
         <v>771</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="C197" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="C198" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="F196" s="3" t="s">
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>780</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F199" s="3" t="s">
-        <v>794</v>
-[...1636 lines deleted...]
-        <v>64</v>
+        <v>120</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">