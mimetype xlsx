--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -158,114 +158,111 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f61/mgalk27f9rarqenrftuhd4dcysgigllz.jpg</t>
   </si>
   <si>
     <t>Ведро 10 л, без крышки, пластиковое, пищевое, с глянцевым узором, цвет зеленый, мерная шкала, ЛАЙМА, 603893</t>
   </si>
   <si>
     <t>Ведро ЛАЙМА предназначено для неагрессивных жидкостей, бытовых отходов и сыпучих материалов. Незаменимо для уборки квартиры и дома, полива и прополки растений, сбора фруктов и ягод. Объем - 10 л. Оснащено перекидной ручкой для удобства переноски. Верхняя кромка ведра загнута наружу, что позволяет захватывать его и переносить без помощи ручки. Ведро круглой формы изготовлено из высокопрочного пластика. Размер – 32х28,5х28,5 см. Риски 5 и 10 литров.</t>
   </si>
   <si>
     <t>426755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/401/8chuuoj7xpgv2t6qahslouem3jr8c4ym.jpg</t>
   </si>
   <si>
     <t>Ведро 12 л, без крышки, пластиковое, пищевое, с узором, цвет синий, мерная шкала, ЛАЙМА, 603894</t>
   </si>
   <si>
     <t>Ведро ЛАЙМА предназначено для неагрессивных жидкостей, бытовых отходов и сыпучих материалов. Незаменимо для уборки квартиры и дома, полива и прополки растений, сбора фруктов и ягод. Объем - 12 л. Оснащено перекидной ручкой для удобства переноски. Верхняя кромка ведра загнута наружу, что позволяет захватывать его и переносить без помощи ручки. Ведро круглой формы изготовлено из высокопрочного пластика. Размер - 29.6х28.8х28.8 см.</t>
   </si>
   <si>
     <t>426756</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d30/e5aeb5rrl52eirs4ob0bmy97wlnu47ov.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/8f6/6hk8wk1jb8cvb7b1lswdu11316hk34ls.jpg</t>
+  </si>
+  <si>
+    <t>Ведро-контейнер для мусора  урна  с педалью ЛАЙМА  quot;Classic quot;, 12 л, серое, матовое, металл, со съемным внутренним ведром, 604944</t>
+  </si>
+  <si>
+    <t>Ведро-контейнер для мусора ЛАЙМА &amp;quot;Classic&amp;quot; предназначено для утилизации отходов, помогает поддерживать порядок и чистоту как в офисном помещении, так и на предприятиях и в различных учреждениях. 12 л - стандартный объем при средней проходимости. Оборудовано педалью для открывания. Крышка плотно прилегает, тем самым препятствуя распространению запахов. Внутреннее съемное пластиковое ведро имеет удобную рукоятку для извлечения. Изготовлено из нержавеющей стали со специальным антикоррозийным покрытием, что обеспечивает максимально долгий срок службы. Ведро устойчиво благодаря антискользящему основанию. Объем рекомендуемого мешка - 20 л. Контейнер для мусора в сером цвете с матовым покрытием имеет компактные размеры &amp;#40;39х25,2х25,2 см&amp;#41; и отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>473013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d30/qtv32ysn7r0g8ufi11409btot9akwxfd.jpg</t>
+  </si>
+  <si>
+    <t>Ведро для сбора  quot;Ягодка quot;. Объем 6,5л., Размер 26,5х21х21см.</t>
+  </si>
+  <si>
+    <t>Ведро для сбора &amp;quot;Ягодка&amp;quot;. Объем 6,5л., Размер 26,5х21х21см.</t>
+  </si>
+  <si>
+    <t>931083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02d/e9ftcaex9ij7zj70yawagxvbxacaqujf.jpg</t>
+  </si>
+  <si>
+    <t>Таз складной силиконовый 16 литров со складными ручками 47х28 см для дома и дачи, LAIMA Home, 608671</t>
+  </si>
+  <si>
+    <t>Таз складной LAIMA Home объемом 16 литров. В сложенном виде занимает очень мало места – отлично подойдет для автомобиля, для небольших квартир и для дачных участков. Простое решение для оптимизации жилого пространства! Таз легко складывается и раскладывается, очень устойчивое. Может использоваться во время уборки, как емкость для хранения игрушек, грязного белья и разных хозяйственных мелочей, для сбора ягод и грибов. Высота таза в сложенном виде – 7,5 см, в разложенном – 21,5 см.</t>
+  </si>
+  <si>
+    <t>974371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b24/e62hrmnpmdh72xasq36b5mz7md00axx6.jpg</t>
+  </si>
+  <si>
+    <t>Таз складной силиконовый 26 литров 54,5х39,5 см для дома и дачи, LAIMA Home, 608670</t>
+  </si>
+  <si>
+    <t>Таз складной LAIMA Home объемом 26 литров. В сложенном виде занимает очень мало места – отлично подойдет для автомобиля, для небольших квартир и для дачных участков. Простое решение для оптимизации жилого пространства! Таз легко складывается и раскладывается, очень устойчивый. Может использоваться во время уборки, как емкость для хранения игрушек, грязного белья и разных хозяйственных мелочей, для сбора ягод и грибов. Высота таза в сложенном виде – 7,5 см, в разложенном – 23,8 см.</t>
+  </si>
+  <si>
+    <t>974372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d1/tb1ntem6o3kl09v2gk04jfkwlsfci8hl.jpg</t>
+  </si>
+  <si>
+    <t>Ведро пластмассовое VEGA, ассорти, 10л</t>
+  </si>
+  <si>
+    <t>984255</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vega/"&gt;Vega&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
-  </si>
-[...46 lines deleted...]
-    <t>&lt;a href="/brands/vega/"&gt;Vega&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/170/ri3lgo8t4dajutg5u2tid7lu1ge8t6k7.jpg</t>
   </si>
   <si>
     <t>Ведро складное силиконовое 10 литров круглое d 32 см для дома, дачи и авто, LAIMA Home, 608668</t>
   </si>
   <si>
     <t>Ведро складное LAIMA Home объемом 10 литров. В сложенном виде занимает очень мало места – отлично подойдет для автомобиля, для небольших квартир и для дачных участков. Простое решение для оптимизации жилого пространства! Ведро легко складывается и раскладывается, очень устойчивое. Имеет носик для удобного слива воды и отверстие для хранения в подвешенном состоянии. Может использоваться во время уборки, как емкость для хранения игрушек, грязного белья и разных хозяйственных мелочей, для сбора ягод и грибов. Высота ведра в сложенном виде – 5 см, в разложенном – 24,5 см.</t>
   </si>
   <si>
     <t>996763</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/028/jw4hgte61h21s8vq8choikcp0wr2o3om.jpg</t>
   </si>
   <si>
     <t>Ведро с крышкой  quot;Фантазия quot;. Размер 30х27,4х25,5 см. Объем 10 л.</t>
   </si>
   <si>
     <t>Ведро с крышкой &amp;quot;Фантазия&amp;quot;. Размер 30х27,4х25,5 см. Объем 10 л. Материал: Пластмасса &amp;#40;PP&amp;#41;</t>
   </si>
   <si>
     <t>1004606</t>
   </si>
@@ -869,206 +866,206 @@
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G12" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="F15" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="G15" s="3" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>