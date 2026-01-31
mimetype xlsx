--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -12,253 +12,238 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/014/mruci0rlgz9z47o1z51gaoewexqz62s9.jpg</t>
   </si>
   <si>
     <t>Коврик входной ворсовый влаго-грязезащитный VORTEX, 120х150 см, толщина 7 мм, серый, 22099</t>
   </si>
   <si>
     <t>Ворсовое покрытие на основе ПВХ является прекрасной защитой помещения. Отлично впитывает и удерживает влагу, легко чистится. Пригоден для сухой и влажной чистки. Изготовлен из безопасных материалов.</t>
   </si>
   <si>
     <t>Коврики напольные для входной двери</t>
   </si>
   <si>
     <t>391127</t>
   </si>
   <si>
     <t>&lt;a href="/brands/vortex/"&gt;VORTEX&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b2a/bdp90hw8bstl7azbuhsvp7cgezra31cj.jpg</t>
-[...8 lines deleted...]
-    <t>391128</t>
+    <t>http://anytos.ru//upload/iblock/ff4/3t97eywm6vbdosnqjv56v8u3460u1571.jpg</t>
+  </si>
+  <si>
+    <t>Коврик входной ворсовый влаго-грязезащитный ЛАЙМА ЛЮБАША, 60х90 см, ребристый, толщина 7 мм, коричневый, 602868</t>
+  </si>
+  <si>
+    <t>Износоустойчивый ворсовый коврик ЛАЙМА предназначен для защиты помещения от уличной грязи, влаги и пыли. Пригоден для сухой и влажной чистки. Подходит для использования как внутри, так и снаружи помещений. Изготовлен из безопасных материалов. Нескользящая основа не дает влаге проникнуть на пол, предотвращает скольжение и возможные травмы при падении. Ворсовое покрытие с ребристой текстурой удерживает влагу и грязь. Размер - 60х90 см. Толщина - 7 мм. Ворс изготовлен из 100&amp;#37; полиэстера. Коврик выполнен в коричневом цвете.</t>
+  </si>
+  <si>
+    <t>391133</t>
   </si>
   <si>
     <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/482/ucxuqbxzl8ldcfoxg1ew4n4zway1ff89.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff4/3t97eywm6vbdosnqjv56v8u3460u1571.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/92b/8711fbmrjgzb13bod36psmgi55r1slvl.jpg</t>
   </si>
   <si>
     <t>Коврик входной ворсовый влаго-грязезащитный ЛАЙМА ЛЮБАША, 60х90 см, ребристый, толщина 7 мм, серый, 602867</t>
   </si>
   <si>
     <t>Износоустойчивый ворсовый коврик ЛАЙМА предназначен для защиты помещения от уличной грязи, влаги и пыли. Пригоден для сухой и влажной чистки. Подходит для использования как внутри, так и снаружи помещений. Изготовлен из безопасных материалов. Нескользящая основа не дает влаге проникнуть на пол, предотвращает скольжение и возможные травмы при падении. Ворсовое покрытие с ребристой текстурой удерживает влагу и грязь. Размер - 60х90 см. Толщина - 7 мм. Ворс изготовлен из 100&amp;#37; полиэстера. Коврик выполнен в сером цвете.</t>
   </si>
   <si>
     <t>391134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba9/dhap7s9qdrj18ale0k51phhfbjk40l2w.jpg</t>
   </si>
   <si>
     <t>Коврик входной ворсовый влаго-грязезащитный ЛАЙМА ЛЮБАША, 60х90 см, ребристый, толщина 7 мм, черный, 602869</t>
   </si>
   <si>
     <t>Износоустойчивый ворсовый коврик ЛАЙМА предназначен для защиты помещения от уличной грязи, влаги и пыли. Пригоден для сухой и влажной чистки. Подходит для использования как внутри, так и снаружи помещений. Изготовлен из безопасных материалов. Нескользящая основа не дает влаге проникнуть на пол, предотвращает скольжение и возможные травмы при падении. Ворсовое покрытие с ребристой текстурой удерживает влагу и грязь. Размер - 60х90 см. Толщина - 7 мм. Ворс изготовлен из 100&amp;#37; полиэстера. Коврик выполнен в черном цвете.</t>
   </si>
   <si>
     <t>391135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b85/x5eu20mr82yxyg6dff7782mdt21j59b8.jpg</t>
   </si>
   <si>
     <t>Коврик входной ворсовый влаго-грязезащитный ЛАЙМА ЛЮБАША, 90х120 см, ребристый, толщина 7 мм, серый, 602872</t>
   </si>
   <si>
     <t>Износоустойчивый ворсовый коврик ЛАЙМА предназначен для защиты помещения от уличной грязи, влаги и пыли. Пригоден для сухой и влажной чистки. Подходит для использования как внутри, так и снаружи помещений. Изготовлен из безопасных материалов. Нескользящая основа не дает влаге проникнуть на пол, предотвращает скольжение и возможные травмы при падении. Ворсовое покрытие с ребристой текстурой удерживает влагу и грязь. Размер - 90х120 см. Толщина - 7 мм. Ворс изготовлен из 100&amp;#37; полиэстера. Коврик выполнен в сером цвете.</t>
   </si>
   <si>
     <t>391136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a8/29bepinmkwx1siy4j32pi3jil683227c.jpg</t>
   </si>
   <si>
     <t>Коврик входной ворсовый влаго-грязезащитный ЛАЙМА ЛЮБАША, 90х120 см, ребристый, толщина 7 мм, черный, 602874</t>
   </si>
   <si>
     <t>Износоустойчивый ворсовый коврик ЛАЙМА предназначен для защиты помещения от уличной грязи, влаги и пыли. Пригоден для сухой и влажной чистки. Подходит для использования как внутри, так и снаружи помещений. Изготовлен из безопасных материалов. Нескользящая основа не дает влаге проникнуть на пол, предотвращает скольжение и возможные травмы при падении. Ворсовое покрытие с ребристой текстурой удерживает влагу и грязь. Размер – 90х120 см. Толщина – 7 мм. Ворс изготовлен из 100&amp;#37; полиэстера. Коврик выполнен в черном цвете.</t>
   </si>
   <si>
     <t>391137</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e2a/neaunnpaslcm13dpntr87sad2jdfo9te.jpg</t>
-[...2 lines deleted...]
-    <t>Коврик входной резиновый грязезащитный, 1000х1500х22 мм, Индия</t>
+    <t>http://anytos.ru//upload/iblock/94e/w33w26jyvycyw16bl3ye1yp6ao301c3f.jpg</t>
+  </si>
+  <si>
+    <t>Коврик входной резиновый грязезащитный, 500х1000х16 мм, Индия</t>
   </si>
   <si>
     <t>Крупноячеистое резиновое покрытие защищает помещение от уличной грязи.</t>
   </si>
   <si>
-    <t>391138</t>
-[...7 lines deleted...]
-  <si>
     <t>391139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12d/8ud0ewsuf7k0o9qal4sb0uotuhmwkk33.jpg</t>
   </si>
   <si>
     <t>Коврик входной резиновый грязезащитный, 800х1200х16 мм, Индия, 20003</t>
   </si>
   <si>
     <t>391140</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95d/95d5ef360a8eb4032600eb58ab15f15f.jpeg</t>
   </si>
   <si>
     <t>Коврик влаговпитывающий, ворсовый, ребристый OfficeClean, 120 150см, серый</t>
   </si>
   <si>
     <t>Коврик влаговпитывающий, ребристый OfficeClean. Очищает обувь от грязи и задерживает влагу при входе в помещение, не скользит.</t>
   </si>
   <si>
     <t>428302</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officeclean/"&gt;OfficeClean&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1dc/1dce96ab3cc2bc61d45dd420dab705cb.jpeg</t>
   </si>
   <si>
     <t>Коврик влаговпитывающий, ворсовый, ребристый OfficeClean, 90 120см, серый</t>
   </si>
   <si>
     <t>428303</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db4/db4be73cf295df744800d3482821419b.jpeg</t>
   </si>
   <si>
     <t>Коврик влаговпитывающий, ворсовый, ребристый OfficeClean, 90 120см, черный</t>
   </si>
   <si>
     <t>428304</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a52/rh83n6ev5cdyucmi1a6hw8tvxy9y6sc9.jpg</t>
+  </si>
+  <si>
+    <t>Коврик входной резиновый крупноячеистый грязезащитный 50х100 см, толщина 22 мм, черный, VORTEX</t>
+  </si>
+  <si>
+    <t>564179</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9b6/9wgnrbxa2ruesbfr7kb2h3zxdntv6ezr.jpg</t>
   </si>
   <si>
     <t>Коврик придверный ИЗНОСОСТОЙКИЙ влаговпитывающий, 120х180 см, ТАФТИНГ, СЕРЫЙ, ЛАЙМА Expert, 606887, С30Т1218</t>
   </si>
   <si>
     <t>Коврик входной ИЗНОСОСТОЙКИЙ влаговпитывающий LAIMA EXPERT эффективно очищает подошву обуви от уличной грязи, влаги и пыли, защищая основное покрытие пола. Возможна как сухая, так и влажная чистка. Предназначен для использования внутри и вне помещений. Высокий плотный ворс коврика, произведенный по тафтинговой технологии, отличается повышенным комфортом и износостойкостью. Коврик прекрасно впитывает и удерживает влагу, предотвращая появление на полу грязных следов и разводов. Не скользит и легко чистится. Подложка - ПВХ, ворс - 100&amp;#37; полипропилен. Размер - 120х180 см. Толщина - 8 мм. Коврик выполнен в сером цвете.</t>
   </si>
   <si>
     <t>564186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a13/g8c49cvs9usdkwt9yzsdfnyrgj5a8kop.jpg</t>
   </si>
   <si>
     <t>Коврик придверный ИЗНОСОСТОЙКИЙ влаговпитывающий, 60х90 см, ТАФТИНГ, БЕЖЕВЫЙ, ЛАЙМА Expert, 606884, С70Т0609</t>
   </si>
   <si>
     <t>Коврик входной ИЗНОСОСТОЙКИЙ влаговпитывающий LAIMA EXPERT эффективно очищает подошву обуви от уличной грязи, влаги и пыли, защищая основное покрытие пола. Возможна как сухая, так и влажная чистка. Предназначен для использования внутри и вне помещений. Высокий плотный ворс коврика, произведенный по тафтинговой технологии, отличается повышенным комфортом и износостойкостью. Коврик прекрасно впитывает и удерживает влагу, предотвращая появление на полу грязных следов и разводов. Не скользит и легко чистится. Подложка - ПВХ, ворс - 100&amp;#37; полипропилен. Размер - 60х90см. Толщина - 8 мм. Коврик выполнен в коричневом цвете.Каждый коврик имеет индивидуальную упаковку, в виде плотной полиэтиленовой пленки. Данный вид упаковки позволяет обеспечить доставку до клиента в первозданном виде и исключает загрязнение в процессе транспортировки.</t>
   </si>
   <si>
     <t>564187</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68d/9e51pn67cfsx6pcgwxb40p9xk83e0n7p.jpg</t>
@@ -326,62 +311,50 @@
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/382/38270197ca0ec9002f841bd7a608ecd7/02e5213cf228e9c0bc65148d544789b0.jpg</t>
   </si>
   <si>
     <t>Коврик влаговпитывающий, ворсовый, ребристый OfficeClean, 40 60см, черный</t>
   </si>
   <si>
     <t>587720</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eda/pkc67amowyuw1qnjfizdidnphn53hppu.jpg</t>
   </si>
   <si>
     <t>Коврик придверный ИЗНОСОСТОЙКИЙ влаговпитывающий, 90х150 см, ТАФТИНГ, СЕРЫЙ, ЛАЙМА  quot;EXPERT quot;, 606889, С30Т9015</t>
   </si>
   <si>
     <t>Коврик входной ИЗНОСОСТОЙКИЙ влаговпитывающий LAIMA EXPERT эффективно очищает подошву обуви от уличной грязи, влаги и пыли, защищая основное покрытие пола. Возможна как сухая, так и влажная чистка. Предназначен для использования внутри и вне помещений. Высокий плотный ворс коврика, произведенный по тафтинговой технологии, отличается повышенным комфортом и износостойкостью. Коврик прекрасно впитывает и удерживает влагу, предотвращая появление на полу грязных следов и разводов. Не скользит и легко чистится. Подложка - ПВХ, ворс - 100&amp;#37; полипропилен. Размер - 90х150 см. Толщина - 8 мм. Коврик выполнен в сером цвете.</t>
   </si>
   <si>
     <t>600613</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/882/y8bboo67btpu1pxckzwr1n0di9gganot.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a0b/nnwigxy74wk92kh6m4qlsdmdfeyby1a3.jpg</t>
   </si>
   <si>
     <t>Коврик придверный ИЗНОСОСТОЙКИЙ влаговпитывающий, 120х180 см, ТАФТИНГ, БЕЖЕВЫЙ, ЛАЙМА EXPERT, 606888, С70Т1218</t>
   </si>
   <si>
     <t>Коврик входной ИЗНОСОСТОЙКИЙ влаговпитывающий LAIMA EXPERT эффективно очищает подошву обуви от уличной грязи, влаги и пыли, защищая основное покрытие пола. Возможна как сухая, так и влажная чистка. Предназначен для использования внутри и вне помещений. Высокий плотный ворс коврика, произведенный по тафтинговой технологии, отличается повышенным комфортом и износостойкостью. Коврик прекрасно впитывает и удерживает влагу, предотвращая появление на полу грязных следов и разводов. Не скользит и легко чистится. Подложка - ПВХ, ворс - 100&amp;#37; полипропилен. Размер - 120х180 см. Толщина - 8 мм. Коврик выполнен в коричневом цвете.</t>
   </si>
   <si>
     <t>616877</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc9/3aa05emw8ho8t0wm4vlpkeuhtf4ydddu.jpg</t>
   </si>
   <si>
     <t>Коврик придверный ИЗНОСОСТОЙКИЙ влаговпитывающий, 60х90 см, ТАФТИНГ, СЕРЫЙ, ЛАЙМА  quot;EXPERT quot;, 606883, С30Т0609</t>
   </si>
   <si>
     <t>Коврик входной ИЗНОСОСТОЙКИЙ влаговпитывающий LAIMA EXPERT эффективно очищает подошву обуви от уличной грязи, влаги и пыли, защищая основное покрытие пола. Возможна как сухая, так и влажная чистка. Предназначен для использования внутри и вне помещений. Высокий плотный ворс коврика, произведенный по тафтинговой технологии, отличается повышенным комфортом и износостойкостью. Коврик прекрасно впитывает и удерживает влагу, предотвращая появление на полу грязных следов и разводов. Не скользит и легко чистится. Подложка - ПВХ, ворс - 100&amp;#37; полипропилен. Размер - 60х90 см. Толщина - 8 мм. Коврик выполнен в сером цвете.Каждый коврик имеет индивидуальную упаковку, в виде плотной полиэтиленовой пленки. Данный вид упаковки позволяет обеспечить доставку до клиента в первозданном виде и исключает загрязнение в процессе транспортировки.</t>
   </si>
   <si>
     <t>616878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55a/shy7rfqufqabmgeuud1gspc7n4n9isc7.jpg</t>
@@ -470,84 +443,84 @@
   <si>
     <t>http://anytos.ru//upload/iblock/788/67183eun8zzq74jp73i29cirrdjxmd9y.jpg</t>
   </si>
   <si>
     <t>Коврик напольный прямоугольный 38 58см цвет ассорти</t>
   </si>
   <si>
     <t>Коврик напольный прямоугольный 38*58см цвет зеленый</t>
   </si>
   <si>
     <t>704661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bff/j5mqu6pwzehdm7bpcn9t7e0lh9t5wk58.jpg</t>
   </si>
   <si>
     <t>Коврик-дорожка грязезащитный  quot;ТРАВКА РОМБЫ quot;, 0,9x15 м, толщина 9 мм, черный, В РУЛОНЕ, VORTEX, 240504, 24004</t>
   </si>
   <si>
     <t>Коврик входной пластиковый грязезащитный с рисунком в виде шахматного поля, высокого качества. Убережет помещение от попадания излишней грязи.</t>
   </si>
   <si>
     <t>785481</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2e3/fdmvg4gnk5tw47v3tylq7wsknkehuatq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6a5/cz66pfmrd06va9yagnao9sz8wdunhwss.jpg</t>
   </si>
   <si>
     <t>Коврик дорожка ворсовый влаго-грязезащита LAIMA, 0,9х15 м, толщина 7мм, черный, В РУЛОНЕ, 602880</t>
   </si>
   <si>
     <t>Износоустойчивый ворсовый коврик ЛАЙМА предназначен для защиты помещения от уличной грязи, влаги и пыли. Пригоден для сухой и влажной чистки. Подходит для использования как внутри, так и снаружи помещений. Изготовлен из безопасных материалов. Нескользящая основа не дает влаге проникнуть на пол, предотвращает скольжение и возможные травмы при падении. Ворсовое покрытие с ребристой текстурой удерживает влагу и грязь. Размер - 90х1500 см. Толщина - 7 мм. Ворс изготовлен из 100&amp;#37; полиэстера. Коврик выполнен в черном цвете.</t>
   </si>
   <si>
     <t>829481</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/309/f9jhpsvyyosvb9r55shzshcbdpzysv8v.jpg</t>
-[...8 lines deleted...]
-    <t>829483</t>
+    <t>http://anytos.ru//upload/iblock/623/h8e894jqs64nb4z5mimeryztgxstu1ea.jpg</t>
+  </si>
+  <si>
+    <t>Коврик входной резиновый грязесборный ячеистый, 100х150 см, толщина 16 мм, LAIMA EXPERT, 607814</t>
+  </si>
+  <si>
+    <t>Коврик входной резиновый грязесборный ячеистый LAIMA EXPERT. Крупноячеистое резиновое покрытие защищает помещение от уличной грязи. Толщина коврика равна 16 мм. Размер - 100х150 см. Цвет - черный.</t>
+  </si>
+  <si>
+    <t>835406</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ad/u325tntu1b2c6dmaifmpzypb3m52fpr3.jpg</t>
+  </si>
+  <si>
+    <t>Коврик входной резиновый грязесборный ячеистый, 100х150 см, толщина 22 мм, LAIMA EXPERT, 607815</t>
+  </si>
+  <si>
+    <t>Коврик входной резиновый грязесборный ячеистый LAIMA EXPERT. Крупноячеистое резиновое покрытие защищает помещение от уличной грязи. Толщина коврика равна 22 мм. Размер - 100х150 см. Цвет - черный.</t>
+  </si>
+  <si>
+    <t>835407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58d/gpupvxpmzff6q9kd7lyrvn304qqa6v2b.jpg</t>
   </si>
   <si>
     <t>Коврик входной резиновый грязесборный ячеистый, 40х60 см, толщина 16 мм, LAIMA EXPERT, 607810</t>
   </si>
   <si>
     <t>Коврик входной резиновый грязесборный ячеистый LAIMA EXPERT. Крупноячеистое резиновое покрытие защищает помещение от уличной грязи. Толщина коврика равна 16 мм. Размер - 40х60 см. Цвет - черный.</t>
   </si>
   <si>
     <t>835408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cc/2a5cvigq8w5nsfsv26fwsyaqab1pmzr6.jpg</t>
   </si>
   <si>
     <t>Коврик входной резиновый грязесборный ячеистый, 50х100 см, толщина 16 мм, LAIMA EXPERT, 607811</t>
   </si>
   <si>
     <t>Коврик входной резиновый грязесборный ячеистый LAIMA EXPERT. Крупноячеистое резиновое покрытие защищает помещение от уличной грязи. Служит препятствием для песка и крупной грязи. Идеально размещать в зонах перед ворсовыми коврами. Толщина коврика равна 16 мм. Размер - 50х100 см. Цвет - черный.</t>
   </si>
   <si>
     <t>835409</t>
   </si>
@@ -651,62 +624,50 @@
     <t>931028</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f26/np1zln629e3ro7gfq25mfww0cu8bjn30.jpg</t>
   </si>
   <si>
     <t>Коврик придверный ячеистый грязесборный. Размер 60х40 см.</t>
   </si>
   <si>
     <t>Коврик придверный ячеистый грязесборный. Размер 60х40 см. Материал: Полимерный материал &amp;#40;ТЭП&amp;#41;</t>
   </si>
   <si>
     <t>952938</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multidom/"&gt;MULTIDOM&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b3/i9r9t3fqjlv0lg21jr00pqk3m3r712pf.jpg</t>
   </si>
   <si>
     <t>Соединители для коврика ячеистого грязесборного, 2 штуки</t>
   </si>
   <si>
     <t>955470</t>
-  </si>
-[...10 lines deleted...]
-    <t>977949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d9/g36gj4bhhsbwo1ylbsgnhwp3ipkji2h1.jpg</t>
   </si>
   <si>
     <t>Дезодоратор коврик для писсуара оранжевый, аромат Манго, LAIMA Professional, на 30 дней, 608899</t>
   </si>
   <si>
     <t>Дезодоратор коврик для писсуара LAIMA PROFESSIONAL - это защита от запаха и разбрызгивания до 30 дней и поддержание чистоты в туалетной комнате. Применяется в общественных туалетных комнатах отелей, офисных зданий, аэропортов, больниц, ресторанов. Коврик LAIMA PROFESSIONAL эффективно предотвращает неприятные запахи в общественных туалетных комнатах, обеспечивая приятный аромат в течение 30 дней. Благодаря особой структуре ворса эффективно предотвращает разбрызгивание воды и урины, что позволит сэкономить время и затраты на уборку. Он не только избавит от проблем, связанных с уборкой туалетной комнаты, но и устранит вероятность возникновение засоров.Использование ковриков для писсуара LAIMA PROFESSIONAL позволит значительно повысить уровень гигиены туалетных комнат, а это в свою очередь значительно повысит комфорт посетителей и престиж самого заведения.Диаметр коврика – 17 см.Цвет – оранжевый.Аромат – манго.</t>
   </si>
   <si>
     <t>977950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/501/ilnru87766dz5tdwdj77dg6bcvii94pw.jpg</t>
   </si>
   <si>
     <t>Накладка на ступень противоскользящая, 25х45 см.</t>
   </si>
   <si>
     <t>Накладка на ступень противоскользящая, 25х45 см. Материал: Полимерный материал &amp;#40;ТЭП&amp;#41;</t>
   </si>
   <si>
     <t>1004625</t>
   </si>
@@ -1348,1906 +1309,1826 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J83"/>
+  <dimension ref="A1:M79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G83" sqref="G83"/>
+      <selection pane="bottomRight" activeCell="G79" sqref="G79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...22 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...773 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>195</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>200</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B52" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F52" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F54" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...42 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B55" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>20</v>
+        <v>223</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F58" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>223</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F61" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G61" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="G61" s="3" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F62" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="G62" s="3" t="s">
-[...3 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...216 lines deleted...]
-      </c>
       <c r="B73" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>257</v>
+        <v>297</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...91 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">