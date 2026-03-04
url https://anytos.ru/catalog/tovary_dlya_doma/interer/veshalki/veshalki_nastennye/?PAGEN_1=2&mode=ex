--- v0 (2025-10-13)
+++ v1 (2026-03-04)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="499">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/730/kfjcbi92xas4p4tjjw8b9uujqlwuq379.jpg</t>
   </si>
   <si>
     <t>Держатель-крючок настенный двойной. 2 пары. Размер 14х6 см.</t>
   </si>
   <si>
     <t>Держатель-крючок настенный двойной. 2 пары. Размер 14х6 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Пластмасса &amp;#40;PVC&amp;#41;</t>
   </si>
   <si>
     <t>Вешалки настенные</t>
@@ -293,50 +302,65 @@
   <si>
     <t>Крючок &amp;quot;Ромб&amp;quot;. Набор 2 штуки &amp;#40;бол&amp;#41;. Размер 4,5х5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25c/y9t7pyjto1ngzbprcj4z12csy7ic4ws7.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Цветок quot;  на присоске  4 цвета</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Цветок&amp;quot; &amp;#40;на присоске&amp;#41; 4 цвета. Материал: Металл &amp;#40;Сталь хромированная&amp;#41;, Пластмасса</t>
   </si>
   <si>
     <t>999707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35d/uv5ip0v2xj3ffhgvfdmmjegrmqt8le7p.jpg</t>
   </si>
   <si>
     <t>999708</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/293/ljgopx0m6a2tbz7l4sftgya0gb04iwqn.jpg</t>
+  </si>
+  <si>
+    <t>Крючок  quot;Цветок quot;. Набор 3 штуки. Размер 6х6 см.</t>
+  </si>
+  <si>
+    <t>Крючок &amp;quot;Цветок&amp;quot;. Набор 3 штуки. Размер 6х6 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Пластмасса &amp;#40;PVC&amp;#41;, Металл &amp;#40;Сталь хромированная&amp;#41;</t>
+  </si>
+  <si>
+    <t>999709</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/48e/9wtbf3afj1lv42p1avz5m03gxrys6d8s.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Цветы quot;. Набор 2 штуки. Размер 6х4,5 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Цветы&amp;quot;. Набор 2 штуки. Размер 6х4,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89b/fc5kx1sn0ka3608syfxwnk52evhanz4d.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Ягодки quot;. Набор 2 штуки. Размер 6,5х4,5 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Ягодки&amp;quot;. Набор 2 штуки. Размер 6,5х4,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999711</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38b/jfedowe3h2kk1zhknbs38iovlz5equdb.jpg</t>
@@ -428,50 +452,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/964/wl2bf79rkfik825nfb7btduq6cpoebdq.jpg</t>
   </si>
   <si>
     <t>Крючок навесной. Размер 7х2 см.</t>
   </si>
   <si>
     <t>Крючок навесной. Размер 7х2 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ca/5znpnwoow255v63ps7qg1b59glt8k0za.jpg</t>
   </si>
   <si>
     <t>Крючок навесной 11х4см.</t>
   </si>
   <si>
     <t>Крючок навесной 11х4см. Материал: Пластмасса &amp;#40;PS&amp;#41;</t>
   </si>
   <si>
     <t>999720</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f6f/793m5iyzidr1l4tszkgnv5qqnlvo766h.jpg</t>
+  </si>
+  <si>
+    <t>Крючок тройной  quot;Слон quot;. Размер 9,5х5 см.</t>
+  </si>
+  <si>
+    <t>Крючок тройной &amp;quot;Слон&amp;quot;. Размер 9,5х5 см. Материал: Пластмасса &amp;#40;РР&amp;#41;</t>
+  </si>
+  <si>
+    <t>999721</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d79/uanehig1z065oq4ntozo843h6pdu6tcx.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Блэк quot;. Размер 4,5х4,5х2,5 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Блэк&amp;quot;. Размер 4,5х4,5х2,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999722</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49e/e8u602ests10poz9klne6lfw2qbh3oht.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Сильвер quot;. Размер 4,5х4,5х3 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Сильвер&amp;quot;. Размер 4,5х4,5х3 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999723</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d0/a095zh08f3l11z93plowmc12i2i1yuti.jpg</t>
@@ -662,74 +698,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/72c/yk96oggkxos2lubb3uleuh1rz33o4uks.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2-х крючков  дл.овал.  3 цвета  27.205 </t>
   </si>
   <si>
     <t>Набор из 2-х крючков &amp;#40;дл.овал.&amp;#41; 3 цвета &amp;#40;27.205&amp;#41;. Материал: Пластмасса &amp;#40;PS&amp;#41;</t>
   </si>
   <si>
     <t>999739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b9/xwqi9rqkv0qkx47t4vo02lpzr5l45pm3.jpg</t>
   </si>
   <si>
     <t>Набор из 3-х крючков  quot;Вуд овал quot;. Размер 8х2х4,2 см.</t>
   </si>
   <si>
     <t>Набор из 3-х крючков &amp;quot;Вуд овал&amp;quot;. Размер 8х2х4,2 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
   </si>
   <si>
     <t>999740</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/70e/mojap1itnqgog7jbp6fpi623z2r87odo.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e28/h1yp4sgspgbq8m2v31sp3wg8bqy5e41a.jpg</t>
   </si>
   <si>
     <t>Набор из 3-х крючков  quot;Зайчата quot;. Размер 7,5х2х4,2 см.</t>
   </si>
   <si>
     <t>Набор из 3-х крючков &amp;quot;Зайчата&amp;quot;. Размер 7,5х2х4,2 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
   </si>
   <si>
     <t>999743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf4/ryxqc3adc7p82wblkobjp955l8f1ilzp.jpg</t>
   </si>
   <si>
     <t>Набор из 3-х крючков  quot;Котята quot;. Размер 7,5х2х3,5 см.</t>
   </si>
   <si>
     <t>Набор из 3-х крючков &amp;quot;Котята&amp;quot;. Размер 7,5х2х3,5 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
   </si>
   <si>
     <t>999744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c26/miw6g4rnvzuwkjno0p5cjbr2b2fkv2ie.jpg</t>
@@ -794,101 +806,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e8b/a263tdh9n8bkqwjh7ofa3xqddebolm1a.jpg</t>
   </si>
   <si>
     <t>Набор крючков  quot;Радужные quot;. 6 штук. Размер 7х5,5см.</t>
   </si>
   <si>
     <t>Набор крючков &amp;quot;Радужные&amp;quot;. 6 штук. Размер 7х5,5см. Материал: Металл &amp;#40;Сталь&amp;#41;, Пластмасса &amp;#40;поливинилохлорид&amp;#41;</t>
   </si>
   <si>
     <t>999750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b3/3zchghhzxi8haglg0a11zfrqd46dsa3v.jpg</t>
   </si>
   <si>
     <t>Набор крючков  quot;Следы quot;. 3 штуки. Размер 4х5,5 см. 3 цвета</t>
   </si>
   <si>
     <t>Набор крючков &amp;quot;Следы&amp;quot;. 3 штуки. Размер 4х5,5 см. 3 цвета. Материал: Пластмасса &amp;#40;PS&amp;#41;, Металл &amp;#40;Стальная хромированная проволока&amp;#41;</t>
   </si>
   <si>
     <t>999751</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f9/s028t3xyvlw9xwknvu4f2vo4e3086db9.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7b0/j0k0rklfg2zitm7nvv4k7tvyzsobdko3.jpg</t>
   </si>
   <si>
     <t>Навесной крючок для кухонного текстиля 3 цвета</t>
   </si>
   <si>
     <t>Навесной крючок для кухонного текстиля 3 цвета. Материал: Пластмасса &amp;#40;РР&amp;#41;</t>
   </si>
   <si>
     <t>999753</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d89/syi0oxfowcpspptjkq33wse8pixs3ia1.jpg</t>
   </si>
   <si>
     <t>Набор крючков 4 штуки.  quot;Пластик Топ quot;. Размер 6х5см. 2 цвета</t>
   </si>
   <si>
     <t>Набор крючков 4 штуки. &amp;quot;Пластик Топ&amp;quot;. Размер 6х5см. 2 цвета. Материал: Металл &amp;#40;Сталь хромированная&amp;#41;, Пластмасса</t>
   </si>
   <si>
     <t>999754</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a0d/11z3j79u6f12kx5ccuo5dxsnvyccia10.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d1a/9azxpt4ls2uv8oqgdsvvqs9sko2ef54s.jpg</t>
   </si>
   <si>
     <t>Набор из 2-х крючков  quot;Листок quot; мал</t>
   </si>
   <si>
     <t>Набор из 2-х крючков &amp;quot;Листок&amp;quot; мал. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;, Пластмасса &amp;#40;полипропилен&amp;#41;</t>
   </si>
   <si>
     <t>999757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/adc/28oiz72to2mbg6o4dr8e6ntjzg55qzon.jpg</t>
   </si>
   <si>
     <t>Набор из 2-х крючков  quot;Морские обитатели quot;. Размер 7,5х4,5 см. 4 дизайна</t>
   </si>
   <si>
     <t>Набор из 2-х крючков &amp;quot;Морские обитатели&amp;quot;. Размер 7,5х4,5 см. 4 дизайна. Материал: Металл, Пластмасса</t>
   </si>
   <si>
     <t>999758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/271/li6jmca19rxcz1vibfmojimjztmaa4zi.jpg</t>
@@ -1100,50 +1085,62 @@
   <si>
     <t>Планка настенная с 4 крючками. Размер 39,5х7х5 см.</t>
   </si>
   <si>
     <t>Планка настенная с 4 крючками. Размер 39,5х7х5 см. Материал: Дерево &amp;#40;Береза&amp;#41;</t>
   </si>
   <si>
     <t>999776</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/036/yprd2xoc7i8en9lnrv5djn35us974qun.jpg</t>
   </si>
   <si>
     <t>Планка с 2 крючками  quot;Стэнли стил quot; Длина 8 см</t>
   </si>
   <si>
     <t>Планка с 2 крючками &amp;quot;Стэнли стил&amp;quot; Длина 8 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999777</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f44/16rb0otyslro137zya4pf9ru03uvct1a.jpg</t>
+  </si>
+  <si>
+    <t>Планка с 2 крючками  quot;Фрукты quot; 4 дизайна</t>
+  </si>
+  <si>
+    <t>Планка с 2 крючками &amp;quot;Фрукты&amp;quot; 4 дизайна. Материал: Металл, Пластмасса</t>
+  </si>
+  <si>
+    <t>999778</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ee9/alwqox1sb9c1djee79hsc20ihlga1h5r.jpg</t>
   </si>
   <si>
     <t>Планка с 3 крючками  quot;Морская жизнь quot;. Размер 13х6,5 см. 4 дизайна</t>
   </si>
   <si>
     <t>Планка с 3 крючками &amp;quot;Морская жизнь&amp;quot;. Размер 13х6,5 см. 4 дизайна. Материал: Металл, Пластмасса</t>
   </si>
   <si>
     <t>999779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b6/y7licziigdnwc1xxgonmwuvcbzi89cop.jpg</t>
   </si>
   <si>
     <t>Планка с 3 крючками  quot;Стэнли стил quot; Длина 12 см.</t>
   </si>
   <si>
     <t>Планка с 3 крючками &amp;quot;Стэнли стил&amp;quot; Длина 12 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8e/al0hx1emvs0oxswyo21kovflszga7c3h.jpg</t>
@@ -1187,62 +1184,50 @@
   <si>
     <t>Планка с 4 крючками  quot;Фрукты quot; 4 дизайна</t>
   </si>
   <si>
     <t>Планка с 4 крючками &amp;quot;Фрукты&amp;quot; 4 дизайна. Материал: Металл, Пластмасса</t>
   </si>
   <si>
     <t>999784</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/256/211bsq98uborn2m78ms6h2a8simjwks2.jpg</t>
   </si>
   <si>
     <t>Планка с 6 крючками  quot;Улыбка quot; 3 цвета</t>
   </si>
   <si>
     <t>Планка с 6 крючками &amp;quot;Улыбка&amp;quot; 3 цвета. Материал: Металл, Пластмасса</t>
   </si>
   <si>
     <t>999785</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b9/wolmxles5finv4lezom4jrz52b5r7ea3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bff/slpx4ek1mvpykvydtcwrjkwns9rx3b02.jpg</t>
   </si>
   <si>
     <t>Планка с 6 крючками. Размер 36,5х5,5х2,5см.</t>
   </si>
   <si>
     <t>Планка с 6 крючками. Размер 36,5х5,5х2,5см. Материал: Пластмасса &amp;#40;ABS&amp;#41;, Пластмасса &amp;#40;PVC&amp;#41;</t>
   </si>
   <si>
     <t>999787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9b/9nnb7wkeyqm8zp75t75ht5qiyvgul1z1.jpg</t>
   </si>
   <si>
     <t>Планка с крючками  3 штуки  quot;Дуга quot; . Длина 29 см.</t>
   </si>
   <si>
     <t>Планка с крючками &amp;#40;3 штуки &amp;quot;Дуга&amp;quot;&amp;#41;. Длина 29 см. Материал: Металл &amp;#40;Сталь хромированная&amp;#41;</t>
   </si>
   <si>
     <t>999788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d9a/g16j18b2dntdmy3bu9s2bvqfe0l847p3.jpg</t>
@@ -1310,113 +1295,89 @@
   <si>
     <t>Слайд-крючки 6 штук дл. 34 см. 2 цвета</t>
   </si>
   <si>
     <t>Слайд-крючки 6 штук дл. 34 см. 2 цвета. Материал: Металл &amp;#40;Сталь&amp;#41;, Пластмасса</t>
   </si>
   <si>
     <t>999795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20f/bzifhzenr7mlz47d7dqr7gwprz8cvnes.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся для гирлянд и проводов 1,5х1,5 см, КОМПЛЕКТ 18 шт., LAIMA Home, 608795</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из прозрачного пластика для незаметного крепления гирлянд, проводов и декоративных аксессуаров легко впишутся в любой интерьер и помогут организовать пространство. Крючки самоклеящиеся из прозрачного пластика для крепления гирлянд и проводов подойдут для использования в любом месте вашего дома. С их помощью можно размещать декоративные аксессуары и сезонные украшения на стенах, потолке и мебели. Легко крепятся на любую гладкую, твердую и ровную поверхность: дерево, плитку, металл, стекло, гипсокартон, окрашенные гладкие стены. Позволяют обойтись без сверления стен. Держатели для гирлянд легко фиксируются в нужных местах и удаляются, не оставляя следов.Крючки изготовлены из прозрачного пластика с акриловым клеем на обратной стороне.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой основы крючка; 3&amp;#41; крепко прижимайте крючок в течение 30 секунд к нужной поверхности; 4&amp;#41; аккуратно закрепите провод.Комплект – 18 штук. Цвет – прозрачный. Размер основания крючка – 1,5 x 1,5 см.Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>999902</t>
   </si>
   <si>
     <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c37/vrjm76jwbhz4jm7jjry5cteeeh10acl4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e5a/p4r6mpkf1f0okkbv2lpcttk1r9aunma0.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся для гирлянд и проводов 1,5х1,5 см, КОМПЛЕКТ 90 шт., LAIMA Home, 608797</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из прозрачного пластика для незаметного крепления гирлянд, проводов и декоративных аксессуаров легко впишутся в любой интерьер и помогут организовать пространство. Крючки самоклеящиеся из прозрачного пластика для крепления гирлянд и проводов подойдут для использования в любом месте вашего дома. С их помощью можно размещать декоративные аксессуары и сезонные украшения на стенах, потолке и мебели. Легко крепятся на любую гладкую, твердую и ровную поверхность: дерево, плитку, металл, стекло, гипсокартон, окрашенные гладкие стены. Позволяют обойтись без сверления стен. Держатели для гирлянд легко фиксируются в нужных местах и удаляются, не оставляя следов.Крючки изготовлены из прозрачного пластика с акриловым клеем на обратной стороне.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой основы крючка; 3&amp;#41; крепко прижимайте крючок в течение 30 секунд к нужной поверхности; 4&amp;#41; аккуратно закрепите провод.Комплект – 90 штук. Цвет – прозрачный. Размер основания крючка – 1,5 x 1,5 см.Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>999904</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3c/i1mj4untr3b6bxqxhy6q1bdo74sl4moz.jpg</t>
-[...8 lines deleted...]
-    <t>999905</t>
+    <t>http://anytos.ru//upload/iblock/4da/paq0c4hkr4820p0umvxyjvwa87trt2k7.jpg</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся универсальные 2,5x4,5 см, КОМПЛЕКТ 4 шт., сталь, серебристые, LAIMA HOME, 608788</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 4 штуки. Цвет – серебристый. Размер основания крючка – 2,5 x 4,5 см. Выдерживает вес до 15 кг.Поставляются в картонной коробке.</t>
+  </si>
+  <si>
+    <t>999906</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся универсальные 2,5x4,5 см, КОМПЛЕКТ 8 шт., сталь, серебристые, LAIMA Home, 608789</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 8 штук. Цвет – серебристый. Размер основания крючка – 2,5 x 4,5 см. Выдерживает вес до 15 кг.Поставляются в картонной коробке.</t>
+  </si>
+  <si>
+    <t>999907</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4da/paq0c4hkr4820p0umvxyjvwa87trt2k7.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/db4/grvk1fcs3f5jtoo14ez0cll4ouxo03d5.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 4,5x4,5 см, КОМПЛЕКТ 4 шт., сталь, серебристые, LAIMA Home, 608785</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Крючок имеет специальный ограничитель для предотвращения падения вещей.Комплект – 4 штуки. Цвет – серебристый. Размер основания крючка – 4,5 x 4,5 см. Выдерживает вес до 30 кг.Поставляются в картонной коробке.</t>
   </si>
   <si>
     <t>999908</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ae/y9o4w63bqfyirmkghuhggi1oj306s47d.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 4,5x4,5 см, КОМПЛЕКТ 4 шт., сталь, черные, LAIMA Home, 608786</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Крючок имеет специальный ограничитель для предотвращения падения вещей.Комплект – 4 штуки. Цвет – черный. Размер основания крючка – 4,5 x 4,5 см. Выдерживает вес до 30 кг.Поставляются в картонной коробке.</t>
   </si>
   <si>
     <t>999909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec2/zsm8c3zgnrcs3t86k6jxa94986rzvpm6.jpg</t>
@@ -1446,62 +1407,50 @@
     <t>999911</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 6х6 см, КОМПЛЕКТ 20 шт., сталь   ПВХ, LAIMA Home, 608792</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся на липкой прозрачной основе уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Благодаря стильному современному дизайну впишутся в любой интерьер, помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. Их можно использовать для того, чтобы вешать: халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки – на кухне; ключи, сумки и верхнюю одежду – в прихожей; а также как дополнительные крючки в шкафу. Легко крепятся на кафельную, стеклянную и любую другую гладкую, твердую и ровную поверхность. Позволяют обойтись без сверления стен. Благодаря прозрачной ПВХ-основе впишутся в любой интерьер. При необходимости ПВХ-основу можно разрезать или сгибать для более удобного использования.Крючки изготовлены из нержавеющей стали. На обратную сторону прозрачной ПВХ-основы нанесен акриловый клей.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой поверхности крючка; 3&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 4&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 20 штук. Цвет – серебристый. Размер основания крючка – 6 x 6 см. Выдерживают вес до 10 кг.Поставляются в прозрачном пакете.</t>
   </si>
   <si>
     <t>999912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/490/h5ieh2ve54zepu9o3xysdniw75yq09a4.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 7х7 см, КОМПЛЕКТ 5 шт., сталь   ПВХ, LAIMA Home, 608790</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся на липкой прозрачной основе уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Благодаря стильному современному дизайну впишутся в любой интерьер, помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. Их можно использовать для того, чтобы вешать: халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки – на кухне; ключи, сумки и верхнюю одежду – в прихожей; а также как дополнительные крючки в шкафу. Легко крепятся на кафельную, стеклянную и любую другую гладкую, твердую и ровную поверхность. Позволяют обойтись без сверления стен. Благодаря прозрачной ПВХ-основе впишутся в любой интерьер. При необходимости ПВХ-основу можно разрезать или сгибать для более удобного использования.Крючки изготовлены из нержавеющей стали. На обратную сторону прозрачной ПВХ-основы нанесен акриловый клей.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой поверхности крючка; 3&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 4&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 5 штук. Цвет – серебристый. Размер основания крючка – 7 x 7 см. Выдерживают вес до 10 кг.Поставляются в прозрачном пакете.</t>
   </si>
   <si>
     <t>999913</t>
-  </si>
-[...10 lines deleted...]
-    <t>999914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f6/0t9zsb1zw92fk16nqjfp914n7789amyx.jpg</t>
   </si>
   <si>
     <t>Крючки для штор. Набор 25 штук. Длина 3,5 см.</t>
   </si>
   <si>
     <t>Крючки для штор. Набор 25 штук. Длина 3,5 см. Материал: Пластмасса &amp;#40;РР&amp;#41;</t>
   </si>
   <si>
     <t>1004628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eff/k2hp02533r7gni8za4qn4curcv5d182d.jpg</t>
   </si>
   <si>
     <t>Крючок навесной двойной  quot;Лофт quot;. Размер 10х11х18,5 см.</t>
   </si>
   <si>
     <t>Крючок навесной двойной &amp;quot;Лофт&amp;quot;. Размер 10х11х18,5 см. Материал: Металл &amp;#40;Проволока&amp;#41;, Металл &amp;#40;Сталь с эмалевым покрытием&amp;#41;, Пластмасса &amp;#40;PP&amp;#41;</t>
   </si>
   <si>
     <t>1004629</t>
   </si>
@@ -1879,2859 +1828,2756 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J123"/>
+  <dimension ref="A1:M118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G123" sqref="G123"/>
+      <selection pane="bottomRight" activeCell="G118" sqref="G118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...341 lines deleted...]
-      <c r="E41" s="3" t="s">
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...157 lines deleted...]
-      <c r="E48" s="3" t="s">
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...972 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G101" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...98 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>14</v>
+        <v>426</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F106" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="F107" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="G107" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="G107" s="3" t="s">
-[...3 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="G109" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...6 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>453</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>431</v>
+        <v>17</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>431</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>431</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>431</v>
+        <v>481</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>150</v>
-[...114 lines deleted...]
-        <v>357</v>
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">