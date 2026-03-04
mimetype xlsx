--- v0 (2026-01-02)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="498">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -212,50 +212,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/692/v2zprucgzugho81nl13yifowyokpf5rh.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Квадрат quot;. Набор 2 штуки  бол . Размер 5х5 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Квадрат&amp;quot;. Набор 2 штуки &amp;#40;бол&amp;#41;. Размер 5х5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999698</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/069/ugcjtcsip48pi7has3og8g22h7hjkqwu.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Квадрат quot;. Набор 3 штуки  мал . Размер 3,5х3,5 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Квадрат&amp;quot;. Набор 3 штуки &amp;#40;мал&amp;#41;. Размер 3,5х3,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999699</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/06f/y4vzdei5sl7zh672o6zk65gim27a3azm.jpg</t>
+  </si>
+  <si>
+    <t>Крючок  quot;Круг quot;. Набор 2 штуки. Размер 5,5х4,5 см.</t>
+  </si>
+  <si>
+    <t>Крючок &amp;quot;Круг&amp;quot;. Набор 2 штуки. Размер 5,5х4,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
+  </si>
+  <si>
+    <t>999700</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3d9/boj803ukl4fe4qa4dkar4rvauqtkjmoc.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Кружок quot;. Набор 2 штуки  бол . Размер 5,5х5 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Кружок&amp;quot;. Набор 2 штуки &amp;#40;бол&amp;#41;. Размер 5,5х5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef1/p04x581zoytl59963hw30t8d0vlzoj4z.jpg</t>
   </si>
   <si>
     <t>Крючок  quot;Кружок quot;. Набор 2 штуки  мал . Размер 4х3,5 см.</t>
   </si>
   <si>
     <t>Крючок &amp;quot;Кружок&amp;quot;. Набор 2 штуки &amp;#40;мал&amp;#41;. Размер 4х3,5 см. Материал: Металл &amp;#40;Нержавеющая сталь&amp;#41;</t>
   </si>
   <si>
     <t>999702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/266/ip7nmoyerztogzaqy1qq2jtfr5heuxyt.jpg</t>
@@ -686,62 +698,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/72c/yk96oggkxos2lubb3uleuh1rz33o4uks.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2-х крючков  дл.овал.  3 цвета  27.205 </t>
   </si>
   <si>
     <t>Набор из 2-х крючков &amp;#40;дл.овал.&amp;#41; 3 цвета &amp;#40;27.205&amp;#41;. Материал: Пластмасса &amp;#40;PS&amp;#41;</t>
   </si>
   <si>
     <t>999739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b9/xwqi9rqkv0qkx47t4vo02lpzr5l45pm3.jpg</t>
   </si>
   <si>
     <t>Набор из 3-х крючков  quot;Вуд овал quot;. Размер 8х2х4,2 см.</t>
   </si>
   <si>
     <t>Набор из 3-х крючков &amp;quot;Вуд овал&amp;quot;. Размер 8х2х4,2 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
   </si>
   <si>
     <t>999740</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/70e/mojap1itnqgog7jbp6fpi623z2r87odo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e28/h1yp4sgspgbq8m2v31sp3wg8bqy5e41a.jpg</t>
   </si>
   <si>
     <t>Набор из 3-х крючков  quot;Зайчата quot;. Размер 7,5х2х4,2 см.</t>
   </si>
   <si>
     <t>Набор из 3-х крючков &amp;quot;Зайчата&amp;quot;. Размер 7,5х2х4,2 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
   </si>
   <si>
     <t>999743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf4/ryxqc3adc7p82wblkobjp955l8f1ilzp.jpg</t>
   </si>
   <si>
     <t>Набор из 3-х крючков  quot;Котята quot;. Размер 7,5х2х3,5 см.</t>
   </si>
   <si>
     <t>Набор из 3-х крючков &amp;quot;Котята&amp;quot;. Размер 7,5х2х3,5 см. Материал: Пластмасса &amp;#40;PP&amp;#41;, Металл</t>
   </si>
   <si>
     <t>999744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c26/miw6g4rnvzuwkjno0p5cjbr2b2fkv2ie.jpg</t>
@@ -1184,62 +1184,50 @@
   <si>
     <t>Планка с 4 крючками  quot;Фрукты quot; 4 дизайна</t>
   </si>
   <si>
     <t>Планка с 4 крючками &amp;quot;Фрукты&amp;quot; 4 дизайна. Материал: Металл, Пластмасса</t>
   </si>
   <si>
     <t>999784</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/256/211bsq98uborn2m78ms6h2a8simjwks2.jpg</t>
   </si>
   <si>
     <t>Планка с 6 крючками  quot;Улыбка quot; 3 цвета</t>
   </si>
   <si>
     <t>Планка с 6 крючками &amp;quot;Улыбка&amp;quot; 3 цвета. Материал: Металл, Пластмасса</t>
   </si>
   <si>
     <t>999785</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b9/wolmxles5finv4lezom4jrz52b5r7ea3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bff/slpx4ek1mvpykvydtcwrjkwns9rx3b02.jpg</t>
   </si>
   <si>
     <t>Планка с 6 крючками. Размер 36,5х5,5х2,5см.</t>
   </si>
   <si>
     <t>Планка с 6 крючками. Размер 36,5х5,5х2,5см. Материал: Пластмасса &amp;#40;ABS&amp;#41;, Пластмасса &amp;#40;PVC&amp;#41;</t>
   </si>
   <si>
     <t>999787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9b/9nnb7wkeyqm8zp75t75ht5qiyvgul1z1.jpg</t>
   </si>
   <si>
     <t>Планка с крючками  3 штуки  quot;Дуга quot; . Длина 29 см.</t>
   </si>
   <si>
     <t>Планка с крючками &amp;#40;3 штуки &amp;quot;Дуга&amp;quot;&amp;#41;. Длина 29 см. Материал: Металл &amp;#40;Сталь хромированная&amp;#41;</t>
   </si>
   <si>
     <t>999788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d9a/g16j18b2dntdmy3bu9s2bvqfe0l847p3.jpg</t>
@@ -1307,113 +1295,89 @@
   <si>
     <t>Слайд-крючки 6 штук дл. 34 см. 2 цвета</t>
   </si>
   <si>
     <t>Слайд-крючки 6 штук дл. 34 см. 2 цвета. Материал: Металл &amp;#40;Сталь&amp;#41;, Пластмасса</t>
   </si>
   <si>
     <t>999795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20f/bzifhzenr7mlz47d7dqr7gwprz8cvnes.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся для гирлянд и проводов 1,5х1,5 см, КОМПЛЕКТ 18 шт., LAIMA Home, 608795</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из прозрачного пластика для незаметного крепления гирлянд, проводов и декоративных аксессуаров легко впишутся в любой интерьер и помогут организовать пространство. Крючки самоклеящиеся из прозрачного пластика для крепления гирлянд и проводов подойдут для использования в любом месте вашего дома. С их помощью можно размещать декоративные аксессуары и сезонные украшения на стенах, потолке и мебели. Легко крепятся на любую гладкую, твердую и ровную поверхность: дерево, плитку, металл, стекло, гипсокартон, окрашенные гладкие стены. Позволяют обойтись без сверления стен. Держатели для гирлянд легко фиксируются в нужных местах и удаляются, не оставляя следов.Крючки изготовлены из прозрачного пластика с акриловым клеем на обратной стороне.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой основы крючка; 3&amp;#41; крепко прижимайте крючок в течение 30 секунд к нужной поверхности; 4&amp;#41; аккуратно закрепите провод.Комплект – 18 штук. Цвет – прозрачный. Размер основания крючка – 1,5 x 1,5 см.Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>999902</t>
   </si>
   <si>
     <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c37/vrjm76jwbhz4jm7jjry5cteeeh10acl4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e5a/p4r6mpkf1f0okkbv2lpcttk1r9aunma0.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся для гирлянд и проводов 1,5х1,5 см, КОМПЛЕКТ 90 шт., LAIMA Home, 608797</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из прозрачного пластика для незаметного крепления гирлянд, проводов и декоративных аксессуаров легко впишутся в любой интерьер и помогут организовать пространство. Крючки самоклеящиеся из прозрачного пластика для крепления гирлянд и проводов подойдут для использования в любом месте вашего дома. С их помощью можно размещать декоративные аксессуары и сезонные украшения на стенах, потолке и мебели. Легко крепятся на любую гладкую, твердую и ровную поверхность: дерево, плитку, металл, стекло, гипсокартон, окрашенные гладкие стены. Позволяют обойтись без сверления стен. Держатели для гирлянд легко фиксируются в нужных местах и удаляются, не оставляя следов.Крючки изготовлены из прозрачного пластика с акриловым клеем на обратной стороне.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой основы крючка; 3&amp;#41; крепко прижимайте крючок в течение 30 секунд к нужной поверхности; 4&amp;#41; аккуратно закрепите провод.Комплект – 90 штук. Цвет – прозрачный. Размер основания крючка – 1,5 x 1,5 см.Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>999904</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3c/i1mj4untr3b6bxqxhy6q1bdo74sl4moz.jpg</t>
-[...8 lines deleted...]
-    <t>999905</t>
+    <t>http://anytos.ru//upload/iblock/4da/paq0c4hkr4820p0umvxyjvwa87trt2k7.jpg</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся универсальные 2,5x4,5 см, КОМПЛЕКТ 4 шт., сталь, серебристые, LAIMA HOME, 608788</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 4 штуки. Цвет – серебристый. Размер основания крючка – 2,5 x 4,5 см. Выдерживает вес до 15 кг.Поставляются в картонной коробке.</t>
+  </si>
+  <si>
+    <t>999906</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся универсальные 2,5x4,5 см, КОМПЛЕКТ 8 шт., сталь, серебристые, LAIMA Home, 608789</t>
+  </si>
+  <si>
+    <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 8 штук. Цвет – серебристый. Размер основания крючка – 2,5 x 4,5 см. Выдерживает вес до 15 кг.Поставляются в картонной коробке.</t>
+  </si>
+  <si>
+    <t>999907</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4da/paq0c4hkr4820p0umvxyjvwa87trt2k7.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/db4/grvk1fcs3f5jtoo14ez0cll4ouxo03d5.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 4,5x4,5 см, КОМПЛЕКТ 4 шт., сталь, серебристые, LAIMA Home, 608785</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Крючок имеет специальный ограничитель для предотвращения падения вещей.Комплект – 4 штуки. Цвет – серебристый. Размер основания крючка – 4,5 x 4,5 см. Выдерживает вес до 30 кг.Поставляются в картонной коробке.</t>
   </si>
   <si>
     <t>999908</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ae/y9o4w63bqfyirmkghuhggi1oj306s47d.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 4,5x4,5 см, КОМПЛЕКТ 4 шт., сталь, черные, LAIMA Home, 608786</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся из нержавеющей стали LAIMA Home уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Органично впишутся в любой интерьер и помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. На них можно вешать халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки на кухне; ключи, сумки и верхнюю одежду в прихожей. Их можно использовать как дополнительные крючки в шкафу, они также подойдут в качестве подхватов для штор. Их легко приклеить и при желании можно удалить.Крючки изготовлены из влагостойкой нержавеющей стали, они долговечны, устойчивы к коррозии, царапинам и высокой температуре.Благодаря клеевой основе из вспененного полиэтилена подходят для крепления на любые гладкие поверхности, позволяют обойтись без сверления стен.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; прогрейте клеевую поверхность крючка бытовым феном; 3&amp;#41; снимите защитный слой с клеевой поверхности крючка; 4&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 5&amp;#41; используйте крючок через 24 часа после приклеивания.Крючок имеет специальный ограничитель для предотвращения падения вещей.Комплект – 4 штуки. Цвет – черный. Размер основания крючка – 4,5 x 4,5 см. Выдерживает вес до 30 кг.Поставляются в картонной коробке.</t>
   </si>
   <si>
     <t>999909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec2/zsm8c3zgnrcs3t86k6jxa94986rzvpm6.jpg</t>
@@ -1443,62 +1407,50 @@
     <t>999911</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 6х6 см, КОМПЛЕКТ 20 шт., сталь   ПВХ, LAIMA Home, 608792</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся на липкой прозрачной основе уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Благодаря стильному современному дизайну впишутся в любой интерьер, помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. Их можно использовать для того, чтобы вешать: халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки – на кухне; ключи, сумки и верхнюю одежду – в прихожей; а также как дополнительные крючки в шкафу. Легко крепятся на кафельную, стеклянную и любую другую гладкую, твердую и ровную поверхность. Позволяют обойтись без сверления стен. Благодаря прозрачной ПВХ-основе впишутся в любой интерьер. При необходимости ПВХ-основу можно разрезать или сгибать для более удобного использования.Крючки изготовлены из нержавеющей стали. На обратную сторону прозрачной ПВХ-основы нанесен акриловый клей.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой поверхности крючка; 3&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 4&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 20 штук. Цвет – серебристый. Размер основания крючка – 6 x 6 см. Выдерживают вес до 10 кг.Поставляются в прозрачном пакете.</t>
   </si>
   <si>
     <t>999912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/490/h5ieh2ve54zepu9o3xysdniw75yq09a4.jpg</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся универсальные 7х7 см, КОМПЛЕКТ 5 шт., сталь   ПВХ, LAIMA Home, 608790</t>
   </si>
   <si>
     <t>Крючки самоклеящиеся на липкой прозрачной основе уберегут ваши стены от сверления. Подойдут для крепления на гладких, непористых поверхностях. Благодаря стильному современному дизайну впишутся в любой интерьер, помогут организовать удобное хранение вещей. Крючки самоклеящиеся широкого спектра применения подойдут для использования в любом месте вашего дома: в спальне, прихожей, на кухне, в ванной и туалете. Универсальные держатели сделают хранение вещей проще и удобнее. Их можно использовать для того, чтобы вешать: халаты, полотенца, фены, мочалки и другие принадлежности в ванной и душе; фартуки, прихватки, мочалки – на кухне; ключи, сумки и верхнюю одежду – в прихожей; а также как дополнительные крючки в шкафу. Легко крепятся на кафельную, стеклянную и любую другую гладкую, твердую и ровную поверхность. Позволяют обойтись без сверления стен. Благодаря прозрачной ПВХ-основе впишутся в любой интерьер. При необходимости ПВХ-основу можно разрезать или сгибать для более удобного использования.Крючки изготовлены из нержавеющей стали. На обратную сторону прозрачной ПВХ-основы нанесен акриловый клей.Для крепления крючка просто следуйте инструкции, приведенной на упаковке: 1&amp;#41; тщательно обезжирьте и высушите поверхность, на которой предполагается использовать крючок; 2&amp;#41; снимите защитный слой с клеевой поверхности крючка; 3&amp;#41; крепко прижимайте крючок к стене в течение 60 секунд; 4&amp;#41; используйте крючок через 24 часа после приклеивания.Комплект – 5 штук. Цвет – серебристый. Размер основания крючка – 7 x 7 см. Выдерживают вес до 10 кг.Поставляются в прозрачном пакете.</t>
   </si>
   <si>
     <t>999913</t>
-  </si>
-[...10 lines deleted...]
-    <t>999914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f6/0t9zsb1zw92fk16nqjfp914n7789amyx.jpg</t>
   </si>
   <si>
     <t>Крючки для штор. Набор 25 штук. Длина 3,5 см.</t>
   </si>
   <si>
     <t>Крючки для штор. Набор 25 штук. Длина 3,5 см. Материал: Пластмасса &amp;#40;РР&amp;#41;</t>
   </si>
   <si>
     <t>1004628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eff/k2hp02533r7gni8za4qn4curcv5d182d.jpg</t>
   </si>
   <si>
     <t>Крючок навесной двойной  quot;Лофт quot;. Размер 10х11х18,5 см.</t>
   </si>
   <si>
     <t>Крючок навесной двойной &amp;quot;Лофт&amp;quot;. Размер 10х11х18,5 см. Материал: Металл &amp;#40;Проволока&amp;#41;, Металл &amp;#40;Сталь с эмалевым покрытием&amp;#41;, Пластмасса &amp;#40;PP&amp;#41;</t>
   </si>
   <si>
     <t>1004629</t>
   </si>
@@ -1876,57 +1828,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M122"/>
+  <dimension ref="A1:M118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G122" sqref="G122"/>
+      <selection pane="bottomRight" activeCell="G118" sqref="G118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2381,112 +2333,112 @@
       </c>
       <c r="B22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -2580,120 +2532,120 @@
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>122</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>18</v>
+        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -2764,120 +2716,120 @@
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -2925,97 +2877,97 @@
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>195</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>18</v>
+        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>199</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -3454,51 +3406,51 @@
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>283</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -3615,51 +3567,51 @@
       </c>
       <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -3730,74 +3682,74 @@
       </c>
       <c r="G80" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>325</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>326</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>327</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>331</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -3822,74 +3774,74 @@
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>347</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>351</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>352</v>
       </c>
     </row>
@@ -3937,51 +3889,51 @@
       </c>
       <c r="G89" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>361</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>364</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>368</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -4190,533 +4142,441 @@
       </c>
       <c r="G100" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>408</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>409</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>18</v>
+        <v>389</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>412</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>413</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>389</v>
+        <v>162</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>417</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>420</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>421</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>425</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>17</v>
+        <v>426</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F106" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="B106" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G106" s="3" t="s">
-        <v>18</v>
+        <v>431</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="G107" s="3" t="s">
         <v>431</v>
-      </c>
-[...16 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>464</v>
+        <v>162</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>466</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>468</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>430</v>
+        <v>17</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>469</v>
+        <v>27</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>472</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>430</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>464</v>
+        <v>162</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>473</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>476</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>430</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>477</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>480</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>430</v>
+        <v>481</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>464</v>
-[...90 lines deleted...]
-      <c r="G122" s="3" t="s">
         <v>352</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>