--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -194,62 +194,50 @@
   <si>
     <t>&lt;a href="/brands/my-little-pony/"&gt;My little pony&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae1/gkpj7mhn13h3ka9649qdao2iklvtomp1.jpg</t>
   </si>
   <si>
     <t>Термо-кружка  quot;My Little Pony: Новое поколение quot;, Розовая, в подарочной упаковке, 330 мл, фарфор</t>
   </si>
   <si>
     <t>837183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d5/ebayw6kre9amhlu3vlydmall2kvs6bzw.jpg</t>
   </si>
   <si>
     <t>Термо-кружка  quot;Винни-Пух quot;, Тигра, в подарочной упаковке, 330 мл, фарфор</t>
   </si>
   <si>
     <t>Термо-кружка в подарочной упаковке с изображением героев популярного диснеевского мультфильма &amp;quot;Винни-Пух&amp;quot; - меняет картинку при добавления горяей воды. Не пригодно для использования в посудомоечной машине и микроволновой печи. Не рекомендуется подвергать изделие длительному воздействию прямых солнечных лучей.</t>
   </si>
   <si>
     <t>837184</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac6/gjm958arrplvxp0m7va0rrnvlmkrhaes.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7d1/x0wr0fk8br54qbbamjedfnp76fz81mr0.jpg</t>
   </si>
   <si>
     <t>Термо-кружка  quot;Игра престолов quot;, Мать Драконов, в подарочной упаковке, 330 мл, фарфор</t>
   </si>
   <si>
     <t>Оригинальная термокружка «Игра престолов. Мать Драконов» ? готовый подарок для поклонников популярного сериала! Налейте 330 мл горячей воды в термокружку и подготовьтесь к волшебству! Новая картинка начнет появляться через пару секунд и уже через минуту проявится полностью. Когда кружка остынет, магия исчезнет вместе с проявившейся картинкой. Кружка отличается ярким дизайном, экологичными материалами и красителями. Подарочная упаковка надежно защищает кружку от повреждений. Фарфоровая кружка-хамелеон подходит для горячих и холодных напитков: воды, чая, сока и др. Не рекомендуем оставлять термокружку на солнце, использовать в СВЧ-печи или посудомоечной машине, и очищать с помощью жестких моющих средств.</t>
   </si>
   <si>
     <t>837186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d38/vjrwzils0ffp2ofuxceofgih81v6rz2e.jpg</t>
   </si>
   <si>
     <t>Термо-кружка  quot;Птицы: Снегирь quot;, в подарочной упаковке, 330 мл, фарфор</t>
   </si>
   <si>
     <t>Термо-кружка в подарочной упаковке с изображением птиц - меняет картинку при добавлении горячей воды. Не пригодно для использования в посудомоечной машине и микроволновой печи. Не рекомендуется подвергать изделие длительному воздействию прямых солнечных лучей.</t>
   </si>
   <si>
     <t>837193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8c/65crixjsmb6p3ka2omn592ud8ag7o68g.jpg</t>
@@ -293,74 +281,50 @@
   <si>
     <t>Термокружка с двойной стенкой из нержавеющей стали, 470 мл, цвет имперский коричневый, LAIMA, 608082</t>
   </si>
   <si>
     <t>930997</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de1/ssu8a95yq31ul3ufvrnt1sa4g8e5rkze.jpg</t>
   </si>
   <si>
     <t>Термокружка с двойной стенкой из нержавеющей стали, 470 мл, цвет королевский синий, LAIMA, 608079</t>
   </si>
   <si>
     <t>930998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73d/vbwscjxxg731vdgf1tycl0hicmwu186l.jpg</t>
   </si>
   <si>
     <t>Термокружка с двойной стенкой из нержавеющей стали, 470 мл, цвет безграничный черный, LAIMA, 608080</t>
   </si>
   <si>
     <t>938688</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/505/q4qx68ev8hh5q9qy4atmsh4zwme02qst.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/891/iegl1ml45aujlgnkbv80lu7sxpi0zrck.jpg</t>
   </si>
   <si>
     <t>Термокружка с двойной стальной стенкой 470 мл, цвет бесконечно темно-серый металлик, LAIMA, 608827</t>
   </si>
   <si>
     <t>978045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8d/h9dmox91dbihusiehkm4w7bpgqjqsx5x.jpg</t>
   </si>
   <si>
     <t>Термокружка с двойной стальной стенкой 470 мл, цвет благородный т мно-синий металлик, LAIMA, 608821</t>
   </si>
   <si>
     <t>978046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eda/xrfvqopshzdjxtobitzc3acqz6ag4he1.jpg</t>
   </si>
   <si>
     <t>Термокружка с двойной стальной стенкой 470 мл, цвет взрывной т мно-красный металлик, LAIMA, 608822</t>
   </si>
   <si>
     <t>978047</t>
@@ -449,123 +413,87 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8f3/ceixuha3xqtkibie7rhaf427mks0ztow.jpg</t>
   </si>
   <si>
     <t>Термостакан MESHU  quot;My Day Mood quot;, 350мл</t>
   </si>
   <si>
     <t>Термостакан MESHU &amp;quot;My Day Mood&amp;quot;, 350мл</t>
   </si>
   <si>
     <t>984267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/174/aywzeqc9uivtdqt0t04ukywrzxw2f5zf.jpg</t>
   </si>
   <si>
     <t>Термостакан MESHU  quot;Style of anime quot;, 350мл</t>
   </si>
   <si>
     <t>Термостакан MESHU &amp;quot;Style of anime&amp;quot;, 350мл</t>
   </si>
   <si>
     <t>984268</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/efc/xi599wnjb3z5hbgio1jelkulhqaskw1j.jpeg</t>
-[...8 lines deleted...]
-    <t>1016944</t>
+    <t>http://anytos.ru//upload/iblock/c90/dsz67msluqxgmddb2gk7kmhxt2h5oqku.jpeg</t>
+  </si>
+  <si>
+    <t>Термокружка  quot;LOVE ME. КОТИКИ.СЧАСТЬЕ quot;, 360 мл.</t>
+  </si>
+  <si>
+    <t>Термокружка &amp;quot;LOVE ME.КОТИКИ.СЧАСТЬЕ&amp;quot; объёмом 360 мл изготовлена из качественной нержавеющей стали SS 201 &amp;#40;снаружи&amp;#41; и SS 304 &amp;#40;внутри&amp;#41;.Благодаря свойствам материала кружка не впитывает посторонних запахов и не меняет вкус напитка. Нержавеющая сталь легко чистится и не подвержена коррозии, что делает кружку идеальным решением для ежедневного использования. Корпус термокружки имеет удобную обтекаемую форму. Компактные размеры &amp;#40;высота 11,6 см и диаметр горлышка 7,8 см&amp;#41; дополнены герметичной пластиковой крышкой с удобной защёлкой, защищающей от случайного открытия и пролива жидкости. Изделие сохраняет напитки горячими до 4 часов и прохладными до 6 часов. Упакована в картонную тубу - отличный вариант для подарка!</t>
+  </si>
+  <si>
+    <t>1016945</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c90/dsz67msluqxgmddb2gk7kmhxt2h5oqku.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/814/ptio3mwsfm2135rx84do96cnatvtj6c9.jpeg</t>
   </si>
   <si>
     <t>Термокружка с силиконовой вставкой  quot;FLORA. Пионы quot;, 500 мл.</t>
   </si>
   <si>
     <t>Термокружка &amp;quot;FLORA. Пионы&amp;quot; объёмом 500 мл изготовлена из качественной нержавеющей стали SS 201 &amp;#40;снаружи&amp;#41; и SS 304 &amp;#40;внутри&amp;#41;. Благодаря свойствам материала кружка не впитывает посторонних запахов и не меняет вкус напитка. Нержавеющая сталь легко чистится и не подвержена коррозии, что делает кружку идеальным решением для ежедневного использования. Компактные размеры &amp;#40;высота 16,8 см и диаметр горлышка 7 см&amp;#41; дополнены герметичной пластиковой крышкой с удобной защёлкой, защищающей от случайного открытия и пролива жидкости. Эргономичная силиконовая накладка предотвращает скольжение и улучшает хват. Изделие сохраняет напитки горячими до 6 часов и прохладными до 8 часов. Корпус термокружки декорирован золотой фольгой. Упакована в картонную тубу - отличный вариант для подарка!</t>
   </si>
   <si>
     <t>1016946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04e/02itgx8k889qx07iiuav81qzp7xj9ivz.jpeg</t>
   </si>
   <si>
     <t>Термобутылка  quot;LOVE ME. МИЛЫЙ КОТИК quot;, 500 мл.</t>
   </si>
   <si>
     <t>Компактная и стильная бутылка &amp;quot;LOVE ME.МИЛЫЙ КОТИК&amp;quot; вместимостью 500 мл выполнена из высококачественной нержавеющей стали SS 201 &amp;#40;снаружи&amp;#41; и SS 304 &amp;#40;внутри&amp;#41;. Нержавеющая сталь не впитывает запахи, не искажает вкус напитков, легко чистится и не подвергается коррозии, что делает термобутылку долговечной и удобной в применении. Ее эргономичные размеры &amp;#40;высота 21,7 см, диаметр горлышка 3,4 см&amp;#41; обеспечивают комфортное использование. Надежная герметичная крышка с резьбовым замком гарантирует полную защиту от протекания жидкости и удобно открывается одной рукой. Двойные стенки термобутылки сохраняют тепло до 8 часов и холод - до 12 часов. Бутылка декорирована золотой фольгой и поставляется в элегантной картонной тубе, что делает ее идеальным подарком.</t>
   </si>
   <si>
     <t>1016947</t>
-  </si>
-[...22 lines deleted...]
-    <t>1016971</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b5/52fj10im8g2vay50m59r87akfjtjfqv2.jpg</t>
   </si>
   <si>
     <t>Термокружка 400 мл JOYLUX  ДЖОЙЛЮКС  EXTRA STYLE, нержавеющая сталь SUS304, белый матовый, 700281</t>
   </si>
   <si>
     <t>Термокружка JOYLUX из нержавеющей стали SUS304 – классическая форма в стильном дизайне! Сохраняет температуру напитков до 8 часов. Удобный питейник и многофункциональная кнопка: открытие, блокировка, разблокировка. Термокружка JOYLUX – это гармоничное сочетание инновационных технологий и эргономичного дизайна, созданное для ценителей качества и практичности. Изготовленная из нержавеющей стали SUS304, она гарантирует долговечность и безопасность: материал не подвержен коррозии, не впитывает запахи и полностью соответствует пищевым стандартам. Двойные вакуумные стенки в сочетании с качественным силиконовым уплотнителем обеспечивают превосходную термоизоляцию – ваши напитки останутся горячими до 8 часов или прохладными до 14 часов. На длительность сохранения температуры влияют: частота открывания крышки, время нахождения в открытом состоянии, температура окружающей среды и начальная температура налитого напитка. Эргономичная форма, оптимальный вес и объем термокружки JOYLUX EXTRA STYLE делают её идеальной для ежедневного использования: она легко помещается в сумку или автомобильный подстаканник, всегда оставаясь под рукой. Герметичная система исключает случайные проливания, а эргономичный питейник обеспечивает комфортное питьё без необходимости снимать крышку. Корпус термокружки снабжен многофункциональной кнопкой, которая позволяет одним движением открывать, блокировать и разблокировать крышку, делая использование максимально удобным. Разработанный дизайн термокружки со специальным покрытием корпуса и хромированными деталями не только выделяет её среди классических моделей, придавая современный и премиальный вид, но и повышает практичность: покрытие обеспечивает устойчивость к царапинам, помогая сохранить первоначальный внешний вид даже при активном использовании.Термокружка JOYLUX EXTRA STYLE имеет высоту 20,5 см и диаметр донышка 6,5 см. Объем – 400 мл.</t>
   </si>
   <si>
     <t>1017587</t>
   </si>
   <si>
     <t>&lt;a href="/brands/joylux/"&gt;Joylux&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf8/w4kdjet7viz3tawqv7vjuinbduxq7k6x.jpg</t>
   </si>
   <si>
     <t>Термокружка 400 мл JOYLUX  ДЖОЙЛЮКС  EXTRA STYLE, нержавеющая сталь SUS304, черный матовый, 700280</t>
   </si>
   <si>
     <t>1017588</t>
   </si>
@@ -1012,57 +940,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M55"/>
+  <dimension ref="A1:M49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G55" sqref="G55"/>
+      <selection pane="bottomRight" activeCell="G49" sqref="G49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1362,50 +1290,53 @@
       </c>
       <c r="E15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>18</v>
       </c>
@@ -1428,875 +1359,743 @@
       </c>
       <c r="F18" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="F32" s="3" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>137</v>
-      </c>
-[...13 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>157</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F49" s="3" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>24</v>
-[...136 lines deleted...]
-      <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>