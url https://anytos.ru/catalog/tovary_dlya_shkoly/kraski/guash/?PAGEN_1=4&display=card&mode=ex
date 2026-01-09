--- v0 (2025-10-20)
+++ v1 (2026-01-09)
@@ -12,100 +12,118 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1087">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="972">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c05/ts01z4zu4olfyrzeiqd5eagtplhfv500.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 20 мл 12 цв. блок-тара: 21С 1376-08 штр.: 4601185009701</t>
+  </si>
+  <si>
+    <t>Гуашь</t>
+  </si>
+  <si>
+    <t>108238</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/80f/e12e5dw79y5343154uukgmjbty3v334i.jpg</t>
   </si>
   <si>
     <t>Гуашь КЛАССИКА 20 мл 6 цв. блок-тара: 21С 1375-08 штр.: 4601185009695</t>
   </si>
   <si>
     <t>Гуашь Классика предназначена для детского творчества, выполнения художественно-декоративных, оформительских работ. Краски изготовлены на основе натуральных компонентов и высококачественных пигментов. Гуашь находится в герметичной блок - таре.Основные характеристики:- насыщенность и чистота цвета- хорошая кроющая способность- краски смешиваются между собой, создавая новые чистые оттенкиГуашь соответствует европейским &amp;#40;знак СЕ&amp;#41; директивам безопасности.</t>
   </si>
   <si>
-    <t>Гуашь</t>
-[...1 lines deleted...]
-  <si>
     <t>108239</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/53c/b3ufutut6cxlf21vcwf1vjj7qnqariyr.jpg</t>
   </si>
   <si>
     <t>Гуашь ZOO 15 мл 12 цв.: 19С1252-08 штр.: 4601185007233</t>
   </si>
   <si>
     <t>Краски гуашевые изготовлены на основе натуральных компонентов и высококачественных пигментов, находятся&amp;nbsp;&amp;nbsp;в пластмассовых баночках с завинчивающейся крышкой. Объём краски одного цвета 15 мл. Баночки с краской упакованы&amp;nbsp;&amp;nbsp;в цветную картонную коробку.</t>
   </si>
   <si>
     <t>108243</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f72/2cznkiwtnpaseiw7pdd86co9wop0zk6k.jpg</t>
   </si>
   <si>
     <t>Гуашь ZOO 15 мл 6 цв.: 19С1251-08 штр.: 4601185007226</t>
   </si>
   <si>
     <t>108244</t>
   </si>
   <si>
     <t>24</t>
@@ -206,135 +224,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d09/cr3ftug3582nl08po0vbqylknxyc2qxg.jpg</t>
   </si>
   <si>
     <t>Гуашь КЛАССИКА 20 мл белила титановые: 19С1264-08 штр.: 4601185007516</t>
   </si>
   <si>
     <t>Гуашь белила титановые в баночке 20 мл изготовлены на основе натуральных компонентов и высококачественных пигментов.Титановые белила в отличие от цинковых имеют теплый оттенок, ими удобно прописывать более белые места. Они устойчивы в соединении с другими красками, меньше реагируют на свет и более долговечны. Титановые - укрывистые, более белые, прекрасно закрашивают темные места.</t>
   </si>
   <si>
     <t>108267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/094/nizrp14qbdfkj4toiuner92ugot3df9x.jpg</t>
   </si>
   <si>
     <t>Гуашь КЛАССИКА 20 мл белила цинковые: 19С1265-08 штр.: 4601185007523</t>
   </si>
   <si>
     <t>Гуашь белила цинковые в баночке 20 мл изготовлены на основе натуральных компонентов и высококачественных пигментов.Цинковые белила используются в сочетании с другими красками, так как в сравнении с титановыми они более прозрачны, что дает возможность создавать удивительные оттенки. Эти белила имеют среднюю степень сохранности интенсивности цвета.В сочетании с другими красками практически не изменяют свой цвет. Плюсом будет чистый и прозрачный оттенок и отсутствие «мелового налета». Отличие цинковых белил от титановых заключается еще и в том, что они дают более холодный тон. Цинковые белила – лучше использовать для начальной прописки и для более корпусных мазков.</t>
   </si>
   <si>
     <t>108268</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/348/at2731xprvz3w6xwgj2ab9v7a53pw90v.jpg</t>
-[...2 lines deleted...]
-    <t>Гуашь КЛАССИКА 500 мл алая: 18С1201-08 штр.: 4601185006694</t>
+    <t>http://anytos.ru//upload/iblock/111/r1f0heru104camhxdw3uauuek0jgrvi9.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 500 мл голубая: 19С1303-08 штр.: 4601185007677</t>
+  </si>
+  <si>
+    <t>108286</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2c/smijbjc92qu0ajn8vkpop8twrtmx0zhc.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 500 мл голубая темная: 19С1302-08 штр.: 4601185007660</t>
   </si>
   <si>
     <t>Гуашевыми красками рисовать можно не только на бумаге, как акварелью, но и на грунтованной ткани, картоне, фанере, гипсовых поверхностях. А благодаря своей кремообразной фактуре гуашь может наноситься объемными мазками и производить эффект, подобный масляной живописи.Краски изготовлены на основе натуральных компонентов и высококачественных пигментов с добавлением пищевых консервантов &amp;#40;не содержащих фенол&amp;#41;. Гуашь выполнена в бутылках с большой вмещаемостью краски и предназначена для выполнения декоративно-прикладных и оформительских работ. Бутылка снабжена удобной в использовании крышкой Флип-топ с контролем дозировки краски.</t>
   </si>
   <si>
-    <t>108283</t>
-[...37 lines deleted...]
-  <si>
     <t>108287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/785/zmniqi02invc9vyra0tduy11ppf5nq9y.jpg</t>
   </si>
   <si>
     <t>Гуашь ЛУЧ 500 мл 1 цв. желтая светлая   18С1202-08</t>
   </si>
   <si>
     <t>108288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/755/mpwfo90g81wrw21fx1c93qelo1s4x0pj.jpg</t>
   </si>
   <si>
     <t>Гуашь КЛАССИКА 500 мл зеленая светлая: 18С1203-08 штр.: 4601185006717</t>
   </si>
   <si>
     <t>108289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3b/5saqi000w50eiu63qfa8lb78t4mmrweg.jpg</t>
   </si>
   <si>
     <t>Гуашь КЛАССИКА 500 мл зеленая темная: 19С1304-08 штр.: 4601185007684</t>
   </si>
   <si>
     <t>108290</t>
-  </si>
-[...7 lines deleted...]
-    <t>108291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7c/1xnahialsms340isrcigmu2dqca2f4o5.jpg</t>
   </si>
   <si>
     <t>Гуашь КЛАССИКА 500 мл оранжевая светлая: 19С1306-08 штр.: 4601185007707</t>
   </si>
   <si>
     <t>108292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f6/89cwatjg1ln3xu7ay4ex0s5i5lzdlng5.jpg</t>
   </si>
   <si>
     <t>Гуашь КЛАССИКА 500 мл охра: 19С1299-08 штр.: 4601185007639</t>
   </si>
   <si>
     <t>Гуашевыми красками рисовать можно не только на бумаге, как акварелью, но и на грунтованной ткани, картоне, фанере, гипсовых поверхностях. А благодаря своей кремообразной фактуре гуашь может наноситься объемными мазками и производить эффект, подобный масляной живописи.Краски изготовлены на основе натуральных компонентов и высококачественных пигментов с добавлением пищевых консервантов &amp;#40;не содержащих фенол&amp;#41;. Гуашь выполнена в бутылках с большой вмещаемостью краски и предназначена для выполнения декоративно-прикладных и оформительских работ. Бутылка снабжена удобной в использовании крышкой Флип-топ с контролем дозировки краски.&amp;lt;Br&amp;gt;&amp;lt;B&amp;gt;&amp;nbsp;&amp;nbsp;Характеристики:&amp;nbsp;&amp;nbsp; &amp;lt;/B&amp;gt;&amp;lt;Br&amp;gt;&amp;lt;table class=&amp;quot;char-table&amp;quot;&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Название дизайна, серии, модели, бренда: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;КЛАССИКА&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Объем, мл: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;500&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Количество цветов: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;1&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вид товаров: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Гуашь&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Цвет: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;охра&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Тип товара: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;детские&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Емкость: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;бутыль&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/table&amp;gt;&amp;lt;/div&amp;gt;</t>
   </si>
   <si>
     <t>108293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/148/4arsebwnyctrie92ilj619v6jvizwqk2.jpg</t>
   </si>
@@ -403,365 +382,272 @@
   </si>
   <si>
     <t>Гуашь  quot;Мультики quot; 09 цветов, 20мл: 221031 штр.:  4600395012198</t>
   </si>
   <si>
     <t>Гуашь &amp;quot;Мультики&amp;quot; 09 цветов, 20мл: 221031. &lt;br /&gt;
 Набор гуашевых красок, 9 цветов, 20 мл. Насыщенные и яркие цвета. Краски хорошо разносятся на бумаге. &lt;br /&gt;
 Страна производитель – Россия. &lt;br /&gt;
 Тип – гуашь. &lt;br /&gt;
 Количество цветов – 9. &lt;br /&gt;
 Объем общий – 180 мл. &lt;br /&gt;
 Объем емкости – 20 мл. &lt;br /&gt;
 Емкость – баночка. &lt;br /&gt;
 Упаковка ед. товара – картонная коробка.</t>
   </si>
   <si>
     <t>235185</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c35/c352a4f96b6e04da1fb49c5fc330e8a4.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь  quot;Модерн quot; 12 цветов, 40мл: 221004 штр.:  4600395000430</t>
+  </si>
+  <si>
+    <t>Гуашь &amp;quot;Модерн&amp;quot; 12 цветов, 40мл: 221004</t>
+  </si>
+  <si>
+    <t>235188</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a51/a5116fb99619bc3428927987a0e324b2.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная  quot;Студия quot; 12 цветов, 40мл: 221029 штр.:  4600395006869</t>
   </si>
   <si>
     <t>Гуашь художественная &amp;quot;Студия&amp;quot; 12 цветов, 40мл: 221029</t>
   </si>
   <si>
     <t>235305</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e6/5e659a4c53e8695dbe840817661b7b90/01ddaaf08998f858d602daa37c4f8807.jpg</t>
-[...71 lines deleted...]
-    <t>253965</t>
+    <t>http://anytos.ru//upload/iblock/66f/66f7d31d4e0426577e2f310a80ba9433.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь  quot;Енот в Марокко quot; 12 цветов, 35мл. ГД_10273</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти создана специально для детского творчества и декоративно-оформительских работ. Краски подходят для рисования по бумаге, картону, дереву, стеклу, керамике.</t>
+  </si>
+  <si>
+    <t>286191</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aec/aecddc3cdfac66a9ad9c4af64de6d936.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь  quot;Енот в Марокко quot; 06 цветов, 35мл. ГД_10272</t>
+  </si>
+  <si>
+    <t>286192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b50/b50ea6435d3ae1f51debc50f657d407f.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь  quot;Енот в Греции quot; 06 цветов, 17,5мл. ГК_10268</t>
+  </si>
+  <si>
+    <t>286194</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7fb/7fb10b005c1dc78d78a6c0eb2f8d0513/f9461f5935c6c0af16b9d5e3970fbf73.jpg</t>
-[...55 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fc1/fc1e3bcea2b48f2d6edc485b7cfb7c52.jpg</t>
   </si>
   <si>
     <t>Гуашь  quot;Енот в Греции quot; 12 цветов, 17,5мл. ГК_10271</t>
   </si>
   <si>
     <t>286195</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a44/a44bf5926840106ab10d3d4dfa65c77b/505079d449f203c17b5c62946c05759c.jpg</t>
   </si>
   <si>
     <t>Гуашь  1 School Отличник 6 цв. 10 мл 685528 штр.: 4620028953117</t>
   </si>
   <si>
     <t>338751</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bac/bac1d1a9b7da164ce734c5f32f2a9f1d.jpg</t>
   </si>
   <si>
     <t>Гуашь  quot;Мультики quot; 06 цветов, 20мл 221030</t>
   </si>
   <si>
     <t>Набор гуашевых красок, 6 цветов, 20 мл. Насыщенные и яркие цвета. Краски хорошо разносятся на бумаге.</t>
   </si>
   <si>
     <t>338924</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74f/74fe094db40621380e2159bb58e36f1a.jpg</t>
-[...2 lines deleted...]
-    <t>Гуашь  quot;Модерн quot; 12 цветов, 20мл 221026</t>
+    <t>http://anytos.ru//upload/iblock/a3b/a3be90684a7365b8dfb97d1569642612.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь  quot;Мультики quot; 12 цветов, 20мл 221032</t>
   </si>
   <si>
     <t>Набор гуашевых красок, 12 цветов, 20 мл. Насыщенные и яркие цвета. Краски хорошо разносятся на бумаге.</t>
   </si>
   <si>
-    <t>338925</t>
-[...10 lines deleted...]
-  <si>
     <t>338933</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75e/75ecde83098df50f6de274cd4bf2b23f.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма, белая цинковая, 40мл 0.20.В040.001</t>
   </si>
   <si>
     <t>Белая цинковая. Краски хорошо разносятся на бумаге.</t>
   </si>
   <si>
     <t>339431</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ad/4addaee67e2f690fea081d7966d524db.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма, белая титановая, 40мл 0.20.В040.009</t>
   </si>
   <si>
     <t>Белая титановая. Краски хорошо разносятся на бумаге.</t>
   </si>
   <si>
     <t>340910</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/be5/be5ca88cdcb2130a37c3fd6b337ea6d0.jpg</t>
-[...8 lines deleted...]
-    <t>349554</t>
+    <t>http://anytos.ru//upload/iblock/80f/fbf7h826fba0cfeepcwv58ppzlsaj01p.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Creativiki 20 мл 12 цв.  КГ1220КР</t>
+  </si>
+  <si>
+    <t>Гуашь Creativiki 20 мл 12 цв. №КГ1220КР</t>
+  </si>
+  <si>
+    <t>348991</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/creativiki/"&gt;Creativiki&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/327/327269d82845e0e22ad3d5dae742e56b.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Мультики quot;, 16 цветов, 20мл, картон 221032_16</t>
+  </si>
+  <si>
+    <t>Набор гуашевых красок, 16 цветов, 20 мл. Насыщенные и яркие цвета. Краски хорошо разносятся на бумаге.</t>
+  </si>
+  <si>
+    <t>349603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efe/efe9644ad757b9720134ee4244d80402.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в Африке quot;, 09 цветов, 20мл, картон ГК_16737</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти создана специально для детского творчества и декоративно-оформительских работ. Краски подходят для рисования по бумаге, картону, дереву, стеклу, керамике. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>350879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6b/f6bfd41d454593bbf8d718691840f080.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, алая, 220мл 221066220</t>
+  </si>
+  <si>
+    <t>Гуашевые краски отдельными наименованиями в баночках 220 мл. Предназначена для творчества, художественно-декоративных, оформительских работ. Краски изготовлены на основе натуральных компонентов и высококачественных пигментов.</t>
+  </si>
+  <si>
+    <t>352007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7d/b7da8947699e7e6aee74a3015d81142b.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, желто-темная, 220мл 221066223</t>
+  </si>
+  <si>
+    <t>352009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bf/9bf6cc01e3c7ef1c3738eb9a17c68443.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, зеленая, 220мл 221066225</t>
+  </si>
+  <si>
+    <t>352010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/144/14463285487b5c97072b2cbfc0d27a95.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, черная, 220мл 221066231</t>
+  </si>
+  <si>
+    <t>352020</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/327/327269d82845e0e22ad3d5dae742e56b.jpg</t>
-[...61 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5a9/5a99ec28f630eae0829b508bab5fa169.jpg</t>
   </si>
   <si>
     <t>Гуашь Гамма  quot;Классическая quot;, 06 цветов, 20мл, картон 2210306</t>
   </si>
   <si>
     <t>353706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f6/3f6469815aa6b277bcd3abc83fbde4d7.jpg</t>
   </si>
   <si>
     <t>Гуашь Гамма  quot;Классическая quot;, 09 цветов, 20мл, картон 2210309</t>
   </si>
   <si>
     <t>Набор гуашевых красок, 9 цветов, 20 мл. Насыщенные и яркие цвета. Краски хорошо разносятся на бумаге.</t>
   </si>
   <si>
     <t>353707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/050/050a96501960a0d37ed4fa940b7049ce.jpg</t>
   </si>
   <si>
     <t>Гуашь Гамма  quot;Классическая quot;, 16 цветов, 20мл, картон 22103016</t>
@@ -793,1544 +679,1439 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1fc/1fc95831b92f2b1b4a80268fee9c4ec9.jpg</t>
   </si>
   <si>
     <t>Гуашь Гамма, белила титановые, 20мл. 0.20.В020.0012</t>
   </si>
   <si>
     <t>Гуашь белая титановая. Краски хорошо разносятся на бумаге.</t>
   </si>
   <si>
     <t>356984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe4/fe49b65bbd9ac25dcbfaa9ef20d3c347.jpg</t>
   </si>
   <si>
     <t>Гуашь Гамма, белила цинковые, 20мл. 0.20.В020.0011</t>
   </si>
   <si>
     <t>Гуашь белая цинковая. Краски хорошо разносятся на бумаге.</t>
   </si>
   <si>
     <t>356985</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/455/455d995388bb68d60b0b98f353620877/41223a2f2f1afc4562985c9d86214109.jpg</t>
-[...26 lines deleted...]
-    <t>383287</t>
+    <t>http://anytos.ru//upload/iblock/9ba/cj3cn9ugkj8eiolbwaohttejpkoelrcz.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Creativiki 20 мл 9 цв. КГ0920КР</t>
+  </si>
+  <si>
+    <t>Рисование развивает мелкую моторику и подготавливает ребенка к письму, развивает чувство цвета, композиции и пространственного мышления. Для рисунков, полных эмоций и впечатлений, отлично подойдёт гуашь Creativiki. Удобные баночки 20 мл. с крышками можно положить в рюкзак и взять с собой в школу или детский сад. Кроме того, на обороте упаковки ребенка ждет игра, с помощью которой можно научиться смешивать цвета.</t>
+  </si>
+  <si>
+    <t>359311</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eef/eef6045ae0bba420d19bc470c54d40a2/031890d6fa6838ab929568d18c6c9387.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь  1 School Отличник 12 цв., 10 мл</t>
+  </si>
+  <si>
+    <t>Гуашь №1 School Отличник 12 цв., 10 мл</t>
+  </si>
+  <si>
+    <t>383307</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/935/3bt2bayrz18ojm4j3k0pygoz6kipmsa1.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 20 мл 16 цв блок-тара. 29С 1696-08</t>
+  </si>
+  <si>
+    <t>Гуашь «Классика» предназначена для детского творчества, выполнения художественно-декоративных, оформительских работ. Краски изготовлены на основе натуральных компонентов и высококачественных пигментов. Краска находится в пластмассовых, герметичных баночках объёмом 20 мл, на крышке есть наклейка, которая указывает на цвет краски в баночке и герметичной блок-таре.</t>
+  </si>
+  <si>
+    <t>394545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/972/sddki3e6l97gbtpu4sxxa8x5egpu7bo1.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Creativiki 10 мл, 6 цветов. КГ0610КР</t>
+  </si>
+  <si>
+    <t>417259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8e/6qi1kmqsjr4yp0qhrlxjhobmruqywh38.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная 1 шт.  quot;Мастер-класс quot;, 100 мл, белила титановые, 1727101</t>
+  </si>
+  <si>
+    <t>Художественная высококачественная гуашь, изготавливаемая из тонко тертых пигментов и связующего с добавлением гуммиарабика. Гуашевые краски «Мастер-класс» идеальны для живописных, декоративных работ и графики.</t>
+  </si>
+  <si>
+    <t>427161</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nevskaja-palitra/"&gt;Невская палитра&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/710/pybl35t85md8znlbrupviqmml8k6ly4t.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG  quot;МАГИЯ ЦВЕТА quot;, 6 цветов по 20 мл, без кисти, картонная упаковка, 190555</t>
+  </si>
+  <si>
+    <t>Школьная гуашь BRAUBERG идеально подходит для творчества и декоративно-оформительских работ. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 6 ярких и насыщенных цветов: белый, черный, красный, синий, желтый, зеленый. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится и быстро сохнет, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 20 мл. Общий объем – 120 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427204</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/931l4a0plnaeqqoko5e5s53t72w0wekd.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG  quot;МАГИЯ ЦВЕТА quot;, 9 цветов по 20 мл, без кисти, картонная упаковка, 190556</t>
+  </si>
+  <si>
+    <t>Школьная гуашь BRAUBERG идеально подходит для творчества и декоративно-оформительских работ. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 9 ярких и насыщенных цветов: белый, черный, красный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый.Краски безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится и быстро сохнет, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 20 мл. Общий объем – 180 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427205</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23a/k5pe4d9isx1hwztrv4bfrqy04z2iqwvy.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG  quot;МАГИЯ ЦВЕТА quot;, 12 цветов по 20 мл, без кисти, картонная упаковка, 190557</t>
+  </si>
+  <si>
+    <t>Школьная гуашь BRAUBERG идеально подходит для творчества и декоративно-оформительских работ. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый, светло -зеленый, голубой, розовый.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится и быстро сохнет, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 20 мл. Общий объем – 240 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b9/hgo1r3jfsgal127a1p475l6yuokbgqzw.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ПИФАГОР ЭНИКИ-БЕНИКИ quot;, 6 цветов по 10 мл, без кисти, картонная упаковка, 191329</t>
+  </si>
+  <si>
+    <t>Гуашь ПИФАГОР отлично подойдет для школьников младших и средних классов, начинающих свой творческий путь на уроках рисования. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 6 ярких цветов: белый, черный, красный, желтый, синий, зеленый.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 10 мл. Общий объем – 60 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427225</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ed/uwtv3ljo76pcn0zdtwkxlzljectpesyg.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, 6 цветов по 20 мл, высшее качество, без кисти, картонная упаковка, 191331</t>
+  </si>
+  <si>
+    <t>Гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. В наборе 6 ярких сочных цветов. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь имеет высокую светостойкость и укрывистость, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски находится в пластмассовой герметичной баночке объёмом 20 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427227</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35a/nvs2cpqcehe0i13dj48ppi7bvs71w5gf.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, 10 цветов по 20 мл, высшее качество, без кисти, картонная упаковка, 191332</t>
+  </si>
+  <si>
+    <t>Гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. В наборе 10 ярких сочных цветов. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь имеет высокую светостойкость и укрывистость, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска упакована в пластмассовые герметичные баночки объемом 20 мл. Общий объем гуаши – 200 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc0/tpefws0pjgyvzp39udnmh4os0xnbvizo.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, 12 цветов по 20 мл, высшее качество, без кисти, картонная упаковка, 191333</t>
+  </si>
+  <si>
+    <t>Гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких сочных цветов. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь имеет высокую светостойкость и укрывистость, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска упакована в пластмассовые герметичные баночки объемом 20 мл. Общий объем гуаши – 240 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427229</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3a/h9g8zpc290yo6ib8aj3eljv2txlfigev.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG  quot;МАГИЯ ЦВЕТА quot;, 16 цветов по 20 мл, без кисти, картонная упаковка, 191334</t>
+  </si>
+  <si>
+    <t>Школьная гуашь BRAUBERG идеально подходит для творчества и декоративно-оформительских работ. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 16 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый, светло-зеленый, голубой, розовый, красно-коричневый, охра, кармин, темно-зеленый.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится и быстро сохнет, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 20 мл. Общий объем – 320 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f92/adhydh9klw72drwdlg0epuodrgk2p0u5.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, 6 цветов по 35 мл, БОЛЬШИЕ БАНОЧКИ, высшее качество, без кисти, 191335</t>
+  </si>
+  <si>
+    <t>Гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. В наборе 6 ярких сочных цветов. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь имеет высокую светостойкость и укрывистость, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска упакована в пластмассовые герметичные баночки объемом 35 мл. Общий объем гуаши – 210 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427231</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cca/sx8623iavwaietrv9u2yhxjatrew9b7o.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, 12 цветов по 35 мл, БОЛЬШИЕ БАНОЧКИ, высшее качество, без кисти, 191336</t>
+  </si>
+  <si>
+    <t>Гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких сочных цветов. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь имеет высокую светостойкость и укрывистость, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска упакована в пластмассовые герметичные баночки объемом 35 мл. Общий объем гуаши – 420 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427232</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6aa/uch06t6h2arkl2461w82pmk9oja8a3lh.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot; 10 2 цвета  золотистый серебристый  по 20 мл, без кисти, картонная упаковка, 191517</t>
+  </si>
+  <si>
+    <t>Гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких сочных цветов, которые включают два уникальных цвета - золотой и серебряный. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь имеет высокую светостойкость и укрывистость, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска упакована в пластмассовые герметичные баночки, объемом 20 мл. Общий объем гуаши – 120 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>427240</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fc/3fcf427208de9926db55e7df088528ab.jpeg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма, белая цинковая, 220мл</t>
+  </si>
+  <si>
+    <t>Художественная гуашь Гамма идеальна для живописных, декоративных работ и графики. Она наносятся практически на все материалы, имеющие ровную поверхность, но лучше всего на бумагу, картон и грунтованный холст. При высыхании приобретают матовую, бархатистую поверхность, легко размываются водой. Гуашь хорошо набирается на кисть , обладает замечательной разносимостью, хорошо сохнет. Объем 220 мл.</t>
+  </si>
+  <si>
+    <t>429205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f2/0f278ff3edbdbe98f5d141a8b8f170f0.jpeg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Юный художник quot;, 12цветов,17,5мл, картон</t>
+  </si>
+  <si>
+    <t>Гуашь ГАММА &amp;quot;Юный художник&amp;quot; производится на основе качественного, прозрачного связующего вещества, поэтому цвета яркие, чистые и насыщенные. Гуашь рисует на любой поверхности, ложится плотным слоем благодаря высокой укрывистости и не деформирует бумагу при высыхании.&amp;nbsp;&amp;nbsp;Набор: 12 цветов в баночках, Объем краски одного цвета: 17,5 мл. Объем баночки - 20 мл.</t>
+  </si>
+  <si>
+    <t>429481</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/658/6586a73d3f6f5877b4babdc2ed2b9fdd/8ccfc7f84f458777855218bae6c515b7.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма, белая титановая, 220мл</t>
+  </si>
+  <si>
+    <t>Художественная гуашь идеальна для живописных и декоративных работ, графики. Отлично подходит для профессиональных художников и студентов художественных училищ. Благодаря высококачественным пигментам цвета красок яркие и насыщенные. Гуашь хорошо набирается на кисть, ложится на бумагу плотным матовым слоем, который после высыхания имеет бархатистую поверхность.</t>
+  </si>
+  <si>
+    <t>557636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ad/9ad11a69b405f7cb37d05d78dfa81771/faeb725bd6b06bb57c500491791c2421.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Юный художник NEW quot;, 06 цветов, 17,5мл, картон. упак.</t>
+  </si>
+  <si>
+    <t>Гуашь ГАММА &amp;quot;Юный художник&amp;quot; производится на основе качественного, прозрачного связующего вещества, поэтому цвета яркие, чистые и насыщенные. Гуашь рисует на любой поверхности, ложится плотным слоем благодаря высокой укрывистости и не деформирует бумагу при высыхании.&amp;nbsp;&amp;nbsp;Набор: 6 цветов в баночках. Объем баночки - 17,5 мл.</t>
+  </si>
+  <si>
+    <t>557644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2d/f2da3cf15434d8db7910ff0aeb0ba745/879faae3f04c22868102842e4c54511e.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в Африке quot;, 06 цветов, 20мл, картон</t>
+  </si>
+  <si>
+    <t>557646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b74/b74cc1d2530890dc5d43b63d4751b9b1/532c5a17dcc4744e1d4baad04407bb83.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в Африке quot;, 12 цветов, 20мл, картон</t>
+  </si>
+  <si>
+    <t>557647</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/115/115ac27493554738d33edf5eedca65af/ea89a6431c7d8b6939f350abb5f3ec35.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в Африке quot;, 16 цветов, 20мл, картон</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти создана специально для детского творчества и декоративно-оформительских работ. Краски подходят для рисования по бумаге, картону, дереву, стеклу, керамике. Для детей старше 3-х лет. Цвета: красный, бордовый, розовый, оранжевый, желтый, сепия, коричневый, синий, голубой, изумрудный, зеленый, салатовый, фиолетовый, белый, серый, черный.</t>
+  </si>
+  <si>
+    <t>557648</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ee/8ee7f9b8663d72be1bb526d5e16fc60e/a03ac9451d90af092a6eb78b556bc37c.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в Греции quot;, 09 цветов, 17,5мл, картон</t>
+  </si>
+  <si>
+    <t>Гуашевые краски Мульти-Пульти обладают яркими, насыщенными оттенками цветов и высокой укрывистостью. Являются универсальным материалом для творчества - ведь ими можно рисовать по бумаге, картону, дереву, стеклу и даже керамике. Они удивят вас достойным качеством. Краски обладают сверхстойкостью и не выцветают, но при этом легко отстирываются с одежды и смываются с кожи. В набор входит 9 баночек разных цветов с удобной закручивающейся крышкой. Цвета отлично смешиваются и вы сможете получить еще больше оттенков для творческих работ: советы по смешиванию находятся на упаковке. Краски Мульти-Пульти подходят для детей с трех лет.</t>
+  </si>
+  <si>
+    <t>557649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c87/c87a0348763698cc31439a60ed056a84/9a930f2e856c6bd4f516446b958928e8.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, белила титановые, 220мл</t>
+  </si>
+  <si>
+    <t>Гуашь для творческих занятий в школе и дома на основе качественного, прозрачного связующего вещества, чтобы сохранить чистоту цветов. Плотная, укрывистая текстура красок хорошо смешивается, равномерно наносится практически на любую основу. При высыхании дает бархатистый матовый эффект. Гуашь идеально подходит для групповых занятий в детских садах и школах, а также для тех, кто много рисует. Благодаря удобной баночке с завинчивающейся крышкой, краски долго хранятся не высыхая. В палитру вошли 16 цветов, титановые и цинковые белила.</t>
+  </si>
+  <si>
+    <t>557651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b5/2b56d368a76da52a946f64055fc92437/4c02f4129cb7ef6e0b1eb3a4b828713e.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, белила цинковые, 220мл</t>
+  </si>
+  <si>
+    <t>557652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f21/f219115b1a873c1e12166c4bffdfe14f/60317df10d79624c000b81f5c012e328.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, белила титановые, 500мл</t>
+  </si>
+  <si>
+    <t>Гуашь для творческих занятий в школе и дома на основе качественного, прозрачного связующего вещества, чтобы сохранить чистоту цветов. Плотная, укрывистая текстура красок хорошо смешивается, равномерно наносится практически на любую основу. При высыхании дает бархатистый матовый эффект. Гуашь идеально подходит для групповых занятий в детских садах и школах, а также для тех, кто много рисует. Благодаря удобной баночке с завинчивающейся крышкой, краски долго хранятся не высыхая.</t>
+  </si>
+  <si>
+    <t>587482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b0/mpo5k3zahyf9yazqcfihfwrom35vjxwv.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Creativiki 10 мл 12 цв.</t>
+  </si>
+  <si>
+    <t>590190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4da/a45l9iu63u85bk1m9obzzuj35boaiz9b.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Creativiki 20 мл 6 цв.</t>
+  </si>
+  <si>
+    <t>590191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac0/cyg1xzolm3393hxy6ju3n08vwbuns1u1.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ZOO 18 цв. в блок-таре</t>
+  </si>
+  <si>
+    <t>590192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20c/3bz10bzij2i803dpr5qbi5l8xb8ne9rq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гуашь Каляка-Маляка 17 мл 12 цв. перламутр с золотыми и серебрянными блестками 3 </t>
+  </si>
+  <si>
+    <t>Перламутровая гуашь - жемчужная новинка в линейке гуашей Каляка-Маляка®. Благодаря улучшенной формуле образует насыщенную перламутровую бархатистую поверхность, надолго сохраняет яркий цвет. Краски легко смешиваются, помогая малышу создавать новые цвета и развивать воображение. Может стать прекрасным дополнением для декора картин, сделанных классической гуашью. Набор из 10 цветов дополнен сверкающими гелями с золотыми и серебряными блестками. - Используется для дополнительного декорирования - Развивает ассоциативно-образное мышление ребенка - Способствует развитию мелкой моторики - Производится на основе органических пигментов и натурального связующего вещества.</t>
+  </si>
+  <si>
+    <t>590193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 20 мл 24 цв.</t>
+  </si>
+  <si>
+    <t>590196</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/373/kgrv53wycayzzoa6s7vmjtinfso0rk08.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь худ. ХУДОЖЕСТВЕННАЯ 100 мл белила титановые</t>
+  </si>
+  <si>
+    <t>Краски идеальны для декоративных работ и графики. Художественная высококачественная гуашь изготавливается из тонкотертых пигментов и связующего с добавлением гуммиарабика. Краски идеальны для живописных, декоративных работ и графики. Им присуща высокая укрывистость, прекрасная разносимость и отличная смешиваемость.</t>
+  </si>
+  <si>
+    <t>590198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/007/007fad817b5945deb3fe0dc2bbe7e531/77e9f8affd47b595228fd0c937c29632.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в Греции quot;, 16 цветов, 17,5мл, картон</t>
+  </si>
+  <si>
+    <t>Гуашевые краски Мульти-Пульти обладают яркими, насыщенными оттенками цветов и высокой укрывистостью. Являются универсальным материалом для творчества - ведь ими можно рисовать по бумаге, картону, дереву, стеклу и даже керамике. Они удивят вас достойным качеством. Краски обладают сверхстойкостью и не выцветают, но при этом легко отстирываются с одежды и смываются с кожи. В набор входит 16 баночек разных цветов с удобной закручивающейся крышкой. Цвета отлично смешиваются и вы сможете получить еще больше оттенков для творческих работ: советы по смешиванию находятся на упаковке. Краски Мульти-Пульти подходят для детей с трех лет.</t>
+  </si>
+  <si>
+    <t>593272</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f46/vif19m79ys26lw1feyahsaq4nwhtwnr9.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная  quot;Мастер-класс quot;, 12 цветов по 40 мл, 1741010</t>
+  </si>
+  <si>
+    <t>Художественная гуашь &amp;quot;Мастер-класс&amp;quot; идеальна для живописи, декоративных работ и графики. Обладает 12 насыщенными цветами, среди которых белила цинковые или белила титановые, желтая светлая, охра светлая или охра золотистая, краплак красный или охра красная или английская красная, красная, бирюзовая или лазурь железная, ультрамарин, фиолетовая темная или фиолетовая светлая, ярко-зеленая или изумрудная зеленая, зеленая темная, умбра жженая, сажа газовая. 12 баночек объемом 40 мл. Изготавливается из тонко тертых пигментов и связующего с добавлением гуммиарабика, благодаря которому краска получает высокую кроющую способность, отличается бархатистостью и матовостью. ПОставляется в картонной коробке.</t>
+  </si>
+  <si>
+    <t>600452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ed/2hyvvidh3nrdtzcywz2akvaxhtl9t09v.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная  quot;Мастер-класс quot;, 16 цветов по 20 мл, 1741092</t>
+  </si>
+  <si>
+    <t>Высококачественная художественная гуашь изготавливается на основе гуммиарабика, являющегося лучшим компонентом для разбавляемых водой красок. Гуашевые краски идеальны для живописных, декоративных работ и графики.</t>
+  </si>
+  <si>
+    <t>600453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/938/ui726axcgj5b8risbcxxw9s64z3bcauh.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная  quot;Сонет quot;, 12 цветов по 40 мл, 3641064</t>
+  </si>
+  <si>
+    <t>Художественная гуашь «Сонет» обладает высокой кроющей способностью. Выполнена на основе натурального связующего вещества, обеспечивающего высокую пластичность и устойчивость на любой поверхности &amp;#40;бумага, дерево, картон, стекло&amp;#41;.</t>
+  </si>
+  <si>
+    <t>600454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/447/0ihnlzb1i0pffh8wura8ynjrsirgpgyb.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 240 мл белила цинковые</t>
+  </si>
+  <si>
+    <t>617544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/933/i3sxcy0rh2d7cc5hs4kkg6xnwkl9rrd7.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ШКОЛА ТВОРЧЕСТВА 21 цв 20 мл</t>
+  </si>
+  <si>
+    <t>21 цветов по 20 мл, индивидуальная наклейка на баночке, указывающая на цвет краски Гуашь для творческих занятий произведена на основе натуральных компонентов и высококачественных пигментов. Титановые белила в отличие от цинковых имеют теплый оттенок, ими удобно прописывать более белые места. Они устойчивы в соединении с другими красками, меньше реагируют на свет и более долговечны. Титановые – укрывистые, более белые, прекрасно закрашивают темные места. Укрывистая краска при высыхании не выцветает, приобретает бархатистый эффект.Удобная завинчивающаяся крышка долго сохранит гуашь от высыхания. Гуашь легко смывается с рук и одежды.</t>
+  </si>
+  <si>
+    <t>617545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65d/k25gckzxnzr1xws2lsugxcihco1h74dd.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ШКОЛА ТВОРЧЕСТВА 8 цветов, 20 мл.</t>
+  </si>
+  <si>
+    <t>8 цветов по 20 мл, индивидуальная наклейка на баночке, указывающая на цвет краскиМедовая акварель изготовленная по классической рецептуре с яркими и чистыми цветами. Краска в подложке расположена группами: холодные-тёплые оттенки. Прекрасно размывается и разносится по поверхности бумаги, имея прозрачную основу без вкраплений. Краски смешиваются между собой, сохраняя насыщенность цвета.Краска легко смывается с рук и одежды.</t>
+  </si>
+  <si>
+    <t>623810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfb/zebcn4icc47z0s1zox1x3o2gjsqpzl1e.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ШКОЛА ТВОРЧЕСТВА 12 цветов, 20 мл.</t>
+  </si>
+  <si>
+    <t>12цветов по 20 мл, индивидуальная наклейка на баночке, указывающая на цвет краскиГуашь для творческих занятий произведена на основе натуральных компонентов и высококачественных пигментов. Титановые белила в отличие от цинковых имеют теплый оттенок, ими удобно прописывать более белые места. Они устойчивы в соединении с другими красками, меньше реагируют на свет и более долговечны. Титановые – укрывистые, более белые, прекрасно закрашивают темные места. Укрывистая краска при высыхании не выцветает, приобретает бархатистый эффект.Удобная завинчивающаяся крышка долго сохранит гуашь от высыхания. Гуашь легко смывается с рук и одежды.</t>
+  </si>
+  <si>
+    <t>623811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9f/jc7hg27gs4g85wuuenwjsrsdspxtp9f6.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ШКОЛА ТВОРЧЕСТВА 18 цветов, 20 мл.</t>
+  </si>
+  <si>
+    <t>18 цветов по 20 мл, индивидуальная наклейка на баночке, указывающая на цвет краскиГуашь для творческих занятий произведена на основе натуральных компонентов и высококачественных пигментов. Титановые белила в отличие от цинковых имеют теплый оттенок, ими удобно прописывать более белые места. Они устойчивы в соединении с другими красками, меньше реагируют на свет и более долговечны. Титановые – укрывистые, более белые, прекрасно закрашивают темные места. Укрывистая краска при высыхании не выцветает, приобретает бархатистый эффект.Удобная завинчивающаяся крышка долго сохранит гуашь от высыхания. Гуашь легко смывается с рук и одежды.</t>
+  </si>
+  <si>
+    <t>623812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a9/0ojyqw7vtzpbaopn2cw9ky288u0ziyh8.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная 1 шт., BRAUBERG ART CLASSIC, баночка 40 мл, ОХРА ЖЕЛТАЯ, 191574</t>
+  </si>
+  <si>
+    <t>Художественная гуашь профессиональной серии BRAUBERG ART CLASSIC предназначена для живописи, художественных и декоративно-оформительских работ. Обладает высокой укрывистостью. Быстро сохнет, сохраняет яркий и насыщенный цвет. Плотная, гладкая текстура краски обеспечивает равномерность ее нанесения. После высыхания дает бархатисто-матовый финиш. Устойчива к воздействию света. Разбавляется водой. Объем баночки - 40 мл.</t>
+  </si>
+  <si>
+    <t>628721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0bb/29l2ot9y1q7hnq9kc8z554t2psm0umfd.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная 1 шт., BRAUBERG ART CLASSIC, баночка 40 мл, ПРУССКАЯ СИНЯЯ, 191572</t>
+  </si>
+  <si>
+    <t>628722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/389/3dn3hlkjnyf4asv5msawvdye7a1hsf7y.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная 1 шт., BRAUBERG ART CLASSIC, баночка 40 мл, УЛЬТРАМАРИН, 191570</t>
+  </si>
+  <si>
+    <t>628724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84c/hx0zn06vip41vbymkhdyhepcbvkxcbk4.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная 1 шт., BRAUBERG ART CLASSIC, баночка 40 мл, ЧЕРНАЯ, 191568</t>
+  </si>
+  <si>
+    <t>628727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a55/qolpbj2itia0bt2tyirazwxty2kyh7h4.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная 1 шт., BRAUBERG ART CLASSIC, баночка 220 мл, БЕЛИЛА ТИТАНОВЫЕ, 191583</t>
+  </si>
+  <si>
+    <t>Художественная гуашь профессиональной серии BRAUBERG ART CLASSIC предназначена для живописи, художественных и декоративно-оформительских работ. Обладает высокой укрывистостью. Быстро сохнет, сохраняет яркий и насыщенный цвет. Плотная, гладкая текстура краски обеспечивает равномерность ее нанесения. После высыхания дает бархатисто-матовый финиш. Устойчива к воздействию света. Разбавляется водой. Объем баночки - 220 мл.</t>
+  </si>
+  <si>
+    <t>628729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77c/exlph5u9es403php9ex2wmx2tbaahs0d.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная BRAUBERG ART CLASSIC, НАБОР 12 цветов в баночках по 40 мл, 191586</t>
+  </si>
+  <si>
+    <t>Художественная гуашь профессиональной серии BRAUBERG ART CLASSIC предназначена для живописи, художественных и декоративно-оформительских работ. Обладает высокой укрывистостью. Быстро сохнет, сохраняет яркий и насыщенный цвет. Плотная, гладкая текстура краски обеспечивает равномерность ее нанесения. После высыхания дает бархатисто-матовый финиш. Устойчива к воздействию света. Разбавляется водой. Объем баночки - 40 мл.12 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-красная &amp;#40;007&amp;#41;;- пурпурная красная &amp;#40;001&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- зеленая средняя &amp;#40;066&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные гуашевые краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественной гуаши можно создать даже иллюстрации к сонетам Шекспира. Эту гуашь используют любители для хобби, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>628732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5dd/5ddb5e671657b110bb448bff565e896a.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь JOVI, 06 цв., с кистью, с блестками, картонная коробка</t>
+  </si>
+  <si>
+    <t>Гуашь &amp;#40;темпера&amp;#41; с глиттером. Полупрозрачная гуашь с разноцветными блестками. Шесть цветов &amp;#40;желтый, оранжевый, розовый, фиолетовый, голубой, зеленый&amp;#41; в банках по 55 мл в картонной коробке в комплекте с кистью пони. Краски на водной основе. Страна производства Испания.</t>
+  </si>
+  <si>
+    <t>629993</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/jovi/"&gt;Jovi&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9be/9bea2912affde4f291d217004f29e381.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гуашь Каляка-Маляка 20 мл., 12 цветов. 3 </t>
+  </si>
+  <si>
+    <t>Гуашь Каляка-Маляка 20 мл., 12 цветов. 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>642617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b8/7b8900e924518c525477b40ba70de0e8.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, кадмий лимонный, 40мл</t>
+  </si>
+  <si>
+    <t>Гуашь художественная «Старый Мастер» - это профессиональные тонкотертые водорастворимые краски. Гуашь имеет уникальную рецептуру, разработанную в собственной исследовательской лаборатории завода совместно с художниками. Краска легко наносится на поверхность, благодаря специальным добавкам сохраняет яркость цвета после высыхания, создает плотный бархатный слой. Краска изготовлена из традиционных художественных пигментов, в том числе пигментов кадмиево-кобальтовой группы. Большая часть цветов имеет самый высокий показатель светостойкости – 100 лет музейного хранения. В коллекции 32 цвета.</t>
+  </si>
+  <si>
+    <t>642638</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d0/6d0a6922bae76ac4713dc167ff9a9973.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, кадмий лимонный, 46мл, туба</t>
+  </si>
+  <si>
+    <t>Гуашь художественная «Старый Мастер» - это профессиональные тонкотертые водорастворимые краски. Гуашь имеет уникальную рецептуру, разработанную в собственной исследовательской лаборатории завода совместно с художниками. Краска легко наносится на поверхность, благодаря специальным добавкам сохраняет яркость цвета после высыхания, создает плотный бархатный слой. Гуашь изготовлена из традиционных художественных пигментов, в том числе пигментов кадмиево-кобальтовой группы. Большая часть цветов имеет самый высокий показатель светостойкости – 100 лет музейного хранения. В коллекции 13 цветов, упакованных в алюминиевые тубы объемом 46 мл для длительного сохранения свежести и яркости краски.</t>
+  </si>
+  <si>
+    <t>642639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ef/7efb7e61bae30b2c75ce3825720a22a4.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, лазурь железная, 40мл</t>
+  </si>
+  <si>
+    <t>642640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a26/a2670bcf8fb79425b9397f28994b1548.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, белила титановые, 110мл.</t>
+  </si>
+  <si>
+    <t>Гуашь художественная «Старый Мастер» - это профессиональные тонкотертые водорастворимые краски. Гуашь имеет уникальную рецептуру, разработанную в собственной исследовательской лаборатории завода совместно с художниками. Краска легко наносится на поверхность, благодаря специальным добавкам сохраняет яркость цвета после высыхания, создает плотный бархатный слой. Краска изготовлена из традиционных художественных пигментов, в том числе пигментов кадмиево-кобальтовой группы. Большая часть цветов имеет самый высокий показатель светостойкости – 100 лет музейного хранения. В коллекции 13 самых востребованных цветов в баночке 110 мл.</t>
+  </si>
+  <si>
+    <t>643727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55e/55e0faca22b3ef0b390eb6b5376b83af.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, белила цинковые, 110мл.</t>
+  </si>
+  <si>
+    <t>643728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/505/505551133d37886a75a5a4675516d6f9.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, белила цинковые, 40мл.</t>
+  </si>
+  <si>
+    <t>643729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6c/d6c1ddb2df45903b143ca5d735bf609b.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, бирюзовая, 40мл.</t>
+  </si>
+  <si>
+    <t>643730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02d/02d13bf99fa6bcaff4a70eee3c78514d.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, марс коричневый темный, 40мл.</t>
+  </si>
+  <si>
+    <t>643736</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b7/3b77038c72363d8cee5041a1d41d2ba8.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, охра золотистая, 40мл.</t>
+  </si>
+  <si>
+    <t>643738</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/def/def6d51b8eec2fd50c794e0150e304ee.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, фиолетовая, 40мл.</t>
+  </si>
+  <si>
+    <t>643741</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bd/1bdedd51f369c1c1725db9c443131e34.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, белила титановые, 40мл.</t>
+  </si>
+  <si>
+    <t>645344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d0/6d0bd1568fbef504856c5e21999a9bc9.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, сиреневая, 40мл.</t>
+  </si>
+  <si>
+    <t>645345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da4/da4ddba549a6e4f2e3c488853e20b2d6.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, кадмий желтый , 40мл.</t>
+  </si>
+  <si>
+    <t>647321</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a26/a260c63b5e516facae188460af5fafb1.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, красная, 40мл.</t>
+  </si>
+  <si>
+    <t>647323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/834/834dec1e03dc954fe2982b9968c59845.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, ультрамарин, 40мл.</t>
+  </si>
+  <si>
+    <t>647326</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0b/d0b275133abebde783d11102e27e2b00.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, фиолетовый хинакридон, 40мл.</t>
+  </si>
+  <si>
+    <t>647327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47f/47f85f06a7f5228c8d518cc80496d51a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гуашь Каляка-Маляка 20 мл 6 цв. 3 </t>
+  </si>
+  <si>
+    <t>Гуашь Каляка-Маляка 20 мл 6 цв. 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>649954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a6/7a6f14affd56b74363895f657772b8b5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гуашь Каляка-Маляка 20 мл 8 цв. 3 </t>
+  </si>
+  <si>
+    <t>Гуашь Каляка-Маляка 20 мл 8 цв. 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>649955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf4/cf4a8f9b36b76245b6a0a301330eb5be.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 240 мл лимонная</t>
+  </si>
+  <si>
+    <t>649956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c92/c92834e4d180b3d13c46bb0cade25f65.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гуашь Каляка-Маляка 20 мл 10 цв. 3 </t>
+  </si>
+  <si>
+    <t>Гуашь Каляка-Маляка 20 мл 10 цв. 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>649957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f6/6f6e3843035acfba8bff7e6bb3d63447.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, голубая, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c17/c1792ac6416b66f63e4f161d86cb6b13.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, зеленая темная, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/875/875f3d49a704d09589e56a007d1095b1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, кармин  имит. , 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac2/ac27d64ed076eaf101bc07b132542acb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, окись хрома, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c97/c97adea368f27f37161117fd530b1c74.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, оливковая, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f14/f14f760dbdb536efc4ee7ec3450d569e.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, охра желтая, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b64/b64c2e00c774b9dfa4e25eb15978190b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, розовая, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f82/f82aea477a7bad2afcf6d8dfc15ba830.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, серая пейна, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63a/63a25876365f9ef1c984e02b132a5698.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, сиена жженая, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/931/931d0417ea8c48e6afc770e84ede92cc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, умбра натуральная, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26b/26ba03067a51b53e13374663becfb07c.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Гуашь художественная Гамма  quot; quot;Старый Мастер quot; quot;, ярко-зеленая, 40мл. quot;</t>
+  </si>
+  <si>
+    <t>651593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f9/xe9qvnigvg6ot4ddaaeyv02l74hg1g87.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, черная, 40мл</t>
+  </si>
+  <si>
+    <t>681561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8da/z0cu3nha0ihba40n86asoimubes313h2.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, кадмий оранжевый светлый, 40мл</t>
+  </si>
+  <si>
+    <t>681563</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c1/iclqwvbjsw2ybcx8qp1qvxkaqkh07wor.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, краплак красный, 40мл</t>
+  </si>
+  <si>
+    <t>681564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33e/m8s7j56liit8x04rgjphkpchq4jrs5k2.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, черная, 110мл</t>
+  </si>
+  <si>
+    <t>681566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47c/2hdbyv3d7fb5e9674ul0m7i5xeg55pmw.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Мультики quot;, 24 цвета, 20мл, картон. упак.</t>
+  </si>
+  <si>
+    <t>Гуашь серии &amp;quot;Мультики&amp;quot; разработана совместно с педагогами специально для детей школьного возраста от 6 до 9 лет. Краски отличаются высокой плотностью и укрывистостью, чистотой цвета, легко набираются на кисть и наносятся на бумагу или картон, хорошо разводятся и размываются водой. Яркие цвета прекрасно смешиваются между собой.&amp;nbsp;&amp;nbsp;Краски изготовлены на основе натуральных компонентов и высококачественных пигментов. Легко смываются с рук и отстирываются с одежды. Гуашь упакована в удобную картонную коробку из микрогофрокартона со вставкой-ложементом, фасуется в пластиковые герметичные баночки с завинчивающейся крышкой. Объем баночки - 20 мл.</t>
+  </si>
+  <si>
+    <t>681571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5c/lu3xiwjavtwhy3sn72uafpe8rbsi9az1.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый мастер quot;, 12 цветов, 40мл, картон. упак.</t>
+  </si>
+  <si>
+    <t>Гуашь художественная «Старый Мастер» - это профессиональные тонкотертые водорастворимые краски. Гуашь имеет уникальную рецептуру, разработанную в собственной исследовательской лаборатории завода совместно с художниками. Краска легко наносится на поверхность, благодаря специальным добавкам сохраняет яркость цвета после высыхания, создает плотный бархатный слой. Краска изготовлена из традиционных художественных пигментов, в том числе пигментов кадмиево-кобальтовой группы. В наборе оптимальная палитра цветов, подобранных профессиональными художниками.</t>
+  </si>
+  <si>
+    <t>681574</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea5/s2g1lzetb0oz55yk0jk174a6mgyylv5c.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый мастер quot;, 16 цветов, 40мл, картон. упак.</t>
+  </si>
+  <si>
+    <t>681575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33c/kgph6oz2l2aqa5scohtu92sesf3of74m.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, кадмий оранжевый темный, 40мл</t>
+  </si>
+  <si>
+    <t>686640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d78/fze83212kt0b6zgor44vcnw7mode7xyt.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 240 мл зеленая светлая</t>
+  </si>
+  <si>
+    <t>696046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f1/xz5xf2248874p5t0l7j80ebr9i10qebq.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь КЛАССИКА 240 мл черная</t>
+  </si>
+  <si>
+    <t>696048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/071/s0jmhe6bhq861gk5lppgfs4intrv34dc.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Луч КЛАССИКА 240 мл желтая светлая</t>
+  </si>
+  <si>
+    <t>696049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ac/08ufrfuq6bzfnp9ntmz1rgfrxzk197ws.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Луч КЛАССИКА 240 мл коричневая</t>
+  </si>
+  <si>
+    <t>696051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be3/lc71pgm0u3j0fjlk6tuimdbjdisy1ezj.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Erich Krause Basic 6 цветов по 17мл.</t>
+  </si>
+  <si>
+    <t>Гуашь ErichKrause®. Рисунки, выполненные такими красками, дольше сохраняют сочные цвета. Гуашь обладает насыщенными плотными цветами с высокой укрывистостью, при рисовании ровно ложится на бумагу и быстро высыхает, после высыхания рисунок приобретает матово-бархатистую поверхность. Безопасная гуашь ErichKrause® на водной основе, легко смывается с рук и отстирывается с большинства видов ткани и бытовых поверхностей, она не токсична, изготавливается из экологичных материалов.</t>
+  </si>
+  <si>
+    <t>696712</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d9/l187cowv4rnhlqh5n23k53m3q9qibkyd.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Луч КЛАССИКА 240 мл. алая</t>
+  </si>
+  <si>
+    <t>Гуашь для творческих занятий произведена на основе натуральных компонентов и высококачественных пигментов. Гуашь идеально подходит для групповых занятий, а также для тех, кто любит много рисовать. Укрывистая краска при высыхании не выцветает, приобретает бархатистый эффект.Удобная завинчивающаяся крышка долго сохранит гуашь от высыхания. Гуашь легко смывается с рук и одежды. Не имеет неприятного запаха. Абсолютно безопасна для детского творчества.</t>
+  </si>
+  <si>
+    <t>712558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/940/7xw4978j82lwx5jygfkpsbbho35octo4.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Луч КЛАССИКА 240 мл. золотая</t>
+  </si>
+  <si>
+    <t>712559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c36/7u6p68q7g3v968mbywjr5ot4qmw5z14u.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, кобальт синий светлый, 40мл</t>
+  </si>
+  <si>
+    <t>769275</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ec/q8sh0e6d1a40hwe6fkq6ya8nmbxvhck1.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG  quot;PREMIUM TURKEY quot;, 12 цветов по 25 мл, картонная упаковка, 191700</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG &amp;quot;PREMIUM&amp;quot; хорошо наносится на бумагу, картон, дерево, стекло, керамику. Идеальная краска для начинающих художников. В наборе 12 ярких и насыщенных цветов: белый, красный, синий, черный, желтый, зеленый, коричневый, оранжевый, светло-зеленый, розовый, фиолетовый, голубой. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски находятся в пластмассовых герметичных баночках, которые скреплены в блок-тару. Объем каждой баночки равен 25 мл. Общий объем блок-тары – 300 мл.</t>
+  </si>
+  <si>
+    <t>778779</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c0/dkathgf1cw01a29rchhd2ub4byvrkvdc.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG  quot;PREMIUM TURKEY quot;, 6 цветов по 25 мл, картонная упаковка, 191699</t>
+  </si>
+  <si>
+    <t>Гуашь BRAUBERG &amp;quot;PREMIUM&amp;quot; хорошо наносится на бумагу, картон, дерево, стекло, керамику. Идеальная краска для начинающих художников. В наборе 6 ярких и насыщенных цветов: белый, красный, синий, черный, желтый, зеленый. Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски находятся в пластмассовых герметичных баночках, которые скреплены в блок-тару. Объем каждой баночки равен 25 мл. Общий объем блок-тары – 150 мл.</t>
+  </si>
+  <si>
+    <t>778780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4c/i1amo5hvat9bg4tg07em0kwtb8j390sx.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый мастер quot;, 12цв, 18мл туба, картон. упак.</t>
+  </si>
+  <si>
+    <t>784899</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5f/e2xk6eey78xj36ive96zjdwrr0hntwdd.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма Классическая 220 мл Белила Титановые, арт.221066221</t>
+  </si>
+  <si>
+    <t>787869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/at5j06xb5w3hodszzqypjqj04lqlxaf5.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Erich Krause  Basic 12 цветов по 17мл.</t>
+  </si>
+  <si>
+    <t>Гуашь Erich Krause® Basic 12 цветов по 17мл</t>
+  </si>
+  <si>
+    <t>795099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ec/j5wvipve77z88qcnju44dhf3keyj7qru.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ErichKrause  Basic 9 цветов по 17мл</t>
+  </si>
+  <si>
+    <t>Гуашь ErichKrause® Basic 9 цветов по 17мл</t>
+  </si>
+  <si>
+    <t>798393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81c/wsfrt51877prpso7nzrslyf2tns3863n.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в сказке quot;, 06 цветов, 10мл, картон</t>
+  </si>
+  <si>
+    <t>Гуашь &amp;quot;Мульти-Пульти&amp;quot; серии &amp;quot;Енот в сказке&amp;quot; создана специально для детского творчества. Краски хорошо разносятся на бумаге. В набор входят 6 баночек насыщенных и ярких цветов: белый, желтый, красный, синий, зелёный, черный. Объём каждой баночки - 10 мл. Общий объём - 60 мл. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>800813</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/017/se32ws5v2t6igwdyh000p6s17oh402gb.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Оранжевое солнце quot;, 12 цветов  10 классич. золотой серебряный  20мл, картон. упак.</t>
+  </si>
+  <si>
+    <t>Гуашь «Оранжевое солнце» представляет собой уникальное сочетания классических, золотого и серебряного цветов. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски изготовлены на основе натуральных компонентов и высококачественных пигментов, что обеспечивает безопасность для детей, а также гарантирует хорошую укрывистость и чистоту цвета. Гуашь фасуется в пластиковые герметичные баночки с завинчивающейся крышкой по 20 мл. Цвета в наборе: белый, желтый, оранжевый, розовый, алый, коричневый, зеленый, синий, фиолетовый, черный, серебряный, золотой.</t>
+  </si>
+  <si>
+    <t>833546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/597/m3v6kbid4yqr41mycmi22ya45jpnbqrp.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Оранжевое солнце quot;, 12 цветов  6 перламутр.  6 классич. , 20мл, картон. упак.</t>
+  </si>
+  <si>
+    <t>Гуашь «Оранжевое солнце» представляет собой уникальное сочетания классических и перламутровых цветов. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски изготовлены на основе натуральных компонентов и высококачественных пигментов, что обеспечивает безопасность для детей, а также гарантирует хорошую укрывистость и чистоту цвета. Гуашь фасуется в пластиковые герметичные баночки с завинчивающейся крышкой по 20 мл. Цвета в наборе: белый, желтый, красный, зеленый, синий, черный, лимонный перламутровый, оранжевый перламутровый, красный перламутровый, изумрудный перламутровый, голубой перламутровый, фиолетовый перламутровый.</t>
+  </si>
+  <si>
+    <t>839004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/087/absbldekh27h6jg63wdd422aiqm6qrpz.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Оранжевое солнце quot;, 12 цветов  6 флуор.  6 классич. , 20мл, картон. упак.</t>
+  </si>
+  <si>
+    <t>Гуашь «Оранжевое солнце» представляет собой уникальное сочетания классических и флуоресцентных цветов. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски изготовлены на основе натуральных компонентов и высококачественных пигментов, что обеспечивает безопасность для детей, а также гарантирует хорошую укрывистость и чистоту цвета. Гуашь фасуется в пластиковые герметичные баночки с завинчивающейся крышкой по 20 мл. Цвета в наборе: белый, желтый, красный, зеленый, синий, черный, желтый флуоресцентный, оранжевый флуоресцентный, розовый флуоресцентный, салатовый флуоресцентный, голубой флуоресцентный, фиолетовый флуоресцентный.</t>
+  </si>
+  <si>
+    <t>839005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ab/a8hytrxfxjdb60kkavh0h04eb82c7sly.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Оранжевое солнце quot;, 12 цветов  6 пастельн.  6 классич. , картон упак.</t>
+  </si>
+  <si>
+    <t>Гуашь «Оранжевое солнце» представляет собой уникальное сочетания классических и пастельных цветов. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски изготовлены на основе натуральных компонентов и высококачественных пигментов, что обеспечивает безопасность для детей, а также гарантирует хорошую укрывистость и чистоту цвета. Гуашь фасуется в пластиковые герметичные баночки с завинчивающейся крышкой по 20 мл. Цвета в наборе: белый, желтый, красный, зеленый, синий, черный, светло-розовый, светло-желтый, небесно-голубой, персиковый, фисташковый, лавандовый</t>
+  </si>
+  <si>
+    <t>841458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db4/tf59lkcsp69kuw76g0zqzap32btif7b3.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Каляка-Маляка ДЛЯ САМЫХ МАЛЕНЬКИХ ХУДОЖНИКОВ 10 мл 24 цвета</t>
+  </si>
+  <si>
+    <t>846944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94b/2t647qag1k7xqtw5x9cvdlpu4y92s1h9.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Каляка-Маляка ДЛЯ САМЫХ МАЛЕНЬКИХ ХУДОЖНИКОВ 17 мл 12 цветов</t>
+  </si>
+  <si>
+    <t>846945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a67/8ua0es2wlccq0nji9pj3aegpoupfsm57.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Мультики quot;, 06 цветов, 15мл, блок-тара, картон. упак.</t>
+  </si>
+  <si>
+    <t>Гуашь серии &amp;quot;Мультики&amp;quot; разработана совместно с педагогами специально для детей школьного возраста от 6 до 9 лет. Краски отличаются высокой плотностью и укрывистостью, легко наносятся на бумагу или картон и быстро высыхают. После высыхания рисунок приобретает матово-бархатистую поверхность. Яркие цвета прекрасно смешиваются между собой, позволяя получать новые красивые и чистые оттенки. Краски Гамма изготовлены на основе натуральных компонентов и высококачественных пигментов. Легко смываются с рук и отстирываются с одежды. Гуашь «Мультики» фасуется в новую удобную упаковку – блок-тару, баночки спаяны между собой и находятся в одной «связке», что позволяет ребенку хранить краски разных цветов вместе, препятствуя их случайному опрокидыванию с рабочей поверхности или рассыпанию по портфелю, а также потере крышечек. Объем одной баночки – 15 мл.</t>
+  </si>
+  <si>
+    <t>851149</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ac/x6q8074rabtzz840xelyb7qvny0501a0.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Мультики quot;, 12 цветов, 15мл, блок-тара, картон. упак.</t>
+  </si>
+  <si>
+    <t>851150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ce/dlp99s1uz13f3vnalzuk6c0g04if2m80.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Мульти-Пульти  quot;Енот в сказке quot;, 12 цветов, 10мл, картон</t>
+  </si>
+  <si>
+    <t>Набор гуашевых красок, 12 цветов, 10 мл. Насыщенные и яркие цвета. Краски хорошо разносятся на бумаге.</t>
+  </si>
+  <si>
+    <t>883959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c72/2vymj31d0y16x49rr5r7j2zkz2tio45g.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Гамма  quot;Классическая quot;, синяя, 220мл</t>
+  </si>
+  <si>
+    <t>Штучная гуашь объемом 220 мл серии «Классическая» синего цвета предназначена для творческих занятий в школе и дома. Благодаря удобной герметичной баночке с завинчивающейся крышкой краски долго хранятся, не высыхая. Детская гуашь разработана на основе качественного прозрачного связующего вещества, обеспечивающего чистоту цвета. Плотная, укрывистая текстура красок хорошо смешивается, равномерно наносится практически на любую основу. При высыхании дает бархатистый матовый эффект. Гуашь идеально подходит для групповых занятий в детских садах и школах, а также для тех, кто много рисует. Большого объема краски хватит на целый класс.&amp;nbsp;&amp;nbsp;• Цвет: синий; • Упаковка: баночка с завинчивающейся крышкой; • Объем баночки: 220 мл.</t>
+  </si>
+  <si>
+    <t>926048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/304/fju4svc31yf2lbxo39vg1lkh3zg54n8z.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ПИФАГОР  quot;ВЕСЕЛАЯ ТАКСА quot;, 12 цветов по 20 мл, 192379</t>
+  </si>
+  <si>
+    <t>Гуашь ПИФАГОР отлично подойдет для школьников младших и средних классов, начинающих свой творческий путь на уроках рисования. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких цветов: белый, черный, красный, желтый, синий, зеленый, оранжевый, фиолетовый, голубой, розовый, светло-зеленый, коричневый.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке объемом 20 мл. Общий объем – 240 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>939327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/182/ilzwqdzgymuu1l1ujmhmdajn1tde154w.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь ПИФАГОР  quot;ВЕСЕЛАЯ ТАКСА quot;, 6 цветов по 20 мл, 192378</t>
+  </si>
+  <si>
+    <t>Гуашь ПИФАГОР отлично подойдет для школьников младших и средних классов, начинающих свой творческий путь на уроках рисования. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 6 ярких цветов: белый, черный, красный, желтый, синий, зеленый.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке объемом 20 мл. Общий объем – 120 мл. Ребенок сможет легко открыть баночки с винтовыми крышками без помощи взрослых.</t>
+  </si>
+  <si>
+    <t>939328</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c7/9c7bc77cb234f18aaa10cc061397ccba/a1ee3b82ac4362d39acb1692fb072442.jpg</t>
-[...1297 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/272/ukcqh6f9js39igkwr0vmpe8up9kqh76v.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;АКАДЕМИЯ КЛАССИЧЕСКАЯ ЭКСТРА quot;, 16 цветов по 20 мл, 192373</t>
   </si>
   <si>
     <t>Гуашь классическая BRAUBERG &amp;quot;АКАДЕМИЯ КЛАССИЧЕСКАЯ ЭКСТРА&amp;quot; идеально подходит для творчества и декоративно-оформительских работ. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 16 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый, светло-зеленый, голубой, розовый, красно-коричневый, охра, кармин, темно-зеленый.Краски полностью безопасны в использовании, не токсичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко смешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 20 мл. Общий объем – 320 мл.</t>
   </si>
   <si>
     <t>939852</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c47/yxe0y1qxi5u6qnehsxmj5k4a1jv5muv4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f1/upuubmxa10jc2qr7u6k0vofxfg25nymt.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;АКАДЕМИЯ КЛАССИЧЕСКАЯ ЭКСТРА quot;, 9 цветов по 20 мл, 192372</t>
   </si>
   <si>
     <t>Гуашь классическая BRAUBERG &amp;quot;АКАДЕМИЯ КЛАССИЧЕСКАЯ ЭКСТРА&amp;quot; идеально подходит для творчества и декоративно-оформительских работ. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 9 ярких и насыщенных цветов: белый, черный, красный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый.Краски полностью безопасны в использовании, не токсичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко смешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 20 мл. Общий объем – 180 мл.</t>
   </si>
   <si>
     <t>939854</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/48f/ww4l4p6fjuaoctnnwfv6k4qxlzzjvhzt.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG KIDS  quot;NEW quot;, 16 цветов по 10 мл, 192375</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG KIDS поможет создать юным художникам первые шедевры. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 16 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый, светло-зеленый, голубой, розовый, красно-коричневый, охра, кармин, темно-зеленый.Краски полностью безопасны в использовании, не токсичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко cмешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 10 мл. Общий объем – 160 мл.</t>
   </si>
   <si>
     <t>939855</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e07/z4lktpkexdzuedchtu66fsi7gagyw42j.jpg</t>
   </si>
   <si>
     <t>Гуашь JOVI, 12 цветов, 15мл, картон, европодвес</t>
   </si>
   <si>
     <t>Гуашь JOVI с высокой покрывающей способностью образует матовый, плотный, непрозрачный слой. Идеальна для работы по любой пористой поверхности, такой как плотная &amp;#40;не глянцевая&amp;#41; бумага, ватман, картон, дерево, для раскрашивания просохших фигурок из пасты для лепки, застывающей на воздухе, или из папье-маше. Гуашь – это краски, которые позволяют рисовать в различных техниках. Если сильно развести её водой, то получится почти акварельный рисунок. Если использовать сухую жесткую кисть, то будет эффект фактически масляной живописи. Гуашь имеет густую текстуру и экономичный расход. Двенадцать ярких насыщенных цветов: белый, желтый, оранжевый, розовый, красный, светло-зеленый, зеленый, голубой, синий, фиолетовый, коричневый, черный в баночках по 15 мл в картонной коробке с европодвесом. Общий объем красок – 180 мл. Страна производства – Испания. • Количество цветов: 12; • Упаковка: баночка с завинчивающейся крышкой; • Объем баночки: 15 мл; • Страна производства: Испания.</t>
   </si>
   <si>
     <t>939903</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/816/uvemro4nuggei9pcyjnh92f1vhw2eqhc.jpg</t>
-[...8 lines deleted...]
-    <t>943646</t>
+    <t>http://anytos.ru//upload/iblock/9e1/cs7vp33ucf93jstk1tn63e2bj6o1tnds.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь художественная Гамма  quot;Старый мастер quot;, 16 цветов, 20мл, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Гуашь художественная «Старый Мастер» - это профессиональные тонкотертые водорастворимые краски. Гуашь имеет уникальную рецептуру, разработанную в собственной исследовательской лаборатории завода совместно с художниками. Краска легко наносится на поверхность, благодаря специальным добавкам сохраняет яркость цвета после высыхания, создает плотный бархатный слой. Краска изготовлена из традиционных художественных пигментов, в том числе пигментов кадмиево-кобальтовой группы. В наборе оптимальная палитра цветов, подобранных профессиональными художниками. Набор 16 цветов, банка 20 мл. Состав набора: 009 Белила титановые 001 Белила цинковые 101 Кадмий лимонный 160 Кадмий жёлтый 218 Красная 314 Краплак красный 312 Фиолетовая 417 Ультрамарин 402 Лазурь железная 412 Бирюзовая 504 Изумрудная зелёная 537 Зелёная тёмная 114 Охра золотистая 110 Сиена жжёная 606 Марс коричневый тёмный 705 Чёрная</t>
+  </si>
+  <si>
+    <t>939905</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/735/5e4feb1nxdaz4kqnex3kzjnp0dqdor64.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG KIDS  quot;NEW quot;, 12 цветов по 10 мл, 192368</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG KIDS поможет создать юным художникам первые шедевры. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый, светло-зеленый, голубой, розовый.Краски полностью безопасны в использовании, нетоксичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко cмешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 10 мл. Общий объем – 120 мл.</t>
   </si>
   <si>
     <t>945718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27d/cl7ns6dw6z2z986vjixn1rn36u2nghic.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG KIDS  quot;NEW quot;, 6 цветов по 10 мл, 192374</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG KIDS поможет юным художникам создать первые шедевры. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 6 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый. Краски полностью безопасны в использовании, не токсичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко cмешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 10 мл. Общий объем – 60 мл.</t>
   </si>
   <si>
     <t>945719</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9bd/9vu7xw27x4wbbdp6ntiamk9qv0t0zz8a.jpg</t>
-[...8 lines deleted...]
-    <t>946094</t>
+    <t>http://anytos.ru//upload/iblock/7f4/jd4i0e7wt42xrrjzn8sdkpbssbgut2mv.jpg</t>
+  </si>
+  <si>
+    <t>Гуашь Каляка-Маляка 220 мл 1 цв. белила титановые банка</t>
+  </si>
+  <si>
+    <t>947696</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/494/wyiowyz1mgoomtg5j7egano018rmom4r.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;PREMIUM quot;, 12 цветов по 10 мл, 191907</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG &amp;quot;PREMIUM&amp;quot; хорошо наносится на бумагу, картон, дерево, стекло, керамику. Идеальная краска для начинающих художников. В наборе 12 ярких и насыщенных цветов: белый, желтый, красный, синий, зеленый, черный, оранжевый, коричневый, розовый, голубой, светло-зеленый, фиолетовый.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски находятся в пластмассовых герметичных баночках, которые скреплены в блок-тару. Объем каждой баночки равен 10 мл. Общий объем блок-тары – 120 мл.</t>
   </si>
   <si>
     <t>949723</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e46/72jrmks13fz1k7zo99bdw70q1a6mlonv.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;PREMIUM quot;, 6 цветов по 10 мл, 191906</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG &amp;quot;PREMIUM&amp;quot; хорошо наносится на бумагу, картон, дерево, стекло, керамику. Идеальная краска для начинающих художников. В наборе 6 ярких и насыщенных цветов: белый, желтый, красный, синий, зеленый, черный.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски находятся в пластмассовых герметичных баночках, которые скреплены в блок-тару. Объем каждой баночки равен 10 мл. Общий объем блок-тары – 60 мл.</t>
   </si>
   <si>
     <t>949724</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8db/mlp4p81f9gkksyzj5zgvim0ctfu53ty5.jpg</t>
   </si>
   <si>
     <t>Гуашь ЮНЛАНДИЯ  quot;ШКОЛЬНАЯ quot;, 12 цветов по 17,5 мл, 192384</t>
   </si>
   <si>
     <t>Школьная гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. 12 ярких сочных цветов красок полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 17,5 мл. Общий объем – 210 мл.</t>
   </si>
   <si>
     <t>949725</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/996/bhr9av1usdeof5y2ozu3spx2i4xggwpi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/159/e2k4qc8mvspsvi1vg6d6cdbod1wciypk.jpg</t>
   </si>
   <si>
     <t>Гуашь ЮНЛАНДИЯ  quot;ШКОЛЬНАЯ quot;, 8 цветов по 17,5 мл, 192383</t>
   </si>
   <si>
     <t>Школьная гуашь высшего качества ЮНЛАНДИЯ поможет создать юным художникам первые шедевры. Идеальна для нанесения на бумагу, картон, дерево, стекло, керамику. 8 ярких сочных цветов красок полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 17,5 мл. Общий объем – 140 мл.</t>
   </si>
   <si>
     <t>949727</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b26/abqr6hdrnbe5izvg57as4da7ahhru2xl.jpg</t>
   </si>
   <si>
     <t>Гуашь  1 School ColorPics набор 12 цветов, 20 мл.</t>
   </si>
   <si>
     <t>Гуашь №1 School ColorPics набор 12 цветов, 20 мл.</t>
   </si>
   <si>
     <t>950379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/841/02gj2e9aer3r51egp2nx9tsb235st6vr.jpg</t>
@@ -2512,86 +2293,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c78/sy50agx3pynte3v8u64v1ijbbfllxl22.jpg</t>
   </si>
   <si>
     <t>Гуашь Мульти-Пульти  quot;Чебурашка quot;, 12 цветов, 17,5мл, картон</t>
   </si>
   <si>
     <t>Гуашь Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 12 цветов, 17,5мл, картон</t>
   </si>
   <si>
     <t>966255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3d/670a07ax1voe284au5pt01k6bpy7rcnq.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, кадмий желто-оранжевый, 40мл</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый Мастер&amp;quot;, кадмий желто-оранжевый, 40мл</t>
   </si>
   <si>
     <t>966256</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac3/ydk7etcbzfcaczd8gbrt3sl200h1yz23.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/005/28vo08gazxuqnyyocsrpt2c0dvwd2joe.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, лимонная, 40мл</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый Мастер&amp;quot;, лимонная, 40мл</t>
   </si>
   <si>
     <t>966259</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eed/icqodbq5hj3u2mzo6elh64l2eorq3eau.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/642/98pi98ol1kmrd4yhlprt0fjqopu79pp8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Гуашь Erich Krause Art Spirit 12 цветов по 20 мл  в коробке 12 штук </t>
   </si>
   <si>
     <t>Гуашь Erich Krause Art Spirit 12 цветов по 20 мл &amp;#40;в коробке 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>970323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bea/ged886zrgmejibet2vaxk6kt65mo1gm4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Гуашь Erich Krause Art Spirit 24 цвета по 20 мл  в коробке 24 штуки </t>
   </si>
   <si>
     <t>Гуашь Erich Krause Art Spirit 24 цвета по 20 мл &amp;#40;в коробке 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>970324</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b0/nzvk46ac0x1i4wdk3rjfor7hz9n41hy2.jpg</t>
@@ -2644,116 +2401,80 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b4f/8c1ytxj77fs3eov05q5gxc8981dqt256.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Гуашь Erich Krause Jolly Friends Pastel 6 цветов по 20 мл  в коробке 6 штук </t>
   </si>
   <si>
     <t>Гуашь Erich Krause Jolly Friends Pastel 6 цветов по 20 мл &amp;#40;в коробке 6 штук&amp;#41;</t>
   </si>
   <si>
     <t>970329</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a1/mk2wclbsadvav1dbzaxgaxb24ixo9i3s.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Гуашь Erich Krause Safari с УФ защитой яркости 24 цвета по 20 мл  в коробке 24 штуки </t>
   </si>
   <si>
     <t>Гуашь Erich Krause Safari с УФ защитой яркости 24 цвета по 20 мл &amp;#40;в коробке 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>970330</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/deb/5afz545kvqdzsy978vcad30mm3dj2z9f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/22c/zar258263v88483wtrdau582lhzleygd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Гуашь Erich Krause Kids Space Animals с УФ защитой яркости 12 цветов по 20 мл.  в коробке 12 штукук </t>
   </si>
   <si>
     <t>Гуашь ErichKrause с УФ защитой яркости, устойчивая к воздействию солнечных лучей. Рисунки, выполненные такими красками, дольше сохраняют сочные цвета. Гуашь обладает насыщенными плотными цветами с высокой укрывистостью, при рисовании ровно ложится на бумагу и быстро высыхает, после высыхания рисунок приобретает матово-бархатистую поверхность. Безопасная гуашь ErichKrause на водной основе, легко смывается с рук и отстирывается с большинства видов ткани и бытовых поверхностей, она не токсична, изготавливается из экологичных материалов.</t>
   </si>
   <si>
     <t>974650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/361/xnepmnp14nd4nolirs8qpn45vj8q428q.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Гуашь Erich Krause Kids Space Animals с УФ защитой яркости 6 цветов по 20 мл.  в коробке 6 штукук </t>
   </si>
   <si>
     <t>974651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62c/h76owtrlxz9f10f6j1bo35eb8skrsg3k.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Гуашь Erich Krause Kids Space Animals с УФ защитой яркости 9 цветов по 20 мл.  в коробке 9 штук </t>
   </si>
   <si>
     <t>974652</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8f9/84orqz0vithle23dq39fkpgau0mh450d.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b89/xmhno1aizrbrcc33g7vdojzbtwo460sw.jpg</t>
   </si>
   <si>
     <t>Гуашь классическая BRAUBERG  quot;МАГИЯ ЦВЕТА quot; 1 штука, 500 мл, БЕЛИЛА ТИТАНОВЫЕ, 192387</t>
   </si>
   <si>
     <t>Белила BRAUBERG &amp;quot;Магия цвета&amp;quot; идеальны для живописных и декоративно-оформительских работ.Гуашь отлично подходит для широкой гаммы увлечений: от занятий в детском саду или школе искусств и до проведения мастер-классов. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой.Прекрасно смешивается с другими цветами, позволяя получать новые чистые оттенки.Хорошо наносится на бумагу, картон, дерево, стекло, керамику и быстро сохнет.При высыхании краска не выцветает, приобретает бархатистую поверхность.Безопасна в использовании, не токсична и не имеет резкого запаха.Без труда удаляется с рук и одежды.Гуашь находится в удобной пластиковой банке с широким горлом и герметичной крышкой, которая защищает ее от высыхания. Большого объема краски 500 мл хватит на долгий срок.</t>
   </si>
   <si>
     <t>975091</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/517/g40ffs6k0j327uzfx172wnh3zlo93o97.jpg</t>
   </si>
   <si>
     <t>Гуашь классическая BRAUBERG  quot;МАГИЯ ЦВЕТА quot; 1 штука, 500 мл, БЕЛИЛА ТИТАНОВЫЕ, индивидуальная упаковка, 880856</t>
   </si>
   <si>
     <t>Белила BRAUBERG &amp;quot;МАГИЯ ЦВЕТА&amp;quot; идеальны для живописных и декоративно-оформительских работ.Гуашь отлично подходит для широкой гаммы увлечений: от занятий в детском саду или школе искусств и до проведения мастер-классов. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой.Прекрасно смешивается с другими цветами, позволяя получать новые чистые оттенки.Хорошо наносится на бумагу, картон, дерево, стекло, керамику и быстро сохнет.При высыхании краска не выцветает, приобретает бархатистую поверхность.Безопасна в использовании, не токсична и не имеет резкого запаха.Без труда удаляется с рук и одежды.Гуашь находится в удобной пластиковой банке с широким горлом и герметичной крышкой, которая защищает ее от высыхания. Большого объема краски 500 мл хватит на долгий срок. Упакована в индивидуальный пакет.</t>
   </si>
   <si>
     <t>975092</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82e/ponqaj5bgein0r3wpic60q3z6myfv3wi.jpg</t>
@@ -2767,71 +2488,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5d2/ob31bbau3a53vmuqm9n8uv1h0sbo2pol.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый мастер quot;  quot;Юбилейная quot;, 12 цветов, 18 мл туба, картон.упак.</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый мастер&amp;quot; &amp;quot;Юбилейная&amp;quot;, 12 цветов, 18 мл/туба, картон.упак.</t>
   </si>
   <si>
     <t>981936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db8/zmbgsl46g0hla30ejoi1j9b1yfdpnqbl.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый мастер quot;, 24 цвета, 18мл туба, картон. упаковка</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый мастер&amp;quot;, 24 цвета, 18мл/туба, картон. упаковка</t>
   </si>
   <si>
     <t>981938</t>
   </si>
   <si>
-    <t>Гуашь художественная Гамма  quot;Старый мастер quot;, 6 цветов, 40мл,  quot;металлик quot;, картон.упак.</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef6/lrkttr9sib9wr95d9camji5v77q6vyjp.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, жемчужная, 40мл</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый Мастер&amp;quot;, жемчужная, 40мл</t>
   </si>
   <si>
     <t>981942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a4/t3xqteibqs462m2bqa5y7akseeagp0x1.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, зеленая хвойная, 40мл</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый Мастер&amp;quot;, зеленая хвойная, 40мл</t>
   </si>
   <si>
     <t>981943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ec/ump1p8f39fbr107hjzan3zhvsobc02yw.jpg</t>
@@ -2872,113 +2572,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b41/ievk1fkr9a8i4fh2alfzslrh19yas4na.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, фиолетовый диоксазин, 40мл</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый Мастер&amp;quot;, фиолетовый диоксазин, 40мл</t>
   </si>
   <si>
     <t>981952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b60/mie82udmpt8l47xpl6pz6td43f933fvk.jpg</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма  quot;Старый Мастер quot;, шартрез зеленый, 40мл</t>
   </si>
   <si>
     <t>Гуашь художественная Гамма &amp;quot;Старый Мастер&amp;quot;, шартрез зеленый, 40мл</t>
   </si>
   <si>
     <t>981953</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d07/j2ozt6yzmyc9iw2kgcebiz2y6lx6zd1w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6aa/s6078lcdz2769hn63fv6ed5xd3dp6c89.jpg</t>
   </si>
   <si>
     <t>Гуашь Комус Класс Максики 6 цветов по 20 мл, картонная коробка</t>
   </si>
   <si>
     <t>987505</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus-klass/"&gt;Комус Класс&lt;/a&gt;</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/1frkicyqdnwlz96vijo0rnxk1l1v9nb6.jpg</t>
   </si>
   <si>
     <t>Гуашь Комус Класс Максики 12 цветов по 20 мл, картонная коробка</t>
   </si>
   <si>
     <t>987506</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/839/4byvky2y0um7njbll3fj6kua70a4t47z.jpg</t>
   </si>
   <si>
     <t>Гуашь ПИФАГОР  quot;ЭНИКИ-БЕНИКИ NEW quot;, 12 цветов, по 20 мл, 192526</t>
   </si>
   <si>
     <t>Гуашь ПИФАГОР отлично подойдет для школьников младших и средних классов, начинающих свой творческий путь на уроках рисования. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких цветов: белый, черный, красный, желтый, синий, зеленый, оранжевый, фиолетовый, голубой, розовый, светло-зеленый, коричневый.Краски полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краска находится в пластмассовой герметичной баночке, объем которой равен 20 мл. Общий объем – 240 мл.</t>
   </si>
   <si>
     <t>994171</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/382/pdfa8m4mzthpilkqzsvros6yli7spacq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2e9/61l8p9xxgpcjqs2p9oakh91fu9imyayc.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;ART ПЕЙЗАЖ quot;, 9 цветов по 20 мл, 192556</t>
   </si>
   <si>
     <t>Гуашь классическая BRAUBERG идеально подходит для творчества и декоративно-оформительских работ. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе – 9 ярких и насыщенных цветов: белый, желтый, оранжевый, красный, желто-зеленый, изумрудный, синий, коричневый, черный.Краски полностью безопасны в использовании, не токсичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко смешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 20 мл. Общий объем – 180 мл.</t>
   </si>
   <si>
     <t>995283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34a/dpkndxfjn7bd1psleyhr35eydm9odz8r.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;Аниме quot;, 12 цветов по 20 мл, 192559</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG поможет создать юным художникам первые шедевры. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе – 12 ярких и насыщенных цветов: белый, жёлтый, оранжевый, розовый, красный, жёлто-зелёный, изумрудный, голубой, синий, фиолетовый, коричневый, черный.Краски полностью безопасны в использовании, не токсичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко смешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 20 мл. Общий объем – 240 мл.</t>
   </si>
   <si>
     <t>995284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0a/ob1fatdwk3atkhm6jbmqytfox0lwrz81.jpg</t>
@@ -3109,59 +2785,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/29f/uutrky1edndxq71bxhi7c9naduovb3sv.jpg</t>
   </si>
   <si>
     <t>Гуашь  quot;Я - Художник quot;, 6 цветов 20 мл, 230411545</t>
   </si>
   <si>
     <t>Гуашевые краски &amp;quot;Я - Художник!&amp;quot; предназначены для детского творчества и декоративно-оформительских работ. Краски имеют насыщенные и яркие цвета, при оптимальной консистенции обладают превосходной кроющей способностью. Легко наносятся на бумагу и картон. При высыхании приобретают матово-бархатистую поверхность. Краски упакованы в банки по 20 мл. Состав набора: белая, желтая, красная, синяя, зеленая темная, черная.Рисование способствует развитию мелкой моторики рук и воображения. С помощью гуаши &amp;quot;Я - Художник!&amp;quot; все мечты ребенка воплотятся в реальность.</t>
   </si>
   <si>
     <t>1004479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/947/3en3j3swznzktqxpbertjkd3svb5x3xb.jpg</t>
   </si>
   <si>
     <t>Гуашь  quot;Я - Художник quot;, банка 500 мл, черная, 23024810</t>
   </si>
   <si>
     <t>Гуашевая краска &amp;quot;Я - Художник!&amp;quot; создана специально для детского творчества и декоративно-оформительских работ. Она легко наносится на бумагу и картон. При высыхании приобретает матовую, бархатистую поверхность, легко размывается водой. Перед использованием краску необходимо тщательно перемешать. Храните краску в плотно закрытой таре. При попадании краски на кожу смойте водой. Краска упакована в банку объемом 500 мл.Для детей старше 3 лет. Внимание! Дети до 3 лет должны находиться под наблюдением взрослых.Состав: наполнитель, декстрин, вода, пигмент, добавки.Качество краски соответствует ТУ 2331-027-05751640-2005. Гарантийный срок – 3 года с даты изготовления. Хранить при температуре не ниже 0 °C.Рисование способствует развитию мелкой моторики рук и воображения. С помощью гуаши &amp;quot;Я - Художник!&amp;quot; все мечты ребенка воплотятся в реальность.</t>
   </si>
   <si>
     <t>1004480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f72/akog6f6oyv2wvx5s8zhtaqhb74gxyyx1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a08/p0vm8rxyl2x3watrwkx510k1w4w32c9k.jpg</t>
   </si>
   <si>
     <t>Гуашь  quot;Я - Художник quot;, банка 500 мл, желтая, 23024211</t>
   </si>
   <si>
     <t>1004834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a11/awnlc83etfv3bt8lxiqpl6zd0na96f27.jpg</t>
   </si>
   <si>
     <t>Гуашь  quot;Я - Художник quot;, банка 500 мл, зеленая светлая, 23024717</t>
   </si>
   <si>
     <t>1004835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6da/2w5t4gpjcmmkam1ik13s5yy4t0y52x8g.jpg</t>
   </si>
   <si>
     <t>Гуашь  quot;Я - Художник quot;, банка 500 мл, красная, 23024331</t>
   </si>
   <si>
     <t>1004836</t>
@@ -3269,62 +2936,50 @@
     <t>Гуашь ErichKrause Techno Dino 12 цветов по 17 мл &amp;#40;в коробке 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e64/cvneel5g9usm4t00rwjwnl1xhdvbosqn.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;МИЛЫЕ КОТЫ quot;, 12 цветов по 10 мл, 192640</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG поможет создать юным художникам первые шедевры. Хорошо наносится на бумагу, картон, дерево, стекло, керамику. В наборе 12 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый, коричневый, оранжевый, фиолетовый, светло-зеленый, голубой, розовый.Краски полностью безопасны в использовании, нетоксичны, без резкого запаха. Гуашь обладает высокой светостойкостью и укрывистостью, легко cмешивается и размывается водой, хорошо наносится, без труда удаляется с рук и одежды. Краски разлиты в пластмассовые герметичные баночки объемом 10 мл. Общий объем – 120 мл.</t>
   </si>
   <si>
     <t>1012095</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85e/4nv45db0jrrwkq7plo0z5ec4mpigcc2a.jpg</t>
   </si>
   <si>
     <t>Гуашь BRAUBERG  quot;МОНСТРИКИ quot;, 12 цветов по 10 мл, 192642</t>
   </si>
   <si>
     <t>1012096</t>
-  </si>
-[...10 lines deleted...]
-    <t>1012658</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3651,6693 +3306,5971 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J291"/>
+  <dimension ref="A1:M259"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G291" sqref="G291"/>
+      <selection pane="bottomRight" activeCell="G259" sqref="G259"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...15 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C6" s="1"/>
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...127 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>90</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>91</v>
+      </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>94</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>95</v>
+      </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C30" s="1"/>
+        <v>107</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="C31" s="1"/>
+        <v>111</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="C32" s="1"/>
+        <v>115</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="G34" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...19 lines deleted...]
-      <c r="E35" s="3" t="s">
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C39" s="1"/>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C36" s="1" t="s">
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...117 lines deleted...]
-      <c r="E41" s="3" t="s">
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...19 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...266 lines deleted...]
-      </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>214</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>218</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>219</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>125</v>
+        <v>171</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>125</v>
+        <v>171</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>187</v>
+        <v>236</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F90" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...33 lines deleted...]
-      <c r="B65" s="1" t="s">
+      <c r="G90" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F100" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...815 lines deleted...]
-      </c>
       <c r="G100" s="3" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>14</v>
+        <v>243</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>14</v>
+        <v>243</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>293</v>
+        <v>243</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>293</v>
+        <v>408</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>36</v>
+        <v>118</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B111" s="1" t="s">
-[...50 lines deleted...]
-      </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>298</v>
+        <v>118</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>298</v>
+        <v>118</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>432</v>
+        <v>415</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>436</v>
+        <v>415</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>440</v>
+        <v>415</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>442</v>
+        <v>118</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>445</v>
+        <v>415</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>449</v>
+        <v>415</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>453</v>
+        <v>415</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>454</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C121" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="F121" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="C122" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="F123" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="F124" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="B127" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="F127" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="B129" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="C129" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="B130" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="B131" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="C131" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="B132" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="B133" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="C134" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="B135" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="C135" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="C135" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="B136" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="C136" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="B137" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="C137" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B138" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C138" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="B139" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="C139" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="B140" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="C140" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="C140" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="C142" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="F142" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="C143" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="F143" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="B144" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="C144" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="F144" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="B145" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="C145" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="B146" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="C146" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="C147" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="C148" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="C149" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="C149" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="C150" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="C151" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="F151" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="G151" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...6 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
         <v>556</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>475</v>
+        <v>558</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C153" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>475</v>
+        <v>415</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>475</v>
+        <v>568</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>482</v>
+        <v>572</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>573</v>
+        <v>530</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>475</v>
+        <v>582</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>125</v>
+        <v>554</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>601</v>
+        <v>118</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>475</v>
+        <v>623</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>609</v>
+        <v>627</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>609</v>
+        <v>631</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>303</v>
+        <v>257</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>303</v>
+        <v>243</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>577</v>
+        <v>644</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="G196" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="B176" s="1" t="s">
-[...478 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>442</v>
+        <v>554</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>718</v>
+        <v>554</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>718</v>
+        <v>149</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>718</v>
+        <v>118</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>303</v>
+        <v>134</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>303</v>
+        <v>134</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>303</v>
+        <v>118</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>321</v>
+        <v>118</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>321</v>
+        <v>554</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>321</v>
+        <v>554</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>184</v>
+        <v>554</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>184</v>
+        <v>554</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>718</v>
+        <v>554</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>718</v>
+        <v>554</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>778</v>
+        <v>554</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>778</v>
+        <v>554</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>782</v>
+        <v>793</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>783</v>
+        <v>794</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>784</v>
+        <v>795</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>785</v>
+        <v>796</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>786</v>
+        <v>797</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>787</v>
+        <v>798</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>601</v>
+        <v>243</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>601</v>
+        <v>243</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>601</v>
+        <v>118</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>601</v>
+        <v>118</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>184</v>
+        <v>118</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>601</v>
+        <v>853</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>601</v>
+        <v>853</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>851</v>
+        <v>860</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>852</v>
+        <v>861</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>601</v>
+        <v>257</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>857</v>
+        <v>866</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>601</v>
+        <v>243</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>601</v>
+        <v>243</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>601</v>
+        <v>243</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>601</v>
+        <v>243</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>601</v>
+        <v>262</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>601</v>
+        <v>243</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>880</v>
+        <v>895</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>303</v>
+        <v>554</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>303</v>
+        <v>118</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>303</v>
+        <v>238</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>409</v>
+        <v>924</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="B248" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C248" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D248" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>125</v>
+        <v>257</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>125</v>
+        <v>257</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>125</v>
+        <v>554</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>125</v>
+        <v>554</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>125</v>
+        <v>554</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>125</v>
+        <v>554</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>125</v>
+        <v>554</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>957</v>
+        <v>554</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>958</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>957</v>
+        <v>243</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>312</v>
+        <v>243</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>126</v>
-[...735 lines deleted...]
-        <v>267</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">