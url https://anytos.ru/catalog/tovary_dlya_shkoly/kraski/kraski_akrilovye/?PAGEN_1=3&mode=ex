--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -12,133 +12,166 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1275">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e82/aivwyjmadvvajjkzi8z83chnzaz93nf9.jpg</t>
   </si>
   <si>
     <t>Краски по ткани DECOLA 20 мл 6 цв.: 4141025 штр.: 4607010582623</t>
   </si>
   <si>
     <t>Краски акриловые</t>
   </si>
   <si>
     <t>108397</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zhk/"&gt;ЗХК&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/090/kfdf1orzbs5jnpd5yugsi8jypcf6ufw4.jpg</t>
   </si>
   <si>
     <t>Краски акриловые ХУДОЖЕСТВЕННЫЕ 20 мл 6 цв.: 22С1408-08 штр.: 4601185010110</t>
   </si>
   <si>
     <t>108411</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e0e/i5gic9osc01fsne0hefqw6qky2zxgufh.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые АРТформат 22 мл 4 цв. металлик: AF04-022-04 штр.: 4602723077220</t>
+  </si>
+  <si>
+    <t>170566</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/871/hdx6klo25imlzbpn0j5i98w1ph0rzjh4.jpg</t>
   </si>
   <si>
     <t>Краска акриловая МЕТАЛЛИК 40 мл античное золото: 23С1473-08 штр.: 4601185010943</t>
   </si>
   <si>
     <t>208978</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf8/chl3kooho5nltv7rjdx84lnkizro1sua.jpg</t>
   </si>
   <si>
     <t>Краска акриловая МЕТАЛЛИК 40 мл бронзовая: 23С1471-08 штр.: 4601185010929</t>
   </si>
   <si>
     <t>Акриловые краски - универсальный материал для творчества. Акриловые краски, как и акварельные, легко разбавляются водой, но после высыхания их уже нельзя размочить, и в этом &amp;quot;акрилы&amp;quot; сходны с темперой. Акриловые краски применяются в дизайн-графике, рекламе, оформительском искусстве.Акриловые краски обладают следующими свойствами:- быстросохнущие- обладают отличной адгезией &amp;#40;сцепляемость с поверхностью&amp;#41;- превосходная кроющая способность- равномерно наносятся- хорошая светостойкость- прекрасно смешиваются между собой- после высыхания образуют несмываемую плёнку- красочный слой эластичен, прочен и долговечен.</t>
   </si>
   <si>
     <t>208979</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3ca/9lwhirsbauytzl9vsslk9dcer5fncpfp.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая МЕТАЛЛИК 40 мл медная: 23С1472-08 штр.: 4601185010936</t>
+  </si>
+  <si>
+    <t>208980</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b86/xj5lu0yg1g8fetebeprhdbsu8pb0t8k8.jpg</t>
   </si>
   <si>
     <t>Краска акриловая МЕТАЛЛИК 40 мл черная: 25С1559-08 штр.: 4601185011919</t>
   </si>
   <si>
     <t>208981</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a38/n3i5z5dsyhbf4zeub9t1lwgu1hqj6mzp.jpg</t>
   </si>
   <si>
     <t>Краска акриловая ПЕРЛАМУТРОВАЯ 40 мл белая: 25С1560-08 штр.: 4601185011926</t>
   </si>
   <si>
     <t>208982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54c/gc89bih4vkfcvy3qj4ge1q1hz5g3j185.jpg</t>
   </si>
   <si>
     <t>Краска акриловая ПЕРЛАМУТРОВАЯ 40 мл голубая: 25С1566-08 штр.: 4601185011988</t>
   </si>
   <si>
     <t>208983</t>
@@ -224,4262 +257,3630 @@
   <si>
     <t>208992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99c/cupob87ciw0jyetwcw3fakqj6bmfntsu.jpg</t>
   </si>
   <si>
     <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл рубиновая: 23С1466-08 штр.: 4601185010868</t>
   </si>
   <si>
     <t>Акриловые краски - универсальный материал для творчества. Акриловые краски, как и акварельные, легко разбавляются водой, но после высыхания их уже нельзя размочить, и в этом &amp;quot;акрилы&amp;quot; сходны с темперой. Акриловые краски применяются в дизайн-графике, рекламе, оформительском искусстве.Акриловые краски обладают следующими свойствами:- быстросохнущие- обладают отличной адгезией &amp;#40;сцепляемость с поверхностью&amp;#41;- превосходная кроющая способность- прекрасно смешиваются между собой- после высыхания образуют несмываемую плёнку- красочный слой эластичен, прочен и долговечен.</t>
   </si>
   <si>
     <t>208993</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3c/l8ad6re6oig648t6hgp9rwp5pm5s78go.jpg</t>
   </si>
   <si>
     <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл фиолетовая: 23С1468-08 штр.: 4601185010882</t>
   </si>
   <si>
     <t>208995</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/20f/t7xsjsb0rfxr7vz3yz3qxxbn69b6zhe6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cbb/sthmnmu2jp5pmrvjugkyt9mu6nyc6i32.jpg</t>
   </si>
   <si>
     <t>Краска акриловая МЕТАЛЛИК 40 мл золотая: 23С 1470-08 штр.: 4601185010912</t>
   </si>
   <si>
     <t>257099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a0/im7k3s9zemboul3eh5xrhf2pvp8w9tcd.jpg</t>
   </si>
   <si>
     <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл голубая: 23С 1464-08 штр.: 4601185010844</t>
   </si>
   <si>
     <t>261340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d43/rx34t3u480h3pty6uu3w55k7jwkngygi.jpg</t>
   </si>
   <si>
     <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл белая: 23С 1458-08 штр.: 4601185010783</t>
   </si>
   <si>
     <t>272148</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ec/2ec2e8231fbe661fe1fd2458768e65e4/208bff4a20f26d6367c826e128c3e030.jpg</t>
-[...39 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/224/syy1cgunmc31d1l4fve6bncrkpmtjsft.jpg</t>
   </si>
   <si>
     <t>Краска акриловая белая  белила титановые   APTформат 100 мл  AF13-021-02</t>
   </si>
   <si>
     <t>Титановые белила – необходимое и универсальное средство при работе с акриловыми красками. Широко применяется и самостоятельно, и для смешения с другими красками для получения разнообразных цветов и оттенков. Поэтому расход белил всегда больше по сравнению с остальными цветами. Обладает следующими свойствами: - быстро высыхает, образуя свето- и водостойкую не желтеющую эластичную пленку - имеет пастообразную консистенцию, хорошую укрывистость, высокую интенсивность и легкий блеск - при высыхании приобретает более глубокий цвет - легко разбавляется водой и разбавителем для акриловых красок - подходит для любых поверхностей.</t>
   </si>
   <si>
     <t>348878</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
-[...11 lines deleted...]
-    <t>415422</t>
+    <t>http://anytos.ru//upload/iblock/66e/wjdmgqn6fa8mg3w5hqu1j0ji6skg6ftc.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные  quot;Сонет quot;, НАБОР 12 цветов по 10 мл, в тубах, 2841095</t>
+  </si>
+  <si>
+    <t>Предназначены для живописи и декоративных работ. Легко наносятся на бумагу, картон, грунтованный холст, дерево, металл, кожу, ткань. Отличаются яркостью и чистотой цвета. Легко смешиваются с водой. При высыхании образуют эластичную, несмываемую пленку.</t>
+  </si>
+  <si>
+    <t>424475</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nevskaja-palitra/"&gt;Невская палитра&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81b/bu4hyaid26sripulax7jytyz9u11whkr.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая  Ладога , 100 мл, белила титановые, 2227101</t>
+  </si>
+  <si>
+    <t>Предназначена для художественных, декоративных и дизайнерских работ. Благодаря универсальности применения и прекрасной адгезии, используется для работ на разных поверхностях: бумаге, картоне, грунтованном холсте, дереве, металле, коже, цементе.</t>
+  </si>
+  <si>
+    <t>424476</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/039/cyg19wsobudbpyk0lx6irht4mz3zhprh.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, флакон 250 мл, белила титановые, 191072</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Белила титановые - это насыщенный белый цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 250 мл.</t>
+  </si>
+  <si>
+    <t>424485</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f0/qpvjynh3c7a92mjesv42qcg8seft08pg.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, белила титановые, 191073</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Белила титановые - это насыщенный белый цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424486</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0b/9ui0hcuiqrofha9sh1lb4e9flp1ui4gz.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, лимонная желтая, 191074</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного желтого лимонного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424487</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5b/flx93h4xvd4kd97y5nc950eg9ue6qlpz.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, желтая средняя, 191076</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного среднего желтого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424488</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0aa/mpmplttrx3lr1rb25bbwywqjrjddrem8.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, желтая темная, 191077</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного темного желтого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d29/bst5eb4447xhes3vzpkhqmwj4sq1fix0.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, телесная, 191078</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного телесного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424490</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1c/vsf69y9ko08rv68z5zqd3yt317hadc5a.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, оранжево-желтая, 191079</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного желто-оранжевого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424491</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5dc/6bszygcrxl9x3mbidhywfbouwcof7ioz.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, оранжево-красная, 191080</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного оранжево-красного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/386/gv1jkrlltey2cbl5lq1unalq4uvjwg72.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, красная светлая, 191082</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного светлого красного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424494</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3f/sez46a36gnp042s2kg7355oxd4t1hzhv.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, красная темная, 191083</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного темного красного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424495</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2b/y9uwvo51zevp2hukorlaqjmwx5emlt3x.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, пурпурная красная, 191084</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного пурпурного красного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424496</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f7/7yu9rj7x42kunqha2rfzex3u6n7xzxy8.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, розовая, 191085</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного розового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424497</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c9/77kfnzkpokzi7iajzq2nckeyblb0i88n.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 м, розовая светлая, 191086</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного розового светлого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424498</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b7/ykau9az1nz0ci38ga09q0vn5v9b7gp89.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, персиковая красная, 191087</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного персикового красного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424499</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/171/1raq6izi2zpbsw6io3t1nb291oltn27y.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, фиолетовая светлая, 191089</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного светлого фиолетового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de1/fqeb00vpz1rtqn5nhzum4sbs4jebjfqm.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, фиолетовая темная, 191090</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного темного фиолетового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424501</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccc/yvbwb3qef3l2oh9sq9evbrwdwrli39sa.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, небесно-голубая, 191092</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного небесно-голубого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424502</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64c/b2ks1qv0t96ywlduc2ztxeoblq5t3umz.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, ультрамарин, 191095</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного ультрамаринового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424503</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3a/e1zdpnlg79z1ii6ttkli88hwv5cebyjd.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, желто-зеленая светлая, 191098</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного светлого желто-зеленого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424504</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b0/mshvecohlqwv97w4he1bkstvtrul9nhk.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, зеленая  quot;ФЦ quot;, 191108</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного зеленого &amp;quot;ФЦ&amp;quot; цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d4/vhn99ftrt6h4lpechg31jmda36kkulvr.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, охра желтая, 191110</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного охряно-желтого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424507</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6eb/a3jmxa1osi033dwj2m4pp0en2554smdh.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, красно-коричневая, 191112</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного красно-коричневого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424508</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ec/um137ikw12sfs3ohwbo52jif0z7ddpt4.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, серая, 191115</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного серого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9c/5yrqci7dgotar1oqz4t8yddp65jlqalu.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, черная, 191116</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного черного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/682/qoefgpwilg5b8nkpjs0l83lf1sfnwvwn.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, серебристая, 191117</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного серебристого цвета с эффектом &amp;quot;металлик&amp;quot;. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>424512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/730/0n6c5ohgf81xucohhx5cskc087g3amsn.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART  quot;DEBUT quot;, НАБОР 12 цветов по 12 мл, в тубах, 191125</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 12 мл в картонной коробке.12 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;; - травяная зеленая &amp;#40;066&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;; - церулеум &amp;#40;036&amp;#41;; - голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;; - умбра жженая &amp;#40;084&amp;#41;; - черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>424515</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20f/32wifsmqs6azbm5vcf8hmcgn283yvlgu.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART  quot;DEBUT quot;, НАБОР 18 цветов по 12 мл, в тубах, 191126</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 12 мл в картонной коробке.18 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;; - охра желтая &amp;#40;029&amp;#41;;- красная светлая &amp;#40;003&amp;#41;; - киноварь &amp;#40;006&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;; - виридоновая зеленая &amp;#40;067&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;; - травяная зеленая &amp;#40;066&amp;#41;; - ультрамарин &amp;#40;033&amp;#41;;- церулеум &amp;#40;036&amp;#41;; - фиолетовая средняя &amp;#40;095&amp;#41;; - голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;; - умбра жженая &amp;#40;084&amp;#41;; - черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>424516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/582/nac82x47x30ggosqokls24lkbyu4wokt.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART  quot;DEBUT quot;, НАБОР 24 шт. по 75 мл, 8 цветов, в тубах, 191128</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 75 мл в картонной коробке. Размер тюбика – 14,5х3,3 см.8 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- красная светлая &amp;#40;003&amp;#41;; - виридоновая зеленая &amp;#40;067&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>424517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f8/6orak1lu1feg30zsum52t5fdgglclkxc.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, желтая светлая, 191075</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного светлого желтого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>435125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/957/u65ikac5d076ljhhekl173ye6bhf2zkc.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, голубая  quot;ФЦ quot;, 191096</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного голубого &amp;quot;ФЦ&amp;quot; цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>440669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d1/y2n3g38t2fwug1it961pusjv6636brjr.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, салатовая, 191101</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного салатового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>440670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12b/12bdba809541ec74187351136abecf04.jpeg</t>
+  </si>
+  <si>
+    <t>Краски акриловые декоративные Гамма  quot;Хобби quot;, 6 цветов, 20мл, картон</t>
+  </si>
+  <si>
+    <t>Акриловые краски с превосходной кроющей способностью и высокой светостойкостью. Подходят для работы с любыми поверхностями — бумагой, деревом, металлом. Отлично смешиваются, равномерно наносятся и быстро сохнут, после высыхания образуют глянцевую несмываемую пленку. Красочный слой эластичный, прочный и долговечный — не потрескается со временем. Морозостойкие — не теряют свойств при температуре до ?40 °C. Быстросохнущие — полностью высыхают за 30 минут. Укрывистые — достаточно одного слоя или трёх в самых сложных случаях. Светостойкие — не выцветают до 10 лет под воздействием прямых солнечных лучей.</t>
+  </si>
+  <si>
+    <t>458127</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e66/e663b3eb07ddaa158bd0207f225b5b14/118f9d8d853502f8be9dbf99677287c8.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, белила титановые</t>
+  </si>
+  <si>
+    <t>Новые акриловые краски &amp;quot;Студия&amp;quot; предназначены для художественно-живописных и декоративно-прикладных работ. Их отличают насыщенные цвета, высокая адгезия, отличная прочность. После высыхания становятся глянцевыми, практически не темнеют, специальные добавки позволяют максимально раскрыть красоту цвета. Акриловые краски &amp;quot;Студия&amp;quot; обладают густой консистенций, высокой разносимостью, позволяя писать в различных техниках живописи. Время высыхания от 10 минут до 1 часа в зависимости от толщины слоя краски. Подходят для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Прозрачный корпус тубы позволяют увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание краски в тубе.</t>
+  </si>
+  <si>
+    <t>558910</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/741/7413208de08fb337bad74e677499f310/3c897915f05bc310f5671e02330bb77d.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, желтая лимонная</t>
+  </si>
+  <si>
+    <t>558911</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed5/ed56b015577f2b92645eca21217e0eb9/a2a498dffc0e73738648ada4cb5f2243.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, желтая темная</t>
+  </si>
+  <si>
+    <t>558914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec5/ec5143e201df84650dbf77e38883c721/b7fe8c8de814c7d473c39c23a90e21b1.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, охра светлая</t>
+  </si>
+  <si>
+    <t>558916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dea/deae5abde7f4dc99582ec817f78be74c/f63fdfab61b754b2cc80748e0ad65ddd.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, охра золотистая</t>
+  </si>
+  <si>
+    <t>558917</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/882/8829f4894094833046c327b9c80887c3/cba76b290cfa5d092ebc96136593cb3a.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, сиена жж ная</t>
+  </si>
+  <si>
+    <t>558919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0e/a0e25cdf72c6aad3d64496e0e2027004/4e78eeab11fac0613ca5ef760f6481a8.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, умбра жж ная</t>
+  </si>
+  <si>
+    <t>558920</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9f/b9ffeadc7b974fb744cc6e87cb5b53f0/e9ff248b2a151e2a56f964c010c5914c.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, зеленая изумрудная</t>
+  </si>
+  <si>
+    <t>558922</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4d/a4de0de881e74951640193c2f2ba9a96/772514ba0771098eb17b88f879e60c35.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, оливковая</t>
+  </si>
+  <si>
+    <t>558923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a53/a534f5a92adc118325a47e6e2dfd1c27/1df9c50b03f392e7f7c22037f7c6fa76.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, ультрамарин</t>
+  </si>
+  <si>
+    <t>558924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/166/1668bb1303e391f14dbd4505ee6658f0/5a172865ba711d009c26e2ec22fbd307.jpg</t>
+  </si>
+  <si>
+    <t>Состав резервирующий Гамма  quot;Батик quot;, бесцветный, 70мл</t>
+  </si>
+  <si>
+    <t>Резерв на основе специального клеящего состава не дает краске перетекать за пределы обозначенного контура. Его используют для получения непрокрашенных участков, создания контурных линий и дополнительных эффектов при росписи ткани.</t>
+  </si>
+  <si>
+    <t>558948</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c6/13o2e0syapgu3qx655amp8v6qszpnoif.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, виридоновая зеленая, 191107</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного виридонового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c19/vo1ekxrqu7yo9ypzjc5vgvzofl34bd1u.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, зеленая светлая, 191100</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного светлого зеленого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72c/r0ds0knleq85u41dsqc2voxnshomo8c5.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, зеленая средняя, 191104</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного среднего зеленого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/882/2hr7wzgxe1krmwicd17b1e2nadqe42r4.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, зеленая темная, 191109</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного темного зеленого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14b/5aamggoigoiy61yhlw02ip6tg0y6comv.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, кобальт синий, 191094</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного синего кобальтого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564333</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e6/hx79ghw86zrg2m86x9uthr4fjeunet0t.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, перламутровая медная, 191119</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного перламутрового медного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564335</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/187/7j03w5m3pk9q0uyuw7olsp43xhf4omhc.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, прусская синяя, 191097</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного прусского синего цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564337</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b9/wob0q6pfcuiz4k2ht7yjanr0n3bu6ji1.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, серо-голубая светлая, 191091</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного серо-голубого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/580/75gtlxxazl0128kvaj0frhl4wwyb2d3b.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, травяная зеленая, 191103</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного травяного зеленого цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564340</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db0/ea50aeackvlau1nr38tccez5xn8dq9n3.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, умбра жженая, 191113</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного цвета жженой умбры с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c90/cwwr4lyylebolwyh35ksj4q4knexwj7m.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, фиолетовая средняя, 191088</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного среднего фиолетового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3aa/g9jt8a08qwwgm4g8djtuevypjkbvak3n.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART  quot;CLASSIC quot;, туба 75 мл, церулеум, 191093</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска насыщенного цвета церулеум с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 75 мл.</t>
+  </si>
+  <si>
+    <t>564343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/762/djr94ao2yzgmkl3lugf3l3ydaiyeoes2.jpg</t>
+  </si>
+  <si>
+    <t>Краска темперная  Мастер-класс , туба 46 мл, белые титановые, 1604101</t>
+  </si>
+  <si>
+    <t>Благодаря тщательно отобранным компонентам, эта краска прекрасно подходит для живописных и декоративно-дизайнерских работ. Легко наносится на бумагу, картон, дерево. При высыхании образует эластичную, непрозрачную, несмываемую пленку.</t>
+  </si>
+  <si>
+    <t>564347</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/065/i1yyjvrcn1us0m9tspyho0y0cy3mlbix.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые по стеклу и керамике  quot;Декола quot;, 12 цветов по 20 мл, в баночках, 4041114</t>
+  </si>
+  <si>
+    <t>Не растрескиваются, прочно удерживаются на картоне, дереве, тканях, коже, бумаге. Краски отлично смешиваются друг с другом. Обладают превосходными покрывными свойствами. При высыхании создают яркую, эластичную пленку.</t>
+  </si>
+  <si>
+    <t>564360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86d/w0kvzx797z85fspypoz2ztr74x0vnkcj.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART  quot;CLASSIC quot;, НАБОР 6 цветов по 75 мл, в тубах, 191121</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначены для живописи и декоративных работ. Профессиональная серия. Краски с глянцевым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 75 мл в картонной коробке.6 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- красная светлая &amp;#40;003&amp;#41;; - зеленая средняя &amp;#40;063&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- черная &amp;#40;051&amp;#41;.</t>
+  </si>
+  <si>
+    <t>564362</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d84/gn3a18mqt73bbn6jdtemlpihdpm69lix.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные глянцевые  quot;Декола quot;, 12 цветов по 20 мл, в баночках, 2941116</t>
+  </si>
+  <si>
+    <t>Не растрескиваются, прочно удерживаются на картоне, дереве, тканях, коже, бумаге. При высыхании создают яркую, эластичную пленку. Краски отлично смешиваются друг с другом. Обладают превосходными покрывными свойствами.</t>
+  </si>
+  <si>
+    <t>564363</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d99/d997bfb42a2a1058803358b1d55edd4f/74aa7e7d6d3b341e3898b7880396275d.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, умбра натуральная</t>
+  </si>
+  <si>
+    <t>587759</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d3/5d347b696340c4ef6f64d06f6fc9a0ef/39c6dd8382c5e0d0feeba709f9a2f838.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, зеленая фц</t>
+  </si>
+  <si>
+    <t>587760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd3/bd3e72d84042ac148cbc5260209cd7fc/3ed6bd65f2608e0812dea316e7195901.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, голубая фц</t>
+  </si>
+  <si>
+    <t>587762</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/599/5996f348e9641f206cd9c4e5a68c2784/172cbd6dd61c54d013414901dc091823.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, фиолетовая темная</t>
+  </si>
+  <si>
+    <t>587763</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a2/8a21597cd8a626be80ef35a2ae8bad13/53d4026b08bdeff51e00d718029feb59.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, серая</t>
+  </si>
+  <si>
+    <t>587764</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c64/c64767e5db2dd557c7c1f8a1702d161f/79ba25de3d5eab6c259b16b12279184e.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, фиолетовая светлая</t>
+  </si>
+  <si>
+    <t>587766</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f39/f39c13124987c50879909b8c5441d417/0a74f1f8ab56b9f05d69cffde67fe041.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, розовая</t>
+  </si>
+  <si>
+    <t>587768</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/690/le49gebblv6375rsyqwgroynatyivdxd.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая МЕТАЛЛИК 40 мл серебряная</t>
+  </si>
+  <si>
+    <t>Акриловые краски - универсальный материал для творчества. Акриловые краски, как и акварельные, легко разбавляются водой, но после высыхания их уже нельзя размочить, и в этом &amp;quot;акрилы&amp;quot; сходны с темперой. Акриловые краски применяются в дизайн-графике, рекламе, оформительском искусстве.</t>
+  </si>
+  <si>
+    <t>590440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c16/rzcwpfwk7gvs00q7ldatve3fb3yxsz4h.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл алая</t>
+  </si>
+  <si>
+    <t>590443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/5evbu3g1dsbh5e3kfd33hf5yirrf60kc.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл желтая</t>
+  </si>
+  <si>
+    <t>590444</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/187/9fzi99v87z5c869yi2njfasgiy1d92tq.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл изумрудная</t>
+  </si>
+  <si>
+    <t>590445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/039/cbp516reufi7pnpep7dqq64qc2nkie7r.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая ХУДОЖЕСТВЕННАЯ 40 мл черная</t>
+  </si>
+  <si>
+    <t>590446</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/254/z1ta4wf0pyuv7n2yolkyc8ozsa9d7p85.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для стекла и керамики АРТформат 22 мл 6 цв.</t>
+  </si>
+  <si>
+    <t>Набор акриловых красок предназначен для выполнения работ по стеклу и керамике. Легко смешиваются между собой. После полного высыхания краски декорированные стеклянные и керамические предметы можно мыть. В набор входит шесть цветов: белый, черный, красный, синий, зеленый и желтый. Объем каждой баночки 22 мл.</t>
+  </si>
+  <si>
+    <t>590448</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14c/bxysde05x3jiq00u39yi1bdj3xq0d8q6.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани ЛУЧ АКРИЛ 15 мл 9 цв.</t>
+  </si>
+  <si>
+    <t>Акриловые краски по ткани предназначены для декоративных работ по любым видам ткани: натуральным и синтетическим.</t>
+  </si>
+  <si>
+    <t>590452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d1/9d17df70fbb09bffdf65fb4271cf18eb/ada59afcd02a99e4dab17291e6c23c7b.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, бирюзовая</t>
+  </si>
+  <si>
+    <t>593392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ac/9ac63ac1aedcb894668c267b68a24656/9b23a52e0bd1cfb321112e71debfdc97.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, голубая</t>
+  </si>
+  <si>
+    <t>593393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31d/31d6706fa8dde72be645b6c746981426/30f1e67532291da60adc6794300a7aa8.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, желтая палевая</t>
+  </si>
+  <si>
+    <t>593394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47e/47e23afbe77fa1fed003e8b9272ca7cd/9f8dbbc3f562f2e6e214d86e5a12d8ff.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, кармин</t>
+  </si>
+  <si>
+    <t>593396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb8/eb88e1d3ecb52cd25f2f46b3ab54cde3/38be9053a20077286684506e075b7db2.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, красно-фиолетовая</t>
+  </si>
+  <si>
+    <t>593397</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ad/8ad948f40b526b50e6e88cf8f7032a8c/e0cea65b036058d02d01b760c0f03cec.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, оранжевая</t>
+  </si>
+  <si>
+    <t>593398</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/062/0625cb810c6d5880c189f232409f315b/025ebc9f94308681211c43ee63f73dc4.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, телесная</t>
+  </si>
+  <si>
+    <t>593399</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a6/4a6ebfd23260fec92b71e139ac33f32a/6f236e82c00e8fd127c54396de49e9a6.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, черная</t>
+  </si>
+  <si>
+    <t>593400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0e/ree0ghgogg29sce4fafvdpds5xyiipds.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART  quot;DEBUT quot;, НАБОР 24 цвета по 12 мл, в тубах, 191127</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 12 мл в картонной коробке.24 ярких и насыщенных цвета:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;; - охра желтая &amp;#40;029&amp;#41;;- красная светлая &amp;#40;003&amp;#41;; - киноварь &amp;#40;006&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- розовая &amp;#40;310&amp;#41;; - изумрудная зеленая &amp;#40;061&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;; - ультрамарин &amp;#40;033&amp;#41;;- церулеум &amp;#40;036&amp;#41;; - небесно-голубая &amp;#40;035&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;; - серебристая &amp;#40;142&amp;#41;; - золотистая &amp;#40;144&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;; - умбра жженая &amp;#40;084&amp;#41;; - серая &amp;#40;055&amp;#41;; - черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>600649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c2/1fpgh3ux3uk78ws4nq2j8xf3v5jql2xe.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Декола quot;  quot;Батик по шелку quot;, НАБОР 6 цветов по 50 мл   резерв 2 тубы по 18 мл, 4441448</t>
+  </si>
+  <si>
+    <t>Предназначены для различных типов натуральных и синтетических тонких тканей. Наносятся непосредственно на ткань кистью. Обладают хорошей растекаемостью, быстро сохнут.</t>
+  </si>
+  <si>
+    <t>600650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/530/52c0bs53yl753zwlcs04u19ufjeop9h0.jpg</t>
+  </si>
+  <si>
+    <t>Краски темперные художественные  Мастер-класс , НАБОР 12 цветов по 18 мл, в тубах, без кисти, 1641007</t>
+  </si>
+  <si>
+    <t>Благодаря тщательно отобранным компонентам, эти краски прекрасно подходят для живописных и декоративно-дизайнерских работ. Легко наносятся на бумагу, картон, дерево. При высыхании образуют эластичную, непрозрачную, несмываемую пленку. Состав набора: белила титановые, охра светлая, кадмий желтый средний, кадмий красный светлый или кадмий красный темный, железная красная или краплак красный, ультрамарин или кобальт синий, голубая «ФЦ» или церулеум, кадмий лимонный или кадмий желтый светлый, изумрудно-зеленая или окись хрома, сиена натуральная, сажа газовая, умбра жженая или сиена жженая.</t>
+  </si>
+  <si>
+    <t>600652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b1/mid02i8lwuiws5k1i07zlrfxfepr6ruj.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Декола quot;, 6 цветов по 20 мл, в баночках, 4141025</t>
+  </si>
+  <si>
+    <t>Краски высокого качества. Обладают превосходными покрывными свойствами.</t>
+  </si>
+  <si>
+    <t>616899</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/hg46iswo8npmelgjimcj4d6uy2apialy.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани ЛУЧ АКРИЛ 15 мл 9 цв. флуоресцентные</t>
+  </si>
+  <si>
+    <t>9 цветов - лимонный флуоресцентный, оранжевый флуоресцентный, розовый флуоресцентный, голубой флуоресцентный, зелёный флуоресцентный, сиреневый флуоресцентный,красный флуоресцентный, белый, черный, 155гр.Акриловые краски по ткани предназначены для декоративных работ по любым видам ткани: натуральным и синтетическим.Классические цвета прекрасно смешиваются с любыми другими цветами, равномерно наносятся и быстро высыхают. Разбавляются водой в жидком виде. После термической обработки утюгом, изделие можно стирать при температуре 30-40 градусов С. Удобные герметичные баночки, предотвращающие высыхание краски.</t>
+  </si>
+  <si>
+    <t>617589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72e/6397n3mppld3oemf9aibdku9ix7ntkc9.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые ХУДОЖЕСТВЕННЫЕ 16 цв.</t>
+  </si>
+  <si>
+    <t>617590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f23/4n0dcp650gb46es0wygh9obb0aezjnz5.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые худ. ДЕКОЛА 20 мл. 12 цв. матовые карт. уп.</t>
+  </si>
+  <si>
+    <t>Краски акриловые худ. ДЕКОЛА 20 мл 12 цв. матовые карт. уп.</t>
+  </si>
+  <si>
+    <t>623807</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dekola/"&gt;Декола&lt;/a&gt;</t>
   </si>
   <si>
-    <t>20</t>
-[...932 lines deleted...]
-    <t>583625</t>
+    <t>http://anytos.ru//upload/iblock/995/zwn2zxerzd4q3vgtvax5k8n7ohz2iwa7.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART  quot;CLASSIC quot;, НАБОР 18 цветов по 12 мл, в тубах, 191123</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначены для живописи и декоративных работ. Профессиональная серия. Краски с глянцевым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 12 мл в картонной коробке.18 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;; - охра желтая &amp;#40;029&amp;#41;;- красная светлая &amp;#40;003&amp;#41;; - киноварь &amp;#40;006&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;; - зеленая светлая &amp;#40;062&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;; - травяная зеленая &amp;#40;066&amp;#41;; - ультрамарин &amp;#40;033&amp;#41;;- церулеум &amp;#40;036&amp;#41;; - кобальт синий &amp;#40;038&amp;#41;; - голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;; - умбра жженая &amp;#40;084&amp;#41;; - черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87f/w2kr4plutk0qqsw0qnho3fa5w0em3y1r.jpg</t>
+  </si>
+  <si>
+    <t>Краски темперные художественные  quot;Мастер-класс quot;, НАБОР 10 цветов по 46 мл, в тубах, без кисти, 1641032</t>
+  </si>
+  <si>
+    <t>Благодаря тщательно отобранным компонентам, эти краски прекрасно подходят для живописных и декоративно-дизайнерских работ. Легко наносятся на бумагу, картон, дерево. При высыхании образуют эластичную, непрозрачную, несмываемую пленку. Состав набора: белила титановые, охра светлая, кадмий желтый средний, кадмий красный светлый или кадмий красный темный, железная красная или краплак красный, ультрамарин или кобальт синий, голубая ФЦ, окись хрома или изумрудно-зеленая, умбра жженая или сиена жженая, сажа газовая.</t>
+  </si>
+  <si>
+    <t>626811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b80/a790urrpz58ea68d6t8gl4v2qgpi1s0a.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART  quot;CLASSIC quot;, НАБОР 24 цвета по 12 мл, в тубах, 191124</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначены для живописи и декоративных работ. Профессиональная серия. Краски с глянцевым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 12 мл в картонной коробке.24 ярких и насыщенных цвета:- белила титановые &amp;#40;044&amp;#41;; - телесная &amp;#40;046&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;; - охра желтая &amp;#40;029&amp;#41;;- красная светлая &amp;#40;003&amp;#41;; - киноварь &amp;#40;006&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;; - зеленая светлая &amp;#40;062&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;; - травяная зеленая &amp;#40;066&amp;#41;; - ультрамарин &amp;#40;033&amp;#41;;- церулеум &amp;#40;036&amp;#41;; - кобальт синий &amp;#40;038&amp;#41;; - голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;; - серебристая &amp;#40;142&amp;#41;; - золотистая &amp;#40;144&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;; - умбра жженая &amp;#40;084&amp;#41;; - серая &amp;#40;055&amp;#41;; - черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>629822</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb6/eb679f41c5898edcd8345947ed294590.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые JOVI, 06 цветов, с кистью, 55мл, картон</t>
+  </si>
+  <si>
+    <t>Акриловые краски на водной основе с глянцевым эффектом в комплекте с кистью пони. Идеальны для рисования практически в любых техниках на металле, дереве, стекле, пластике, керамике, бумаге, холсте, папье-маше, глине — акриловая краска прекрасно ложится на различные поверхности. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Нужное количество краски можно развести водой до получения нужной степени прозрачности. Равномерно высыхают, сохраняя яркость цвета и образуя водостойкий слой. При необходимости можно нанести второй слой, который будет непрозрачным и даст возможность исправить Ваш рисунок. Не требуют дополнительного покрытия лаком. Устойчивы к выцветанию. Не содержат аммиака, что, помимо отсутствия неприятного запаха, гарантирует их безопасность. Шесть ярких базовых цветов&amp;nbsp;&amp;nbsp;&amp;#40;белый, желтый, красный, зеленый, синий, черный&amp;#41; в баночках по 55 мл. Страна производства Испания.</t>
+  </si>
+  <si>
+    <t>630198</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/jovi/"&gt;Jovi&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/366/3660f67d2dc70452c8de2e14a92236cf.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые Гамма  quot;Студия quot;, 03 цвета, 75 мл туба, картон.упак.</t>
+  </si>
+  <si>
+    <t>Наборы новых акриловых красок &amp;quot;Студия&amp;quot; предназначены для художественно-живописных и декоративно-прикладных работ. В наборах собраны основные цвета. Акриловые краски «Студия» отличают насыщенные цвета, высокая адгезия, отличная прочность. После высыхания становятся глянцевыми, практически не темнеют, специальные добавки позволяют максимально раскрыть красоту цвета. Краски обладают густой консистенций, высокой разносимостью, позволяя писать в различных техниках живописи. Время высыхания от 10 минут до 1 часа в зависимости от толщины слоя краски. Подходят для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Прозрачный корпус тубы позволяют увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание краски в тубе.</t>
+  </si>
+  <si>
+    <t>630205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f52/f52f74af19ccf63d1925a97d05acb19e.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые Гамма  quot;Студия quot;, 05 цвета, 75 мл туба, картон.упак.</t>
+  </si>
+  <si>
+    <t>630206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/336/33653ed47865b62fd69119b881b23087.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые Гамма  quot;Студия quot;, 12 цветов, 75 мл туба, картон.упак.</t>
+  </si>
+  <si>
+    <t>630207</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/989/98994d1bce047d598a7d3d66348e8654.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 500мл, банка, черная</t>
+  </si>
+  <si>
+    <t>Новые акриловые краски &amp;quot;Студия&amp;quot; предназначены для художественно-живописных и декоративно-прикладных работ. Их отличают насыщенные цвета, высокая адгезия, отличная прочность. После высыхания становятся глянцевыми, практически не темнеют, специальные добавки позволяют максимально раскрыть красоту цвета. Акриловые краски &amp;quot;Студия&amp;quot; обладают густой консистенций, высокой разносимостью, позволяя писать в различных техниках живописи. Время высыхания от 10 минут до 1 часа в зависимости от толщины слоя краски. Подходят для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Большая банка - больше возможностей для творчества.</t>
+  </si>
+  <si>
+    <t>630208</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21d/21d99e4273c394b14209e2cddcdae086.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 500мл, банка, белила титановые</t>
+  </si>
+  <si>
+    <t>630209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f2/51v7w3rbanaqdcen5v4ij31b7cjxtts4.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Декола quot;, 12 цветов по 20 мл, в баночках, 4141216</t>
+  </si>
+  <si>
+    <t>Акриловые краски используются для художественного оформления всех видов тканей. Краски быстро сохнут, закрепляются утюгом, обладают яркими насыщенными цветами.</t>
+  </si>
+  <si>
+    <t>636911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/712/kd4umx3jgyf8iig8zw5nxm2w1syd4xd9.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART CLASSIC, НАБОР 3 шт, МЕТАЛЛИК, в банках 22 мл, 191716</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART CLASSIC - профессиональная серия. Предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с эффектом &amp;quot;металлик&amp;quot;. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в банках объемом 22 мл в картонной коробке.В наборе 3 цвета с эффектом &amp;quot;металлик&amp;quot;:- золотистый &amp;#40;543&amp;#41;; - серебристый &amp;#40;560&amp;#41;;- медный &amp;#40;544&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>654255</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e3/6e3bc6247cb7aeefb1c5dd422d46ed04.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART CLASSIC, флакон 250 мл, КРАСНАЯ СВЕТЛАЯ, 191707</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Насыщенный красный цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 250 мл.</t>
+  </si>
+  <si>
+    <t>654258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64b/64b4e76a11c1ca8ee232bc84b0800a25.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART CLASSIC, флакон 250 мл, ПЕРСИКОВАЯ КРАСНАЯ, 191712</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска персиково-красного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 250 мл.</t>
+  </si>
+  <si>
+    <t>654260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e4/9e461a51b4c087b0ef2cfb9cdee8546a.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART CLASSIC, флакон 250 мл, РОЗОВАЯ СВЕТЛАЯ, 191710</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска светло-розового цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 250 мл.</t>
+  </si>
+  <si>
+    <t>654261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef4/ef49388648b66f2fc0654ef69251e907.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART CLASSIC, флакон 250 мл, ТЕЛЕСНАЯ, 191708</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Краска телесного цвета с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 250 мл.</t>
+  </si>
+  <si>
+    <t>654263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7eb/7eb3fb3063153d2481b757460df35cb2.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная BRAUBERG ART CLASSIC, флакон 250 мл, ЧЕРНАЯ, 191706</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Насыщенный черный цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой тубе объемом 250 мл.</t>
+  </si>
+  <si>
+    <t>654265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/597/oh36kr34ee1w30h5qbq21d0uhvjrz9sr.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные металлические цвета BRAUBERG ART CLASSIC, НАБОР 6 шт 22мл, 191717</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART CLASSIC - профессиональная серия. Предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с эффектом &amp;quot;металлик&amp;quot;. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в банках объемом 22 мл в картонной коробке.В наборе 6 цветов:- золотистый &amp;#40;543&amp;#41;; - серебристый &amp;#40;560&amp;#41;;- медный &amp;#40;544&amp;#41;;- бронзовый &amp;#40;545&amp;#41;;- красный медный металлик &amp;#40;504&amp;#41;;- серебристо-черный металлик &amp;#40;510&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>654267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10a/10aa41bb48e7b99dbfc3d1fe934501fd.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные металлик BRAUBERG ART CLASSIC, НАБОР 12 шт, в тубах 12 мл, 191719</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART CLASSIC - профессиональная серия. Предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с эффектом &amp;quot;металлик&amp;quot;. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубах объемом 12 мл в картонной коробке.В наборе 12 цветов:- золотистый &amp;#40;543&amp;#41;; - серебристый &amp;#40;560&amp;#41;;- медный &amp;#40;544&amp;#41;;- бронзовый &amp;#40;545&amp;#41;;- красный медный &amp;quot;металлик&amp;quot; &amp;#40;504&amp;#41;;- серебристо-черный &amp;quot;металлик&amp;quot; &amp;#40;510&amp;#41;;- белый &amp;quot;металлик&amp;quot; &amp;#40;547&amp;#41;; - средний желтый &amp;quot;металлик&amp;quot; &amp;#40;540&amp;#41;;- киноварь &amp;quot;металлик&amp;quot; &amp;#40;519&amp;#41;;- зеленый &amp;quot;металлик&amp;quot; &amp;#40;559&amp;#41;; - лазурно-синий &amp;quot;металлик&amp;quot; &amp;#40;516&amp;#41;;- темно-коричневый &amp;quot;металлик&amp;quot; &amp;#40;505&amp;#41;.</t>
+  </si>
+  <si>
+    <t>654268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ce/sr098gf7b2fovkbsgkar1rnvuszkrhlb.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные металлик BRAUBERG ART CLASSIC, НАБОР 24 шт, в тубах 12 мл, 191720</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART CLASSIC - профессиональная серия. Предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с эффектом &amp;quot;металлик&amp;quot;. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубах объемом 12 мл в картонной коробке.В наборе 24 цвета:- белый &amp;quot;металлик&amp;quot; &amp;#40;547&amp;#41;; - серебристый &amp;#40;560&amp;#41;;- лимонно-желтый &amp;quot;металлик&amp;quot; &amp;#40;511&amp;#41;;- средний желтый &amp;quot;металлик&amp;quot; &amp;#40;540&amp;#41;;- золотистый &amp;#40;543&amp;#41;; - охра &amp;quot;металлик&amp;quot; &amp;#40;503&amp;#41;;- оранжевый &amp;quot;металлик&amp;quot; &amp;#40;528&amp;#41;;- киноварь &amp;quot;металлик&amp;quot; &amp;#40;519&amp;#41;;- перламутровый &amp;quot;металлик&amp;quot; &amp;#40;532&amp;#41;;- светло-розовый &amp;quot;металлик&amp;quot; &amp;#40;527&amp;#41;;- персиково-красный &amp;quot;металлик&amp;quot; &amp;#40;518&amp;#41;;- пурпурный красный &amp;quot;металлик&amp;quot; &amp;#40;523&amp;#41;;- темно-фиолетовый &amp;quot;металлик&amp;quot; &amp;#40;515&amp;#41;;- светло-голубой &amp;quot;металлик&amp;quot; &amp;#40;535&amp;#41;;- небесно-голубой &amp;quot;металлик&amp;quot; &amp;#40;517&amp;#41;;- лазурно-синий &amp;quot;металлик&amp;quot; &amp;#40;516&amp;#41;;- светло-зеленый &amp;quot;металлик&amp;quot; &amp;#40;557&amp;#41;;- зеленый &amp;quot;металлик&amp;quot; &amp;#40;559&amp;#41;; - медный &amp;#40;544&amp;#41;;- бронзовый &amp;#40;545&amp;#41;;- красный медный &amp;quot;металлик&amp;quot; &amp;#40;504&amp;#41;;- темно-коричневый &amp;quot;металлик&amp;quot; &amp;#40;505&amp;#41;;- серебристо-серый &amp;quot;металлик&amp;quot; &amp;#40;507&amp;#41;;- серебристо-черный &amp;quot;металлик&amp;quot; &amp;#40;510&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>654270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fe/z991v0stf5jj905reoihs6af5nzz04od.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART CLASSIC, НАБОР 24 шт, 21 цвет, в тубах 22 мл, 191722</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART CLASSIC - профессиональная серия. Предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с глянцевым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 22 мл в картонной коробке.В наборе 21 цвет:- белила титановые &amp;#40;044&amp;#41; - 4 шт.; - лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- телесная &amp;#40;046&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;; - киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41;;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;;Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>654271</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/928/7m9asem71lz1wy4aija0vj1crk7vsgcf.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART CLASSIC, НАБОР 54 шт., 49 цветов, в тубах 75 мл, 191724</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART CLASSIC - профессиональная серия. Предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с глянцевым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 75 мл в картонной коробке.В наборе 49 цветов:- белила титановые &amp;#40;044&amp;#41; - 4 шт.; - белила цинковые &amp;#40;042&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- желтая темная &amp;#40;024&amp;#41;;- телесная &amp;#40;046&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;; - оранжево-красная &amp;#40;007&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная красная &amp;#40;011&amp;#41;;- розовая &amp;#40;310&amp;#41;;- розовая светлая &amp;#40;019&amp;#41;;- персиковая красная &amp;#40;010&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- фиолетовая светлая &amp;#40;334&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- серо-голубая светлая &amp;#40;331&amp;#41;;- небесно-голубая &amp;#40;035&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- желто-зеленая светлая &amp;#40;304&amp;#41;;- желто-зеленая &amp;#40;078&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- изумрудная зеленая &amp;#40;061&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- прусская зеленая &amp;#40;056&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- зеленая темная &amp;#40;064&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41; - 3 шт.;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;;- перламутровая медная &amp;#40;230&amp;#41;;- перламутровая медно-золотая &amp;#40;231&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>664679</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e7/25lk02otbgxifr9dw1c6ossu2867pezh.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, серебро</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» серебро предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл.</t>
+  </si>
+  <si>
+    <t>695332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb9/9mirasq950yr1njcqk9uawq2qi5zwlno.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые декоративные Гамма  quot;Хобби quot;, 6 цветов, 20мл, картон. упак., пастельные цвета</t>
+  </si>
+  <si>
+    <t>Пастельные декоративные акриловые краски серии &amp;quot;Хобби&amp;quot; предназначены для декоративно-оформительских работ и росписи по любой поверхности &amp;#40;бумага, картон, холст, дерево, металл, гипс&amp;#41;, обладают хорошей укрывистостью и светостойкостью, хорошо смешиваются, быстро высыхают. Благодаря удобной герметичной баночке с завинчивающейся крышкой, краски долго хранятся, не высыхая. Морозостойкие. Объем баночки - 20 мл.</t>
+  </si>
+  <si>
+    <t>700659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efd/b2050qelmh6hfwnj99dphpbc99ojf8yh.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые Гамма  quot;Студия quot;, 12цв., 9мл туба, картон. упак.</t>
+  </si>
+  <si>
+    <t>Набор новых акриловых красок серии «Студия» предназначен для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенные цвета, высокая адгезия, прочность красочного слоя. После высыхания краски становятся глянцевыми, практически не темнеют, специальная добавка позволяет максимально раскрыть красоту цветов. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. В упаковке 12 цветов. Объём тубы — 9 мл.</t>
+  </si>
+  <si>
+    <t>708506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/289/wq8z4sa3oj4mc18mv4226tiibqavbtye.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и хобби ОСТРОВ СОКРОВИЩ 6 цветов по 25 мл, 191688</t>
+  </si>
+  <si>
+    <t>Акриловые краски ОСТРОВ СОКРОВИЩ отлично подойдут для рисования и оформительских работ. Легко наносятся практически на любую поверхность. Обеспечивают быстрое высыхание без изменения цвета. Обладают высокой кроющей способностью. 6 ярких и насыщенных цветов: белый, черный, желтый, зеленый, красный, синий.Краски отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей, подходят для кастомизации. При высыхании образуют матовый финиш. Поставляются в блок-таре объемом 25 мл с защелкивающейся крышкой в картонной коробке.</t>
+  </si>
+  <si>
+    <t>778820</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bd/48ktgfcfat80npil52fxlka9txyi599c.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые НЕОН для рисования и хобби ОСТРОВ СОКРОВИЩ 6 цветов по 25 мл, 191692</t>
+  </si>
+  <si>
+    <t>Акриловые краски ОСТРОВ СОКРОВИЩ отлично подойдут для рисования и оформительских работ. Легко наносятся практически на любую поверхность. Обеспечивают быстрое высыхание без изменения цвета. Обладают высокой кроющей способностью. 6 насыщенных неоновых цветов: голубой, желтый, зеленый, оранжевый, розовый, фиолетовый.Краски отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей, подходят для кастомизации. При высыхании образуют матовый финиш. Поставляются в блок-таре объемом 25 мл с защелкивающейся крышкой в картонной коробке.</t>
+  </si>
+  <si>
+    <t>778822</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/255/dugf4kujhapmyqpyptx4dj173r8bvl1j.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые по ткани НЕОН ОСТРОВ СОКРОВИЩ 6 цветов по 25 мл, 191697</t>
+  </si>
+  <si>
+    <t>Акриловые краски ОСТРОВ СОКРОВИЩ отлично подойдут для рисования и оформительских работ. Обеспечивают быстрое высыхание без изменения цвета. Используются для любительской росписи по ткани. В наборе 6 насыщенных неоновых цветов: голубой, желтый, зеленый, оранжевый, розовый, фиолетовый. Краски обладают высокой кроющей способностью, отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Правила ухода за изделием после нанесения краски:-для закрепления рисунка ткань необходимо прогладить с обратной стороны после высыхания краски;-температура стирки 30 - 40 градусов С;-умеренная концентрация нейтральных моющих средств &amp;#40;порошок&amp;#41; без отбеливателей;-после стирки не выжимать скручиванием;-при стирке руками места, где нанесена роспись, не тереть;-перед стиркой изделие лучше вывернуть наизнанку;-сушить в расправленном виде;-не подвергать предварительной стирке &amp;#40;замачиванию&amp;#41;;-гладить щадяще и с изнаночной стороны.</t>
+  </si>
+  <si>
+    <t>778826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cc/y63p6imvhqm3cgt13u1e9xjfjpiwyv3j.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые по ткани ОСТРОВ СОКРОВИЩ 12 цветов по 25 мл, 191694</t>
+  </si>
+  <si>
+    <t>Акриловые краски ОСТРОВ СОКРОВИЩ отлично подойдут для рисования и оформительских работ. Обеспечивают быстрое высыхание без изменения цвета. Используются для любительской росписи по ткани. В наборе 12 ярких и насыщенных цветов: белый, красный, синий, черный, желтый, зеленый, коричневый, оранжевый, светло-зеленый, розовый, фиолетовый, голубой. Краски обладают высокой кроющей способностью, отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Правила ухода за изделием после нанесения краски:-для закрепления рисунка ткань необходимо прогладить с обратной стороны после высыхания краски;-температура стирки 30 - 40 градусов С;-умеренная концентрация нейтральных моющих средств &amp;#40;порошок&amp;#41; без отбеливателей;-после стирки не выжимать скручиванием;-при стирке руками места, где нанесена роспись, не тереть;-перед стиркой изделие лучше вывернуть наизнанку;-сушить в расправленном виде;-не подвергать предварительной стирке &amp;#40;замачиванию&amp;#41;;-гладить щадяще и с изнаночной стороны.</t>
+  </si>
+  <si>
+    <t>778827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/125/ui32p2980emvjq7dmveyabz1j4v70jnu.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые по ткани ОСТРОВ СОКРОВИЩ 6 цветов по 25 мл, 191693</t>
+  </si>
+  <si>
+    <t>Акриловые краски ОСТРОВ СОКРОВИЩ отлично подойдут для рисования и оформительских работ. Обеспечивают быстрое высыхание без изменения цвета. Используются для любительской росписи по ткани. В наборе 6 ярких и насыщенных цветов: белый, красный, синий, черный, желтый, зеленый. Краски обладают высокой кроющей способностью, отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Правила ухода за изделием после нанесения краски:-для закрепления рисунка ткань необходимо прогладить с обратной стороны после высыхания краски;-температура стирки 30 - 40 градусов С;-умеренная концентрация нейтральных моющих средств &amp;#40;порошок&amp;#41; без отбеливателей;-после стирки не выжимать скручиванием;-при стирке руками места, где нанесена роспись, не тереть;-перед стиркой изделие лучше вывернуть наизнанку;-сушить в расправленном виде;-не подвергать предварительной стирке &amp;#40;замачиванию&amp;#41;;-гладить щадяще и с изнаночной стороны.</t>
+  </si>
+  <si>
+    <t>778828</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a7/a0wabr8xy1j3mf4mi41c09o89frgbyrh.jpg</t>
+  </si>
+  <si>
+    <t>Тушь акриловая Гамма, синяя, 35 мл</t>
+  </si>
+  <si>
+    <t>Тушь предназначена для оформительских работ, используется на бумаге, картоне, холсте и кальке. Яркий, насыщенный цвет. Наносится с помощью специальных перьев, кистей, а также деревянными палочками и поролоном. Тушь подойдет для иллюстраций, чертежей и для смешанных техник с акварелью. Предназначена как для начинающих, так и для профессиональных художников. Все инструменты после работы следует отмывать водой, т.к. тушь высыхает безвозвратно. Тушь не предназначена для использования в изографах и рапидографах и других технических ручках. Перед использованием тушь следует тщательно взболтать.</t>
+  </si>
+  <si>
+    <t>789661</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72f/bog3dus7lw8o8dqggajtorxx9umhpi8g.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные Гамма  quot;Студия quot;, 24 цвета, 9 мл, картон.упак.</t>
+  </si>
+  <si>
+    <t>Набор новых акриловых красок серии «Студия» предназначен для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенные цвета, высокая адгезия, прочность красочного слоя. После высыхания краски становятся глянцевыми, практически не темнеют, специальная добавка позволяет максимально раскрыть красоту цветов. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Большая цветовая палитра, включающая в себя акриловые краски серебряного и золотого цвета В упаковке 24 цвета. Объём тубы — 9 мл.</t>
+  </si>
+  <si>
+    <t>800412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef9/kyllxt3a6o2bayovs66mujq0q9kbd1j4.jpg</t>
+  </si>
+  <si>
+    <t>АКРИЛОВАЯ КРАСКА, КРАСНАЯ МЕДЬ МЕТАЛЛИК, 60 МЛ</t>
+  </si>
+  <si>
+    <t>814648</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d5/nx8ieen52t3sm368ky7w5n4631uumlae.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART PREMIERE, НАБОР 12 шт., в тубах по 22 мл, 191781</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART PREMIERE предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с глянцевым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 22 мл в картонной коробке.В наборе 11 цветов:- белила титановые &amp;#40;044&amp;#41; - 2 шт.; - лимонная желтая &amp;#40;021&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;; - красная темная &amp;#40;001&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>829512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/174/t1d9v13556m9dmfgl8cdpd9y7n932cbt.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные BRAUBERG ART PREMIERE, НАБОР 24 шт., в тубах по 22 мл, 191782</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART PREMIERE предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с глянцевым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубе объемом 22 мл в картонной коробке.В наборе 21 цвет:- белила титановые &amp;#40;044&amp;#41; - 4 шт.; - лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- телесная &amp;#40;046&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;; - киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41;;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>829513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/60c/nt3h4741ab39j5o4dblmghq3x1e3wkf8.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые Гамма  quot;Студия quot;, 6цв., 18мл туба, картон.упак, европодвес</t>
+  </si>
+  <si>
+    <t>Набор новых акриловых красок серии «Студия» предназначен для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенные цвета, высокая адгезия, прочность красочного слоя. После высыхания краски становятся глянцевыми, практически не темнеют, специальная добавка позволяет максимально раскрыть красоту цветов. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус туб позволяет увидеть цвета красок, а удобная крышка флип-топ предотвращает высыхание. В упаковке 6 цветов. Объём тубы — 18 мл.</t>
+  </si>
+  <si>
+    <t>833964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/767/mb9n6b5fjsj8wgsc1gtrhiacvxvbe4r3.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые Гамма  quot;Студия quot;, 10цв., 18мл туба, картон. упак, европодвес</t>
+  </si>
+  <si>
+    <t>Набор новых акриловых красок серии «Студия» предназначен для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенные цвета, высокая адгезия, прочность красочного слоя. После высыхания краски становятся глянцевыми, практически не темнеют, специальная добавка позволяет максимально раскрыть красоту цветов. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. В упаковке 10 цветов. Объём тубы — 18 мл.</t>
+  </si>
+  <si>
+    <t>841512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edf/1k0aq4qnu0fcinva7ydxpq5n5n2214yy.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая Луч 12 цветов пастель</t>
+  </si>
+  <si>
+    <t>Глянцевые пастельные акриловые краски предназначены для художественных, декоративных и дизайнерских работ. Акриловые краски, как и акварельные, легко разбавляются водой, но после высыхания их уже нельзя размочить, образуют несмываемую плёнку. Красочный слой эластичен, прочен и долговечен.Красками можно работать практически на любой поверхности</t>
+  </si>
+  <si>
+    <t>853132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f5/wc4b0tyrj2t84caqw52ytl67oip880ok.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые ХУДОЖЕСТВЕННЫЕ 20 мл, 12 цветов</t>
+  </si>
+  <si>
+    <t>857099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ce/cldpfo1tjx2pd36ushl10tfxde1af1sg.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, английская красная</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл. • Цвет: английская красная; • Упаковка: пластиковая туба; • Объём тубы: 75 мл.</t>
+  </si>
+  <si>
+    <t>884177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/507/wnlnxltyiakturpb8ev7a846a293482z.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, ван-дик коричневый</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл. • Цвет: ван-дик коричневый; • Упаковка: пластиковая туба; • Объём тубы: 75 мл.</t>
+  </si>
+  <si>
+    <t>884178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a9/f14tiaxl35o7ihol4gknqr75xyldmliv.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, желто-зеленая</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл. • Цвет: сиреневый; • Упаковка: пластиковая туба; • Объём тубы: 75 мл.</t>
+  </si>
+  <si>
+    <t>884179</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d65/zx9ugv0rx05vvzdwngufd2y36bw4147l.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, окись хрома</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл. • Цвет: окись хрома; • Упаковка: пластиковая туба; • Объём тубы: 75 мл.</t>
+  </si>
+  <si>
+    <t>884180</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d32/p2ztm37iael13842le01n1e66erw21na.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, оранжево-желтая</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл. • Цвет: оранжево-желтый; • Упаковка: пластиковая туба; • Объём тубы: 75 мл.</t>
+  </si>
+  <si>
+    <t>884181</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c75/3x2hpdqqjt1cwkatq5thpe3rd96omukc.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, сиреневая</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» сиреневого цвета предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл. • Цвет: сиреневый; • Упаковка: пластиковая туба; • Объём тубы: 75 мл.</t>
+  </si>
+  <si>
+    <t>884182</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a9/61ld2re8ylj3bq7n8jivoeojkhvl287z.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, фисташковая</t>
+  </si>
+  <si>
+    <t>Новая акриловая краска серии «Студия» фисташкового цвета предназначена для художественно-живописных и декоративно-прикладных работ. Главные отличия: насыщенный цвет, густая консистенция, высокая адгезия, прочность красочного слоя. После высыхания краска становится глянцевой, практически не темнеет, специальная добавка позволяет максимально раскрыть красоту цвета. Художественный акрил прекрасно разносится, подходит для бумаги, картона, грунтованного холста, дерева, стекла, кожи, ткани. Время высыхания: от 10 минут до 1 часа в зависимости от толщины слоя. Прозрачный корпус тубы позволяет увидеть цвет краски, а удобная крышка флип-топ предотвращает высыхание. Объём тубы — 75 мл. • Цвет: фисташковый; • Упаковка: пластиковая туба; • Объём тубы: 75 мл.</t>
+  </si>
+  <si>
+    <t>884183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aed/lzfm05nzptlfm92gbplri25rt2yotsqd.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для техники  quot;Флюид Арт quot;  POURING PAINT  Пастельные тона, 8 цветов по 120 мл, BRAUBERG ART, 192241</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART CLASSIC предназначены для работы в технике &amp;quot;Флюид Арт&amp;quot; – абстрактной живописи жидким акрилом с текучей консистенцией. Профессиональная серия. Жидкие акриловые краски разработаны по особой формуле, благодаря которой цвета практически не смешиваются между собой – это позволяет добиться причудливых изгибов с контрастными переходами. Разливая краски по поверхности в различных пропорциях, получают уникальный рисунок.Краски ярких и насыщенных цветов подходят для работы на грунтованном холсте, деревянной панели, стекле и других твердых основах, устойчивых к воздействию влаги. Не требуют разбавления водой, полностью готовы к использованию. Не токсичны и не имеют неприятного резкого запаха. Обладают высокой укрывистостью и светостойкостью.Краски во флаконах объемом 120 мл с удобным дозировочным клапаном поставляются в картонной коробке.В наборе 8 цветов, подобранных для создания гармоничной картины в &amp;quot;пастельных тонах&amp;quot;:- морская зеленая &amp;#40;402&amp;#41;;- пастельная желтая &amp;#40;503&amp;#41;;- светлая небесно-голубая &amp;#40;505&amp;#41;;- голубая ФЦ &amp;#40;301&amp;#41;;- лавандовая &amp;#40;601&amp;#41;;- розовая &amp;#40;604&amp;#41;;- бронзовая &amp;#40;903&amp;#41;;- белила титановые &amp;#40;101&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906157</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/221/0ihb5fgsktual91h6o06bcr3m2obgnjt.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для техники  quot;Флюид Арт quot;  POURING PAINT , 4 цвета по 120 мл, Морские тона, BRAUBERG ART, 192240</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART CLASSIC предназначены для работы в технике &amp;quot;Флюид Арт&amp;quot; – абстрактной живописи жидким акрилом с текучей консистенцией. Профессиональная серия. Жидкие акриловые краски разработаны по особой формуле, благодаря которой цвета практически не смешиваются между собой – это позволяет добиться причудливых изгибов с контрастными переходами. Разливая краски по поверхности в различных пропорциях, получают уникальный рисунок.Краски ярких и насыщенных цветов подходят для работы на грунтованном холсте, деревянной панели, стекле и других твердых основах, устойчивых к воздействию влаги. Не требуют разбавления водой, полностью готовы к использованию. Не токсичны и не имеют неприятного резкого запаха. Обладают высокой укрывистостью и светостойкостью.Краски во флаконах объемом 120 мл с удобным дозировочным клапаном поставляются в картонной коробке.В наборе 4 цвета, подобранных для создания гармоничной картины в &amp;quot;морских тонах&amp;quot;:- морская зеленая &amp;#40;402&amp;#41;;- зеленая ФЦ &amp;#40;401&amp;#41;;- лесная зеленая &amp;#40;403&amp;#41;;- белила титановые &amp;#40;101&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b46/7uxaa3otfjj2z78vz0juotdnvrcfk6bj.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для техники  quot;Флюид Арт quot;  POURING PAINT , 8 цветов по 120 мл, Цвета радуги, BRAUBERG ART, 192242</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART CLASSIC предназначены для работы в технике &amp;quot;Флюид Арт&amp;quot; – абстрактной живописи жидким акрилом с текучей консистенцией. Профессиональная серия. Жидкие акриловые краски разработаны по особой формуле, благодаря которой цвета практически не смешиваются между собой – это позволяет добиться причудливых изгибов с контрастными переходами. Разливая краски по поверхности в различных пропорциях, получают уникальный рисунок.Краски ярких и насыщенных цветов подходят для работы на грунтованном холсте, деревянной панели, стекле и других твердых основах, устойчивых к воздействию влаги. Не требуют разбавления водой, полностью готовы к использованию. Не токсичны и не имеют неприятного резкого запаха. Обладают высокой укрывистостью и светостойкостью.Краски во флаконах объемом 120 мл с удобным дозировочным клапаном поставляются в картонной коробке.В наборе 8 цветов, подобранных для создания гармоничной картины в &amp;quot;цветах радуги&amp;quot;:- киноварь &amp;#40;202&amp;#41;;- неоновая оранжевая &amp;#40;802&amp;#41;;- лимонная желтая &amp;#40;502&amp;#41;;- неоновая зеленая &amp;#40;806&amp;#41;;- светлая небесно-голубая &amp;#40;505&amp;#41;;- неоновая синяя &amp;#40;805&amp;#41;;- неоновая фиолетовая &amp;#40;804&amp;#41;;- белила титановые &amp;#40;101&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906161</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/409/4nvz0eputedzc40cgoox0g6uu48mjpxr.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для техники  quot;Флюид Арт quot;  POURING PAINT , НАБОР 12 цветов по 60 мл, BRAUBERG ART CLASSIC, 192236</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART CLASSIC предназначены для работы в технике &amp;quot;Флюид Арт&amp;quot; – абстрактной живописи жидким акрилом с текучей консистенцией. Профессиональная серия. Жидкие акриловые краски разработаны по особой формуле, благодаря которой цвета практически не смешиваются между собой – это позволяет добиться причудливых изгибов с контрастными переходами. Разливая краски по поверхности в различных пропорциях, получают уникальный рисунок.Краски ярких и насыщенных цветов подходят для работы на грунтованном холсте, деревянной панели, стекле и других твердых основах, устойчивых к воздействию влаги. Не требуют разбавления водой, полностью готовы к использованию. Не токсичны и не имеют неприятного резкого запаха. Обладают высокой укрывистостью и светостойкостью.Краски во флаконах объемом 60 мл с удобным дозировочным клапаном поставляются в картонной коробке.В наборе 12 цветов:- киноварь &amp;#40;202&amp;#41;;- неоновая оранжевая &amp;#40;802&amp;#41;;- лимонная желтая &amp;#40;502&amp;#41;;- зеленая ФЦ &amp;#40;401&amp;#41;;- светлая небесно-голубая &amp;#40;505&amp;#41;;- неоновая синяя &amp;#40;805&amp;#41;;- неоновая фиолетовая &amp;#40;804&amp;#41;;- морская зеленая &amp;#40;402&amp;#41;;- вишнево-розовая &amp;#40;603&amp;#41;;- золотистая &amp;#40;901&amp;#41;;- серебристая &amp;#40;902&amp;#41;;- белила титановые &amp;#40;101&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89c/de02z616d3cs3peuil9l0l76gm51x177.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для техники  quot;Флюид Арт quot;  POURING PAINT , НАБОР 22 цвета, 24 штуки по 60 мл, BRAUBERG ART, 192237</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART CLASSIC предназначены для работы в технике &amp;quot;Флюид Арт&amp;quot; – абстрактной живописи жидким акрилом с текучей консистенцией. Профессиональная серия. Жидкие акриловые краски разработаны по особой формуле, благодаря которой цвета практически не смешиваются между собой – это позволяет добиться причудливых изгибов с контрастными переходами. Разливая краски по поверхности в различных пропорциях, получают уникальный рисунок.Краски ярких и насыщенных цветов подходят для работы на грунтованном холсте, деревянной панели, стекле и других твердых основах, устойчивых к воздействию влаги. Не требуют разбавления водой, полностью готовы к использованию. Не токсичны и не имеют неприятного резкого запаха. Обладают высокой укрывистостью и светостойкостью.Краски во флаконах объемом 60 мл с удобным дозировочным клапаном поставляются в картонной коробке.В наборе 24 штуки, 22 цвета:- ярко-красная &amp;#40;201&amp;#41;;- киноварь &amp;#40;202&amp;#41;;- желтая средняя &amp;#40;501&amp;#41;;- лимонная желтая &amp;#40;502&amp;#41;;- пастельная желтая &amp;#40;503&amp;#41;;- зеленая ФЦ &amp;#40;401&amp;#41;;- голубая ФЦ &amp;#40;301&amp;#41;;- ультрамарин &amp;#40;302&amp;#41;;- лесная зеленая &amp;#40;403&amp;#41;;- морская зеленая &amp;#40;402&amp;#41;;- лавандовая &amp;#40;601&amp;#41;;- гвоздика розовая &amp;#40;602&amp;#41;;- вишнево-розовая &amp;#40;603&amp;#41;;- розовая &amp;#40;604&amp;#41;;- коралловая &amp;#40;605&amp;#41;;- золотистая &amp;#40;901&amp;#41;;- серебристая &amp;#40;902&amp;#41;;- бронзовая &amp;#40;903&amp;#41;;- винно-красный металлик &amp;#40;904&amp;#41;;- серебристая серая &amp;#40;702&amp;#41;;- марс черный &amp;#40;701&amp;#41;;- белила титановые &amp;#40;101&amp;#41; - 3 шт.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/238/yo7p6jn8nhpkx0s4dbmx0dzw8jsi9ctm.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 12 штук по 22 мл в банках, BRAUBERG ART DEBUT, 192298</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в баночках объемом 22 мл поставляются в картонной коробке. В наборе 12 цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40e/fqac9pf86mkd57rftc2h9683bim12s4b.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 12 штук по 22 мл, в тубах, BRAUBERG ART DEBUT, 192300</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 22 мл поставляются в картонной коробке. В наборе 12 цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, что и Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906166</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73a/6mu1oytrqsyxzsep7d6e6cuipiyuk45s.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 20 штук, 18 цветов по 22 мл в банках, BRAUBERG ART DEBUT, 192299</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в баночках объемом 22 мл поставляются в картонной коробке. В наборе 20 штук, 18 цветов:- белила титановые &amp;#40;044&amp;#41; - 3 шт.; - желтая средняя &amp;#40;023&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/652/9koe2i34oas7putw88mey8c2dzjyd70g.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 24 штуки, 21 цвет по 22 мл, в тубах, BRAUBERG ART DEBUT, 192301</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 22 мл поставляются в картонной коробке. В наборе 24 штуки, 21 цвет:- белила титановые &amp;#40;044&amp;#41; - 4 шт.; - лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- телесная &amp;#40;046&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;; - киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41;;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, что и Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1b/o8pgggdcnjyx1fu70v01nj85pz31dpnd.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 36 штук, 31 цвет, в тубах по 22 мл, BRAUBERG ART CLASSIC, 192245</t>
+  </si>
+  <si>
+    <t>Акриловые художественные краски BRAUBERG ART CLASSIC предназначены для живописи и декоративных работ. Профессиональная серия. Краски с глянцевым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 22 мл поставляются в картонной коробке.В наборе 36 туб, 31 цвет:- белила титановые &amp;#40;044&amp;#41; - 4 шт.; - белила цинковые &amp;#40;042&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- телесная &amp;#40;046&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- розовая &amp;#40;310&amp;#41;;- розовая светлая &amp;#40;019&amp;#41;;- персиковая красная &amp;#40;010&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- фиолетовая светлая &amp;#40;334&amp;#41;;- серо-голубая светлая &amp;#40;331&amp;#41;;- небесно-голубая &amp;#40;035&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41; - 3 шт.;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;;- перламутровая медно-золотая &amp;#40;231&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b99/2cpjo1dxklsd9bjr87xbcls43cqcp15a.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 48 штук, 41 цвет по 22 мл, в тубах, BRAUBERG ART DEBUT, 192302</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 22 мл поставляются в картонной коробке.В наборе 48 штук, 41 цвет:- белила титановые &amp;#40;044&amp;#41; - 6 шт.; - лимонная желтая &amp;#40;021&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- желтая темная &amp;#40;024&amp;#41;;- телесная &amp;#40;046&amp;#41;;- оранжево-красная &amp;#40;007&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная красная &amp;#40;011&amp;#41;;- розовая &amp;#40;310&amp;#41;;- розовая светлая &amp;#40;019&amp;#41;;- персиковая красная &amp;#40;010&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- фиолетовая светлая &amp;#40;334&amp;#41;;- серо-голубая светлая &amp;#40;331&amp;#41;;- небесно-голубая &amp;#40;035&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- прусская зеленая &amp;#40;056&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- зеленая темная &amp;#40;064&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41; - 3 шт.;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;;- перламутровая медно-золотая &amp;#40;231&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fa/i9kdg6mv6nho35nyn5wxh7wbxv5arswd.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 6 штук по 22 мл в банках, BRAUBERG ART DEBUT, 192297</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в баночках объемом 22 мл поставляются в картонной коробке. В наборе 6 цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906172</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8be/08dnmed2klqirkbvvba62ha3oc0525ps.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 60 штук, 49 цветов, в тубах по 22 мл, BRAUBERG ART CLASSIC, 192246</t>
+  </si>
+  <si>
+    <t>Акриловые художественные краски BRAUBERG ART CLASSIC предназначены для живописи и декоративных работ. Профессиональная серия. Краски с глянцевым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубе объемом 22 мл поставляются в картонной коробке.В наборе 60 туб, 49 цветов:- белила титановые &amp;#40;044&amp;#41; - 8 шт.; - белила цинковые &amp;#40;042&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- желтая темная &amp;#40;024&amp;#41;;- телесная &amp;#40;046&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;; - оранжево-красная &amp;#40;007&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная красная &amp;#40;011&amp;#41;;- розовая &amp;#40;310&amp;#41;;- розовая светлая &amp;#40;019&amp;#41;;- персиковая красная &amp;#40;010&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- фиолетовая светлая &amp;#40;334&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- серо-голубая светлая &amp;#40;331&amp;#41;;- небесно-голубая &amp;#40;035&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- желто-зеленая светлая &amp;#40;304&amp;#41;;- желто-зеленая &amp;#40;078&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- изумрудная зеленая &amp;#40;061&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- прусская зеленая &amp;#40;056&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- зеленая темная &amp;#40;064&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41; - 5 шт.;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;;- перламутровая медная &amp;#40;230&amp;#41;;- перламутровая медно-золотая &amp;#40;231&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>906173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a4/jnpna6cs0hu8gutlxcesaxq1qegin264.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для техники  quot;Флюид Арт quot;  POURING PAINT , НАБОР 12 цветов по 22 мл, BRAUBERG ART CLASSIC, 192235</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART CLASSIC предназначены для работы в технике &amp;quot;Флюид Арт&amp;quot; – абстрактной живописи жидким акрилом с текучей консистенцией. Профессиональная серия. Жидкие акриловые краски разработаны по особой формуле, благодаря которой цвета практически не смешиваются между собой – это позволяет добиться причудливых изгибов с контрастными переходами. Разливая краски по поверхности в различных пропорциях, получают уникальный рисунок.Краски ярких и насыщенных цветов подходят для работы на грунтованном холсте, деревянной панели, стекле и других твердых основах, устойчивых к воздействию влаги. Не требуют разбавления водой, полностью готовы к использованию. Не токсичны и не имеют неприятного резкого запаха. Обладают высокой укрывистостью и светостойкостью.Краски во флаконах объемом 22 мл с удобным дозировочным клапаном поставляются в картонной коробке.В наборе 12 цветов:- киноварь &amp;#40;202&amp;#41;;- неоновая оранжевая &amp;#40;802&amp;#41;;- лимонная желтая &amp;#40;502&amp;#41;;- зеленая ФЦ &amp;#40;401&amp;#41;;- светлая небесно-голубая &amp;#40;505&amp;#41;;- неоновая синяя &amp;#40;805&amp;#41;;- неоновая фиолетовая &amp;#40;804&amp;#41;;- морская зеленая &amp;#40;402&amp;#41;;- вишнево-розовая &amp;#40;603&amp;#41;;- золотистая &amp;#40;901&amp;#41;;- серебристая &amp;#40;902&amp;#41;;- белила титановые &amp;#40;101&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>930888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aeb/xu0djwx03ksnwxj6hn1d4uyz4ri7v04d.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные ПЕРЛАМУТРОВЫЕ, НАБОР 24 шт., 20 цветов в тубах 12 мл, BRAUBERG ART, 192244</t>
+  </si>
+  <si>
+    <t>Акриловая художественная краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Легко наносится практически на любую поверхность. Яркий и насыщенный цвет. Быстрое высыхание без изменения цвета. Краски с перламутровым эффектом. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в тубах объемом 12 мл в картонной коробке.В наборе 24 тубы, 20 цветов:- средняя желтая перламутровая &amp;#40;208&amp;#41;; - кремово-желтая перламутровая &amp;#40;214&amp;#41;; - оранжево-красная перламутровая &amp;#40;216&amp;#41;; - бамбуково-зеленая перламутровая &amp;#40;217&amp;#41;; - изумрудно-зеленая перламутровая &amp;#40;229&amp;#41;; - виридоновая перламутровая &amp;#40;222&amp;#41;; - небесно-голубая перламутровая &amp;#40;220&amp;#41;; - сапфирово-синяя перламутровая &amp;#40;224&amp;#41;;- синяя перламутровая &amp;#40;218&amp;#41;; - фиолетовая перламутровая &amp;#40;223&amp;#41;; - розовая перламутровая &amp;#40;215&amp;#41;; - винно-красная перламутровая &amp;#40;225&amp;#41;; - светлая красная перламутровая &amp;#40;219&amp;#41;; - темно-коричневая перламутровая &amp;#40;228&amp;#41;; - медно-золотая перламутровая &amp;#40;231&amp;#41;;- медная перламутровая &amp;#40;230&amp;#41;; - золотистая &amp;#40;144&amp;#41;;- серебристая &amp;#40;142&amp;#41;;- черная перламутровая &amp;#40;221&amp;#41; - 2 шт.; - белая перламутровая &amp;#40;213&amp;#41; - 4 шт.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>930889</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/593/g3og4jkdmff7u8rnv5q91779oxyq50eb.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, бирюзовая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, бирюзовая</t>
+  </si>
+  <si>
+    <t>945048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5f/79v5dd6flz8sxqawsw8fx70nj77qua9t.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, голубая фц</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, голубая фц</t>
+  </si>
+  <si>
+    <t>945049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/577/a2f24jc5yk1bkh1o9emep6z3vo3bciht.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, желтая лимонная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, желтая лимонная</t>
+  </si>
+  <si>
+    <t>945050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/133/xi7spd20l9w185e448kdcpl8gb2p5od9.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, желтая средняя</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, желтая средняя</t>
+  </si>
+  <si>
+    <t>945051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/294/8sglrvlp3kykl3fv94d6i3parauvqtrp.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, зеленая фц</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, зеленая фц</t>
+  </si>
+  <si>
+    <t>945053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d1/5air8k3o5xkyogabedi33nrvha0xw5un.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, кармин</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, кармин</t>
+  </si>
+  <si>
+    <t>945054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5da/lihpvbxnexku720buegz9c17i8hjges1.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, краплак красный</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, краплак красный</t>
+  </si>
+  <si>
+    <t>945055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f46/lz755qiq8slqjymhjr2f1msync6yx5xc.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, красная светлая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, красная светлая</t>
+  </si>
+  <si>
+    <t>945056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f9/nz8piboq6vsjkwec33gowct3ooz2ffi7.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, красная темная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, красная темная</t>
+  </si>
+  <si>
+    <t>945057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8b/2ucmf008twqkptaoqndkc4fhhr0gpmq1.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, оливковая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, оливковая</t>
+  </si>
+  <si>
+    <t>945058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d05/fhsghazeg4pe16p9z63y6cgry17es978.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, оранжевая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, оранжевая</t>
+  </si>
+  <si>
+    <t>945059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a36/0hid5z5bh6p7uxi365eh4vp4b646nsbj.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, охра золотистая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, охра золотистая</t>
+  </si>
+  <si>
+    <t>945060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78c/ok3b266a2191ngw1egntvy6010hkl9r0.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, розовая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, розовая</t>
+  </si>
+  <si>
+    <t>945061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d22/igsvn8xf4oq7hn4mxhggbx4dzmv3cv2l.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, сиена жженая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, сиена жженая</t>
+  </si>
+  <si>
+    <t>945062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eee/s9782kjqjfypzwwvex6mkonngsv8n224.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, умбра жженая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, умбра жженая</t>
+  </si>
+  <si>
+    <t>945064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa1/xsv7rbed643hyzsgbuygcco2pe7mmrcr.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, умбра натуральная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, умбра натуральная</t>
+  </si>
+  <si>
+    <t>945065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68d/310iz4j2pnfn7thw7keecdlknlbchelg.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, фиолетовая темная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, фиолетовая темная</t>
+  </si>
+  <si>
+    <t>945066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8f/ze62ys2ydzl3wwdcx3z9dbhlkdgwytvr.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, черная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, черная</t>
+  </si>
+  <si>
+    <t>945067</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/164/d56brc678k4bz4qpmgvbpuls9m3rwqdt.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, серая теплая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, серая теплая</t>
+  </si>
+  <si>
+    <t>945068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed7/6jz4gpi0zczn83ynm40mc18c7j1jjyeg.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные, НАБОР 72 штуки, 49 цветов по 12 мл в тубах, BRAUBERG ART DEBUT, 192296</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 12 мл поставляются в картонной коробке. В наборе 72 штуки, 49 цветов:- белила титановые &amp;#40;044&amp;#41; - 12 шт.; - белила цинковые &amp;#40;042&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41; - 4 шт.;- желтая светлая &amp;#40;022&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- желтая темная &amp;#40;024&amp;#41;;- телесная &amp;#40;046&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;; - оранжево-красная &amp;#40;007&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41; - 3 шт.;- красная темная &amp;#40;001&amp;#41;;- пурпурная красная &amp;#40;011&amp;#41;;- розовая &amp;#40;310&amp;#41;;- розовая светлая &amp;#40;019&amp;#41;;- персиковая красная &amp;#40;010&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- фиолетовая светлая &amp;#40;334&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- серо-голубая светлая &amp;#40;331&amp;#41;;- небесно-голубая &amp;#40;035&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41; - 3 шт.;- голубая ФЦ &amp;#40;039&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- желто-зеленая светлая &amp;#40;304&amp;#41;;- желто-зеленая &amp;#40;078&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- изумрудная зеленая &amp;#40;061&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- прусская зеленая &amp;#40;056&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- зеленая темная &amp;#40;064&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- серая &amp;#40;055&amp;#41;;- черная &amp;#40;051&amp;#41; - 6 шт.;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;;- перламутровая медная &amp;#40;230&amp;#41;;- перламутровая медно-золотая &amp;#40;231&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>953732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b46/p0z1e9y07mg2ebmk9lda4qf43nvfsnks.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные ПЕРЛАМУТРОВЫЕ, НАБОР 12 цветов в тубах по 12 мл, BRAUBERG ART CLASSIC, 192243</t>
+  </si>
+  <si>
+    <t>Акриловые художественные краски BRAUBERG ART CLASSIC предназначены для живописи и декоративных работ. Профессиональная серия. Краски с перламутровым эффектом легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 12 мл поставляются в картонной коробке.В наборе 12 цветов:- средняя желтая перламутровая &amp;#40;208&amp;#41;; - оранжево-красная перламутровая &amp;#40;216&amp;#41;; - бамбуково-зеленая перламутровая &amp;#40;217&amp;#41;; - виридоновая перламутровая &amp;#40;222&amp;#41;; - небесно-голубая перламутровая &amp;#40;220&amp;#41;; - синяя перламутровая &amp;#40;218&amp;#41;; - фиолетовая перламутровая &amp;#40;223&amp;#41;; - розовая перламутровая &amp;#40;215&amp;#41;; - светлая красная перламутровая &amp;#40;219&amp;#41;; - темно-коричневая перламутровая &amp;#40;228&amp;#41;; - черная перламутровая &amp;#40;221&amp;#41;; - белая перламутровая &amp;#40;213&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>955139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f39/hwctrk1vwc4db22fcjbr15c4nkc94f31.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 12 цветов по 20 мл.  6 базовых 6 с эффектами  BRAUBERG HOBBY, 192439</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входят 12 ярких цветов &amp;#40;6 базовых цветов; 2 цвета с эффектом металлик; 2 цвета с эффектом перламутр; 2 неоновых цвета&amp;#41;: белый, черный, желтый, красный, синий, зеленый; золото, серебро; бирюзовый перламутровый, малиновый перламутровый; оранжевый неоновый, розовый неоновый.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>961495</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3c/qu45o7xa5512vofbqnq53xhsbt35ksz4.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 12 цветов по 20 мл. BRAUBERG HOBBY, 192435</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входят 12 ярких классических цветов: белый, черный, желтый, красный, синий, зеленый, салатовый, коричневый, голубой, фиолетовый, розовый, оранжевый.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>961496</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef9/hq49djeymrgnpmwuvd19rtdxf197cfrj.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые МЕТАЛЛИК для рисования и творчества 6 цветов по 20 мл. BRAUBERG HOBBY, 192437</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входит 6 ярких цветов c эффектом МЕТАЛЛИК: золото светлое, золото темное античное, серебро светлое, серебро темное античное, медь, бронза.&amp;nbsp;&amp;nbsp;Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>961497</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d87/i43xrw1jqkzid2ithg6s6aaocecknve7.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые НЕОНОВЫЕ для рисования и творчества 6 цветов по 20 мл. BRAUBERG HOBBY, 192438</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входят 6 ярких НЕОНОВЫХ цветов: желтый, зеленый, оранжевый, голубой, розовый, фиолетовый. Все цвета светятся в ультрафиолете.&amp;nbsp;&amp;nbsp;Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха.Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>961498</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d9f/22tivy6xtczm90jdku6w5cihkc2yr955.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые ПЕРЛАМУТРОВЫЕ для рисования и творчества 12 цветов по 20 мл. BRAUBERG HOBBY, 192436</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входят 12 ярких цветов с эффектом ПЕРЛАМУТР: белый, черный, бирюзовый, золотистый, красно-розовый, синий, желтый, оранжевый, фиолетовый, зеленый, коричневый, малиновый.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>961499</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00e/6y5hocimikqbcshx860gte6matjzjebc.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые по ткани 6 цветов по 20 мл. BRAUBERG HOBBY, 192441</t>
+  </si>
+  <si>
+    <t>Краски акриловые по ткани BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для декоративно-оформительских работ по ткани. В набор входят 6 ярких классических цветов: белый, черный, желтый, красный, синий, зеленый. Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских.Правила ухода за изделием после нанесения краски:- для закрепления рисунка ткань необходимо прогладить с обратной стороны после высыхания краски;- температура стирки 30 - 40 °C;- умеренная концентрация нейтральных моющих средств &amp;#40;порошок&amp;#41; без отбеливателей;- после стирки не выжимать скручиванием;- при стирке руками, места, где нанесена роспись, не тереть;- перед стиркой изделие лучше вывернуть наизнанку;- сушить в расправленном виде;- не подвергать предварительной стирке &amp;#40;замачиванию&amp;#41;;- гладить щадяще и с изнаночной стороны.</t>
+  </si>
+  <si>
+    <t>961500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/374/tbyhvkieu7a7x8d9uh6w0pf1rqyum5b1.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, голубая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, голубая</t>
+  </si>
+  <si>
+    <t>967425</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/024/uggqxc354ifu8998pvdojj62b9oymdc0.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, зеленая светлая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, зеленая светлая</t>
+  </si>
+  <si>
+    <t>967426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3d/o5ba5w5gdbqkjk3po2lasf66u9rug9pz.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 110мл, пластиковая туба, фиолетовая светлая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 110мл, пластиковая туба, фиолетовая светлая</t>
+  </si>
+  <si>
+    <t>967427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/979/lquhnw3iosuyk5o9vo0kuovc5ran6w5i.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, бирюзовая темная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, бирюзовая темная</t>
+  </si>
+  <si>
+    <t>967428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64b/ix8kwkphqs0y68ckzq0vo67ccjqd46e9.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, бронза</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, бронза</t>
+  </si>
+  <si>
+    <t>967429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6f/lbe1wk46qlsevm9txq32f4s86kxhsh6i.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, венецианская розовая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, венецианская розовая</t>
+  </si>
+  <si>
+    <t>967430</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a5/b34nflso1ylqm9tlq1fh70fbebtid6t5.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, индиго</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, индиго</t>
+  </si>
+  <si>
+    <t>967431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/q16h0bp3sgo1g1znrowk6gnw1aan2jct.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, ирисово-синяя</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, ирисово-синяя</t>
+  </si>
+  <si>
+    <t>967432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b7/qd116f1s3e1937gyzcgwt97q0dypz01q.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, коралловая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, коралловая</t>
+  </si>
+  <si>
+    <t>967433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf6/wtonls3xdem25v9aw7arnn39wpjfnjqq.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, медь</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, медь</t>
+  </si>
+  <si>
+    <t>967434</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/202/hbsb8wakg6mz0lsz358ji8psrn1mdcwu.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, мятная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, мятная</t>
+  </si>
+  <si>
+    <t>967435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/154/j9e2op1p5ys2tl3gdlures9ggftlzpit.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, персиковая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, персиковая</t>
+  </si>
+  <si>
+    <t>967436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ff/8y1e94wmhikind57t9xm497ix204rrab.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, серо-голубая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, серо-голубая</t>
+  </si>
+  <si>
+    <t>967438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cf/nzux6ymawfrz8bye7kvsoq0wdzew15j4.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные НАБОР 12 цветов по 5 мл, в тубах, BRAUBERG ART DEBUT, 192385</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем. Легко наносятся практически на любую поверхность. Яркие и насыщенные цвета. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 5 мл поставляются в картонной коробке. В наборе 12 цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных акриловых красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, что и Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>971955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d4/zb42qcclnl9hdvzdacabkgsyqe273r60.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 12 цветов по 10 мл, BRAUBERG HOBBY, 192433</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входят 12 ярких классических цветов: белый, черный, желтый, красный, синий, зеленый, салатовый, коричневый, голубой, фиолетовый, розовый, оранжевый.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 10 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>974885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c7/61xrjbr8gbp5g52fbengb97elw4usek5.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 6 цветов по 10 мл, BRAUBERG HOBBY, 192432</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входят 6 ярких классических цветов: белый, черный, желтый, красный, синий, зеленый. Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 10 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>974886</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c83/upxeer99imove2pq6if45x9jr5pp1ema.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые ПАСТЕЛЬНЫЕ для рисования и творчества 12 цветов по 20 мл, BRAUBERG HOBBY, 192440</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входит 12 ярких цветов ПАСТЕЛЬНЫХ оттенков: сиреневый пастельный, пурпурно-розовый пастельный, оранжевый пастельный, салатовый пастельный, мятный пастельный, голубой пастельный, серый пастельный, бежевый пастельный, желтый пастельный, бирюзовый пастельный, фиолетовый пастельный, белый. Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>974887</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20b/m4xwnyhlwy0zz3h8067shb5w82bg3bmo.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 12 цветов в тубах по 12 мл, BRAUBERG HOBBY, 192403</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево и др.&amp;#41;. В набор входят 12 ярких цветов: - белила титановые &amp;#40;044&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена желтая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей.Разбавляются водой. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха.Краски в тубах объемом 12 мл поставляются в картонной коробке.Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских.</t>
+  </si>
+  <si>
+    <t>975173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc3/wdxhp39cdtbcu0m5dja35yg5e2d3e9br.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 24 цвета в тубах по 12 мл, BRAUBERG HOBBY, 192404</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево и др.&amp;#41;. В набор входят 24 ярких цвета: - белила титановые &amp;#40;044&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- желтая темная &amp;#40;024&amp;#41;;- оранжевая &amp;#40;025&amp;#41;;- телесная &amp;#40;046&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- изумрудная зеленая &amp;#40;061&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена желтая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сиена натуральная &amp;#40;083&amp;#41;;- Ван Дик коричневый &amp;#40;088&amp;#41;;- черная &amp;#40;051&amp;#41;.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей.Разбавляются водой. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха.Краски в тубах объемом 12 мл поставляются в картонной коробке.Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских.</t>
+  </si>
+  <si>
+    <t>975174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69f/ftebjw8ry813xt2vjmht7hx4n0xfe514.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 8 ПАСТЕЛЬНЫХ цветов в тубах по 22 мл, BRAUBERG HOBBY, 192406</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево и др.&amp;#41;. В набор входят 8 пастельных цветов: - пастельная желтая &amp;#40;202&amp;#41;;- пастельная оранжевая &amp;#40;203&amp;#41;;- пастельная розовая &amp;#40;205&amp;#41;;- пастельная красная &amp;#40;204&amp;#41;;- пастельная фиолетовая &amp;#40;206&amp;#41;;- пастельная синяя &amp;#40;207&amp;#41;;- пастельная зеленая &amp;#40;208&amp;#41;;- пастельная серая &amp;#40;209&amp;#41;.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей.Разбавляются водой. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха.Краски в тубах объемом 22 мл поставляются в картонной коробке.Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских.</t>
+  </si>
+  <si>
+    <t>975175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82b/a9mc06r9z3qcicb5fmfu06sy0hy0b20k.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 8 цветов в тубах по 22 мл, BRAUBERG HOBBY, 192405</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево и др.&amp;#41;. В набор входят 8 ярких цветов: - белила титановые &amp;#40;044&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- зеленая средняя &amp;#40;063&amp;#41;;- пурпурная &amp;#40;008&amp;#41;;- оранжевая &amp;#40;025&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей.Разбавляются водой. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха.Краски в тубах объемом 22 мл поставляются в картонной коробке.Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских.</t>
+  </si>
+  <si>
+    <t>975176</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c21/ooz38c5rzpu8qj14me39u0h5cmizh9vy.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 6 цветов по 20 мл, BRAUBERG HOBBY, 192434</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево, стекло, керамика, камень&amp;#41;. В набор входят 6 ярких классических цветов: белый, черный, желтый, красный, синий, зеленый. Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 20 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, подойдут для кастомизации.</t>
+  </si>
+  <si>
+    <t>975779</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0a/yhmz0k2yq8zdsgtnefde2qh6d4iyjbso.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 12 ПАСТЕЛЬНЫХ цветов в банках по 22 мл, BRAUBERG HOBBY, 192411</t>
+  </si>
+  <si>
+    <t>Акриловые краски BRAUBERG HOBBY предназначены для декоративных работ и живописи. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в баночках объемом 22 мл поставляются в картонной коробке. В наборе 12 цветов:- кремово-белая &amp;#40;724&amp;#41;.; - макарон &amp;#40;722&amp;#41;;- шоколадная &amp;#40;721&amp;#41;;- ранний чай &amp;#40;718&amp;#41;;- розовая светлая &amp;#40;716&amp;#41;;- клубничная &amp;#40;717&amp;#41;;- миндально-желтая &amp;#40;711&amp;#41;; - морская соль &amp;#40;707&amp;#41;;- океанская синяя &amp;#40;702&amp;#41;;- фиолетовая &amp;#40;709&amp;#41;;- матча &amp;#40;710&amp;#41;;- миндально-зеленая &amp;#40;706&amp;#41;.Художественные краски, представленные пастельной цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>975780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/779/pqqn58njeehs21ietii6fll0n3ezqclv.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 12 цветов в банках по 22 мл, BRAUBERG HOBBY, 192410</t>
+  </si>
+  <si>
+    <t>Акриловые краски BRAUBERG HOBBY предназначены для декоративных работ и живописи. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в баночках объемом 22 мл поставляются в картонной коробке. В наборе 12 цветов:- белила титановые &amp;#40;044&amp;#41;; - лимонная желтая &amp;#40;021&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-жёлтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- церулеум &amp;#40;036&amp;#41;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные классической цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>975782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afc/syzddra9s9bwykpa3zvz0zt0ofnmj2jy.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 24 ПАСТЕЛЬНЫХ цвета в тубах по 12 мл, BRAUBERG ART  quot;DEBUT quot;, 192408</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначены для живописи и декоративных работ. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 12 мл поставляются в картонной коробке. В наборе представлены 24 краски пастельных цветов:- кремово-белая &amp;#40;724&amp;#41;.; - макарон &amp;#40;722&amp;#41;;- бобовая паста &amp;#40;723&amp;#41;;- шоколадная &amp;#40;721&amp;#41;;- ранний чай &amp;#40;718&amp;#41;;- соленая карамель &amp;#40;715&amp;#41;;- розовая светлая &amp;#40;716&amp;#41;;- клубничная &amp;#40;717&amp;#41;;- калифорнийская оранжевая &amp;#40;719&amp;#41;;- шоколадно-вишневая &amp;#40;720&amp;#41;;- миндально-желтая &amp;#40;711&amp;#41;; - миндально-оранжевая &amp;#40;712&amp;#41;;- нуга &amp;#40;713&amp;#41;; - ванильная &amp;#40;714&amp;#41;; - морская соль &amp;#40;707&amp;#41;;- океанская синяя &amp;#40;702&amp;#41;;- лавандовая &amp;#40;708&amp;#41;;- фиолетовая &amp;#40;709&amp;#41;;- матча &amp;#40;710&amp;#41;;- миндально-зеленая &amp;#40;706&amp;#41;; - мятно-зеленая &amp;#40;703&amp;#41;;- мятно-голубая &amp;#40;704&amp;#41;;- черничная &amp;#40;701&amp;#41;;- фисташковая &amp;#40;705&amp;#41;. Художественные краски пастельной цветовой гаммы, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>975783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/daa/akj60gcqf1imhcrsn8uvztxg4pzkibd8.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 24 шт., 22 цвета в банках по 22 мл, BRAUBERG HOBBY, 192412</t>
+  </si>
+  <si>
+    <t>Акриловые краски BRAUBERG HOBBY предназначены для декоративных работ и живописи. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в баночках объемом 22 мл поставляются в картонной коробке. В наборе 21 цвет:- белила титановые &amp;#40;044&amp;#41; - 4 шт.; - лимонная желтая &amp;#40;021&amp;#41;;- телесная &amp;#40;046&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- серебристая &amp;#40;142&amp;#41;;- золотистая &amp;#40;144&amp;#41;;- серая &amp;#40;055&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные классической цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>975784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c7/uwaniv3la5ofcvq68ubxmv27ok53fori.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 6 цветов в банках по 22 мл, BRAUBERG HOBBY, 192409</t>
+  </si>
+  <si>
+    <t>Акриловые краски BRAUBERG HOBBY предназначены для декоративных работ и живописи. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в баночках объемом 22 мл поставляются в картонной коробке. В наборе 6 цветов:- белила титановые &amp;#40;044&amp;#41;.; - лимонная желтая &amp;#40;021&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски, представленные классической цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>975785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db0/u8mji0sz0f7w7kh32uenne2d7yld02d1.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные матовые 12 цветов в тубах по 75мл BRAUBERG ART  quot;DEBUT quot;, 192419</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART DEBUT предназначены для живописи и декоративных работ. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 75 мл поставляются в картонной коробке. В наборе представлены 12 цветов:- белила титановые &amp;#40;044&amp;#41;;- лимонная жёлтая &amp;#40;021&amp;#41;;- оранжево-жёлтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- зелёная &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>978207</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf8/k5p817kdd2hqvrpdze1n8qxq9wwciblq.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные матовые 8 цветов в тубах по 75мл BRAUBERG ART  quot;DEBUT quot;, 192418</t>
+  </si>
+  <si>
+    <t>Художественные акриловые краски BRAUBERG ART DEBUT предназначены для живописи и декоративных работ. Краски с матовым финишем легко наносятся практически на любую поверхность. Быстро высыхают без изменения цвета. Обладают отличной укрывистостью и светостойкостью. Разбавляются водой. Не токсичны и не имеют неприятного резкого запаха. Краски в тубах объемом 75 мл поставляются в картонной коробке. В наборе представлены 8 цветов:- белила титановые &amp;#40;044&amp;#41;;- лимонная жёлтая &amp;#40;021&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>978208</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fde/2ltlml2wx2yz80v0cn6vu2u302i88um0.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, винная</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, винная</t>
+  </si>
+  <si>
+    <t>982546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71f/0280gxujhgvcfyenne9eaj956c8bp3hq.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, красно-розовая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, красно-розовая</t>
+  </si>
+  <si>
+    <t>982547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/757/hoghs6jkf2ea1s9zh6oi4cwgdwj11tmv.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, лиловая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, лиловая</t>
+  </si>
+  <si>
+    <t>982548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d6/ogsgvcj0x7tq20ibtpixkxcrut53dzaz.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, аквамарин</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, аквамарин</t>
+  </si>
+  <si>
+    <t>982549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/690/4efz35ex2ipn2c5qhcjfmmdxi0tmtv9c.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, гелиодор</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, гелиодор</t>
+  </si>
+  <si>
+    <t>982550</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/629/uvt8mh3fnr01897g1n0lz2n6a30ivqm8.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, гранат</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, гранат</t>
+  </si>
+  <si>
+    <t>982551</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80a/9ye6p6gs8guucyzfund5ie8iv1hxuw7h.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, оникс</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, оникс</t>
+  </si>
+  <si>
+    <t>982552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a7/gzrk9l9kjtcz23p1chfikligpa7rx4lh.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, рубин</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, рубин</t>
+  </si>
+  <si>
+    <t>982553</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f4/cjcyyxvv2xh5ola5pcx4vkvtrws0m8ek.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, селестин</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, селестин</t>
+  </si>
+  <si>
+    <t>982554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/263/86n85zvvgqzjiknugoqpatp8w70f2d6h.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, чароит</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, чароит</t>
+  </si>
+  <si>
+    <t>982555</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4d/2lwpzwu6w73fzxmnnm6u34hf5sprgneg.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, шунгит</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, шунгит</t>
+  </si>
+  <si>
+    <t>982556</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5f/280o10ukxpbr2qyfyffix2n6bjclh73r.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, эмеральд</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, эмеральд</t>
+  </si>
+  <si>
+    <t>982557</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08c/9juy1zkbx2yh3x7u3did36f37yt55ykx.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные Гамма  quot;Студия quot;  quot;Юбилейная quot;, 12цв, 18мл туба, картон.упак.</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные Гамма &amp;quot;Студия&amp;quot; &amp;quot;Юбилейная&amp;quot;, 12цв, 18мл/туба, картон.упак.</t>
+  </si>
+  <si>
+    <t>982558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0a/kk4spuj2yufwz7sdk6kytd8e8hmiwufv.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные Гамма  quot;Студия quot;, 18цв., 18 мл туба, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные Гамма &amp;quot;Студия&amp;quot;, 18цв., 18 мл/туба, картон. упаковка</t>
+  </si>
+  <si>
+    <t>982559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/931/kgcstc13z34o6xc1356j6av0tlm9vq95.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые Гамма  quot;Хобби quot;, 12цв, 40мл, картон.упак.</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые Гамма &amp;quot;Хобби&amp;quot;, 12цв, 40мл, картон.упак.</t>
+  </si>
+  <si>
+    <t>982561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/ww56xjiq94cex9xqmb1ahdhrat9r9s22.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые по ткани 9 цветов по 10 мл, BRAUBERG HOBBY, 192442</t>
+  </si>
+  <si>
+    <t>Краски акриловые по ткани BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для декоративно-оформительских работ по ткани. В набор входят 9 ярких классических цветов: белый, черный, желтый, красный, синий, зеленый, фиолетовый, розовый, оранжевый.&amp;nbsp;&amp;nbsp;Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. Не токсичны и не имеют неприятного резкого запаха. Краски поставляются в баночках объемом 10 мл с прозрачной закручивающейся крышкой и в картонной коробке с термоусадкой. Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских.Правила ухода за изделием после нанесения краски:- для закрепления рисунка ткань необходимо прогладить с обратной стороны после высыхания краски;- температура стирки 30 - 40 °C;- умеренная концентрация нейтральных моющих средств &amp;#40;порошок&amp;#41; без отбеливателей;- после стирки не выжимать скручиванием;- при стирке руками, места, где нанесена роспись, не тереть;- перед стиркой изделие лучше вывернуть наизнанку;- сушить в расправленном виде;- не подвергать предварительной стирке &amp;#40;замачиванию&amp;#41;;- гладить щадяще и с изнаночной стороны.</t>
+  </si>
+  <si>
+    <t>986303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c02/bd8dbj9ftahrxrfnrjtd45pybbza4doz.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 12 цветов по 20 мл, BRAUBERG, 192564</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG отлично подойдут для рисования и оформительских работ. Яркие, насыщенные цвета отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Легко наносятся практически на любую поверхность. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. 12 ярких и насыщенных цветов: белый, желтый, красный, зеленый, синий, черный, желто-зеленый, оранжевый, фуксия, фиолетовый, бирюзовый, коричневый.Краски отлично смешиваются, легко наносятся на большинство поверхностей, подходят для кастомизации, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. При высыхании образуют матовый финиш. Поставляются в баночках объемом 20 мл с закручивающейся крышкой в картонной коробке.</t>
+  </si>
+  <si>
+    <t>995488</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/984/k7mjkx8pbdy1071ohnwdi8kr8l0s7jte.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 6 цветов по 20 мл, BRAUBERG, 192562</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG отлично подойдут для рисования и оформительских работ. Яркие, насыщенные цвета отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Легко наносятся практически на любую поверхность. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. 6 ярких и насыщенных цветов: белый, красный, черный, синий, желтый, зеленый.Краски отлично смешиваются, легко наносятся на большинство поверхностей, подходят для кастомизации, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. При высыхании образуют матовый финиш. Поставляются в баночках объемом 20 мл с закручивающейся крышкой в картонной коробке.</t>
+  </si>
+  <si>
+    <t>995489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8c/hjcpawkkj80gm21n483wveq3mvmgcdq4.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для рисования и творчества 9 цветов по 15 мл, BRAUBERG, 192563</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG отлично подойдут для рисования и оформительских работ. Яркие, насыщенные цвета отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Легко наносятся практически на любую поверхность. Разбавляются водой &amp;#40;не больше 10&amp;#37; от объема баночки&amp;#41;. Обладают высокой кроющей способностью. 9 ярких и насыщенных цветов: белый, желтый, красный, зеленый, синий, черный, желто-зеленый, оранжевый, коричневый.Краски отлично смешиваются, легко наносятся на большинство поверхностей, подходят для кастомизации, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. При высыхании образуют матовый финиш. Поставляются в баночках объемом 15 мл с закручивающейся крышкой в картонной коробке.</t>
+  </si>
+  <si>
+    <t>995490</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b96/qr9ycypyi0z2474sc1ueteh0k5a5rybi.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная ГЛЯНЦЕВАЯ черная 1000 мл бутыль, BRAUBERG ART CLASSIC, 192542</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже. Насыщенный черный цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения – не ниже 0°. Удобная крышка. Нетоксична и не имеет неприятного резкого запаха. Поставляется в пластиковой бутыли объемом 1000 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. Эти краски используют любители и профессионалы, которые стремятся достичь такой же славы как Пабло Пикассо &amp;#40;Pablo Picasso&amp;#41;, Казимир Малевич, Марк Шагал, Клод Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Сальвадор Дали &amp;#40;Salvador Dali&amp;#41;, Энди Уорхол &amp;#40;Andy Warhol&amp;#41;, Андрей Рублев, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Винсент Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/59a/zdkbnvh9z02drkwhhrdx392dyferfv05.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная ГЛЯНЦЕВАЯ черная 500 мл в банке, BRAUBERG ART CLASSIC, 192540</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Насыщенный черный цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Нетоксична и не имеет неприятного резкого запаха. Поставляется в пластиковой банке объемом 500 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e95/2zr9n4fed7h7g1pol2l8t12rlimsqpfo.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная ГЛЯНЦЕВАЯ, 1000 мл бутыль, белила титановые, BRAUBERG ART, 192541</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Белила титановые - это насыщенный белый цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобная крышка. Нетоксична и не имеет неприятного резкого запаха. Поставляется в пластиковой бутыли объемом 1000 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/593/rpgrc7pl26seok6q2op1w8yymjdbtjmd.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная ГЛЯНЦЕВАЯ, 500 мл в банке, белила титановые, BRAUBERG ART, 192539</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART CLASSIC предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Белила титановые - это насыщенный белый цвет с легким глянцем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Нетоксична и не имеет неприятного резкого запаха. Поставляется в пластиковой банке объемом 500 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51d/k6ae6uvtl9g53n52p8r9aze887vmyite.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная МАТОВАЯ 1000 мл бутыль, белила титановые, BRAUBERG ART DEBUT, 192537</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART DEBUT предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Белила титановые - это насыщенный белый цвет с матовым финишем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобная крышка. Нетоксична и не имеет неприятного резкого запаха. Поставляется в пластиковой бутыли объемом 1000 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec7/dg9o9e376263k7p5q3lnsyc37up3e4hi.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная МАТОВАЯ 500 мл в банке, БЕЛИЛА титановые, BRAUBERG ART DEBUT, 192535</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART DEBUT предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Белила титановые - это насыщенный белый цвет с матовым финишем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой банке объемом 500 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85a/d2tkf6yajtnkxeyp9i6bgmk1m8ix3dxi.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная МАТОВАЯ черная 1000 мл бутыль, BRAUBERG ART DEBUT, 192538</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART DEBUT предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Насыщенный черный цвет с матовым финишем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобная крышка. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой бутыли объемом 1000 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25c/h7nakwfx110vzyuv9u97bjdxdth9elrg.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная МАТОВАЯ черная 500 мл в банке, BRAUBERG ART DEBUT, 192536</t>
+  </si>
+  <si>
+    <t>Художественная акриловая краска BRAUBERG ART DEBUT предназначена для живописи и декоративных работ. Используется при работе почти на любой поверхности: бумаге, картоне, холсте, дереве, коже и т.д. Насыщенный черный цвет с матовым финишем. Быстрое высыхание без изменения цвета. Отличная укрывистость и светостойкость. Прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски. Разбавляется водой. Температурные пределы транспортирования и хранения - не ниже 0 градусов. Удобный дозировочный клапан. Не токсична и не имеет неприятного резкого запаха. Поставляется в пластиковой банке объемом 500 мл.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или на пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>999108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/706/rg46s9uktil7bm9yv8kliq6tb2h8e1lr.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные  quot;Декола quot;, 6 цветов по 20 мл, в баночках, 2941024</t>
+  </si>
+  <si>
+    <t>Краски высокого качества &amp;quot;Декола&amp;quot;. Обладают превосходными покрывными свойствами. Краски прекрасно смешивается. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски.</t>
+  </si>
+  <si>
+    <t>999900</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4de/x36vse9sc8v4cour244xtyguxukmvgje.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Декола quot;, 9 цветов по 20 мл, в баночках, 4141111</t>
+  </si>
+  <si>
+    <t>Краски высокого качества &amp;quot;Декола&amp;quot;. Обладают превосходными покрывными свойствами. В наборе 9 ярких и насыщенных цветов: белый, красный, темно-синий, черный, желтый &amp;#40;средний&amp;#41;, зеленый &amp;#40;средний&amp;#41;, бирюзовый, серебряный, золотой. Краски обладают высокой кроющей способностью, отлично смешиваются, не тускнеют после высыхания и не выгорают при воздействии солнечных лучей.</t>
+  </si>
+  <si>
+    <t>999901</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95c/4r5g3afrv3r3zgyv8tqlf189rg7ol33t.jpg</t>
+  </si>
+  <si>
+    <t>Грунт акриловый Гамма  quot;Студия quot;, белый, 110мл</t>
+  </si>
+  <si>
+    <t>Грунт акриловый Гамма &amp;quot;Студия&amp;quot;, белый, 110мл</t>
+  </si>
+  <si>
+    <t>1001516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f7/u5nztrjltwdpmwmoig09gh2l3247mnnf.jpg</t>
+  </si>
+  <si>
+    <t>Грунт акриловый Гамма  quot;Студия quot;, белый, 500мл</t>
+  </si>
+  <si>
+    <t>Грунт акриловый Гамма &amp;quot;Студия&amp;quot;, белый, 500мл</t>
+  </si>
+  <si>
+    <t>1001517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/333/zb3v1o0awotv2yzmx6tkqussutsxqsgd.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, английская красная, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, английская красная, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001518</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/403/vkcal95v6kxstg25wubwy1p3pimy32t8.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, белила титановые, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, белила титановые, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001519</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/156/i216opy6ggbsp4vtazx21tsyojzp9bka.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, голубая фц, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, голубая фц, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b7/r0v19k07y215dvj03i8d51n5crp7ejni.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, ж лтый арилид, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, жёлтый арилид, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001521</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be0/yweckpc02ubpwvl94l1x42s01irue8mr.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, зеленая фц, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, зеленая фц, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca4/vghijesd1vli810lisxya3v9dq134rb6.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, краплак красный, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, краплак красный, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/703/893vlhl9w30fb4uwi4i33saedcb6fh1z.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, марс коричневый темный, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, марс коричневый темный, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001524</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/650/ca1hg19336cu4y77czfkdqhnc7z3bs3l.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, охра желтая, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, охра желтая, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efe/ntrb4qcnjpnvcs36ju65g8jykjmibtws.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, пиррол красный, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, пиррол красный, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/271/115fkl70djkw2o62ia3jfegbohjr51ug.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, пиррол оранжевый, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, пиррол оранжевый, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdd/b26e2fv64rir1e1atylwg1d3p8cozzxd.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, розовый хинакридон, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, розовый хинакридон, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001528</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/859/ute1knxeeobnoa25906w9d3jydmald7n.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, серая, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, серая, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42d/bznvltmfa1josmn96mlsgxi7emtzubep.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, сиена жженая, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, сиена жженая, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/744/w9xe3i4y7u344u5bybrjaq2qh2q77qzg.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, ультрамарин, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, ультрамарин, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/235/85yzskbxl6uxdrxn7u8f0errvm3y85de.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, умбра зел ная 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, умбра зелёная 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07e/2uz62ekzwifk4dlkmes6c9llxqfc9nq1.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, фиолетовый диоксазин, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, фиолетовый диоксазин, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/225/i6dnch1lhlo6b5x1ow0uujk6l6vqznxj.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Старый мастер quot;, черная, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Старый мастер&amp;quot;, черная, 50мл, пластик.туба</t>
+  </si>
+  <si>
+    <t>1001534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5b/4odlgwp4366butfxqlpp8zqdgp05wgoj.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, голубая неоновая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, голубая неоновая</t>
+  </si>
+  <si>
+    <t>1001535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9e/20r3hpsdncy6ambnb00jg7z7wrghj8j1.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, желтая неоновая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, желтая неоновая</t>
+  </si>
+  <si>
+    <t>1001536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95a/ko1dz1sntb5ugdmbioxbpbprzt0vpcde.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, зеленая неоновая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, зеленая неоновая</t>
+  </si>
+  <si>
+    <t>1001537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/391/w9x4wz05zj8r4q6k3glcux6sqcf6ky92.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, розовая неоновая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, розовая неоновая</t>
+  </si>
+  <si>
+    <t>1001539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/480/ysir61b03qi473227mheii7fc7l2tuf0.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма  quot;Студия quot;, 75мл, пластиковая туба, фуксия неоновая</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, фуксия неоновая</t>
+  </si>
+  <si>
+    <t>1001540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2eb/89c83ec20qkg17rw0x38qf5b6tyu8qfh.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма  quot;Студия quot;, 75мл, пластиковая туба, жемчуг</t>
+  </si>
+  <si>
+    <t>Краска акриловая художественная перламутровая Гамма &amp;quot;Студия&amp;quot;, 75мл, пластиковая туба, жемчуг</t>
+  </si>
+  <si>
+    <t>1001541</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/134/d4gc4e4wfi3a46jofvd1ed7jdsd7pep5.jpg</t>
+  </si>
+  <si>
+    <t>Лак акриловый матовый Гамма  quot;Студия quot;, 110мл</t>
+  </si>
+  <si>
+    <t>Лак акриловый матовый Гамма &amp;quot;Студия&amp;quot;, 110мл</t>
+  </si>
+  <si>
+    <t>1001543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/890/kmnnd532r85bxaeypmt6kbuph87a3gqy.jpg</t>
+  </si>
+  <si>
+    <t>Медиум акриловый перламутровый Гамма  quot;Студия quot;, 75мл</t>
+  </si>
+  <si>
+    <t>Медиум акриловый перламутровый Гамма &amp;quot;Студия&amp;quot;, 75мл</t>
+  </si>
+  <si>
+    <t>1001544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da7/cn3xmjc5qc6quy504wu5fp9d8vrlciyi.jpg</t>
+  </si>
+  <si>
+    <t>Контур акриловый по стеклу и керамике  quot;Декола quot;, туба 18 мл, белый, 5303104</t>
+  </si>
+  <si>
+    <t>Контур изготовлен на основе водной акриловой дисперсии и предназначен для создания объемных рисунков и рельефных орнаментов на керамике, стекле, фаянсе. Позволяет создавать дополнительные декоративные эффекты, рисовать тонкие линии и точечную роспись. Акриловый контур &amp;quot;Декола&amp;quot; идеально подходит для применения с красками для стекла и керамики, а также с витражными красками. Используется в технике витражной росписи для предотвращения смешивания красок между отдельными элементами и фрагментами рисунка.Контур выпускается в тубе с остроконечной насадкой, которая дает возможность легко наносить акриловый состав непосредственно из тубы плавным нажатием на корпус &amp;#40;не требуется дополнительных насадок, даже для прорисовки самых тонких линий&amp;#41;. Толщина наносимой линии регулируется силой нажатия на тубу. Консистенция краски и насадка-дозатор препятствуют возникновению клякс в процессе росписи и позволяют получать объемные рельефные узоры, точки, штрихи и другие элементы. Наносить контур следует на обезжиренную поверхность.Может использоваться как начинающими художниками, так и профессионалами своего дела.Время полного высыхания рисунка - не менее 3-х суток.</t>
+  </si>
+  <si>
+    <t>1004508</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/117/om0pwdgb6jgj95k7v9vzqz3z3y4ea4tn.jpg</t>
+  </si>
+  <si>
+    <t>Контур акриловый универсальный  quot;Декола quot;, туба 18 мл, белый, 13603104</t>
+  </si>
+  <si>
+    <t>Универсальные акриловые контуры &amp;quot;Декола&amp;quot; предназначены для росписи любых поверхностей: дерева, металла, пластика, кожи, ткани и других материалов. Используются самостоятельно или в сочетании с акриловыми красками. Незаменимы для прорисовки мелких деталей, нанесения надписей и создания дополнительных эффектов на декорируемой поверхности. Особенно популярны для работы в &amp;quot;точечной&amp;quot; технике. Контуры выпускаются в тубах с остроконечной насадкой, которая дает возможность легко наносить акриловый состав непосредственно из тубы плавным нажатием на корпус.Толщина наносимой линии регулируется силой нажатия на тубу. Консистенция краски и насадка препятствуют возникновению клякс в процессе росписи и позволяют получать объемные рельефные узоры, точки, штрихи и другие элементы.Универсальный акриловый контур может использоваться как начинающими художниками, так и профессионалами своего дела.</t>
+  </si>
+  <si>
+    <t>1004509</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ee/nllzh7cefe88evcg2m0s8sm3vveaxbtg.jpg</t>
+  </si>
+  <si>
+    <t>Контур акриловый универсальный  quot;Декола quot;, туба 18 мл, черный, 13603810</t>
+  </si>
+  <si>
+    <t>1004511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aed/ziauslsf8m6ieqgtnrid2eldndk90l12.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая глянцевая  quot;Декола quot;, банка 50 мл, белая, 2928104</t>
+  </si>
+  <si>
+    <t>Краска &amp;quot;Декола&amp;quot; не растрескивается, прочно удерживается на картоне, дереве, тканях, коже, бумаге. При высыхании создает яркую, эластичную пленку. Краски отлично смешиваются друг с другом. Обладает превосходными покрывными свойствами. Благодаря высокой покрывающей способности для достижения оптимального эффекта достаточно нанести всего один слой краски.</t>
+  </si>
+  <si>
+    <t>1004512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/4tbjo5425l4sqdvp638lvfggexxdbuzj.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая глянцевая  quot;Декола quot;, банка 50 мл, желтая светлая, 2928213</t>
+  </si>
+  <si>
+    <t>Краски &amp;quot;Декола&amp;quot; предназначены для декоративно-оформительских работ. Изготавливаются на основе водной акриловой дисперсии, хорошо смешиваются друг с другом, обеспечивают равномерное покрытие цветом. Не растрескиваются после нанесения, прочно удерживаются даже на гибких и гладких поверхностях. Устойчивы к воздействию воды и высоких температур. После высыхания краски приобретают глянцевый блеск. Акриловые краски высокого качества идеально подойдут как для начинающих художников, так и для профессионалов своего дела.Состав: акриловая дисперсия, пигмент, вода, добавки.</t>
+  </si>
+  <si>
+    <t>1004513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb2/2xgx3z6eg7tpzj2v75kffwpu3h3cf70x.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая глянцевая  quot;Декола quot;, банка 50 мл, зеленая средняя, 2928722</t>
+  </si>
+  <si>
+    <t>Краски &amp;quot;Декола&amp;quot; предназначены для декоративно-оформительских работ. Изготавливаются на основе водной акриловой дисперсии, хорошо смешиваются друг с другом, обеспечивают равномерное покрытие цветом. Не растрескиваются после нанесения, прочно удерживаются даже на гибких и гладких поверхностях. Устойчивы к воздействию воды и высоких температур. После высыхания краски приобретают глянцевый блеск.Акриловые краски высокого качества идеально подойдут как для начинающих художников, так и для профессионалов своего дела.Состав: акриловая дисперсия, пигмент, вода, добавки.</t>
+  </si>
+  <si>
+    <t>1004514</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8d/s9l944nw738enzml3lgbt873hj66j0z5.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая глянцевая  quot;Декола quot;, банка 50 мл, коричневая, 2928419</t>
+  </si>
+  <si>
+    <t>1004515</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c10/xiexwpuslr679k0pwb2uun4jzl3k5cag.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая глянцевая  quot;Декола quot;, банка 50 мл, красная, 2928331</t>
+  </si>
+  <si>
+    <t>1004516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/170/zbt9cd4itidht4zv82067wch7nqocp5h.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая глянцевая  quot;Декола quot;, банка 50 мл, черная, 2928810</t>
+  </si>
+  <si>
+    <t>1004517</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3d/lfq204ov49v3p2pv34pvddi6ap1d4hld.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая матовая  quot;Декола quot;, банка 100 мл, белая, 14327104</t>
+  </si>
+  <si>
+    <t>Краски &amp;quot;Декола&amp;quot; предназначены для декоративно-оформительских работ. Изготавливаются на основе водной акриловой дисперсии, хорошо смешиваются друг с другом, обеспечивают равномерное покрытие цветом. Не растрескиваются после нанесения, прочно удерживаются даже на гибких и гладких поверхностях. Устойчивы к воздействию воды и высоких температур. После высыхания краски приобретают матовый эффект.Акриловые краски высокого качества идеально подойдут как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004518</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30b/q3w14wnvt5mkphdmdd4lnk9lhgse2a68.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая матовая  quot;Декола quot;, банка 50 мл, черная, 14328810</t>
+  </si>
+  <si>
+    <t>1004519</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fe/jd868yn8f2qxxbuwpiuwnh93zg03joll.jpg</t>
+  </si>
+  <si>
+    <t>Краска акриловая флуоресцентная  quot;Декола quot;, банка 50 мл, лимонная, 4328214</t>
+  </si>
+  <si>
+    <t>Краски &amp;quot;Декола&amp;quot; предназначены для декоративно-оформительских работ. Изготавливаются на основе водной акриловой дисперсии, хорошо смешиваются друг с другом, обеспечивают равномерное покрытие цветом. Не растрескиваются после нанесения, прочно удерживаются даже на гибких и гладких поверхностях. Устойчивы к воздействию воды и высоких температур. Наибольший флуоресцентный эффект достигается при освещении ультрафиолетовыми лампами.Акриловые краски высокого качества идеально подойдут как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47a/voxnpxxvcpec5o4jk5ygpyc4mo0fv4kz.jpg</t>
+  </si>
+  <si>
+    <t>Краска по ткани акриловая  quot;Декола quot;, банка 50 мл, белая, 4128104</t>
+  </si>
+  <si>
+    <t>Акриловая краска по ткани &amp;quot;Декола&amp;quot; подходит для росписи хлопчатобумажных, шелковых и синтетических тканей. Быстро высыхает, сохраняет цвет даже после нескольких стирок. Для закрепления на ткани изделие необходимо прогладить с изнаночной стороны горячим утюгом без пара. Температура транспортировки/хранения: не ниже 0 °С.Акриловая краска высокого качества идеально подойдет как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004521</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f7/w4bzl0xz4d2n0jqq392m87dmym1mrcee.jpg</t>
+  </si>
+  <si>
+    <t>Краска по ткани акриловая  quot;Декола quot;, банка 50 мл, желтая средняя, 4128220</t>
+  </si>
+  <si>
+    <t>1004522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b0/9i7zw6qxgpi5pn9n8u2icjy8r8imklzf.jpg</t>
+  </si>
+  <si>
+    <t>Краска по ткани акриловая  quot;Декола quot;, банка 50 мл, карминовая, 4128319</t>
+  </si>
+  <si>
+    <t>1004523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97d/uh4ae2ubowwls5nemgr6kx2z3ot5fnnp.jpg</t>
+  </si>
+  <si>
+    <t>Краска по ткани акриловая  quot;Декола quot;, банка 50 мл, серебряная, 4128966</t>
+  </si>
+  <si>
+    <t>1004525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb9/vyo7xnnk87j80sk1n0pb7mtodckyibi8.jpg</t>
+  </si>
+  <si>
+    <t>Краска по ткани акриловая  quot;Декола quot;, банка 50 мл, синяя темная, 4128517</t>
+  </si>
+  <si>
+    <t>1004526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d4/pavxm4wn7j6t4s50hrvdlkdf74qa8rc2.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые матовые  quot;Декола quot;, 12 цветов по 20 мл, в банках, 143411021</t>
+  </si>
+  <si>
+    <t>Матовые краски &amp;quot;Декола&amp;quot; на основе водной акриловой дисперсии легко наносятся на любую поверхность: бумагу, картон, грунтованный холст, дерево, металл, кожу и др. Обладают высокой укрывистостью, хорошо смешиваются, быстро высыхают. После высыхания приобретают матовую поверхность, не смываются водой. Могут быть использованы для росписи специализированных поверхностей, таких как ткань, кожа, пластик, металл, стекло или керамика.При работе с впитывающими и цветными поверхностями &amp;#40;например, деревом&amp;#41; перед нанесением красочного слоя рекомендуется предварительно загрунтовать изделие белым акриловым грунтом в 1-3 слоя с промежуточной сушкой.Храните краски плотно закрытыми. Кисти и инструменты сразу после работы промойте водой.Акриловые краски высокого качества идеально подойдут как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004528</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/030/zrklpitb09yocivmpqo4con7o2ppol9i.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые матовые  quot;Декола quot;, 18 цветов по 20 мл, в банках, 143412150</t>
+  </si>
+  <si>
+    <t>Матовые краски &amp;quot;Декола&amp;quot; на основе водной акриловой дисперсии легко наносятся на любую поверхность: бумагу, картон, грунтованный холст, дерево, металл, кожу и др. Обладают высокой укрывистостью, хорошо смешиваются, быстро высыхают. После высыхания приобретают матовую поверхность, не смываются водой. Могут быть использованы для росписи специализированных поверхностей, таких как ткань, кожа, пластик, металл, стекло или керамика. При работе с впитывающими и цветными поверхностями &amp;#40;например, деревом&amp;#41; перед нанесением красочного слоя рекомендуется предварительно загрунтовать изделие белым акриловым грунтом в 1-3 слоя с промежуточной сушкой.Храните краски плотно закрытыми. Кисти и инструменты сразу после работы промойте водой.Акриловые краски высокого качества идеально подойдут как для начинающих художников, так и для профессионалов своего дела. Состав: акриловая дисперсия, пигмент, вода, добавки.Палитра цветов: белая, слоновая кость, желтая средняя, оранжевая, красная, фуксия, фиолетовая, небесно-голубая, синяя темная, бирюзовая, турецкая зеленая, зеленая средняя, персидская синяя, коричневая, серая, черная, серебро, золото инков.</t>
+  </si>
+  <si>
+    <t>1004529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9d/71smc6p2h24m1ghg9dav90n3ckv5kuf2.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые матовые  quot;Декола quot;, 6 цветов по 20 мл, в банках, 143411020</t>
+  </si>
+  <si>
+    <t>1004530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa3/f9f5pwtcp4eue0yr1u5ronp0x194e8e4.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Декола quot;, 18 цветов по 20 мл, в банках, 41412031</t>
+  </si>
+  <si>
+    <t>Краски &amp;quot;Декола&amp;quot; предназначены для росписи хлопчатобумажных и шелковых тканей. Допускается применение красок на синтетических тканях. При этом рекомендуется убедиться в прочности закрепления рисунка на образце ткани. Акриловые краски по ткани &amp;quot;Декола&amp;quot; изготавливаются на основе водной акриловой дисперсии и образуют после высыхания прочную и эластичную пленку на поверхности.Перед нанесением краски ткань следует выстирать без использования кондиционера, высушить и выгладить. Для росписи одежды рекомендуется положить полиэтилен или плотную бумагу внутрь изделия, чтобы избежать отпечатывания краски на другой стороне.Краски наносятся равномерно тонким слоем с помощью кисти, губки или валика. Для закрепления рисунка на ткани оставьте его просохнуть в течение 24 часов. Затем прогладьте изделие утюгом без пара в течение 5 минут через х/б ткань при температуре, соответствующей ткани &amp;#40;обычно 150-160 °C&amp;#41;.Спустя 48 часов с момента проглаживания изделие можно стирать мягкими моющими средствами при температуре от 30 до 40 °C, избегая сильного механического воздействия.Акриловые краски высокого качества идеально подойдут как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19b/i2ar0p60pzq18lu837d3jcc1mgen5d7d.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Декола quot;, 2 цвета по 50 мл, в банках, 41412032</t>
+  </si>
+  <si>
+    <t>Краски &amp;quot;Декола&amp;quot; предназначены для росписи хлопчатобумажных и шелковых тканей. При росписи синтетических тканей рекомендуется убедиться в прочности закрепления рисунка на образце ткани. Набор акриловых красок по ткани 2 цвета в банках по 50 мл: ULTRA BLACK &amp;#43; EXTRA WHITE. Акриловые краски по ткани изготавливаются на основе водной акриловой дисперсии и образуют после высыхания прочную эластичную пленку на поверхности.</t>
+  </si>
+  <si>
+    <t>1004532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/734/s2b9plnqc63b5sxw0t6ji0ynmo5orv91.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Я - Художник quot;, 16 цветов по 15 мл, в банках, 228411819</t>
+  </si>
+  <si>
+    <t>Акриловые краски по ткани &amp;quot;Я - Художник!&amp;quot; созданы специально для детского творчества. Предназначены для росписи хлопчатобумажных тканей. Не смываются после высыхания поверхности.Состав набора: белая, телесная, лимонная, желтая, оранжевая, коралловая, красная, розовая, фиолетовая, синяя, голубая, мятная, зеленая светлая, зеленая, коричневая, черная.</t>
+  </si>
+  <si>
+    <t>1004533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f2/yglanu2mxiu5fnysv769lnlba0y1pgv9.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Я - Художник quot;, 9 цветов по 15 мл, в банках, 228411541</t>
+  </si>
+  <si>
+    <t>Акриловые краски по ткани &amp;quot;Я - Художник!&amp;quot; созданы специально для детского творчества. Предназначены для росписи хлопчатобумажных тканей. Не смываются после высыхания поверхности. Состав набора: белая, желтая, красная, розовая, зеленая, синяя, фиолетовая, коричневая, черная.</t>
+  </si>
+  <si>
+    <t>1004534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4b/ilenp5qnc7gfy3mekm2xa61b5ekv1mle.jpg</t>
+  </si>
+  <si>
+    <t>Лак акриловый тройной глянец  quot;Декола quot;, 50 мл, в банке, 5828961</t>
+  </si>
+  <si>
+    <t>Акриловый лак &amp;quot;Тройной глянец&amp;quot; на водной основе используется для завершения работ, выполненных акриловыми красками. Часто применяется при росписи различных поверхностей. Используется для работы с поверхностями из дерева, картона, пластика, стекла и металла. Не имеет запаха. Создаёт прочную плёнку, которая защищает поверхность от воздействия внешней среды и придаёт работе законченный вид. Создает эффект &amp;quot;глазури&amp;quot;, обладает густой консистенцией и не растекается. Не образует трещин после высыхания. Лак на основе водной акриловой дисперсии. Перед использованием лак необходимо тщательно перемешать. Наносится кистью в один или несколько слоёв с промежуточной сушкой не менее 24 часов при комнатной температуре.Глянцевый акриловый лак отлично подойдет как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f3/8iwxfyas3cprx711jgjg8d2xvel58e0c.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые глянцевые  quot;Я   Художник quot;, 12 цветов по 15 мл, в банках, 229411817</t>
+  </si>
+  <si>
+    <t>Краски для детского творчества &amp;quot;Я - Художник!&amp;quot; на основе водной акриловой дисперсии предназначены для росписи декоративных изделий из бумаги, картона, дерева, металла, кожи. Краски хорошо смешиваются, быстро высыхают. После высыхания приобретают глянцевый блеск, не смываются водой. Состав набора: белая, желтая, оранжевая, красная, розовая, фиолетовая, синяя, голубая, мятная, зеленая, коричневая, черная.</t>
+  </si>
+  <si>
+    <t>1004912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/xqo00hldbb80m1u1b0w1a2gg6n9aal2k.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые глянцевые  quot;Я - Художник quot;, 16 цветов по 15 мл, в банках, 229411818</t>
+  </si>
+  <si>
+    <t>Краски для детского творчества &amp;quot;Я - Художник!&amp;quot; на основе водной акриловой дисперсии предназначены для росписи декоративных изделий из бумаги, картона, дерева, металла, кожи. Краски хорошо смешиваются, быстро высыхают. После высыхания приобретают глянцевый блеск, не смываются водой.Состав набора: белая, телесная, лимонная, желтая, оранжевая, коралловая, красная, розовая, фиолетовая, синяя, голубая, мятная, зеленая светлая, зеленая, коричневая, черная.</t>
+  </si>
+  <si>
+    <t>1004913</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebb/9173f3d2q60gm8141js3uuqfxha21dsz.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые глянцевые  quot;Я   Художник quot;, 6 цветов по 15 мл, в банках, 229411542</t>
+  </si>
+  <si>
+    <t>Краски для детского творчества &amp;quot;Я – Художник!&amp;quot; на основе водной акриловой дисперсии предназначены для росписи декоративных изделий из бумаги, картона, дерева, металла, кожи. Краски хорошо смешиваются, быстро высыхают. После высыхания приобретают глянцевый блеск, не смываются водой.Состав набора: белая, желтая, красная, зеленая, синяя, черная.</t>
+  </si>
+  <si>
+    <t>1004914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab0/51qdvvuelv4hdfzuhvuvza60ti75auza.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые по коже  quot;Декола quot;, 11 цветов   акриловый лак по 20 мл, в банках, 261412142</t>
+  </si>
+  <si>
+    <t>Акриловые краски по коже &amp;quot;Декола&amp;quot; на основе водной акриловой дисперсии предназначены для росписи изделий из натуральной и искусственной кожи. Имеют насыщенный цвет, на коже создают матовый эффект, краска после высыхания эластична и износостойкая. Для закрепления на коже изделие необходимо просушить в течение 24 часов и прогреть с помощью фена на максимальной температуре в течение 5-10 минут. Для защиты окрашенной поверхности от царапин и сколов изделие следует покрыть лаком для кожи. Температура транспортировки и хранения: от &amp;#43;5 до &amp;#43;35 °C.</t>
+  </si>
+  <si>
+    <t>1004915</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe2/rm05bdpirg1xwx1dxn381smr1v4icrfy.jpg</t>
+  </si>
+  <si>
+    <t>Краски по ткани акриловые  quot;Я - Художник quot;, 6 цветов по 15 мл, в банках, 228411540</t>
+  </si>
+  <si>
+    <t>Акриловые краски по ткани &amp;quot;Я - Художник!&amp;quot; созданы специально для детского творчества. Предназначены для росписи хлопчатобумажных тканей. Не смываются после высыхания поверхности.Состав набора: белая, желтая, красная, зеленая, синяя, черная.</t>
+  </si>
+  <si>
+    <t>1004916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef4/ojlftvtlwb6dno0b10rclvzfx0noeda9.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 12 цветов в тубах по 12 мл, кисти 3 шт., палитра, аксессуары, 19 предметов, BRAUBERG HOBBY, 192543</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево&amp;#41;. В набор входят 12 ярких акриловых цветов в тубах: - белила титановые &amp;#40;044&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.Кроме того, в набор входят:- кисть №2 синтетика плоская;- кисть №4 синтетика плоская;- кисть №6 синтетика плоская.Помимо кистей, у вас будут:- карандаш чернографитный HB;- пластиковая палитра;- ластик;- точилка для карандашей.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Разбавляются водой. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Не токсичны и не имеют неприятного резкого запаха.Краски в тубах объемом 12 мл поставляются в картонной коробке.Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, мастерских живописи.</t>
+  </si>
+  <si>
+    <t>1006201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddc/cls136vybe93dvzm3985q0g23utl198m.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 26 шт. по 12 мл, холсты 3 шт., кисти 6 шт., аксессуары, 37 предметов, BRAUBERG HOBBY, 192544</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево&amp;#41;. В набор входят 24 ярких акриловых цвета в тубах: - белила титановые &amp;#40;044&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- розовая &amp;#40;310&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- телесная &amp;#40;046&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена натуральная &amp;#40;083&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- ван дик коричневый &amp;#40;088&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;.В набор также входят холсты 19х22,5 см &amp;#40;3 шт.&amp;#41;.Кроме того, у вас будут: - кисть №0 синтетика круглая;- кисть №2 синтетика круглая;- кисть №4 синтетика круглая;- кисть №10 синтетика круглая;- кисть №8 синтетика плоская;- кисть №12 синтетика плоская.Помимо кистей, вы получите:- мастихин;- пластиковую палитру.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Разбавляются водой. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Не токсичны и не имеют неприятного резкого запаха.Краски в тубах объемом 12 мл поставляются в картонной коробке.Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, мастерских живописи.</t>
+  </si>
+  <si>
+    <t>1006202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/372/ly7jby6lj5a6m3n8dljt81g6ns755mu2.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные 36 шт. по 12 мл, холсты 3 шт., кисти 6 шт., аксессуары, 50 предметов, BRAUBERG HOBBY, 192545</t>
+  </si>
+  <si>
+    <t>Краски акриловые BRAUBERG HOBBY – универсальный рабочий материал для широкой гаммы увлечений. Подходят для живописных и декоративно-оформительских работ на большинстве поверхностей &amp;#40;бумага, картон, грунтованный холст, дерево&amp;#41;. В набор входят 31 яркий акриловый цвет: - белила титановые &amp;#40;044&amp;#41;, 5 шт.;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- пурпурная красная &amp;#40;011&amp;#41;;- розовая &amp;#40;310&amp;#41;;- желто-зеленая &amp;#40;078&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- виридоновая зеленая &amp;#40;067&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- лазурная синяя &amp;#40;034&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- фиолетовая средняя &amp;#40;095&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- телесная &amp;#40;046&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена натуральная &amp;#40;083&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- ван дик коричневый &amp;#40;088&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- холодная серая &amp;#40;059&amp;#41;;- серая &amp;#40;055&amp;#41;;- серая пейна &amp;#40;050&amp;#41;;- черная &amp;#40;051&amp;#41;, 2 шт.В набор также входят холсты 19х22,5 см &amp;#40;3 шт.&amp;#41;.Кроме того, у вас будут: - кисть №0 синтетика круглая;- кисть №2 синтетика круглая;- кисть №4 синтетика круглая;- кисть №10 синтетика круглая;- кисть №8 синтетика плоская;- кисть №12 синтетика плоская.Помимо кистей, вы получите:- мастихин;- пластиковую палитру;- карандаш чернографитный HB;- ластик;- точилку для карандашей.Краски легко смешиваются, отлично наносятся и быстро высыхают на поверхности. Разбавляются водой. Обладают высокой кроющей способностью. При высыхании образуют матовый финиш. Не тускнеют после высыхания и не выгорают при воздействии солнечных лучей. Не токсичны и не имеют неприятного резкого запаха.Краски в тубах объемом 12 мл поставляются в картонной коробке.Акриловые краски пригодятся в качестве канцтоваров школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, мастерских живописи.</t>
+  </si>
+  <si>
+    <t>1006203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec4/af56dfh8btki5s4unsb8bv18uzeazicj.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для творчества Луч ПЕРЛАМУТРОВЫЕ 6 цв. 15 мл ассорти</t>
+  </si>
+  <si>
+    <t>1007028</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e29/irj3vz5iffsrm648ss139b8pn9dy83ou.jpg</t>
+  </si>
+  <si>
+    <t>Лак акриловый глянцевый для декупажа ARTформат п э банка 100 мл</t>
+  </si>
+  <si>
+    <t>Лак акриловый глянцевый для декупажа ARTформат п/э банка 100 мл</t>
+  </si>
+  <si>
+    <t>1007030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/608/1nzve28e1dkyqfn5jgjs4je72w1tjc4c.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные АРТформат 12 цветов, 22 мл, ассорти</t>
+  </si>
+  <si>
+    <t>1009680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/796/lsmv7jakf62c07qqppdev33f2p5529vj.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные АРТформат 6 цветов, 22 мл, ассорти</t>
+  </si>
+  <si>
+    <t>1009681</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d7/7dfbtib35q0cw6l6vtfw7nkufjh3x2ye.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые художественные Луч МЕТАЛЛИК 6 цветов, 20 мл, ассорти</t>
+  </si>
+  <si>
+    <t>1009682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/380/cn03zbu90ppdom4crzm8igfqj7n9ywl8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акриловые ErichKrause Art Spirit 12 цветов по 20 мл  в коробке 12 штук </t>
+  </si>
+  <si>
+    <t>Краски акриловые ErichKrause Art Spirit 12 цветов по 20 мл &amp;#40;в коробке 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1013641</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5f4/5f42e781a91b27507ca8f7377608f734/feaa5e2d4bd1a4ed5a4498f6721a98c7.jpg</t>
-[...3161 lines deleted...]
-    <t>1009682</t>
+    <t>http://anytos.ru//upload/iblock/518/htt57hz6ay69xlwvdfbpfcfv7aj9b7zv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акриловые ErichKrause Art Spirit 6 цветов по 20 мл  в коробке 6 штук </t>
+  </si>
+  <si>
+    <t>Краски акриловые ErichKrause Art Spirit 6 цветов по 20 мл &amp;#40;в коробке 6 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1013642</t>
+  </si>
+  <si>
+    <t>36</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4806,8831 +4207,7581 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J384"/>
+  <dimension ref="A1:M329"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G384" sqref="G384"/>
+      <selection pane="bottomRight" activeCell="G329" sqref="G329"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G7" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C8" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D8" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...18 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="C13" s="1"/>
+        <v>48</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="C22" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="C23" s="1"/>
+        <v>79</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G29" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...18 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F31" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G31" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...18 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G34" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>127</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B35" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="F35" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="B36" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="F36" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="B38" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="F38" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="B39" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B40" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="F42" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="F43" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="B44" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="F44" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="B45" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="F45" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="F50" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="F51" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F52" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="F56" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="F57" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="C58" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="F58" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C59" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="F59" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="F60" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="F65" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="F66" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="B67" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="F67" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="C68" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="F68" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="C69" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="F69" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="F68" s="3" t="s">
+      <c r="B70" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="G68" s="3" t="s">
+      <c r="C70" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>265</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="C71" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="F71" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F72" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G72" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="B73" s="1" t="s">
         <v>275</v>
-      </c>
-[...44 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="C76" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="B77" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="F77" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="F78" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="C79" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="F79" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="B80" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>309</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>276</v>
+        <v>312</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>276</v>
+        <v>316</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>276</v>
+        <v>320</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>276</v>
+        <v>324</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>337</v>
+        <v>238</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>341</v>
+        <v>238</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>345</v>
+        <v>238</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>349</v>
+        <v>238</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>350</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="F93" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="B95" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="C95" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="F95" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="B96" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="C96" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="C97" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="C98" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B99" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C99" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="F99" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="B100" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="C100" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="F100" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="C101" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G101" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="C100" s="1" t="s">
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="B102" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="B103" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="C103" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="C104" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="C105" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C106" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="C107" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="C108" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="C109" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="F106" s="3" t="s">
+      <c r="F109" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="G106" s="3" t="s">
+      <c r="B110" s="1" t="s">
         <v>407</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="C110" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="F110" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="B111" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="F111" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G108" s="3" t="s">
+      <c r="B112" s="1" t="s">
         <v>414</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="F112" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="F109" s="3" t="s">
+      <c r="B113" s="1" t="s">
         <v>418</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="F113" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="B114" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="1" t="s">
+      <c r="F114" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="B115" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C112" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="C115" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="F115" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="C113" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="B116" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="C116" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="F116" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="C114" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="B117" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="F117" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="G117" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="C116" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="C118" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="F118" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="B119" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="C118" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="F119" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>450</v>
-      </c>
-[...21 lines deleted...]
-        <v>454</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="C122" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="F123" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="F124" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G125" s="3" t="s">
+      <c r="B126" s="1" t="s">
         <v>469</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="C127" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="B128" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="F128" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>482</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>483</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>276</v>
+        <v>485</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>276</v>
+        <v>489</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>276</v>
+        <v>493</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>276</v>
+        <v>497</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>276</v>
+        <v>501</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>276</v>
+        <v>505</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>18</v>
+        <v>235</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>520</v>
+        <v>235</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>18</v>
+        <v>235</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>18</v>
+        <v>535</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>101</v>
+        <v>535</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F144" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G144" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>18</v>
+        <v>535</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>540</v>
+        <v>549</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>107</v>
+        <v>535</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>576</v>
+        <v>362</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>664</v>
+        <v>675</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>669</v>
+        <v>235</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>669</v>
+        <v>235</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>669</v>
+        <v>235</v>
       </c>
       <c r="G180" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G198" s="3" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...413 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>751</v>
+        <v>764</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>752</v>
+        <v>765</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>753</v>
+        <v>766</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>754</v>
+        <v>767</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>756</v>
+        <v>769</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>757</v>
+        <v>770</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>758</v>
+        <v>771</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>759</v>
+        <v>772</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>760</v>
+        <v>773</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>761</v>
+        <v>774</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>762</v>
+        <v>775</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>763</v>
+        <v>776</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>764</v>
+        <v>777</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>765</v>
+        <v>778</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>766</v>
+        <v>779</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>767</v>
+        <v>780</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>768</v>
+        <v>781</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>769</v>
+        <v>782</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>770</v>
+        <v>783</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>771</v>
+        <v>784</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>772</v>
+        <v>785</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>773</v>
+        <v>786</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>774</v>
+        <v>787</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>775</v>
+        <v>788</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>776</v>
+        <v>789</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>777</v>
+        <v>790</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>778</v>
+        <v>791</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>779</v>
+        <v>792</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>780</v>
+        <v>793</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>781</v>
+        <v>794</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>782</v>
+        <v>795</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>783</v>
+        <v>796</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>784</v>
+        <v>797</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>785</v>
+        <v>798</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>786</v>
+        <v>799</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>787</v>
+        <v>800</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>788</v>
+        <v>801</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>789</v>
+        <v>802</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>790</v>
+        <v>803</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>791</v>
+        <v>804</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>792</v>
+        <v>805</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>794</v>
+        <v>807</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>795</v>
+        <v>808</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>796</v>
+        <v>809</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>798</v>
+        <v>811</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>799</v>
+        <v>812</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>800</v>
+        <v>813</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>801</v>
+        <v>814</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>802</v>
+        <v>815</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>803</v>
+        <v>816</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>806</v>
+        <v>819</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>807</v>
+        <v>820</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>808</v>
+        <v>821</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>809</v>
+        <v>822</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>810</v>
+        <v>823</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>811</v>
+        <v>824</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>812</v>
+        <v>825</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>813</v>
+        <v>826</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>814</v>
+        <v>827</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>815</v>
+        <v>828</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>816</v>
+        <v>829</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>817</v>
+        <v>830</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>818</v>
+        <v>831</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>819</v>
+        <v>832</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>820</v>
+        <v>833</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>821</v>
+        <v>834</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>822</v>
+        <v>835</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>823</v>
+        <v>836</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>824</v>
+        <v>837</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>825</v>
+        <v>838</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>826</v>
+        <v>839</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>827</v>
+        <v>840</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>828</v>
+        <v>841</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>829</v>
+        <v>842</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>830</v>
+        <v>843</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>831</v>
+        <v>844</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>832</v>
+        <v>845</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>833</v>
+        <v>846</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>834</v>
+        <v>847</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>835</v>
+        <v>848</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>836</v>
+        <v>849</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>837</v>
+        <v>850</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>838</v>
+        <v>851</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>839</v>
+        <v>852</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>840</v>
+        <v>853</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>841</v>
+        <v>854</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>842</v>
+        <v>855</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>843</v>
+        <v>856</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>844</v>
+        <v>857</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>845</v>
+        <v>858</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>846</v>
+        <v>859</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>847</v>
+        <v>860</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>848</v>
+        <v>861</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>849</v>
+        <v>862</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>850</v>
+        <v>863</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>851</v>
+        <v>864</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>852</v>
+        <v>865</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>854</v>
+        <v>867</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>855</v>
+        <v>868</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>857</v>
+        <v>870</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>858</v>
+        <v>871</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>859</v>
+        <v>872</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>860</v>
+        <v>873</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>861</v>
+        <v>874</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>862</v>
+        <v>875</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>863</v>
+        <v>876</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>864</v>
+        <v>877</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>866</v>
+        <v>879</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>867</v>
+        <v>880</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>868</v>
+        <v>881</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>869</v>
+        <v>882</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>870</v>
+        <v>883</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>871</v>
+        <v>884</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>872</v>
+        <v>885</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>873</v>
+        <v>886</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>874</v>
+        <v>887</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>875</v>
+        <v>888</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>876</v>
+        <v>889</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>877</v>
+        <v>890</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>879</v>
+        <v>892</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>880</v>
+        <v>893</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>881</v>
+        <v>894</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>882</v>
+        <v>895</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>883</v>
+        <v>896</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>884</v>
+        <v>897</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>885</v>
+        <v>898</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>886</v>
+        <v>899</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>887</v>
+        <v>900</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>888</v>
+        <v>901</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>889</v>
+        <v>902</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>892</v>
+        <v>905</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>893</v>
+        <v>906</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>894</v>
+        <v>907</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>895</v>
+        <v>908</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>896</v>
+        <v>909</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>897</v>
+        <v>910</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>898</v>
+        <v>911</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>899</v>
+        <v>912</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>900</v>
+        <v>913</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>901</v>
+        <v>914</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>902</v>
+        <v>915</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>903</v>
+        <v>916</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>904</v>
+        <v>917</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>905</v>
+        <v>918</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>906</v>
+        <v>919</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>907</v>
+        <v>920</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>908</v>
+        <v>921</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>909</v>
+        <v>922</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>910</v>
+        <v>923</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>911</v>
+        <v>924</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>912</v>
+        <v>925</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>913</v>
+        <v>926</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>914</v>
+        <v>927</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>915</v>
+        <v>928</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>916</v>
+        <v>929</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>917</v>
+        <v>930</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>918</v>
+        <v>931</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>920</v>
+        <v>933</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>921</v>
+        <v>934</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>922</v>
+        <v>935</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>923</v>
+        <v>936</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>927</v>
+        <v>941</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>927</v>
+        <v>942</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>928</v>
+        <v>943</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>930</v>
+        <v>945</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>932</v>
+        <v>947</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>933</v>
+        <v>948</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>934</v>
+        <v>949</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>936</v>
+        <v>951</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>937</v>
+        <v>952</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>938</v>
+        <v>953</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>939</v>
+        <v>954</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>940</v>
+        <v>955</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>941</v>
+        <v>956</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>942</v>
+        <v>957</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>943</v>
+        <v>958</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>944</v>
+        <v>959</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>947</v>
+        <v>962</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>950</v>
+        <v>965</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>951</v>
+        <v>966</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>952</v>
+        <v>967</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>953</v>
+        <v>968</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>956</v>
+        <v>971</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>958</v>
+        <v>973</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>959</v>
+        <v>974</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>960</v>
+        <v>975</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G252" s="3" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>961</v>
+        <v>976</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>962</v>
+        <v>977</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>962</v>
+        <v>978</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>963</v>
+        <v>979</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>406</v>
+        <v>108</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>964</v>
+        <v>980</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>965</v>
+        <v>981</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>966</v>
+        <v>983</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>406</v>
+        <v>108</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>967</v>
+        <v>984</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>968</v>
+        <v>985</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>969</v>
+        <v>986</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>970</v>
+        <v>987</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G255" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G261" s="3" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G256" s="3" t="s">
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G265" s="3" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G257" s="3" t="s">
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G267" s="3" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...229 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1019</v>
+        <v>1036</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1020</v>
+        <v>1037</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1021</v>
+        <v>1038</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1022</v>
+        <v>1039</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1023</v>
+        <v>1040</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1024</v>
+        <v>1041</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1025</v>
+        <v>1042</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1026</v>
+        <v>1043</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1027</v>
+        <v>1044</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1028</v>
+        <v>1045</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1029</v>
+        <v>1046</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1030</v>
+        <v>1047</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1031</v>
+        <v>1048</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1032</v>
+        <v>1049</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1033</v>
+        <v>1050</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1034</v>
+        <v>1051</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1036</v>
+        <v>1053</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1037</v>
+        <v>1054</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1038</v>
+        <v>1055</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1039</v>
+        <v>1056</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1041</v>
+        <v>1058</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1043</v>
+        <v>1060</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1044</v>
+        <v>1061</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1045</v>
+        <v>1062</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1046</v>
+        <v>1063</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1048</v>
+        <v>1065</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1049</v>
+        <v>1066</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1050</v>
+        <v>1067</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1051</v>
+        <v>1068</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1052</v>
+        <v>1069</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1053</v>
+        <v>1070</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1054</v>
+        <v>1071</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1055</v>
+        <v>1072</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1056</v>
+        <v>1073</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1057</v>
+        <v>1074</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1058</v>
+        <v>1075</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1059</v>
+        <v>1076</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1060</v>
+        <v>1077</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1061</v>
+        <v>1078</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1062</v>
+        <v>1079</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1063</v>
+        <v>1080</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1064</v>
+        <v>1081</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1065</v>
+        <v>1082</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1066</v>
+        <v>1083</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1067</v>
+        <v>1084</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1068</v>
+        <v>1085</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1069</v>
+        <v>1086</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1070</v>
+        <v>1087</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1071</v>
+        <v>1088</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1072</v>
+        <v>1089</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1073</v>
+        <v>1090</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1074</v>
+        <v>1091</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1075</v>
+        <v>1092</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1076</v>
+        <v>1093</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1077</v>
+        <v>1094</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1078</v>
+        <v>1095</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1079</v>
+        <v>1096</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1080</v>
+        <v>1097</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1081</v>
+        <v>1098</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1082</v>
+        <v>1099</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1083</v>
+        <v>1100</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1085</v>
+        <v>1102</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1086</v>
+        <v>1103</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1087</v>
+        <v>1104</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1088</v>
+        <v>1105</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1089</v>
+        <v>1106</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1090</v>
+        <v>1107</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1091</v>
+        <v>1108</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1093</v>
+        <v>1110</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1094</v>
+        <v>1111</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>117</v>
+        <v>235</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1095</v>
+        <v>1112</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1096</v>
+        <v>1113</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1097</v>
+        <v>1114</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1098</v>
+        <v>1115</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1099</v>
+        <v>1116</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1101</v>
+        <v>1118</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1102</v>
+        <v>1119</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1103</v>
+        <v>1120</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1104</v>
+        <v>1121</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1105</v>
+        <v>1122</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1106</v>
+        <v>1123</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1107</v>
+        <v>1124</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1108</v>
+        <v>1125</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1109</v>
+        <v>1126</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1110</v>
+        <v>1127</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1111</v>
+        <v>1128</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1112</v>
+        <v>1129</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1115</v>
+        <v>1132</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1116</v>
+        <v>1133</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1117</v>
+        <v>1130</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1118</v>
+        <v>1134</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1119</v>
+        <v>1135</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1120</v>
+        <v>1136</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1121</v>
+        <v>1137</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1122</v>
+        <v>1138</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1123</v>
+        <v>1139</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1124</v>
+        <v>1140</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1125</v>
+        <v>1141</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1126</v>
+        <v>1142</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1129</v>
+        <v>1145</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1130</v>
+        <v>1146</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1131</v>
+        <v>1147</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1134</v>
+        <v>1149</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1135</v>
+        <v>1150</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1136</v>
+        <v>1151</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1138</v>
+        <v>1152</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1139</v>
+        <v>1153</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1140</v>
+        <v>1154</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1143</v>
+        <v>1156</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1146</v>
+        <v>1159</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1147</v>
+        <v>1161</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1150</v>
+        <v>1163</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1151</v>
+        <v>1164</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1152</v>
+        <v>1165</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1153</v>
+        <v>1166</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1154</v>
+        <v>1167</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1155</v>
+        <v>1168</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1156</v>
+        <v>1169</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1157</v>
+        <v>1170</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1158</v>
+        <v>1171</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1159</v>
+        <v>1173</v>
       </c>
       <c r="B303" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G317" s="3" t="s">
         <v>1160</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...337 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1223</v>
+        <v>1232</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1224</v>
+        <v>1233</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>264</v>
+        <v>98</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>264</v>
+        <v>108</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>264</v>
+        <v>21</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1244</v>
+        <v>1252</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1246</v>
+        <v>1254</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>264</v>
+        <v>25</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>264</v>
+        <v>25</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>264</v>
+        <v>25</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>264</v>
+        <v>21</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>264</v>
+        <v>1268</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>264</v>
+        <v>1268</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>265</v>
-[...38 lines deleted...]
-      <c r="E331" s="3" t="s">
         <v>1274</v>
-      </c>
-[...1223 lines deleted...]
-        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">