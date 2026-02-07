--- v0 (2025-11-10)
+++ v1 (2026-02-07)
@@ -12,62 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1783">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1742">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
+  </si>
+  <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40d/3wvs8ki7d6ov7y2jlvr2yh2o24zki351.jpg</t>
   </si>
   <si>
     <t>Акварель Гамма  quot;Классическая quot;, медовая, 08 цветов, без кисти, пластик, европодвес NEW</t>
   </si>
   <si>
     <t>Краски акварельные Гамма &amp;quot;Классическая&amp;quot; для школы и творчества. Цвета Классической серии— яркие, чистые и насыщенные. Все краски расположены на одной подложке, словно на палитре у настоящего художника. 08 цв. на подложке. Как и другие продукты детских серий ГАММА, «Классическая» акварель легко смывается с рук и отстирывается с одежды. Объем кювет 3,14 см3. Форма кювет - квадратная. Упаковка - пластиковая коробочка, без кисти.</t>
   </si>
@@ -415,50 +424,62 @@
     <t>Акварель КЛАССИКА 8 цв. без кист. пласт.уп.: 19С1284-08 штр.: 4601185007745</t>
   </si>
   <si>
     <t>108161</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f79/0q2kbtfgnagyxlm284oebyt14z7weyg5.jpg</t>
   </si>
   <si>
     <t>Акварель КЛАССИКА 8 цв. с кист. пласт.уп.: 19С1285-08 штр.: 4601185007752</t>
   </si>
   <si>
     <t>108162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b0/25nkz56204u47w6da1boh072mekaio8o.jpg</t>
   </si>
   <si>
     <t>Акварель худ. ЛЮКС 16 цв. карт.уп.: 14С1019-08 штр.: 4601185005093</t>
   </si>
   <si>
     <t>108166</t>
   </si>
   <si>
     <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/773/uc0hjf91s7dec20gyxn4dacbtzftjpnb.jpg</t>
+  </si>
+  <si>
+    <t>Акварель худ. ЛЮКС 24 цв. карт.уп.: 14С1039-08 штр.: 4601185005116</t>
+  </si>
+  <si>
+    <t>Серия Люкс - открывает большие возможности для самореализации на этапе обучения и профессионального становления художника. Акварель имеет богатую цветовую палитру, с разнообразной подборкой синих, зеленых, красных и желтых цветов.Краски акварельные медовые полусухие изготовлены на основе растительного клея-гуммиарабика и максимально насыщены пигментами высокого класса. Присутствие и необходимое соотношение&amp;nbsp;&amp;nbsp;этих компонентов в акварели обеспечивает ей&amp;nbsp;&amp;nbsp;такие свойства, как необыкновенная прозрачность, повышенная чистота цвета и интенсивность тона.Акварель находится в пластмассовой упаковке с прозрачной крышкой, запакована в цветную картонную коробку без кисти.</t>
+  </si>
+  <si>
+    <t>108167</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/961/9612005dc9eaf197d773a9a90c1d2d4f.jpg</t>
   </si>
   <si>
     <t>Акварель  quot;Юный художник quot; 08 цветов, без кисти, пласт. упак.: 212069 штр.:  4600395029714</t>
   </si>
   <si>
     <t>Краски акварельные для школы и творчества. Упаковка - пластиковая коробочка, без кисти.</t>
   </si>
   <si>
     <t>216694</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8be/8bed0856dd63a7f1818476429634ae0f.jpg</t>
   </si>
   <si>
     <t>Акварель  quot;Мультики quot; 06 цветов, без кисти, картон: 211046 штр.:  4600395011283</t>
   </si>
   <si>
     <t>Акварель &amp;quot;Мультики&amp;quot; 06 цветов, без кисти, картон: 211046</t>
   </si>
@@ -479,50 +500,62 @@
 Медовая – да. &lt;br /&gt;
 Количество цветов – 12. &lt;br /&gt;
 Кисть – нет. &lt;br /&gt;
 Емкость – кювет. &lt;br /&gt;
 Упаковка ед. товара – картонная коробка.</t>
   </si>
   <si>
     <t>235181</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/128/128bd61c9f470ee02d2bcc180d1fc204.jpg</t>
   </si>
   <si>
     <t>Акварель  quot;Студия quot; художественная 18 цвета, кюветы: 215003 штр.:  4600395012808</t>
   </si>
   <si>
     <t>Акварель &amp;quot;Студия&amp;quot; художественная 18 цвета, кюветы: 215003</t>
   </si>
   <si>
     <t>235775</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/509/50920bf0dfaceca1de6e3e5db458355b.jpg</t>
+  </si>
+  <si>
+    <t>Акварель  quot;Студия quot; художественная 12 цветов, кюветы: 215002 штр.:  4600395012792</t>
+  </si>
+  <si>
+    <t>Акварель &amp;quot;Студия&amp;quot; художественная 12 цветов, кюветы: 215002</t>
+  </si>
+  <si>
+    <t>235802</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e06/e0603bf70cb910262098b2fa31b38a4f.jpg</t>
   </si>
   <si>
     <t>Акварель  quot;Студия quot; художественная 24 цвета, кюветы: 215001 штр.:  4600395008689</t>
   </si>
   <si>
     <t>Акварель &amp;quot;Студия&amp;quot; художественная 24 цвета, кюветы: 215001</t>
   </si>
   <si>
     <t>235867</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b07/b07587b9484d0cf49df527966fd33a02/471de3a6203c8e7fdef1ec3ab48fed5d.jpg</t>
   </si>
   <si>
     <t>Краски Луч Классика 18цв б кисти 19С 1292-08 штр.  4601185007837</t>
   </si>
   <si>
     <t>Акварель медовая серии Классика. 18 цветов. Водная краска, предназначена для старшего дошкольного возраста и школьников, удобная пластиковая упаковка, крышка прозрачная, краска в квадратных кюветах на одной подложке. Кисточка в комплект не входит.</t>
   </si>
   <si>
     <t>254230</t>
   </si>
   <si>
     <t>30</t>
@@ -991,3327 +1024,3144 @@
   <si>
     <t>Краски Мульти-Пульти обладают хорошей укрывистостью и остаются яркими при высыхании. Смешивание акварели Мульти-Пульти дает чистые оттенки. Натуральные компоненты делают ее безопасной для здоровья детей. Пластиковая упаковка акварели удобна в использовании. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>558888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20c/20caf4984fba3047967f7a9551725b47/7ef6e27f1f373e63cdd8e6bfc54d7716.jpg</t>
   </si>
   <si>
     <t>Акварель Мульти-Пульти  quot;Енот в Красном море quot;, медовая, 16 цветов, без кисти, пластик, европодвес</t>
   </si>
   <si>
     <t>558889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1df/1df3b7275aa04a1e7ee2fabde4d754dc/a01760ae1db0d3acc31d9aa8b1abc830.jpg</t>
   </si>
   <si>
     <t>Акварель Мульти-Пульти  quot;Енот в Красном море quot;, медовая, 24 цветов, без кисти, пластик, европодвес</t>
   </si>
   <si>
     <t>558890</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b8/9b803af2226e96093424b867175dc306/444bd3f9181a4b0879cfaa9af0aa24d4.jpg</t>
-[...20 lines deleted...]
-    <t>&lt;a href="/brands/belye-nochi/"&gt;Белые ночи&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/d24/d24ec8d0851e239c9be9a363da2d0a97/b27862a19b129fdaca12c504862c4f73.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельн. Ленинград-2 16цв кюветы 2,5мл карт уп</t>
+  </si>
+  <si>
+    <t>583599</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c1/292mrc2e8n51gqv1mfdl5zyaawcudak5.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Каляка-Маляка квадр. кювет 10 цветов, без кист. пласт.уп. европодвес</t>
+  </si>
+  <si>
+    <t>Акварельные краски Каляка-маляка – это профессиональное качество, адаптированное для малышей. Детская акварель Каляка-Маляка изготовлена только на основе натуральных компонентов, что обеспечивает безопасность красок, используемых малышом. Чистота тона и превосходная разносимость – еще одно конкурентное преимущество акварели Каляка-Маляка</t>
+  </si>
+  <si>
+    <t>587332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d42/yt7165osafa26hu0bwx2i0n8bb3lcdhn.jpg</t>
+  </si>
+  <si>
+    <t>Акварель ZOO 24 цв. без кист. пласт. упак. европодвес</t>
+  </si>
+  <si>
+    <t>Краски акварельные «Zoo» медовые полусухие изготовлены на основе органических пигментов и натурального связующего с добавлением пчелиного мёда. Краски акварельные «Zoo» в пластмассовой упаковке имеют увеличенные по объему кюветы с краской наиболее часто используемых цветов, выпускаютсянаборами 6 и 12 цветов. Краски акварельные серии ZOO в картонной коробке выпускаются наборами 6, 12, 14 цветов с кистью и без кисти.</t>
+  </si>
+  <si>
+    <t>590435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a19/4kbfjexhu1wlbqzrxjmsyajo19puheli.jpg</t>
+  </si>
+  <si>
+    <t>Акварель худ. СОНЕТ 24 цв. карт.уп.</t>
+  </si>
+  <si>
+    <t>Краски изготовлены на пигментах, но в качестве пленкообразующего используется синтетическое связующее, а не раствор гуммиарабика &amp;#40;как в профессиональной акварели&amp;#41;. В палитру входят 24 основных цвета. Рекомендуются к использованию в художественном образовании.</t>
+  </si>
+  <si>
+    <t>590436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/624/c7yjfng44oxbrggbqje63zracx858vet.jpg</t>
+  </si>
+  <si>
+    <t>Акварель ШКОЛА ТВОРЧЕСТВА 12 цв. без кист. пласт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>12 цветов без кисти, пластмассовая упаковка с прозрачной крышкой, европодвес.Медовая акварель изготовленная по классической рецептуре с яркими и чистыми цветами. Краска в подложке расположена группами: холодные-тёплые оттенки. Прекрасно размывается и разносится по поверхности бумаги, имея прозрачную основу без вкраплений. Краски смешиваются между собой, сохраняя насыщенность цвета.Краска легко смывается с рук и одежды.</t>
+  </si>
+  <si>
+    <t>590437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55e/z6rbtqmlyor2il8u00nqtwku4lxj5m8n.jpg</t>
+  </si>
+  <si>
+    <t>Акварель ШКОЛА ТВОРЧЕСТВА 21 цв. без кист. пласт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>21 цветов без кисти, пластмассовая упаковка с прозрачной крышкой, европодвес.Медовая акварель изготовленная по классической рецептуре с яркими и чистыми цветами. Краска в подложке расположена группами: холодные-тёплые оттенки. Прекрасно размывается и разносится по поверхности бумаги, имея прозрачную основу без вкраплений. Краски смешиваются между собой, сохраняя насыщенность цвета.Краска легко смывается с рук и одежды.</t>
+  </si>
+  <si>
+    <t>590438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28c/28ca176c0589b1e547de03a3d89634a5/2384f5d3f8f5c2bd16fa125dfed86631.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Классическая quot;, медовая, 21 цвет, без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Краски акварельные Гамма &amp;quot;Классическая&amp;quot; для школы и творчества.&amp;nbsp;&amp;nbsp;Цвета Классической серии— яркие, чистые и насыщенные.&amp;nbsp;&amp;nbsp;Все краски расположены на одной подложке, словно на палитре у настоящего художника. 21 цв. на подложке. Как и другие продукты детских серий ГАММА, «Классическая» акварель легко смывается с рук и отстирывается с одежды. Объем кювет 3,14 см3. Форма кювет - квадратная. Упаковка - пластиковая коробочка, без кисти.</t>
+  </si>
+  <si>
+    <t>593388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/203/203e7cfa39527cf74a3703750d56cd18/7695322171d1ff3c5a05cb11189444c4.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Классическая quot;, медовая, 24 цвета, без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Краски акварельные Гамма &amp;quot;Классическая&amp;quot; для школы и творчества.&amp;nbsp;&amp;nbsp;Цвета Классической серии — яркие, чистые и насыщенные.&amp;nbsp;&amp;nbsp;Все краски расположены на одной подложке, словно на палитре у настоящего художника. 24 цвета на подложке. Как и другие продукты детских серий, Гамма, «Классическая» акварель легко смывается с рук и отстирывается с одежды. Объем кювет 3,14 см3. Форма кювет - квадратная. Упаковка - пластиковая коробочка, без кисти.</t>
+  </si>
+  <si>
+    <t>593389</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/986/9860b1e18815affa89d5393e17653da0/836e581833ead3a330f3b1b5d13082c1.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Мультики quot; NEW, медовая, 8 цветов, без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>593390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd0/b257yhdz7dsd1ppgudanq3th1sphn8bo.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные художественные  quot;Белые ночи quot;, 12 цветов, кювета 2,5 мл, картонная коробка, 1942036</t>
+  </si>
+  <si>
+    <t>600639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdf/ndzdlk70doc64iyniv5a4stmr1d2bqgd.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные художественные  quot;Белые ночи quot;, 24 цвета, кювета 2,5 мл, картонная коробка, 1941061</t>
+  </si>
+  <si>
+    <t>&amp;quot;Белые Ночи&amp;quot; - художественные акварельные краски отличного качества, объединяют традиции старейших мастеров и современные технологии.</t>
+  </si>
+  <si>
+    <t>600640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db0/2b4alcrzh0n2uppf3xioygia1i6qdxk4.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные художественные  quot;Санкт-Петербург quot;, 24 цвета, кювета 2,5 мл, пластиковая коробка, 1942017</t>
+  </si>
+  <si>
+    <t>Художественные акварельные краски наивысшего качества, объединяют традиции старейших мастеров - производителей акварели и современные технологии.</t>
+  </si>
+  <si>
+    <t>600641</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b62/b6249ac0200d99059f7b1df8ebdbba56/147f69b9acfd352277ce7ca5119fbbd9.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Мультики quot; NEW, медовая, 16 цветов, без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>607895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f58/f58f973344e1b2defa92d7cfbfc2f26e/d8d6c60072bf66339acd4accb6f959c1.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельн. Ленинград 24цв кюветы 1941015</t>
+  </si>
+  <si>
+    <t>611643</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/155/15583d55dda966e33dc3c4a608656e12/b9dd50102751aae977e0b8cf230151d6.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные Луч Школа творчества 28 цв., без кисти, 29С 1759-08</t>
+  </si>
+  <si>
+    <t>611648</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99e/t1ogohre46a0buzcxm6wmy2sltrmw4jd.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные художественные  quot;Белые Ночи quot;, 24 цвета, кювета 2,5 мл, пластиковая коробка, 1942090</t>
+  </si>
+  <si>
+    <t>616892</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a72/spiy1fow1qztu07tiy7qod262rfro0z8.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные художественные  quot;Сонет quot;, 16 цветов, кювета 2,5 мл, картонная коробка, 3541138</t>
+  </si>
+  <si>
+    <t>Краски серии «СОНЕТ» изготовлены из высококачественных пигментов и связующих, обеспечивающих основные свойства акварельных красок – прозрачность, интенсивность и чистоту цвета. Превосходно смешиваются, размываются и разносятся, легко берутся на кисть.</t>
+  </si>
+  <si>
+    <t>616893</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50e/1a8o10gtvjeefjpy732wbytllhxcgqjh.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные художественные  quot;Сонет quot;, 24 цвета, кювета 2,5 мл, картонная коробка, 3541139</t>
+  </si>
+  <si>
+    <t>Краски серии «Сонет» изготовлены на основе высококачественных пигментов и связующих, обеспечивающих основные свойства акварельных красок – прозрачность, интенсивность и чистоту цвета. Хорошо смешиваются, размываются и разносятся, легко берутся на кисть.</t>
+  </si>
+  <si>
+    <t>616894</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e1/dsfvpvsnqu76tdy1oa9ni7okokjcq1l7.jpg</t>
+  </si>
+  <si>
+    <t>Акварель ZOO 16 цв. без кист. пласт. упак. европодвес</t>
+  </si>
+  <si>
+    <t>617585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c6/nlce2xr51s5q2thtosdcj9rmosvd8jh0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель ПАЛИТРА 12 цв. с кист. фигурная пласт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>Фигурная акварель &amp;quot;Палитра&amp;quot; 12 цветов с кистью, европодвес.</t>
+  </si>
+  <si>
+    <t>623805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d3/zfu8i4mov6ih98wh95x8k7qu9xuv6d74.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Акварель ПЕРЛАМУТР кругл.кювет 12 цв. перламутр без кист. пласт.уп. европодвес 3 </t>
+  </si>
+  <si>
+    <t>632633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/049/049ff4a5ca390fe238addb6f0c062354.jpg</t>
+  </si>
+  <si>
+    <t>Маркеры-кисти акварельные 12 ЦВЕТОВ CENTROPEN  quot;Aquarelle quot;, линия письма 1-9 мм, 8683 12ET, 6 8683 1201</t>
+  </si>
+  <si>
+    <t>Набор акварельных маркеров-кисточек, которые можно комбинировать на специальной бумаге и размывать водой при помощи кисточки. После высыхания рисунок можно дорисовать черным лайнером. Ширина линии - 1-9 мм.</t>
+  </si>
+  <si>
+    <t>644229</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/centropen/"&gt;Centropen&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a6/2a6d2ecb4644c4c42d3862b1349c5849.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные художественные  quot;Белые ночи quot;, 36 цветов, кювета 2,5 мл, палитра, пластиковая коробка, 1942258</t>
+  </si>
+  <si>
+    <t>&amp;quot;Белые Ночи&amp;quot; - художественные акварельные краски отличного качества, объединяют традиции старейших мастеров и современные технологии. Тонкодисперсные суспензии пигментов в связующем с гуммиарабиком. Краски яркие, имеют чистый цвет, высокую светостойкость.</t>
+  </si>
+  <si>
+    <t>652563</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98d/td6cj3hgpn728v6rje31s0vp2f4kqdti.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Оранжевое солнце quot;, медовая, 12 цветов  6 цв. с блестками.  6 классич. , без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Медовая акварель «Оранжевое солнце» имеет расширенную палитру цветов, включающую классические цвета и цвета с различными эффектами. В наборе: 6 классических и 6 цветов с блестками. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски нетоксичны, легко смываются с рук и отстирывается с одежды, хорошо смешиваются. Кюветы с высокими бортиками и увеличенным расстоянием между красками предназначены для удобства в работе детей. Палитра для смешивания красок расположена на крышке. Объем кювет - 3,14 см3. Форма кювет - квадратная.</t>
+  </si>
+  <si>
+    <t>673631</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2f/3q7t74pmxam23mjkc2pyluaahd3fexh0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Basic 6 цветов  картон с европодвесом </t>
+  </si>
+  <si>
+    <t>Классические акварельные полусухие краски в облегченной пластиковой палетке представлены в картонной упаковке с хидером. Держатель «бабочка» подходит для установки красок на подвесе Линия отреза снабжена перфорацией, которая позволяет быстро и легко удалить держатель и разместить краски в горизонтальном положении на столе, что удобно при непосредственном использовании.</t>
+  </si>
+  <si>
+    <t>696924</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e99/7mahn30wela6i5i335oodafundrqm00k.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Basic 12 цветов  картон с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Basic 12 цветов &amp;#40;картон с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>696927</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ac/eyx0ntmrhjn86ig98znzosfrhvn638vk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Basic медовые 12 цветов  в картон. пенале </t>
+  </si>
+  <si>
+    <t>Медовые акварельные краски ErichKrause® изготовлены на основе органических пигментов и натурального связующего с добавлением пчелиного мёда представлены в удобном картонном пенале. Цвета сочные, отличаются прозрачностью и легкостью. Краска хорошо набирается на кисть и равномерно ложится на бумагу.</t>
+  </si>
+  <si>
+    <t>696928</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96b/lkk68ijmmwyrk7acrpwf752etdbbdajh.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause медовые 12 цветов</t>
+  </si>
+  <si>
+    <t>Медовые полусухие акварельные краски ErichKrause® специально предназначены для начинающих художников. Краска легко набирается на кисточку и хорошо разбавляется водой, рисунки получаются легкими, полупрозрачными. Благодаря натуральному меду, который выступает связующим в составе, красочный слой равномерно распределяется, краска легко ложится по сырой и по сухой бумаге без затеков и пустот. Увеличенные кюветы позволяют ребенку удобно работать с краской.</t>
+  </si>
+  <si>
+    <t>696930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/657/mgfje65ggkmfxracstzj0lq04d6tt8u3.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Оранжевое солнце quot;, медовая, 18 цветов  6 перл.,6 флуор., 6 классич. , без кисти, пластик, европодвес</t>
+  </si>
+  <si>
+    <t>Медовая акварель «Оранжевое солнце» имеет расширенную палитру цветов, включающую классические цвета и цвета с различными эффектами. В наборе: 6 классических, 6 флуоресцентных и 6 перламутровых цветов. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски нетоксичны, легко смываются с рук и отстирывается с одежды, хорошо смешиваются. Кюветы с высокими бортиками и увеличенным расстоянием между красками предназначены для удобства в работе детей. Палитра для смешивания красок расположена на крышке. Объем кювет - 3,14 см3. Форма кювет - квадратная.</t>
+  </si>
+  <si>
+    <t>708505</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bc/1go8r7pogsdk0hinjhrarwwks61bw63p.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; голубая ФЦ, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>Рецептура профессиональных акварельных красок&amp;nbsp;&amp;nbsp;серии &amp;quot;Старый мастер&amp;quot; разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. Объем кюветы 2,6 мл.</t>
+  </si>
+  <si>
+    <t>710879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e0/sa1wek8vlva0s1web06czpzt95c2e9j6.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; охра желтая, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>710882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37f/wpyp991lej2vxemhi9mmobe4p6otfhla.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; ультрамарин, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>710883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da5/tuz1fmc25tunsmfcd1j11ynvzrb2byl0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Луч ФАНТИЗИЯ 21 цветов, без кист. с европодвесом</t>
+  </si>
+  <si>
+    <t>712501</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c4/y5xgjzxbbragw4f8rdhit0tg003x2l49.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Луч ШКОЛА ТВОРЧЕСТВА 28 цв. без кист. пласт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>Медовая акварель изготовленная по классической рецептуре с яркими и чистыми цветами. Краска в подложке расположена группами: оттенки. Прекрасно размывается и разносится по поверхности бумаги, имея прозрачную основу без вкраплений. Краски смешиваются между собой, сохраняя насыщенность цвета. Краска легко смывается с рук и одежды. 28 цветов без кисти, пластмассовая упаковка с прозрачной крышкой, европодвес.</t>
+  </si>
+  <si>
+    <t>712502</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbf/0o5kc4zfx18z00mu8suozpxtk7vz8z0d.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; зеленая темная, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>Рецептура профессиональных акварельных красок серии &amp;quot;Старый мастер&amp;quot; разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. Объем кюветы 2,6 мл.</t>
+  </si>
+  <si>
+    <t>712756</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebb/ds2fnuq0mwu67s4k6ouk2lhjqbidh176.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; зеленая ФЦ, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>712757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a0/txpkm3btcnczh3yjqobo1pvsg44whkbh.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; кадмий желтый средний, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>712758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/244/06oqiqm4xjthzg94x1idrfqy2bt88d3q.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; краплак красный, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>712759</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/805/a40jbc9fst0i86yhlqvr53gtp6lsh062.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; нейтральная черная, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>712760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f2/0yhte3oulh7apb39937pd92666lw94fp.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; розовый хинакридон, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>712761</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cb/vx4l6jepbcoxz8b6034n6rdf278g9a5p.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; сепия, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>712762</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cf/0irsy1rv3r1523sjvple84w22e1dto73.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; фиолетовый диоксазин, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>712764</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a41/p4w8lziiq8f0vvp0i1z4b6r7qmon8yir.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные Гамма МУЛЬТИКИ, 12цв, пласт.уп., арт. б к211046_12</t>
+  </si>
+  <si>
+    <t>Краски акварельные Гамма МУЛЬТИКИ, 12цв, пласт.уп., арт. б/к211046_12</t>
+  </si>
+  <si>
+    <t>716221</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87a/d0uvtktly5qbchu3al38u9tvzwrbo7a0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; индиго, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>718467</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afb/na8c2kahoev6henc4p9ns4vrwxbk1kdn.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; умбра натуральная, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>718468</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/150/xp7pq490xo6fl0fid2xmnzhjof22ighh.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Каляка-Маляка 12 цветов, с кисточкой, пластиковая упаковка</t>
+  </si>
+  <si>
+    <t>Акварель 12 цветов с кистью в ярком жёлтом пенале в эксклюзивном цвете Каляка-Маляка®! Каждая кювета украшена своим персонажем, чтобы ребенок мог запоминать цвета. Пленка защищает краски от перетекания и попадания пыли. Детская акварель Каляка-Маляка® — это профессиональное качество, адаптированное для малышей! Она имеет идеально подобранную цветовую гамму, необходимую для развития творческих способностей ребенка. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков. Краски быстро высыхают и не портятся со временем. Изготовлены на основе натуральных компонентов, не содержат токсичных веществ. Безопасны при использовании по назначению. Акварель выпускается в пластиковой упаковке с прозрачной крышкой и увеличенной квадратной формой кювет. Упаковка обладает компактными размерами и легким весом. Размер — 18х7,8х1,1 см. В набор входит качественная кисточка для рисования красками.</t>
+  </si>
+  <si>
+    <t>718605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/781/l588wc03flh4z9u4zlyqoisf1aw9goc0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Каляка-Маляка 24 цвета, с кисточкой, пластиковая упаковка с европодвесом</t>
+  </si>
+  <si>
+    <t>Акварель 24 цвета с кистью в ярком жёлтом пенале в эксклюзивном цвете Каляка-Маляка®! Каждая кювета украшена своим персонажем, чтобы ребенок мог запоминать цвета. Пленка защищает краски от перетекания и попадания пыли. Детская акварель Каляка-Маляка® — это профессиональное качество, адаптированное для малышей! Она имеет идеально подобранную цветовую гамму, необходимую для развития творческих способностей ребенка. В наборе 24 ярких насыщенных цветов. Краски быстро высыхают и не портятся со временем. Изготовлены на основе натуральных компонентов, не содержат токсичных веществ. Безопасны при использовании по назначению. Акварель выпускается в пластиковой упаковке с европодвесом и прозрачной крышкой, квадратной формой кювет. Упаковка обладает компактными размерами и легким весом. Размер — 18,7х9,3х1,6 см. В набор входит качественная кисточка для рисования красками.</t>
+  </si>
+  <si>
+    <t>718606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2c/o6fa66y1x4rj9v4vk25kiyxm0nxe2arl.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; английская красная, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769327</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/307/x5xukqjh0f0ecayz1kg5q33bzv3jm0m8.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; бирюзовая, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28c/f0zvq93hug1y0g043l8t729be23gowka.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; кармин, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e17/qtut9rpea8kasmj22kagwamomaj8w60h.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; кобальт синий, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2eb/1thwkmxa0bj36ser68giyzgkpm0o5zfu.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; неаполитанская желтая, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09b/asmrddhm3k53unvghcdczmchfzm4psno.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; окись хрома, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b5/3xmmj42zpjhv5tst4ldutg4hh19y44xv.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; охра золотистая, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ed/2w04ab1idiznbrlwe3sclv8l3qxzr6yq.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; серая Пейна, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769335</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f44/a6ymcs4yzbnujrlmqwgzgjsq2yok7re6.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; церулеум, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>769336</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c79/th4renilssltmykg2vw12an92fdrw4mw.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot;, 24 цвета 2,6мл, кюветы, картон</t>
+  </si>
+  <si>
+    <t>Рецептура профессиональных акварельных красок&amp;nbsp;&amp;nbsp;серии &amp;quot;Старый мастер&amp;quot; разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. В наборе преимущественно представлены цвета с максимальной светостойкостью. Объем кюветы 2,6 мл.&amp;nbsp;&amp;nbsp;Иллюстрация для упаковки предоставлена Игорем Дубовым.</t>
+  </si>
+  <si>
+    <t>769337</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb3/usdq1eec1v3i1ng9chmmyyb2w8leeucj.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; марс коричневый темный, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>772206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e0/vjcgijnsobmr3i3zut66h42ocwymshg2.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; ганза желтая, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>784952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e88/1r4oytbaczo51zrgs7ksu00whtza83fj.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; кадмий оранжевый светлый, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>784953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ac/15fsue67z1hnek7w01vcawti2m16yemu.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; пурпурный хинакридон, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>784956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b70/78nd8n7dk892otm8n1dfuc01dmrclzgv.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot;, 36 цветов 2,6 мл, кюветы, картон</t>
+  </si>
+  <si>
+    <t>784957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f17/f4nab5cq1rky1ejxzwqkqwsae92m26n7.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Классическая quot;, медовая, 12 цветов, с кистью, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Медовая полусухая акварель серии &amp;quot;Классическая&amp;quot; разработана для использования в школе и дома. Естественные цвета акварели обучают правильному цветовосприятию окружающего мира. Краски изготовлены на основе органических пигментов и натурального связующего. Прозрачность красок, яркость и чистота цвета, разносимость и размываемость - основные характеристики акварели данной серии. Кюветы с высокими бортиками и увеличенным расстоянием между красками предназначены для удобства в работе детей. Палитра для смешивания красок расположена на крышке. Акварель легко смывается с рук и отстирывается с одежды. Объем кювет - 3,14 см3. Форма кювет - квадратная. Кисть в комплекте.</t>
+  </si>
+  <si>
+    <t>786699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/vt2dsxzttkyw09s9nrowkd0b60spvuz3.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Оранжевое солнце quot;, медовая, 12 цветов  6 перламутр.  6 классич. , без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Медовая акварель «Оранжевое солнце» имеет расширенную палитру цветов, включающую классические цвета и цвета с различными эффектами. В наборе: 6 классических и 6 перламутровых цветов. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски нетоксичны, легко смываются с рук и отстирывается с одежды, хорошо смешиваются. Кюветы с высокими бортиками и увеличенным расстоянием между красками предназначены для удобства в работе детей. Палитра для смешивания красок расположена на крышке. Объем кювет - 3,14 см3. Форма кювет - квадратная.</t>
+  </si>
+  <si>
+    <t>786704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cf/iochcv46cid3ulapqu9cn7lv59ojesok.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Классическая quot;, медовая, 24 цвета, с кистью, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>789658</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/695/szr8qbuuwfz897db764szf0k6vczfns5.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Оранжевое солнце quot;, медовая, 12 цветов  10 классич. золото серебро , без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Медовая акварель «Оранжевое солнце» имеет расширенную палитру цветов, включающую классические цвета и цвета с различными эффектами. В наборе: 10 классических, золотой и серебряный цвета. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски нетоксичны, легко смываются с рук и отстирывается с одежды, хорошо смешиваются. Кюветы с высокими бортиками и увеличенным расстоянием между красками предназначены для удобства в работе детей. Палитра для смешивания красок расположена на крышке. Объем кювет - 3,14 см3. Форма кювет - квадратная.</t>
+  </si>
+  <si>
+    <t>789659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f1/f6fe2rkge1e82fs4f9rweqf81nwu01vy.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма  quot;Оранжевое солнце quot;, медовая, 12 цветов  6 неон..  6 классич. , пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Медовая акварель «Оранжевое солнце» имеет расширенную палитру цветов, включающую классические цвета и цвета с различными эффектами. В наборе: 6 классических и 6 флуоресцентных цветов. «Волшебные» цвета дают возможность проявить фантазию и создать любой сказочный сюжет. Краски нетоксичны, легко смываются с рук и отстирывается с одежды, хорошо смешиваются. Кюветы с высокими бортиками и увеличенным расстоянием между красками предназначены для удобства в работе детей. Палитра для смешивания красок расположена на крышке. Объем кювет - 3,14 см3. Форма кювет - квадратная.</t>
+  </si>
+  <si>
+    <t>789660</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17d/4zyuioeuiq3qz2apcu8itszi3bz6n1ve.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; оливковая, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>793013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8da/bqcq8i6unhnjyj9n8rrtlr40vrmfacbs.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; умбра жженая, 2,6 мл, кювета</t>
+  </si>
+  <si>
+    <t>793014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a96/dfubew948n73qs8f1mcw670fx9dofytm.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные сухие BRAUBERG  quot;PREMIUM quot; 12 цветов, круглые кюветы 28 мм, пластиковый пенал с европодвесом, 191743</t>
+  </si>
+  <si>
+    <t>Акварель BRAUBERG &amp;quot;PREMIUM&amp;quot; – акварельные краски с высоким содержанием цветного пигмента. Подходят для применения на уроках изобразительного искусства в школах и детских студиях живописи. В наборе 12 насыщенных цветов, которые отлично смешиваются, позволяя создавать множество оттенков. Краски легко наносятся, образуя интенсивное яркое покрытие даже при нанесении в один слой. Обеспечивают однородное окрашивание, быстро высыхают и не портятся со временем. Краски безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, круглой формой кювет и отделением для кисточки. Съемную пластиковую крышку можно использовать в качестве палитры для смешивания красок.</t>
+  </si>
+  <si>
+    <t>798833</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83a/gcz1aukxwlrls21vjlshkey6krp1r295.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные сухие BRAUBERG  quot;PREMIUM quot; 28 цветов, круглые кюветы 28 мм, пластиковый пенал с европодвесом, 191745</t>
+  </si>
+  <si>
+    <t>Акварель BRAUBERG &amp;quot;PREMIUM&amp;quot; – акварельные краски с высоким содержанием цветного пигмента. Подходят для применения на уроках изобразительного искусства в школах и детских студиях живописи. В наборе 28 насыщенных цветов, которые отлично смешиваются, позволяя создавать множество оттенков. Краски легко наносятся, образуя интенсивное яркое покрытие даже при нанесении в один слой. Обеспечивают однородное окрашивание, быстро высыхают и не портятся со временем. Краски безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, круглой формой кювет и отделением для кисточки. Съемную пластиковую крышку можно использовать в качестве палитры для смешивания красок.</t>
+  </si>
+  <si>
+    <t>798835</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fd/wdjckrkpcv5p9w9e3pny4ur5nufwyckq.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные сухие BRAUBERG  quot;PREMIUM quot; 36 цветов, круглые кюветы 23 мм, пластиковый пенал с европодвесом, 191746</t>
+  </si>
+  <si>
+    <t>Акварель BRAUBERG &amp;quot;PREMIUM&amp;quot; – акварельные краски с высоким содержанием цветного пигмента. Подходят для применения на уроках изобразительного искусства в школах и детских студиях живописи. В наборе 36 насыщенных цветов, которые отлично смешиваются, позволяя создавать множество оттенков. Краски легко наносятся, образуя интенсивное яркое покрытие даже при нанесении в один слой. Обеспечивают однородное окрашивание, быстро высыхают и не портятся со временем. Краски безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, круглой формой кювет и отделением для кисточки. Съемную пластиковую крышку можно использовать в качестве палитры для смешивания красок.</t>
+  </si>
+  <si>
+    <t>798836</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f25/d0zpj3g5c8i93xemvwkq7jf25rt1gwuc.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные сухие BRAUBERG  quot;PREMIUM quot; 48 цветов, круглые кюветы 23 мм, пластиковый пенал с европодвесом, 191747</t>
+  </si>
+  <si>
+    <t>Акварель BRAUBERG &amp;quot;PREMIUM&amp;quot; – акварельные краски с высоким содержанием цветного пигмента. Подходят для применения на уроках изобразительного искусства в школах и детских студиях живописи. В наборе 48 насыщенных цветов, которые отлично смешиваются, позволяя создавать множество оттенков. Краски легко наносятся, образуя интенсивное яркое покрытие даже при нанесении в один слой. Обеспечивают однородное окрашивание, быстро высыхают и не портятся со временем. Краски безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, круглой формой кювет и отделением для кисточки. Съемную пластиковую крышку можно использовать в качестве палитры для смешивания красок.</t>
+  </si>
+  <si>
+    <t>798837</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f8/dvvw4t9suk216f4ajgodu45329enumcl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные ErichKrause  Basic light pack 6 цветов  в прозрачной упаковке с подвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные ErichKrause® Basic light pack 6 цветов &amp;#40;в прозрачной упаковке с подвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>830152</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5aa/nzyd3eu49rmejh2dudxyxxxb5e96h4yd.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные ErichKrause  Basic light pack 12 цветов  в прозрачной упаковке с подвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные ErichKrause® Basic light pack 12 цветов &amp;#40;в прозрачной упаковке с подвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>835080</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de1/ezg9sg5h9quk9dcbl0jdl1d8spcztd7x.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, желто-зеленая, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Рецептура профессиональных акварельных красок серии &amp;quot;Старый мастер&amp;quot; разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. Объем кюветы 2,6 мл. Новая кювета</t>
+  </si>
+  <si>
+    <t>839117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2a/obfzo7hza7shs7u4zw2q2ogk1034olsw.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, зеленое яблоко, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c7/x3reznlrd9gyg8vhb6shf6sqfaiorm4p.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, зеленый неон, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef2/kweooxupk8gqujoqodepv81hj1l6c1k2.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, индантреновый синий, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd5/vs9n2xclclib2c40rkhwx87mvo332cte.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кадмий оранжевый темный, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/443/ugwtg24nh3omok8ythbz5zbmlps1azzs.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, каштановая красная, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df4/ue5qmuwd1crvdfqtgsx5p1u5syx9gv40.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, красно-оранжевая, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/628/j18aihxe9qrph7m7jby7mv731pjzkhe8.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, лимонная, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77f/phk7lp9kr93xdrg2t7hjsxi6dujyr7rs.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, малиновый бордо, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb7/1kd6148iyctfdd6ymyxo2xa72w2c8t0m.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, павлиний синий, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>839127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3f/hvdk8xdhx4idjp8rnjgxcmvcl6x96cei.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, белила титановые, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841501</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e9/uc25bpfmbef9rcte6c9o844s64p9o7t9.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, желтая табачная, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841502</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a5/w2ijo24wpdw7os0w7rw420mpustxcgw8.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, жемучжно-зеленая, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841503</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57e/pv2lj3mgavgfov8svv4bl1j0jucmb3x6.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, индийская желтая, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841504</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/304/gwgy8sg8vdga25azrm7p8ij07jzdyrim.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кадмий желто-оранжевый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841505</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4a/0g0x07d3cdwi82sf7vog26p5u2xcnlv5.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кадмий пурпурный, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ae/ynvo81ihfh5hsdsxirdo93cryccn8c63.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, красный хинакридон, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841507</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e63/38cdbh289c0oeqcuvcdidsbadf2fwwnc.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, нейтральный тинт, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841508</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/lhgjc4hkszc0vte43g7u0xg37icth3tu.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, прусская синяя, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841509</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00b/2vvvzfod68dar7bqymczcu1bhrt40muz.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, травяная зеленая, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51d/ni19pikascxk4m9sjk2h0u6thjml3s2h.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, хинакридон алый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>841511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d55/f4csmeij4elm8o6kzg6iro9xd717nrla.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, 12 цветов, туба 9мл, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Рецептура профессиональных акварельных красок серии &amp;quot;Старый мастер&amp;quot; разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. В наборе преимущественно представлены цвета с максимальной светостойкостью. Объем кюветы 9 мл</t>
+  </si>
+  <si>
+    <t>842558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e4/ql2nuepa4s5krs7orfkz9q8wm2q5jyor.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, желтый арилид, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>842559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab2/4wb07gld4iwnvykhty6uw19vlrt4lu3y.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, киноварь имит., 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>842560</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78b/r8zq129b5ece06xdchko7q8kdl4ozflj.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, серо-зеленая, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>842561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e66/z42j52w1olzoywn2ornu07lzj47tzly0.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные BRAUBERG  quot;KIDS quot;, медовые, 24 цвета, квадратные кюветы, пластиковый пенал, 192284</t>
+  </si>
+  <si>
+    <t>Акварельные краски BRAUBERG KIDS применяются на уроках изобразительного искусства в школах и детских студиях живописи. Незаменимы для обучения рисованию и развития творческих способностей ребенка. 24 ярких насыщенных цвета отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Нетоксичны и безопасны для детей. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, квадратной формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>843092</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d0/6qrgz4w01e480de7xeatm4ggp78n8w79.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ЮНЛАНДИК-ХУДОЖНИК quot;, медовые, 12 цветов, КЛАССИЧЕСКИЕ, пластик, 192287</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ &amp;quot;ЮНЛАНДИК-ХУДОЖНИК&amp;quot; идеально подходят для уроков детского творчества и художественного изобразительного искусства. Рисование способствует развитию образного мышления, глазомера, тонкого восприятия цветовой гаммы. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, квадратной формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>843094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b5/9qz8fbt1i553f1nh52nh9trn35mpo78m.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ЮНЛАНДИК-ХУДОЖНИК quot;, медовые, 24 цвета, КЛАССИЧЕСКИЕ, пластик, 192288</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ &amp;quot;ЮНЛАНДИК-ХУДОЖНИК&amp;quot; идеально подходят для уроков детского творчества и художественного изобразительного искусства. Рисование способствует развитию образного мышления, глазомера, тонкого восприятия цветовой гаммы. 24 ярких насыщенных цвета отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, квадратной формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>843095</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b80/x8mh1mywpocq12nja6uqv6nlmdpe7919.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, алая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Рецептура профессиональных акварельных красок серии &amp;quot;Старый мастер&amp;quot; разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные тонкотертые пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. На упаковке &amp;#40;тубе&amp;#41; указана информация о прозрачности цвета, пигментный состав и светостойкость. Объем краски в тубе 9 мл.</t>
+  </si>
+  <si>
+    <t>844169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d2/t9t8gzvjjlw6g1s4f3942z4u10x52f19.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, ван-дик коричневый, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>844171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8d/33tndgy66cr31kcb747824ipo6lcrmkl.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, голубая ФЦ, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844172</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38a/g5kxoc4cb62swucih6yxmbl1l7c1u6wv.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, зеленая темная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72d/h6lrckr8qma41vl6h082tqct0t3glm8x.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кадмий желтый средний, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66d/bkill0stxa63e9hpm7j6w2xiz219e5ct.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кадмий лимонный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c4/i1hajidevj00zwpxr1ioqhith2ii50v7.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кармин, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844176</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66a/hc6x5uw2wp5yxzzhaf8b5z8gw6gb6820.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кобальт бирюзово-синий, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>844177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/549/rawjg0j1in49envukt1azw1fv8aeax0g.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, красно-розовый хинакридон, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>844178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d35/7b3el0wo8vtkdpntv4qd09rp434qh17r.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, марс красный темный, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>844179</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/580/msumzd9koy04bt991wzbrksfx9m88kjx.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, неаполитанская красная, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>844180</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9db/hk9lgwr0e7zz27n80i0kh3shdll7b3bf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, нейтральная черная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844181</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e21/2a554isub3dtb2hej3c5hi84s3oi1e51.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, оксид черный, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>844182</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3df/4yjpaya0gyudv0al70wacj4ejgv03e2k.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, оранжево-желтая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ac/3cg39byxtmfvgld2qh23olx22ys57pn1.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, охра желтая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844184</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/180/byugatymvxefjzmtfjbwrp90322p01oe.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, пиррол оранжевый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>844185</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af8/xeizxs3pk2w7e6t13rnr6ib6ph33r2sm.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, сепия, 9мл, туба</t>
+  </si>
+  <si>
+    <t>844186</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/214/ebezazbdctozdnk99h4bdnn7x3w0f1d9.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные BRAUBERG  quot;МАГИЯ ЦВЕТА NEW quot;, медовые, 12 цветов, круглые кюветы, 192286</t>
+  </si>
+  <si>
+    <t>Акварельные краски BRAUBERG &amp;quot;МАГИЯ ЦВЕТА&amp;quot; идеально подходят для уроков детского творчества. Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук, тонкому восприятию цветовой гаммы. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Идеально подойдут для детского творчества и художественного изобразительного искусства. Краски выпускаются в пластиковом пенале с европодвесм, прозрачной крышкой, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>844588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3aa/32matk0kjels39q555rwxsmmbad60p9e.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, английская красная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>848325</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da9/4nummwvowngv4wr6ypyy6qjp15t5h5t3.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, сиена жженая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>848326</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b8/x0a3xb8tt6290hhbdizqd2e6ljbsq4ca.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Faber-Castell  quot;Watercolours quot;, 48цв., кюветы,   кисть  quot;Water Brush quot;  съемная палитра, пластиковая упаковка</t>
+  </si>
+  <si>
+    <t>Акварель художественная в кюветах Watercolours от легендарного немецкого производителя Faber-Castell представлена в компактном наборе, состоящем из 48 цветов. Все традиционные акварельные техники могут быть реализованы с помощью высокопигментированной акварели, которая полностью растворяется в воде. Прилагаемая кисть &amp;quot;Water Brush&amp;quot;, которая поможет в создании множества фантастических эффектов, является идеальным компаньоном для рисования на открытом воздухе или в поездках. Яркие и насыщенные оттенки, в том числе 4 металлических и 4 неоновых цвета, впечатлят начинающих художников и любителей, и поддержат их, даря радость и помогая в самовыражении. Краски удобно брать с собой в поход, в дорогу, на природу, для выездных пленэров, так как они компактные и лёгкие и в тоже время в них есть все, что нужно для рисования. В пластиковом футляре находятся 48 кювет с акварелью, съёмная палитра для смешивания &amp;#40;прочный пластик, легко моющийся&amp;#41;, 1 губка и кисть &amp;quot;Water Brush&amp;quot; с резервуаром для воды. На дне футляра находится откидное кольцо под палец, для того, чтобы лучше удерживать его на весу во время рисования.</t>
+  </si>
+  <si>
+    <t>851214</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a1/afhs0sy7ibfdaos1sgzt5ty1ofcta1fy.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, зеленая, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>851215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93d/bj6xtgaet3vz238vkzmek0ftn5k09brn.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кобальт церулеум, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>852247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d20/8mbfmzgresck2o69pcp5aqwstpj1p7xi.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в кюветах НАБОР 12 цветов по 2,5 г, BRAUBERG ART DEBUT, 191776</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART DEBUT предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 12 цветов в кюветах по 2,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- амарант &amp;#40;006&amp;#41;;- черная &amp;#40;051&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- сепия &amp;#40;085&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/919/yubwch36iqhi3cwuy411a0xv58bk3udr.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в кюветах НАБОР 18 цветов по 2,5 г, BRAUBERG ART DEBUT, 191777</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART DEBUT предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 18 цветов в кюветах по 2,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- амарант &amp;#40;006&amp;#41;;- черная &amp;#40;051&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- сепия &amp;#40;085&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- пурпурная &amp;#40;007&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/345/sicr1bi3k91acjhu69i84ysqatxq1whw.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в кюветах НАБОР 24 цвета по 2,5 г, BRAUBERG ART DEBUT, 191778</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART DEBUT предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 24 цвета в кюветах по 2,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- индиго &amp;#40;076&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/846/ua6kwdk9abzlvuxh630q7pkrt62yqtb9.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в кюветах НАБОР 36 цветов по 2,5 г, BRAUBERG ART DEBUT, 191779</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART DEBUT предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 36 цветов в кюветах по 2,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- солнечная желтая &amp;#40;023&amp;#41;;- ауреолиновая желтая &amp;#40;024&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;;- золотистая желтая &amp;#40;025&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- шафран оранжевый &amp;#40;027&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- персидская красная &amp;#40;002&amp;#41;;- гикори &amp;#40;004&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- океанская голубая &amp;#40;074&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- оксфордская синяя &amp;#40;075&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- бирюзовая &amp;#40;077&amp;#41;;- индиго &amp;#40;076&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- изумрудная зеленая &amp;#40;063&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d26/0kkufbyo8esbnnaa277va5xyijd75v0c.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в тубах НАБОР 12 цветов по 12 мл, BRAUBERG ART CLASSIC, 191764</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в тубах BRAUBERG ART CLASSIC предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 12 цветов в тубах по 12 мл:- лимонная желтая &amp;#40;021&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- кармин &amp;#40;110&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-красная &amp;#40;007&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/669/6bmd1gxl990fmecb51zjn1comz28o0yf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в тубах НАБОР 12 цветов по 12 мл, BRAUBERG ART PREMIERE, 191766</t>
+  </si>
+  <si>
+    <t>Художественная акварель высшего качества в тубах BRAUBERG ART PREMIERE предназначена для живописи. Премиальная серия. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 12 цветов в тубах по 12 мл:- лимонная желтая &amp;#40;021&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- кармин &amp;#40;110&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-красная &amp;#40;007&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26d/h4tfl4d0chusk3lx3fo3qidalr7jb18n.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в тубах НАБОР 24 цвета по 12 мл, BRAUBERG ART CLASSIC, 191765</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в тубах BRAUBERG ART CLASSIC предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 24 цвета в тубах по 12 мл:- лимонная желтая &amp;#40;021&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- кармин &amp;#40;110&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-красная &amp;#40;007&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- белила титановые &amp;#40;044&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- гуммигут &amp;#40;028&amp;#41;;- розовая &amp;#40;009&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая темная &amp;#40;064&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- фиолетовая &amp;#40;095&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d88/nc8sjaykgpm7p0h4we240n1ybk5wc5vt.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в тубах НАБОР 24 цвета по 12 мл, BRAUBERG ART PREMIERE, 191767</t>
+  </si>
+  <si>
+    <t>Художественная акварель высшего качества в тубах BRAUBERG ART PREMIERE предназначена для живописи. Премиальная серия. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 24 цвета в тубах по 12 мл:- лимонная желтая &amp;#40;021&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- травяная зеленая &amp;#40;066&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- черная &amp;#40;051&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- кармин &amp;#40;110&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-красная &amp;#40;007&amp;#41;;- фиолетовая темная &amp;#40;091&amp;#41;;- белила титановые &amp;#40;044&amp;#41;;- желтая светлая &amp;#40;022&amp;#41;;- гуммигут &amp;#40;028&amp;#41;;- розовая &amp;#40;009&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая темная &amp;#40;064&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра натуральная &amp;#40;085&amp;#41;;- фиолетовая &amp;#40;095&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b7/xthfj2r8n5dfptqc4xh8wrjahraub6cw.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная кюветы НАБОР 18 цветов по 3,5 г, пластиковый кейс, BRAUBERG ART CLASSIC, 191769</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART CLASSIC предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.Акварель в кюветах поставляется в пластиковом пенале с палитрой, две кисти с резервуаром в комплекте.В наборе 18 цветов по 3,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- амарант &amp;#40;006&amp;#41;;- черная &amp;#40;051&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- сепия &amp;#40;085&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- пурпурная &amp;#40;007&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852611</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e96/axb7oozavzc8cn3woa4qzfwl5dj1wcww.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная кюветы НАБОР 24 цвета по 3,5 г, металлический кейс, BRAUBERG ART PREMIERE, 191773</t>
+  </si>
+  <si>
+    <t>Художественная акварель высшего качества в кюветах BRAUBERG ART PREMIERE предназначена для живописи. Премиальная серия. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.Акварель в кюветах поставляется в металлическом пенале с палитрой, кисть с резервуаром в комплекте.Каждая кювета в индивидуальной упаковке с указанием пигментного состава краски.В наборе 24 цвета по 3,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- индиго &amp;#40;076&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5c/0y67gzv657p50lhetb4tkgqrzmxmhpf0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная кюветы НАБОР 24 цвета по 3,5 г, пластиковый кейс, BRAUBERG ART CLASSIC, 191770</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART CLASSIC предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.Акварель в кюветах поставляется в пластиковом пенале с палитрой, две кисти с резервуаром в комплекте.В наборе 24 цвета по 3,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- индиго &amp;#40;076&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ce/7aixs82811j88n1tustk9v2bti50o5xo.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная кюветы НАБОР 36 цветов по 3,5 г, металлический кейс, BRAUBERG ART PREMIERE, 191774</t>
+  </si>
+  <si>
+    <t>Художественная акварель высшего качества в кюветах BRAUBERG ART PREMIERE предназначена для живописи. Премиальная серия. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.Акварель в кюветах поставляется в металлическом пенале с палитрой, кисть с резервуаром в комплекте.Каждая кювета в индивидуальной упаковке с указанием пигментного состава краски.В наборе 36 цветов по 3,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- солнечная желтая &amp;#40;023&amp;#41;;- ауреолиновая желтая &amp;#40;024&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;;- золотистая желтая &amp;#40;025&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- шафран оранжевый &amp;#40;027&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- персидская красная &amp;#40;002&amp;#41;;- гикори &amp;#40;004&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- океанская голубая &amp;#40;074&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- оксфордская синяя &amp;#40;075&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- бирюзовая &amp;#40;077&amp;#41;;- индиго &amp;#40;076&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- изумрудная зеленая &amp;#40;063&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/840/otyb2f6x3r4b7vy571f0iqgdpdd4a6b8.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная кюветы НАБОР 36 цветов по 3,5 г, пластиковый кейс, BRAUBERG ART CLASSIC, 191771</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART CLASSIC предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.Акварель в кюветах поставляется в пластиковом пенале с палитрой, две кисти с резервуаром в комплекте.В наборе 36 цветов по 3,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- солнечная желтая &amp;#40;023&amp;#41;;- ауреолиновая желтая &amp;#40;024&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;;- золотистая желтая &amp;#40;025&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- шафран оранжевый &amp;#40;027&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- персидская красная &amp;#40;002&amp;#41;;- гикори &amp;#40;004&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- океанская голубая &amp;#40;074&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- оксфордская синяя &amp;#40;075&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- бирюзовая &amp;#40;077&amp;#41;;- индиго &amp;#40;076&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- изумрудная зеленая &amp;#40;063&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa7/89xjooz7zyv2hs18kkoq837jgcvtfixd.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная кюветы НАБОР 48 цветов по 3,5 г, металлический кейс, BRAUBERG ART PREMIERE, 191775</t>
+  </si>
+  <si>
+    <t>Художественная акварель высшего качества в кюветах BRAUBERG ART PREMIERE предназначена для живописи. Премиальная серия. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.Акварель в кюветах поставляется в металлическом пенале с палитрой, кисть с резервуаром в комплекте.Каждая кювета в индивидуальной упаковке с указанием пигментного состава краски.В наборе 48 цветов по 3,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- солнечная желтая &amp;#40;023&amp;#41;;- ауреолиновая желтая &amp;#40;024&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;;- золотистая желтая &amp;#40;025&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- шафран оранжевый &amp;#40;027&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- персидская красная &amp;#40;002&amp;#41;;- гикори &amp;#40;004&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- океанская голубая &amp;#40;074&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- оксфордская синяя &amp;#40;075&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- бирюзовая &amp;#40;077&amp;#41;;- индиго &amp;#40;076&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- изумрудная зеленая &amp;#40;063&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;; - белая &amp;#40;050&amp;#41;;- серая &amp;#40;055&amp;#41;;- серая темная &amp;#40;054&amp;#41;;- кофейная коричневая &amp;#40;086&amp;#41;;- телесная &amp;#40;046&amp;#41;;- фруктовая зеленая &amp;#40;067&amp;#41;;- атровирен &amp;#40;066&amp;#41;;- нежно-розовая &amp;#40;008&amp;#41;;- рубиновая &amp;#40;005&amp;#41;;- светло-лиловая &amp;#40;072&amp;#41;;- сливовая &amp;#40;070&amp;#41;;- ярко-зеленая &amp;#40;068&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3a/tuuolhgpzwdq8vb304k7izkrd5vo344d.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные BRAUBERG  quot;МАГИЯ ЦВЕТА NEW quot;, медовые, 6 цветов, круглые кюветы, пластик, 192285</t>
+  </si>
+  <si>
+    <t>Акварельные краски BRAUBERG &amp;quot;МАГИЯ ЦВЕТА&amp;quot; идеально подходят для уроков детского творчества. Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук, тонкого восприятия цветовой гаммы. 6 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Идеально подойдут для детского творчества и художественного изобразительного искусства. Краски выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>852617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c9/lbnhsok7kfwn06ybj7qet1chzkc10dua.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная в кюветах НАБОР 48 цветов по 2,5 г, BRAUBERG ART DEBUT, 191780</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART DEBUT предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.В наборе 48 цветов в кюветах по 2,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- солнечная желтая &amp;#40;023&amp;#41;;- ауреолиновая желтая &amp;#40;024&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;;- золотистая желтая &amp;#40;025&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- шафран оранжевый &amp;#40;027&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- персидская красная &amp;#40;002&amp;#41;;- гикори &amp;#40;004&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- океанская голубая &amp;#40;074&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- оксфордская синяя &amp;#40;075&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- бирюзовая &amp;#40;077&amp;#41;;- индиго &amp;#40;076&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- изумрудная зеленая &amp;#40;063&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;; - белая &amp;#40;050&amp;#41;;- серая &amp;#40;055&amp;#41;;- серая темная &amp;#40;054&amp;#41;;- кофейная коричневая &amp;#40;086&amp;#41;;- телесная &amp;#40;046&amp;#41;;- фруктовая зеленая &amp;#40;067&amp;#41;;- атровирен &amp;#40;066&amp;#41;;- нежно-розовая &amp;#40;008&amp;#41;;- рубиновая &amp;#40;005&amp;#41;;- светло-лиловая &amp;#40;072&amp;#41;;- сливовая &amp;#40;070&amp;#41;;- ярко-зеленая &amp;#40;068&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb8/npsx3oz1ff9ayesekb1b5g6uqny5nfaj.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная кюветы НАБОР 48 цветов по 3,5 г, пластиковый кейс, BRAUBERG ART CLASSIC, 191772</t>
+  </si>
+  <si>
+    <t>Художественная акварель профессионального качества в кюветах BRAUBERG ART CLASSIC предназначена для живописи. Акварельные краски созданы из высококачественных пигментов и гуммиарабика, без добавления примесей, что обеспечивает чистоту и насыщенность каждого цвета, а также получаемых при смешивании оттенков. Краски обладают отличной размываемостью и разносимостью, сохраняют оттенки после высыхания, высокоустойчивы к воздействию солнечного света.Акварель в кюветах поставляется в пластиковом пенале с палитрой, две кисти с резервуаром в комплекте.В наборе 48 цветов по 3,5 грамма:- лимонная желтая &amp;#40;021&amp;#41;;- кадмий желтый &amp;#40;022&amp;#41;;- солнечная желтая &amp;#40;023&amp;#41;;- ауреолиновая желтая &amp;#40;024&amp;#41;;- неаполитанская желтая &amp;#40;127&amp;#41;;- золотистая желтая &amp;#40;025&amp;#41;;- хром оранжевый &amp;#40;026&amp;#41;;- шафран оранжевый &amp;#40;027&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- красно-коричневая &amp;#40;012&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- персидская красная &amp;#40;002&amp;#41;;- гикори &amp;#40;004&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- пурпурная &amp;#40;007&amp;#41;;- амарант &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- фиолетовая &amp;#40;071&amp;#41;;- сине-фиолетовая &amp;#40;073&amp;#41;;- океанская голубая &amp;#40;074&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- оксфордская синяя &amp;#40;075&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- прусская синяя &amp;#40;031&amp;#41;;- бирюзовая &amp;#40;077&amp;#41;;- индиго &amp;#40;076&amp;#41;;- прусская зеленая &amp;#40;065&amp;#41;;- нефритовая зеленая &amp;#40;064&amp;#41;;- изумрудная зеленая &amp;#40;063&amp;#41;;- кобальт зеленый &amp;#40;061&amp;#41;;- зеленая светлая &amp;#40;062&amp;#41;;- оливковая &amp;#40;069&amp;#41;;- сепия &amp;#40;085&amp;#41;;- черная &amp;#40;051&amp;#41;; - белая &amp;#40;050&amp;#41;;- серая &amp;#40;055&amp;#41;;- серая темная &amp;#40;054&amp;#41;;- кофейная коричневая &amp;#40;086&amp;#41;;- телесная &amp;#40;046&amp;#41;;- фруктовая зеленая &amp;#40;067&amp;#41;;- атровирен &amp;#40;066&amp;#41;;- нежно-розовая &amp;#40;008&amp;#41;;- рубиновая &amp;#40;005&amp;#41;;- светло-лиловая &amp;#40;072&amp;#41;;- сливовая &amp;#40;070&amp;#41;;- ярко-зеленая &amp;#40;068&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>852990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcc/zt6ls0rkuyn9flax92tg4urjh8awk8d0.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные Луч ZOO 6 цветов с кистью, 29С 1724-08</t>
+  </si>
+  <si>
+    <t>Краски акварельные Луч ZOO 6 цветов с/кистью, 29С 1724-08</t>
+  </si>
+  <si>
+    <t>879975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f2/xvda05egvlb5fnzj4iiwqewu0qbh35zi.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти  quot;Енот в сказке quot;, медовая, 12 цветов, без кисти, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Краски акварельные медовые, имеют яркие насыщенные цвета, дают множество оттенков при смешивании и обеспечивают однородное окрашивание. Кювета имеет увеличенный объем и содержит большее количество краски, в сравнении с обычным размером.</t>
+  </si>
+  <si>
+    <t>884170</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/412/pcpf10jb26pnvj2cqlmda3a3v3en4z3r.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; IWS  quot;Пленэр quot;, 12цв 2,6мл, кюветы, метал. коробка</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 12 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистисти указана на упаковке. Набор в металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Состав набора разработан совместно с IWS Россия. Иллюстрация для упаковки предоставлена Татьяной Анисимовой.</t>
+  </si>
+  <si>
+    <t>884171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48f/qt8tgbe3r7wq53rnoz7uhx8sxw7w9cax.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot;, 12цв 2,6мл, кюветы, метал. коробка</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 12 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистисти указана на упаковке. Набор в металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Иллюстрация для упаковки предоставлена Ильей Ибряевым.</t>
+  </si>
+  <si>
+    <t>884172</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/317/fhfaq0ts84juvlhfbdqwpw2nkmgg7z5t.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot;, 21цв 2,6мл, кюветы, метал. коробка</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 21 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистисти указана на упаковке. Набор в металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Иллюстрация для упаковки предоставлена Ильей Ибряевым.</t>
+  </si>
+  <si>
+    <t>884173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eaa/3gftq8jao5xfd3me39q3w8ny5yzbo5w2.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, марганец фиолетовый светлый, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>Профессиональная художественная акварель «ГАММА» серии «Старый мастер» упакована в новую кювету объёмом 2,6 мл. Цвет краски – марганец фиолетовый светлый. Рецептура профессиональной художественной акварели «Старый мастер» разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. Каждая кювета упакована в плёнку. • Цвет: марганец фиолетовый светлый; • Упаковка: кювета; • Объем кюветы: 2,6 мл.</t>
+  </si>
+  <si>
+    <t>884174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a72/mtsmnxd7cvagfslyis8tf2e7n39xyb7l.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, ультрамарин розовый, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>884175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50f/9b0ksz1zdppt3r17xzx0w63kun0z1ipc.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные Сонет 16цв х 2,5мл в наб., кюветы 3541138</t>
+  </si>
+  <si>
+    <t>904900</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sonet/"&gt;Сонет&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d48/hh5ymnw110a1gti8pk9fq4znaowmzcj0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause  Basic 18 цветов  картон с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause® Basic 18 цветов &amp;#40;картон с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>906308</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/599/fwek3o7ry0vfz73n501vzpbvrtlyv6xv.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти  quot;Енот в сказке quot;, медовая, 06 цветов, без кисти, картон, европодвес</t>
+  </si>
+  <si>
+    <t>926231</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a1/93e6bjsqtz5tmwwsyr3dko1hmgc2k6z0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; IWS  quot;Белые цветы quot;, 12цв 2,6мл, кюветы, метал. коробка</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 12 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистисти указана на упаковке. Набор в белом металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Состав набора разработан совместно с IWS Россия.&amp;nbsp;&amp;nbsp;Автор иллюстрации на упаковке - Галина Шаргина. Состав набора: 009 Белила титановые 110 Сиена жженая 116 Охра желтая 133 Лимонная 136 Оранжево-желтая 165 Красно-оранжевая 230 Опера розовая 410 Кобальт синий 417 Ультрамарин 518 Индиго 591 Зеленый неон 608 Марс красный темный</t>
+  </si>
+  <si>
+    <t>926232</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/324/oxm0cbfntskfht3nr34go3vbc2kki3ms.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; IWS  quot;Городской пленэр quot;, 21цв 2,6мл, кюветы, метал. коробка</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 21 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистисти указана на упаковке. Набор в белом металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Состав набора разработан совместно с IWS Россия.&amp;nbsp;&amp;nbsp;Автор иллюстрации на упаковке - Татьяна Анисимова.&amp;nbsp;&amp;nbsp;Состав набора:&amp;nbsp;&amp;nbsp;101 Кадмий лимонный 112 Киноварь &amp;#40;имит.&amp;#41; 116 Охра желтая 131 Кадмий желто-оранжевый&amp;nbsp;&amp;nbsp;164 Пиррол оранжевый 203 Кадмий пурпурный 225 Пиррол рубиновый 230 Опера розовая 312 Фиолетовый диоксазин 410 Кобальт синий 412 Бирюзовая 417 Ультрамарин 503 Зеленая ФЦ&amp;nbsp;&amp;nbsp;509 Окись хрома 518 Индиго 520 Оливковая 524 Зеленое яблоко 550 Серо-зеленая 608 Марс красный темный 617 Сепия 708 Серая Пейна</t>
+  </si>
+  <si>
+    <t>926233</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da5/2tm4v98te1pwyeuo07n3exngbk2b376x.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; зеленая ФЦ, 9мл, туба</t>
+  </si>
+  <si>
+    <t>926234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ace/9x1gomsxcrdpv7ik2zviwjw09nk8ycap.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; кобальт синий, 9мл, туба</t>
+  </si>
+  <si>
+    <t>926235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5c/alap9aezbyvs0tq1xtcyxacy7svhswtt.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; коралловая, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>926236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1b/940em4npht3dch50xm8gjg6ol6bcxla6.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; лиловый хинакридон, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Профессиональная художественная акварель «ГАММА» серии «Старый мастер» упакована в новую кювету объёмом 2,6 мл. Цвет краски – лиловый хинакридон.&amp;nbsp;&amp;nbsp;Рецептура профессиональной художественной акварели «Старый мастер» разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. Каждая кювета упакована в плёнку.&amp;nbsp;&amp;nbsp;• Цвет: лиловый хинакридон; • Упаковка: кювета; • Объем кюветы: 2,6 мл.</t>
+  </si>
+  <si>
+    <t>926237</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a23/1332cbnrmdyvepsclplf95gvsk6l9rz0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; палитра Анастасии Лобуз, 21цв 2,6мл, кюветы, метал. коробка</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 21 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистисти указана на упаковке. Набор в металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Авторская палитра Анастасии Лобуз.&amp;nbsp;&amp;nbsp;Состав набора: 009 Белила титановые 103 Кадмий желтый средний 109 Сиена натуральная 110 Сиена жженая 116 Охра желтая 131 Кадмий желто-оранжевый&amp;nbsp;&amp;nbsp;133 Лимонная 161 Кадмий оранжевый светлый 170 Индийская желтая 201 Кадмий красный светлый 228 Красный хинакридон 252 Красно-розовый хинакридон 312 Фиолетовый диоксазин 401 Голубая ФЦ 417 Ультрамарин 425 Индантреновый синий 430 Павлиний синий 503 Зеленая ФЦ&amp;nbsp;&amp;nbsp;537 Зеленая темная 611 Ван-дик коричневый 709 Нейтральный тинт</t>
+  </si>
+  <si>
+    <t>926238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f2/89mt7g7zfaoi3o7n5y2ocs0s4xb2yjcr.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; палитра И. Пироговой, 21цв 2,6мл, кюветы, метал. кор</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 21 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистости указана на упаковке. Набор в металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Авторская палитра Ирины Пироговой.&amp;nbsp;&amp;nbsp;Состав набора: 107 Алая 109 Сиена натуральная 110 Сиена жженая 112 Киноварь &amp;#40;имит.&amp;#41; 136 Оранжево-желтая 170 Индийская желтая 206 Кармин 223 Розовый хинакридон 225 Пиррол рубиновый 312 Фиолетовый диоксазин 314 Краплак красный 401 Голубая ФЦ 417 Ультрамарин 425 Индантреновый синий 503 Зеленая ФЦ&amp;nbsp;&amp;nbsp;518 Индиго 537 Зеленая темная 543 Зеленая натуральная 610 Умбра жженая 617 Сепия 703 Нейтральная черная</t>
+  </si>
+  <si>
+    <t>926239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/bo7jtr5xq6s5xjynybr0wahm7q51q59x.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; палитра Ильи Ибряева, 12цв 2,6мл, кюветы, метал. кор</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 12 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистости указана на упаковке. Набор в металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне. Авторская палитра Ильи Ибряева.&amp;nbsp;&amp;nbsp; Состав набора: 101 Кадмий лимонный 103 Кадмий желтый средний 110 Сиена жженая 116 Охра желтая 161 Кадмий оранжевый светлый 201 Кадмий красный светлый 406 Церулеум &amp;#40;имит.&amp;#41; 412 Бирюзовая 417 Ультрамарин 503 Зеленая ФЦ&amp;nbsp;&amp;nbsp;523 Желто-зеленая 537 Зеленая темная</t>
+  </si>
+  <si>
+    <t>926240</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a6/36u133znxd75trhd7888m365q5o2lc53.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; сиена натуральная, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>926241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d77/swoj96tnl8k5morviwozk37ux2m0gvhc.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; ультрамарин, 9мл, туба</t>
+  </si>
+  <si>
+    <t>926242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6b/h466te1dpa7n1smcnawzd5bbaig3f6im.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; умбра натуральная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>926243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6cb/pwjo5e5vmfe8842dkuohpdadiwaxk0pv.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; фиолетовый диоксазин, 9мл, туба</t>
+  </si>
+  <si>
+    <t>926244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c3/12y5gzoqvzuo2uebt1q5oto21tx40vv0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot;, 35цв 2,6мл, кюветы, метал. коробка</t>
+  </si>
+  <si>
+    <t>Акварельные краски продаются в наборе 35 шт в кюветах 2,6 мл. Акварельные краски профессиональной серии &amp;quot;Старый мастер&amp;quot; разработаны в собственной исследовательской лаборатории завода. Краски изготовлены на основе органических и неорганических пигментов и гуммиарабика высшего качества. Цвета акварельных красок звонкие, чистые, прозрачные. Краски высокопигментированные, интенсивные, легко набираются на кисть. Маркировка светостойкости, колор-индекса и укрывистисти указана на упаковке. Набор в металлическом пенале с удобными креплениями кювет, палитрой и кольцом-держателем на обратной стороне.&amp;nbsp;&amp;nbsp;Иллюстрация для упаковки предоставлена Ильей Ибряевым.&amp;nbsp;&amp;nbsp;Состав набора:&amp;nbsp;&amp;nbsp;009 Белила титановые 103 Кадмий желтый средний 109 Сиена натуральная 110 Сиена жженая 116 Охра желтая 121 Неаполитанская желтая 133 Лимонная 161 Кадмий оранжевый светлый 164 Пиррол оранжевый 170 Индийская желтая 203 Кадмий пурпурный 207 Английская красная 223 Розовый хинакридон 227 Хинакридон алый 252 Красно-розовый хинакридон 311 Пурпурный хинакридон 312 Фиолетовый диоксазин 401 Голубая ФЦ 410 Кобальт синий 412 Бирюзовая 417 Ультрамарин 425 Индантреновый синий 442 Кобальт церулеум 503 Зеленая ФЦ&amp;nbsp;&amp;nbsp;509 Окись хрома 518 Индиго 520 Оливковая 523 Желто-зеленая 537 Зеленая темная 591 Зеленый неон 609 Умбра натуральная 610 Умбра жженая 617 Сепия 703 Нейтральная черная 709 Нейтральный тинт</t>
+  </si>
+  <si>
+    <t>926246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c02/4z9iod9qr1vd6ov1rh0tzjyg4sy24old.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, медовые, 10 2 цвета  золото серебро , круглые кюветы, пластик, 192360</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ идеально подходят для уроков детского творчества и художественного изобразительного искусства. Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук, тонкого восприятия цветовой гаммы. 12 ярких насыщенных цветов, которые отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Включают два уникальных цвета с блестками – золотой и серебряный. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>939440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4aa/lqyi72ui1b59fz4lvxpmoviml0bqmp33.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, медовые, 22 2 цвета  золото серебро , круглые кюветы, пластик, 192361</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ идеально подходят для уроков детского творчества и художественного изобразительного искусства. Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук, тонкого восприятия цветовой гаммы. 24 ярких насыщенных цвета, которые отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Включают два уникальных цвета с блестками – золотой и серебряный. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами за счет того, что имеет два яруса красок по 12 кювет в каждом. Верхний ярус с красками съемный.</t>
+  </si>
+  <si>
+    <t>939441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c3/vhit8eruonzfrmhp047hifr8evq4hhyv.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, медовые, 24 цвета, круглые кюветы, пластик, 192359</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ идеально подходят для уроков детского творчества и художественного изобразительного искусства. Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук, тонкого восприятия цветовой гаммы. 24 ярких насыщенных цвета отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами за счет того, что имеет два яруса красок по 12 кювет в каждом. Верхний ярус с красками съемный.</t>
+  </si>
+  <si>
+    <t>939442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f6/v4i87vn2lanppmbvzu4v7x1if0p5axy8.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ВЕС ЛЫЙ ШМЕЛЬ quot;, медовые, 12 цветов, квадратные кюветы, пластик, 192362</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ &amp;quot;ВЕСЁЛЫЙ ШМЕЛЬ&amp;quot; идеально подходят для уроков детского творчества и художественного изобразительного искусства.Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук,тонкого восприятия цветовой гаммы. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, квадратной формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>939856</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f16/7ut0elz53zsj21zwt3zyzdbj3xx5zuz0.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ВЕС ЛЫЙ ШМЕЛЬ quot;, медовые, 24 цвета, квадратные кюветы, пластик, 192363</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ &amp;quot;ВЕСЁЛЫЙ ШМЕЛЬ&amp;quot; идеально подходят для уроков детского творчества и художественного изобразительного искусства.Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук,тонкого восприятия цветовой гаммы. 24 ярких насыщенных цвета отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, квадратной формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>939857</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44d/g2n3gsaptcpg674j99kbw00ayacukoc4.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ЮНЛАНДИЯ  quot;ЮНЫЙ ВОЛШЕБНИК quot;, медовые, 12 цветов, круглые кюветы, пластик, 192358</t>
+  </si>
+  <si>
+    <t>Акварельные краски ЮНЛАНДИЯ идеально подходят для уроков детского творчества и художественного изобразительного искусства. Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук, тонкого восприятия цветовой гаммы. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>939858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/402/3supplofmvzqv5lc4snwtron6wkfmdx3.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти  quot;Енот в космосе quot;, медовая, 12 цветов  8 перл. золото серебро 2 флуор.  без кисти, пластик</t>
+  </si>
+  <si>
+    <t>Краски Мульти-Пульти &amp;quot;Енот в космосе&amp;quot; обладают хорошей укрывистостью и остаются яркими при высыхании. Смешивание акварели Мульти-Пульти дает чистые оттенки. Натуральные компоненты делают ее безопасной для здоровья детей. Пластиковая упаковка акварели удобна в использовании. В составе набора 8 перламутровых цветов, золото, серебро и 2 флуоресцентных цвета. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>940152</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/996/f471gwj1pzg3uw92k4nb626tw1w0po5w.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Акварель Мульти-Пульти  quot;Енот в космосе quot;, медовая, 24 цвета, перламутровая, без кисти, пластик -  8 перл. золото серебро 2 флуор. </t>
+  </si>
+  <si>
+    <t>Краски Мульти-Пульти &amp;quot;Енот в космосе&amp;quot; обладают хорошей укрывистостью и остаются яркими при высыхании. Смешивание акварели Мульти-Пульти дает чистые оттенки. Натуральные компоненты делают ее безопасной для здоровья детей. Пластиковая упаковка акварели удобна в использовании. В составе набора классическая палитра из 12 цветов, а также 8 перламутровых цветов, золото, серебро и 2 флуоресцентных цвета. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>940153</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ce/cjznkvxz4x91jiubhm2ls1qbv275u2sx.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; розовый хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>940154</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcc/izyf57wd7fpjh1h3ea7z8mc434kzirth.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; хинакридон коралловый, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>Профессиональная художественная акварель «ГАММА» серии «Старый мастер» упакована в новую кювету объёмом 2,6 мл. Цвет краски – хинакридон коралловый. Рецептура профессиональной художественной акварели «Старый мастер» разработана в собственной исследовательской лаборатории завода. В составе красок гуммиарабик высшей степени очистки и высококачественные пигменты, которые обеспечивают насыщенность цветов, чистоту и прозрачность красочного слоя. Каждая кювета упакована в плёнку.</t>
+  </si>
+  <si>
+    <t>940155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/475/a9kqbjqiee7ye2tjtw05wipbzac4t4lf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; висмут желтый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; висмут желтый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>945040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d45/vlxphryzth3oz2oepbvqqpkna4smk2w9.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; кобальт бирюзовый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; кобальт бирюзовый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>945041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88c/r8z4jkfd4ga8jbss8sg70uuftxhq7cnu.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; хинакридон маджента, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; хинакридон маджента, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>945042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/871/b8kj2b4t18c0kyb9y4ybyg8dd40d05fg.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; хром титанат, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; хром титанат, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>945043</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/395/fcbm1hyr0qslhgu2ml8t4wgtrjmkaenc.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; хром-кобальт синий, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; хром-кобальт синий, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>945045</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a9/ba8vh6cqb7kjfzu4s05tci61butln6gz.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot;, кобальт зеленый светлый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot;, кобальт зеленый светлый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>945046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/588/bxv6eovci73fvd91bjwar4w4ossgufdg.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Луч БОЖЬЯ КОРОВКА 12 цв. без кист. пласт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>947821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19c/00dxht23uzk8tsevr066m3t7kn2rb0zw.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Невская палитра ЛАДОГА 24 цв. без кист. карт.уп.</t>
+  </si>
+  <si>
+    <t>953168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2d/u8is9ks62qfz3r6lzjt5ui0m3bcz16vq.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные BRAUBERG  quot;МАГИЯ ЦВЕТА NEW quot;, медовые, 24 цвета, круглые кюветы, пластиковый пенал, 192365</t>
+  </si>
+  <si>
+    <t>Акварельные краски BRAUBERG &amp;quot;МАГИЯ ЦВЕТА&amp;quot; идеально подходят для уроков детского творчества. Рисование способствует развитию образного мышления, глазомера, мелкой моторики рук, тонкого восприятия цветовой гаммы. 24 ярких насыщенных цвета отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, кюветами круглой формы и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>955137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/706/qqqztefcqnrx3x2jasmwkjggw8qgvf3t.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные  1School ColorPics набор 6 цветов б кист пласт</t>
+  </si>
+  <si>
+    <t>Краски акварельные №1School ColorPics набор 6 цветов б/кист пласт</t>
+  </si>
+  <si>
+    <t>963126</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/445/5toj2qmlxpaqp0jwr0avpnz8giz9lfa9.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные  1 School Русалочка, набор 12 цветов</t>
+  </si>
+  <si>
+    <t>Краски акварельные №1 School Русалочка, набор 12 цветов</t>
+  </si>
+  <si>
+    <t>963130</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d24/d24ec8d0851e239c9be9a363da2d0a97/b27862a19b129fdaca12c504862c4f73.jpg</t>
-[...404 lines deleted...]
-    <t>711930</t>
+    <t>http://anytos.ru//upload/iblock/b26/acln0j164svokgegfk875l30okblttpm.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные  1 School Фея, набор 24 цвета</t>
+  </si>
+  <si>
+    <t>Краски акварельные №1 School Фея, набор 24 цвета</t>
+  </si>
+  <si>
+    <t>963132</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fd/n0fmo7jqee0m0tpz8b3nfqx2jtsijsqa.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные  1 School Space time, набор 12 цветов</t>
+  </si>
+  <si>
+    <t>Краски акварельные №1 School Space time, набор 12 цветов</t>
+  </si>
+  <si>
+    <t>963137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7a/6z9ddlyfovajkz9d0338pnhar7y4back.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные  1 School Space time, набор 24 цвета</t>
+  </si>
+  <si>
+    <t>Краски акварельные №1 School Space time, набор 24 цвета</t>
+  </si>
+  <si>
+    <t>963138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f61/reo83cjieogrnnvs8ntefej7efionnhb.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти  quot;Чебурашка quot;, медовая, 06 цветов, без кисти, пластик, европодвес</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, медовая, 06 цветов, без кисти, пластик, европодвес</t>
+  </si>
+  <si>
+    <t>967359</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce0/ishm3kyhmjyi8dqgfgd404j7902ia1nf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти  quot;Чебурашка quot;, медовая, 12 цветов, без кисти, пластик, европодвес</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, медовая, 12 цветов, без кисти, пластик, европодвес</t>
+  </si>
+  <si>
+    <t>967360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1dd/105txx2bg3usdfzjshp6azeeduljj5x0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти  quot;Чебурашка quot;, медовая, 24 цветов, без кисти, пластик, европодвес</t>
+  </si>
+  <si>
+    <t>Акварель Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, медовая, 24 цветов, без кисти, пластик, европодвес</t>
+  </si>
+  <si>
+    <t>967361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/570/siv01er16ku7ok6yg95ab5u43xpgavb7.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot;, 24цв., туба 9мл, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot;, 24цв., туба 9мл, картон. упаковка</t>
+  </si>
+  <si>
+    <t>967364</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/252/su5xa245n2vn79ydyx45o7ngojcaxi1i.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; аметист, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; аметист, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967365</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1f/z2mv88918e8vx2vpm1hzndg9trl55mir.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; аренийская оранжевая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; аренийская оранжевая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967366</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b45/9fr258kpesiom19d9nx7wy8yvxsrt4pu.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; ауреолин имит., 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; ауреолин имит., 9мл, туба</t>
+  </si>
+  <si>
+    <t>967367</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/669/ddg70g90s62n8czaga4yxndmitjb0952.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; барит вулканический, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; барит вулканический, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967368</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/670/yz6mlzbgv3i7uq6iibm3dwj72f5tfsuy.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; белила титановые, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; белила титановые, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec4/cb1gd7m3zkogwu6zqdamnyiec4avdqph.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; бирюзовая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; бирюзовая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/681/nkph3hktmp08a25uijxnihm1b8863a4x.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; вивианит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; вивианит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0eb/kxoqhx8iq19ws3qmmtjoggtqfuorlst5.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; гематит вишневый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; гематит вишневый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967372</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a09/tnpncnautsm4cvlywe7172bmd692z8nd.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; гематит розовый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; гематит розовый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a33/esg2brcofr3hf8g3adbvdz8k112h9s0x.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; гематит черный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; гематит черный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47d/bqrvzr31ebba1bddl7fop88qa8r1a748.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; желтый арилид, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; желтый арилид, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fcf/prdoz61ihxegxwdhnbokiwlixfpzirkf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; желтый канареечный, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; желтый канареечный, 2,6мл , кювета</t>
+  </si>
+  <si>
+    <t>967377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50a/u3qve1kd8caj86zjypoqinfio10xzd2w.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; зеленая натуральная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; зеленая натуральная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81c/bizwtvm3vvzks9a053zvhgoz5cjpmtys.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; зеленая Тавуш, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; зеленая Тавуш, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967379</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/553/qk7m1drn7rcxnoxteh2btdlzf6cilmvu.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; зеленое яблоко, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; зеленое яблоко, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46a/torbgbcb690857974jgwg8l01v5emnvb.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; зеленый неон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; зеленый неон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967381</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72c/sy2xdo7u1r1u72rvo2vmq9nl0zhr96lq.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; земля зеленая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; земля зеленая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef3/aiec093ls3gig1lmqsh7mgwky85bggx8.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; индантреновый синий, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; индантреновый синий, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967383</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bde/anbfrh74st5liozekvfhdc65vynczpn8.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; индиго, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; индиго, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d5/rire9c592ovatj1mt1dadmyfdds5a6nf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; индийская желтая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; индийская желтая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967385</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4db/k9qtvu37akeqyr2r5gbd8g9u2i93dqhb.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; иргазин, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; иргазин, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>967386</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ea/r8crc43ubiqtvqj3oi5wy9hyh3xfdbuq.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; кадмий красный светлый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; кадмий красный светлый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d90/5q8s9tgmodf7hhz64b55mqedqud5ogpg.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; кадмий оранжевый светлый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; кадмий оранжевый светлый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/785/glr0ci0x5wmxz4v6hs48kikkoy1i43cz.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; каштановая Меградзор, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; каштановая Меградзор, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967389</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00b/sw2qfxye0oo1g0nwu4nky27oanb0ogfe.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; китайская фарфоровая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; китайская фарфоровая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a88/yldaaramq04bp9jsrjyhkb3llx8cxcue.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; краплак красный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; краплак красный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41d/i8pyb61n40e6f2whwfmpyw0yt98brbb8.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; красная темная, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; красная темная, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>967392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99c/tjsbtsqt98us0gtrpiyaha9g258zy11h.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; красно-розовый хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; красно-розовый хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f97/0wwwah81iu1hjzzdwwhq11z125kl9zxh.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; красный хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; красный хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbf/c1r67qyg1wklz1pl2f8nebc162wsvba0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; лазурит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; лазурит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c07/xbmn7pp6hp3s5otyhq9q39awsb8f6mdf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; лиловый хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; лиловый хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967397</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a03/92fox7mnj0tyv2740uq8o8hfc0b6qeya.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; лимонная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; лимонная, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967398</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/2s35wi11cm7e4663ahspqjkn1zdthtqf.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; малиновый бордо, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; малиновый бордо, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967399</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c2/v8fi3fxlg7odo7dx55ckqsouk3l7i5yg.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; марс коричневый темный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; марс коричневый темный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d6/0bavshf06mwsxzjy93pz01r4x34s5i42.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; марс красный темный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; марс красный темный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d5/cceqc6hyvjmfyin2rd8opd1q75ho2l25.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; мумия красно-оранжевая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; мумия красно-оранжевая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33a/3gvyeqd4c8ugypdurl672tf23vnxa6s9.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; неаполитанская желтая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; неаполитанская желтая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/777/7kti6nyws4keuv5b11lfcy0oakwt2bd0.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; нейтральный тинт, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; нейтральный тинт, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967404</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/vz3714goqzgw42ytk2kr46489u3gf250.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; окись хрома, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; окись хрома, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a81/w77tlinpkcblfrgk4u2a2g2p4oe09dl9.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; оксид черный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; оксид черный, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967406</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f81/daewbv9wobyxm5o9093tmaml4cur1f3v.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; оливковая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; оливковая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967407</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c8/aw7xawcyxadggmzlb4to001achc4dx37.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; осенний оранжевый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; осенний оранжевый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>967408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b99/v92rj6a9sa77737ts4p8ohd5rj7bay7m.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; павлиний синий, 9мл , туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; павлиний синий, 9мл , туба</t>
+  </si>
+  <si>
+    <t>967409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fd/jryji0hbtyyahtgrdjrj8eislm3kc0y5.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; перилен бордовый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; перилен бордовый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>967410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95d/o8uc74ivkxy77c60182l8b2gpnjlrmds.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; пиррол оранжевый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; пиррол оранжевый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16c/vjfzvmsntfih617h3xk2b8zw28akxjjm.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; порфир фиолетовый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; порфир фиолетовый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d62/7smilxq4e54idfwh9g13h2fr80w7p474.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; пурпурный хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; пурпурный хинакридон, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967413</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af4/xes0b6v9dux8ub5tu40zr9xfwb0u9o95.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; сепия Мегри, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; сепия Мегри, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967414</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/738/jpscaegymfl7grgdmysql0g1d9n3ggax.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; серо-фиолетовый Лалварит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; серо-фиолетовый Лалварит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddb/zbz1n4iz78by4utszm16gbzc6wc005xj.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; сланец серый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; сланец серый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967416</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/347/rz21xxd6q8rmvs1i4ncm0eejmfd4x2vd.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; туф коричневый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; туф коричневый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967417</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be0/44vzk53dif2yx68yt5wrl1i6g435yin4.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; умбра жженая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; умбра жженая, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967418</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50c/8dsalv2zlat3jfo86dv0g30ppznijvby.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; хинакридон алый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; хинакридон алый, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd2/8ljecraepsnlzytsbhyvw62wtmbvmgod.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; хлорит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; хлорит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967420</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ff/cvb9p26owwoc657yfd2bj5m77e3cqjs9.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; хромит железа коричневый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; хромит железа коричневый, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>967421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/446/ghnoajkkt5537gafe75qfmmjeh9qgrf3.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; церулеум  имит. , 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; церулеум &amp;#40;имит.&amp;#41;, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/933/m0j6n4twacv5xqn0nz15gfa52rc8pq97.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый мастер quot; черничные ночи, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый мастер&amp;quot; черничные ночи, 2,6мл, кювета</t>
+  </si>
+  <si>
+    <t>967423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db5/3vnqb1sf7m7o01ske4fpagyd306u9t5a.jpg</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма  quot;Старый Мастер quot; ярозит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; ярозит, 9мл, туба</t>
+  </si>
+  <si>
+    <t>967424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/645/9htv3gdra6v1u8xbidqzaqsc5cfrn5ep.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Art Spirit 12 цветов с увеличенными кюветами  в коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Art Spirit 12 цветов с увеличенными кюветами &amp;#40;в коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ba/5fh11f6iqs2onqevbpco6ma7261ktnvo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Art Spirit 18 цветов с увеличенными кюветами  в коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Art Spirit 18 цветов с увеличенными кюветами &amp;#40;в коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/030/hn4wdyghqvm1mus3vfobr8d0ftj0js0e.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Jolly Friends 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Jolly Friends 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970340</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a77/2k0v3k4d1se5jfr09b5eb26k9s2ggswm.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Jolly Friends 12 цветов с палитрой и кистью  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Jolly Friends 12 цветов с палитрой и кистью &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/343/44t2x5l7lti334hyass5udk41ohst49y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Jolly Friends 18 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Jolly Friends 18 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f6/v91mnl8ag9zdc0nre2cob4we3818acnx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Jolly Friends 24 цвета  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Jolly Friends 24 цвета &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3d/86gjl1ty2cg86cujo95snc6eige3u254.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 12 цветов с палитрой и кистью  в пласт. коробке с европодв. </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 12 цветов с палитрой и кистью &amp;#40;в пласт. коробке с европодв.&amp;#41;</t>
+  </si>
+  <si>
+    <t>970344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7db/38aeao4i0lepaltnxaeq43s4o248p7p8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 18 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 18 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9de/tfasjqzqw03hcqva3aazi3xid7iuarig.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 24 цвета  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 24 цвета &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67b/ir0n10o5a2jqqo68kafm393w81srb5wm.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Pointes 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Pointes 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/krh2uv35rd16dkc68qzfe0jywckcacnq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Safari Neon Pastel Pearl с УФ защитой яркости 18 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Safari Neon&amp;#43;Pastel&amp;#43;Pearl с УФ защитой яркости 18 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/063/79cfa7ydipsxmzgx5wvdyccupa28lryc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Safari с УФ защитой яркости 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Safari с УФ защитой яркости 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09e/oxzc44vai02oahdtda0sc1vx4p7wev15.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Safari с УФ защитой яркости 18 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Safari с УФ защитой яркости 18 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/985/ubefenj2tceuvkq8s7hpvl3i6trntfbw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Safari с УФ защитой яркости 24 цвета  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Safari с УФ защитой яркости 24 цвета &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a2/edoo63sn3tpgaunu14l2rnss7z5yvq3p.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Sport DNA 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Sport DNA 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2c/8hxhamkufa4h4oozalbn8dfq9oqxlk24.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Простоквашино 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Простоквашино 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>970354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00a/90v4y5zwmxcxgl155gwnyiq5lq26hczc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
+  </si>
+  <si>
+    <t>971436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/965/xbldvqrbueb89a07vcelyg2dnj78hn2b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Jolly Friends 6 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Акварельные краски ErichKrause – оптимальный выбор для школьного рюкзака. Новая уникальная формула акварели позволяет краске значительно легче разводиться водой, хорошо удерживаться кистью и равномерно ложиться на бумагу, создавая мягкие переходы цвета. По мере высыхания акварельный рисунок приобретает матовый насыщенный оттенок без посторонних бликов и затеков. Краска наиболее точно передает игру цвета и света на рисунке, создает цветовые комбинации. Для работы с акварелью лучший эффект достигается при использовании акварельной бумаги ErichKrause.</t>
+  </si>
+  <si>
+    <t>974655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6dd/7uz9dgjlw9jzh1ejgq7kamtziko1mddb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Jolly Friends Neon 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Акварельные краски ErichKrause неоновых цветов отлично подойдут для различных творческих работ. Обновленная формула акварели позволяет краске значительно легче разводиться водой, хорошо удерживаться кистью и равномерно ложиться на бумагу, создавая мягкие переходы цвета. По мере высыхания акварельный рисунок приобретает матовый насыщенный оттенок без посторонних бликов и затеков. Краска наиболее точно передает игру цвета и света на рисунке, создает цветовые комбинации. В палитре представлены модные неоновые оттенки. Для работы с акварелью лучший эффект достигается при использовании акварельной бумаги ErichKrause.</t>
+  </si>
+  <si>
+    <t>974656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08e/gh0uq8bkwjhb3wox83ph0vywe41vf0ix.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Jolly Friends Pastel 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Акварельные краски ErichKrause пастельных цветов отлично подойдут для различных творческих работ. Обновленная формула акварели позволяет краске значительно легче разводиться водой, хорошо удерживаться кистью и равномерно ложиться на бумагу, создавая мягкие переходы цвета. По мере высыхания акварельный рисунок приобретает матовый насыщенный оттенок без посторонних бликов и затеков. Краска наиболее точно передает игру цвета и света на рисунке, создает цветовые комбинации. В палитре представлены модные пастельные оттенки. Для работы с акварелью лучший эффект достигается при использовании акварельной бумаги ErichKrause.</t>
+  </si>
+  <si>
+    <t>974657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/754/nldqaqxxelir2hyz90y3k26z7do3nu4r.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Kids Space Animals Neon Pastel медовые с УФ защитой яркости 12 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>Акварельные краски ErichKrause с УФ защитой яркости. Актуальные цвета с яркой палитрой легко смешиваются и сочетаются между собой, равномерно ложатся на бумагу, обладают улучшенной цветопередачей и не выгорают на солнце благодаря УФ защите. Яркий эксклюзивный авторский дизайн выполнен в акварельной технике и нанесен на упаковку по технологии термопечати, не имеющей аналогов в России среди других производителей красок. Эта технология дает уверенность в оригинальности товара и защищает от подделок.</t>
+  </si>
+  <si>
+    <t>974658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba2/f010fshtxrj8pdnfz4qf65xrt9aq55d8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краски акварельные Erich Krause Kids Space Animals медовые с УФ защитой яркости 6 цветов  в пластиковой коробке с европодвесом </t>
+  </si>
+  <si>
+    <t>974659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0c/07nakbxf2zo3dem846iqf2648pd2vcph.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные ПИФАГОР  quot;ЭНИКИ-БЕНИКИ quot;, 12 цветов, медовые, картонная коробка, пластиковая подложка, 192518</t>
+  </si>
+  <si>
+    <t>Акварельные краски ПИФАГОР &amp;quot;ЭНИКИ-БЕНИКИ&amp;quot; незаменимы для юных художников, создающих свои первые изображения. Идеально подходят для дошкольников и учащихся младших классов. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в картонной коробке с пластиковой подложкой, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
+  </si>
+  <si>
+    <t>975777</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da5/tuz1fmc25tunsmfcd1j11ynvzrb2byl0.jpg</t>
-[...2837 lines deleted...]
-    <t>975777</t>
+    <t>http://anytos.ru//upload/iblock/53d/3m8netqpvjx3ogro2k52zz8bw5tk987u.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Гамма, медовая, 12 цветов, без кисти, пластик. упак., европодвес</t>
+  </si>
+  <si>
+    <t>982491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d8/vsbaiwtgzdmt7eyk47fmn0lots6u69e5.jpg</t>
   </si>
   <si>
     <t>Акварель художественная Гамма  quot;Старый Мастер quot;  quot;Анималистика quot; 12цв 9 мл, туба, картон</t>
   </si>
   <si>
     <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; &amp;quot;Анималистика&amp;quot; 12цв*9 мл, туба, картон</t>
   </si>
   <si>
     <t>982494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ad/azrj9cti9le13s4ohk5ehlv9xcy9oul3.jpg</t>
   </si>
   <si>
     <t>Акварель художественная Гамма  quot;Старый Мастер quot;  quot;Ботаническая иллюстрация quot;, 14цв 2,6мл , кюветы , с кисью , метал. коробка</t>
   </si>
   <si>
     <t>Акварель художественная Гамма &amp;quot;Старый Мастер&amp;quot; &amp;quot;Ботаническая иллюстрация&amp;quot;, 14цв*2,6мл , кюветы , с кисью , метал. коробка</t>
   </si>
   <si>
     <t>982495</t>
   </si>
@@ -4939,50 +4789,65 @@
   <si>
     <t>986109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fc/scfouiw0vbe0x2jnc1jheoyfb38eoqp7.jpg</t>
   </si>
   <si>
     <t>Краски акварельные Луч ZOO 24 цвета, с кистью, 29С 1727-08</t>
   </si>
   <si>
     <t>988400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/609/11483vx2ljrrofd0c0chqcud4ag5iv9o.jpg</t>
   </si>
   <si>
     <t>Краски акварельные Комус Класс Максики 6 цветов, медов, квадр. кюветы, пл.пенал</t>
   </si>
   <si>
     <t>988402</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus-klass/"&gt;Комус Класс&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1cb/ce73vcfiaygf2io18wte5xza7b2m1wla.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные КОМУС Три Богатыря набор 6 цветов, пласт уп б кисти девочки</t>
+  </si>
+  <si>
+    <t>Краски акварельные КОМУС Три Богатыря набор 6 цветов, пласт уп б/кисти девочки</t>
+  </si>
+  <si>
+    <t>988407</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ee8/giodjhb7jr0pi62lz0cnu3820s5ztny7.jpg</t>
   </si>
   <si>
     <t>Краски акварельные BRAUBERG 12 цветов  quot;Аниме quot;, медовые, круглые кюветы, 192552</t>
   </si>
   <si>
     <t>Краски акварельные BRAUBERG имеют яркие насыщенные цвета, дают множество оттенков при смешивании и обеспечивают однородное окрашивание. В комплекте 12 ярких насыщенных цветов. Краски быстро высыхают и не портятся со временем. Нетоксичны и безопасны для детей. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, квадратной формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
   </si>
   <si>
     <t>995114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/903/q04k5iuhmgh6fajaompmc23bc1vuq2c1.jpg</t>
   </si>
   <si>
     <t>Краски акварельные BRAUBERG 12 цветов  quot;Кот-Энтузиаст quot;, медовые, круглые кюветы, 192553</t>
   </si>
   <si>
     <t>995115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20f/563q4ctju226gggv27e6kw52jz2kne9y.jpg</t>
   </si>
   <si>
     <t>Краски акварельные BRAUBERG 12 цветов  quot;Футбол quot;, медовые, круглые кюветы, 192565</t>
@@ -4993,50 +4858,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f25/d5m7z3d6qapbpmzziqia50mg101h2kgq.jpg</t>
   </si>
   <si>
     <t>Краски акварельные ЮНЛАНДИЯ  quot;ШКОЛЬНЫЕ quot; 12 цветов, медовые, круглые кюветы, 192551</t>
   </si>
   <si>
     <t>Краски акварельные ЮНЛАНДИЯ обладают отличной укрывистостью, прекрасно смешиваются и сохраняют яркость при высыхании. Отлично ложатся на бумагу. Изготовлены с добавлением натуральной патоки и пчелиного меда. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с прозрачной крышкой, квадратной формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
   </si>
   <si>
     <t>995117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ac/ja5k86shksy3fozg797y7aj5mmoflz7l.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краски акварельные ErichKrause Ну, Погоди  Каникулы 12 цветов  в пластиковой коробке с европодвесом </t>
   </si>
   <si>
     <t>Краски акварельные ErichKrause Ну, Погоди! Каникулы 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
   </si>
   <si>
     <t>995136</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1e0/hhn4ueb0ectob6m4mpdf8kq383uuuctt.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Каляка-Маляка 18 цв. без кист. пласт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>995139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e81/nj9uhcr7602k6gp5ntzqyghv569mqsnj.jpg</t>
+  </si>
+  <si>
+    <t>Акварель Каляка-Маляка 24 цв. без кист. пласт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>995140</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/043/lzdwqk7lyihlhyfbehceisf0yz3cvzzn.jpg</t>
   </si>
   <si>
     <t>Краски акварельные BRAUBERG KIDS, 12 ярких цветов, круглые кюветы, пластиковый пенал, 191806</t>
   </si>
   <si>
     <t>Акварель BRAUBERG KIDS с высоким содержанием цветного пигмента. Подходят для применения на уроках изобразительного искусства в школах и детских студиях живописи. В наборе 12 насыщенных цветов, которые отлично смешиваются, позволяя создавать множество оттенков. Краски легко наносятся, образуя интенсивное яркое покрытие. Обеспечивают однородное окрашивание, быстро высыхают и не портятся со временем. Краски нетоксичны и безопасны для детей. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, круглой формой кювет и отделением для кисточки. Кисть входит в комплект! Съемную пластиковую крышку можно использовать в качестве палитры для смешивания красок. Пенал дополнительно упакован в термоусадку.</t>
   </si>
   <si>
     <t>995485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc3/rbduzmr4fl8g5pjbuedbqcexs3xmuv3k.jpg</t>
   </si>
   <si>
     <t>Краски акварельные ПИФАГОР 12 цветов, медовые, круглые кюветы, 192549</t>
   </si>
   <si>
     <t>Краски акварельные ПИФАГОР имеют яркие сочные цвета и удобную упаковку. Краски изготовлены с добавлением натуральной патоки. 12 ярких насыщенных цветов отлично смешиваются между собой и позволяют создать множество оттенков, обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в картонной коробке с корексом, круглой формой кювет и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
   </si>
   <si>
     <t>995486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cce/4cs87xpgxqeu0ymcaiaes9ep9l1y86gw.jpg</t>
@@ -5242,105 +5125,99 @@
   <si>
     <t>Краски акварельные  quot;Я - Художник quot;, медовые, 24 цвета, круглые кюветы, 227421539</t>
   </si>
   <si>
     <t>В составе набора медовой акварели &amp;quot;Я - Художник!&amp;quot; 12 базовых цветов и 12 дополнительных. Набор выпускается в пластиковом пенале небольшого размера, что позволяет значительно экономить место в рюкзаке. Крышку упаковки можно использовать в качестве палитры. Краски легко набираются на влажную кисть и легко разносятся, ровно ложатся на бумагу. Тонкость перетира пигмента обеспечивает равномерное нанесение без образования точек и пятен. После высыхания краски не растрескиваются, независимо от толщины нанесенного слоя. Даже при нанесении тонкого слоя краски цвет рисунка получается ярким, и что особенно важно для детей, не меняет свой цвет после высыхания.Состав набора: белая, желтая, оранжевая, алая, розовая, зеленая, изумрудная, синяя, фиолетовая, охра, коричневая, черная; перламутровая: желтая, красная, зеленая, бирюзовая, синяя, черная; флуоресцентная: лимонная, красная, оранжевая, зеленая светлая, лиловая, голубая.</t>
   </si>
   <si>
     <t>1004507</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29b/msfk2pkrgmwdw8zjcghrw1c94eg4pe6h.jpg</t>
   </si>
   <si>
     <t>Краски акварельные школьные ОФИСМАГ, 12 цветов, медовые, пластиковая коробка, 191562</t>
   </si>
   <si>
     <t>Акварель медовая ОФИСМАГ идеально подходит для уроков детского творчества. Рисование способствует развитию образного мышления, мелкой моторики рук, тонкому восприятию цветовой гаммы. 12 ярких сочных цветов красок в квадратных кюветах изготовлены на основе натуральной патоки и пчелиного меда. Имеется отделение для кисточки.Акварельные краски ОФИСМАГ – отличный пример соотношения цены и качества.</t>
   </si>
   <si>
     <t>1005313</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f88/hkl1sl5mvr5p96ft9t54g7g80hlds446.jpg</t>
+  </si>
+  <si>
+    <t>Краски акварельные BRAUBERG  quot;PREMIUM quot; 36 цветов  12 базовых   12 неоновых   12 металлик  пенал, 191807</t>
+  </si>
+  <si>
+    <t>Акварель BRAUBERG &amp;quot;PREMIUM&amp;quot; – акварельные краски с высоким содержанием цветного пигмента. Подходят для применения на уроках изобразительного искусства в школах и детских студиях живописи. В наборе — 36 насыщенных цветов, которые отлично смешиваются, позволяя создавать множество оттенков. Помимо 12 базовых цветов, в комплект входят 12 цветов с эффектом металлик и 12 неоновых цветов. Краски легко наносятся, образуя яркое, насыщенное покрытие даже в один слой. Обеспечивают однородное окрашивание, быстро высыхают и со временем не портятся. Безопасны для детей, нетоксичны. Выпускаются в пластиковом пенале с европодвесом, прозрачной крышкой, круглыми кюветами и отделением для кисточки. Съёмную пластиковую крышку можно использовать в качестве палитры для смешивания красок.</t>
+  </si>
+  <si>
+    <t>1006199</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cd9/r1z3t0eg1lm2t2smbpvxk81e4dtbwqiw.jpg</t>
   </si>
   <si>
     <t>Краски акварельные ПИФАГОР  quot;ЖИРАФ quot; на коррексе, 12 цветов, медовые, круглые кюветы, 192647</t>
   </si>
   <si>
     <t>Краски акварельные ПИФАГОР серии &amp;quot;ЖИРАФ&amp;quot; предназначены для детского творчества. Коробка с изображениями приключений жирафа порадует как детей дошкольного и младшего школьного возраста, так и взрослых. 12 ярких насыщенных цветов отлично смешиваются между собой, позволяют создать множество оттенков и обеспечивают однородное окрашивание. Краски быстро высыхают и не портятся со временем. Безопасны для детей, нетоксичны. Выпускаются в картонной коробке с пластиковой подложкой, кюветами круглой формы и отделением для кисточки. Упаковка обладает компактными размерами и легким весом.</t>
   </si>
   <si>
     <t>1006200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d4/ryq849xc8gxksts2adbqfiihy3t71zjy.jpg</t>
   </si>
   <si>
     <t>Акварель Каляка-Маляка кругл. кювет ПЕРЛАМУТР 6 цв. без кист. пласт.уп. с европодвесом</t>
   </si>
   <si>
     <t>1007022</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a54/4ja1ze3ncogvmkap4z47jbln5uolzo6m.jpg</t>
   </si>
   <si>
     <t>Акварель Луч ПЕРЛАМУТРИКИ 12 цв. перламутр без кист. пласт.уп. с европодвесом</t>
   </si>
   <si>
     <t>1007023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d7/j5q30w7wah6hlzetz5rvu2b3g7wpaib8.jpg</t>
   </si>
   <si>
     <t>Акварель Луч ФАНТАЗИЯ 6 цв. флуор. без кист. пласт.уп. с европодвесом</t>
   </si>
   <si>
     <t>1007025</t>
-  </si>
-[...16 lines deleted...]
-    <t>1007027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/049/14uc822xkip30xbonc8k9s4no00gdc6q.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краски акварельные ErichKrause Aquamarine 12 цветов  в пластиковой коробке с европодвесом </t>
   </si>
   <si>
     <t>Краски акварельные ErichKrause Aquamarine 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
   </si>
   <si>
     <t>1011301</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af4/7fwtiqsqorn60gytx6i7wxcwsymo3owd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краски акварельные ErichKrause Cheat Meal 12 цветов  в пластиковой коробке с европодвесом </t>
   </si>
   <si>
     <t>Краски акварельные ErichKrause Cheat Meal 12 цветов &amp;#40;в пластиковой коробке с европодвесом&amp;#41;</t>
   </si>
   <si>
     <t>1011302</t>
   </si>
@@ -5751,10846 +5628,10516 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J471"/>
+  <dimension ref="A1:M456"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G471" sqref="G471"/>
+      <selection pane="bottomRight" activeCell="G456" sqref="G456"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...58 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G72" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...318 lines deleted...]
-      <c r="C48" s="1" t="s">
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...85 lines deleted...]
-      <c r="B52" s="1" t="s">
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F80" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...51 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="G80" s="3" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G97" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...490 lines deleted...]
-      <c r="A76" s="1" t="s">
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F98" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...71 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="G98" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...541 lines deleted...]
-      </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>227</v>
+        <v>89</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>227</v>
+        <v>411</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F105" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G105" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>293</v>
+        <v>17</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>425</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>425</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>425</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>425</v>
+        <v>17</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C115" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C116" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C117" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...291 lines deleted...]
-      </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>519</v>
+        <v>463</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>523</v>
+        <v>463</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>524</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>525</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>527</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>528</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>529</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>531</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>474</v>
+        <v>533</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...107 lines deleted...]
-      </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>474</v>
+        <v>552</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C147" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B146" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>474</v>
+        <v>568</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>474</v>
+        <v>578</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>474</v>
+        <v>583</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>474</v>
+        <v>587</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="F155" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B155" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G155" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>585</v>
+        <v>604</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="B161" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="C161" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>616</v>
+        <v>604</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>620</v>
+        <v>604</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>624</v>
+        <v>604</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>628</v>
+        <v>604</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>632</v>
+        <v>604</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>636</v>
+        <v>604</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>425</v>
+        <v>17</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>639</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>640</v>
       </c>
       <c r="C170" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="F170" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="C171" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="B172" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="C172" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="C172" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="B173" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="C173" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="C173" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="B174" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="C174" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="B175" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="C175" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="C175" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="B176" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="C176" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="B177" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="C177" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="F177" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="B178" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="C178" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>665</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="F178" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="B179" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="C179" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="C180" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C182" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="C182" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>682</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>14</v>
+        <v>683</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>645</v>
+        <v>686</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>14</v>
+        <v>290</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>645</v>
+        <v>690</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>14</v>
+        <v>290</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>645</v>
+        <v>694</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>645</v>
+        <v>604</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>645</v>
+        <v>694</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>645</v>
+        <v>694</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>645</v>
+        <v>694</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>645</v>
+        <v>694</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>712</v>
+        <v>604</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>645</v>
+        <v>604</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>645</v>
+        <v>604</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>645</v>
+        <v>604</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>725</v>
+        <v>694</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>727</v>
+        <v>17</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>730</v>
+        <v>604</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>731</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>727</v>
+        <v>17</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>732</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>733</v>
       </c>
       <c r="C199" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="B201" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="C202" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="F206" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="G206" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="B207" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="C207" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="B208" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="C208" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B209" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="F209" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="C210" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>772</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
         <v>773</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>645</v>
+        <v>775</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>645</v>
+        <v>779</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>645</v>
+        <v>783</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>645</v>
+        <v>787</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>750</v>
+        <v>791</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>645</v>
+        <v>795</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>750</v>
+        <v>799</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>750</v>
+        <v>803</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>645</v>
+        <v>807</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>750</v>
+        <v>811</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>613</v>
+        <v>580</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>750</v>
+        <v>819</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>809</v>
+        <v>820</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>810</v>
+        <v>821</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>811</v>
+        <v>822</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>750</v>
+        <v>823</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>817</v>
+        <v>580</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>818</v>
+        <v>829</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>819</v>
+        <v>830</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>645</v>
+        <v>831</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>14</v>
+        <v>580</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>645</v>
+        <v>835</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>823</v>
+        <v>836</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>824</v>
+        <v>837</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>825</v>
+        <v>838</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>826</v>
+        <v>839</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>827</v>
+        <v>840</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>613</v>
+        <v>210</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>828</v>
+        <v>841</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>829</v>
+        <v>842</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>830</v>
+        <v>843</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>831</v>
+        <v>844</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>832</v>
+        <v>845</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>833</v>
+        <v>846</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>834</v>
+        <v>847</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>835</v>
+        <v>848</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>836</v>
+        <v>849</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>837</v>
+        <v>850</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>838</v>
+        <v>851</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="C235" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...107 lines deleted...]
-      </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>613</v>
+        <v>210</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>860</v>
+        <v>873</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>861</v>
+        <v>874</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>862</v>
+        <v>875</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>863</v>
+        <v>876</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>864</v>
+        <v>877</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>866</v>
+        <v>879</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>867</v>
+        <v>880</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>868</v>
+        <v>881</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>869</v>
+        <v>882</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>870</v>
+        <v>694</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>871</v>
+        <v>883</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>872</v>
+        <v>884</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>873</v>
+        <v>885</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>874</v>
+        <v>694</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>876</v>
+        <v>887</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>877</v>
+        <v>888</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>878</v>
+        <v>604</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>326</v>
+        <v>17</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>888</v>
+        <v>899</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>889</v>
+        <v>900</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>890</v>
+        <v>901</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>891</v>
+        <v>902</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>892</v>
+        <v>904</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>894</v>
+        <v>17</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>896</v>
+        <v>907</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>897</v>
+        <v>604</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>199</v>
+        <v>17</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>901</v>
+        <v>694</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>905</v>
+        <v>694</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>909</v>
+        <v>694</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>645</v>
+        <v>924</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>14</v>
+        <v>290</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>894</v>
+        <v>290</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="F252" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>998</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F336" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G252" s="3" t="s">
-[...1930 lines deleted...]
-      </c>
       <c r="G336" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1253</v>
+        <v>1271</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1254</v>
+        <v>1272</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1255</v>
+        <v>1273</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1256</v>
+        <v>1274</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1257</v>
+        <v>1275</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1258</v>
+        <v>1276</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1259</v>
+        <v>1277</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1260</v>
+        <v>1278</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1261</v>
+        <v>1279</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1262</v>
+        <v>1280</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1263</v>
+        <v>1281</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1264</v>
+        <v>1282</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1265</v>
+        <v>1283</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1266</v>
+        <v>1284</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1267</v>
+        <v>1285</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1268</v>
+        <v>1286</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1269</v>
+        <v>1287</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1270</v>
+        <v>1288</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1271</v>
+        <v>1289</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1272</v>
+        <v>1290</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1273</v>
+        <v>1291</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1274</v>
+        <v>1292</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1275</v>
+        <v>1293</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1276</v>
+        <v>1294</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1277</v>
+        <v>1295</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1278</v>
+        <v>1296</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1279</v>
+        <v>1297</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1280</v>
+        <v>1298</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1281</v>
+        <v>1299</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1282</v>
+        <v>1300</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1283</v>
+        <v>1301</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1284</v>
+        <v>1302</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1285</v>
+        <v>1303</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1286</v>
+        <v>1304</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1287</v>
+        <v>1305</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1288</v>
+        <v>1306</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1289</v>
+        <v>1307</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1290</v>
+        <v>1308</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1291</v>
+        <v>1309</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1292</v>
+        <v>1310</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1293</v>
+        <v>1311</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1294</v>
+        <v>1312</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1295</v>
+        <v>1313</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1296</v>
+        <v>1314</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1297</v>
+        <v>1315</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1298</v>
+        <v>1316</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1299</v>
+        <v>1317</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1300</v>
+        <v>1318</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1301</v>
+        <v>1319</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1302</v>
+        <v>1320</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1303</v>
+        <v>1321</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1304</v>
+        <v>1322</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1305</v>
+        <v>1323</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1306</v>
+        <v>1324</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1307</v>
+        <v>1325</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1308</v>
+        <v>1326</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1309</v>
+        <v>1327</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1310</v>
+        <v>1328</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1311</v>
+        <v>1329</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1312</v>
+        <v>1330</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1313</v>
+        <v>1331</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1314</v>
+        <v>1332</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1315</v>
+        <v>1333</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1316</v>
+        <v>1334</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1317</v>
+        <v>1335</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1318</v>
+        <v>1336</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1319</v>
+        <v>1337</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1320</v>
+        <v>1338</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>14</v>
+        <v>425</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1321</v>
+        <v>1339</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1322</v>
+        <v>1340</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1323</v>
+        <v>1341</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1324</v>
+        <v>1342</v>
       </c>
       <c r="F354" s="3" t="s">
         <v>425</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1325</v>
+        <v>1343</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1326</v>
+        <v>1344</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1327</v>
+        <v>1345</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1328</v>
+        <v>1346</v>
       </c>
       <c r="F355" s="3" t="s">
         <v>425</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1329</v>
+        <v>1347</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1330</v>
+        <v>1348</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1332</v>
+        <v>1350</v>
       </c>
       <c r="F356" s="3" t="s">
         <v>425</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1333</v>
+        <v>1351</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1335</v>
+        <v>1349</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
       <c r="F357" s="3" t="s">
         <v>425</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F358" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F359" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F360" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F362" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F363" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F368" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F369" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F370" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F371" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F372" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F373" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F374" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F375" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F376" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F377" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F379" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F380" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F382" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F383" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F384" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F386" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F387" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F388" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F389" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F390" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F391" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F392" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F393" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F394" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F395" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F396" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F397" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F398" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1525</v>
+      </c>
+      <c r="F400" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F401" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F402" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F405" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F406" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F407" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F409" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F412" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F415" s="3" t="s">
+        <v>1584</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F416" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F417" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F424" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F425" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F426" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C427" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="B358" s="1" t="s">
-[...11 lines deleted...]
-      <c r="F358" s="3" t="s">
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F427" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G358" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F359" s="3" t="s">
+      <c r="G427" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F428" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G359" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F360" s="3" t="s">
+      <c r="G428" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F429" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G360" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F361" s="3" t="s">
+      <c r="G429" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F430" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G361" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F362" s="3" t="s">
+      <c r="G430" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F431" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F432" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F433" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F434" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F435" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F436" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F437" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F438" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F439" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F440" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F441" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F442" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F443" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F444" s="3" t="s">
+        <v>1696</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F445" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F446" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F447" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F448" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F449" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F450" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G362" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F363" s="3" t="s">
+      <c r="G450" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F451" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G363" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F364" s="3" t="s">
+      <c r="G451" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F452" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G364" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F365" s="3" t="s">
+      <c r="G452" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F453" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G365" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F366" s="3" t="s">
+      <c r="G453" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F454" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G366" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F367" s="3" t="s">
+      <c r="G454" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F455" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="G367" s="3" t="s">
-[...2022 lines deleted...]
-      </c>
       <c r="G455" s="3" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1723</v>
+        <v>1738</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1724</v>
+        <v>1739</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1725</v>
+        <v>1740</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1726</v>
+        <v>1741</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>293</v>
+        <v>580</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>284</v>
-[...344 lines deleted...]
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">