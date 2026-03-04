--- v0 (2026-01-05)
+++ v1 (2026-03-04)
@@ -12,193 +12,229 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/290/29079eb8ce07edf366851d9da7ae4590.jpg</t>
-[...2 lines deleted...]
-    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий красный темный  имит.  0.00.А046.205</t>
+    <t>http://anytos.ru//upload/iblock/57c/57c06c4f350afecd0d6f5e45a95bc77f.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные  quot;Студия quot; 09 цветов, 46мл туба: 201002 штр.:  4600395021336</t>
+  </si>
+  <si>
+    <t>Краски масляные &amp;quot;Студия&amp;quot; 09 цветов, 46мл/туба: 201002 Набор Маслянных красок &amp;quot;СТУДИЯ&amp;quot; 9цв, 46мл/туба. Состав набора: &amp;lt;br/&amp;gt;1.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Белила цинковые&amp;lt;br/&amp;gt;2.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кадмий желтый средний &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;3.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кадмий красный светлый &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;4.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кобальт зеленый светлый &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;5.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кобальт синий светлый &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;6.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Марс коричневый темный &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;7.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Охра светлая&amp;lt;br/&amp;gt;8.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Сажа газовая&amp;lt;br/&amp;gt;9.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Фиолетовая светлая&amp;lt;br/&amp;gt;</t>
+  </si>
+  <si>
+    <t>Краски масляные</t>
+  </si>
+  <si>
+    <t>214581</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma/"&gt;Gamma&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c64/c64349d1db51404d7042d168227dd524.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, бирюзовая 0.00.А046.412</t>
   </si>
   <si>
     <t>Краска масляная художественная в тубе 46 мл.</t>
   </si>
   <si>
-    <t>Краски масляные</t>
-[...2 lines deleted...]
-    <t>354569</t>
+    <t>349042</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d1/2d17c8bbdf354de6ca441714e67a2ebd.jpg</t>
-[...35 lines deleted...]
-    <t>349042</t>
+    <t>http://anytos.ru//upload/iblock/604/604747d06db5125914c60d1dd8e02ed1.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, белила цинковые 0.00.А046.001</t>
+  </si>
+  <si>
+    <t>349048</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/529/529372b0d25571f1852b3831f1e0c924.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий желтый светлый  имит.  0.00.А046.119</t>
+  </si>
+  <si>
+    <t>349234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31e/31eec93000f8e20e838161bb37c106f8.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, краплак красный темный 0.00.А046.301</t>
+  </si>
+  <si>
+    <t>349504</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9a/f9a225af3c1f6fcc53bbf82c9224d87a.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, церулеум  имит.  0.00.А046.513</t>
   </si>
   <si>
     <t>354562</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1ae/1aed6591d5d660440c62f4de478c0911.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий желтый средний  имит.  0.00.А046.117</t>
+  </si>
+  <si>
+    <t>354568</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/44c/44cb4f741a5b683d346e8297f2717b1c.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, фиолетовая светлая 0.00.А046.307</t>
   </si>
   <si>
     <t>354610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/149/149b96f3bccdc024691b800cde302887.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, умбра натуральная 0.00.А046.609</t>
   </si>
   <si>
     <t>354612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/247/247a1e578624781b1561a85a1eca0b9f.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, сажа газовая 0.00.А046.701</t>
   </si>
   <si>
     <t>354616</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b65/b652d39a7b8556f4d03c98b4fd40f175.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, розовая 0.00.А046.213</t>
+  </si>
+  <si>
+    <t>354621</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0c8/0c8ec3b559c031e73e8a36234ff92d9b.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, умбра жженая 0.00.А046.610</t>
   </si>
   <si>
     <t>354624</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7fd/7fd30037c79512d2f5a6d6e7d7a3e7bf.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, лазурная 0.00.А046.413</t>
+  </si>
+  <si>
+    <t>354628</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e7f/e7f3ed55471d156db18c7d2b1a733ad1.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, охра желтая. 0.00.А046.116</t>
   </si>
   <si>
     <t>355157</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb6/cy47fc5q5blcxxctt2hm3tha1emw9as3.jpg</t>
   </si>
   <si>
     <t>Краски масляные художественные  quot;Мастер класс quot;, 12 цветов по 18 мл   масло льняное 120 мл   2 кисти, 1141965</t>
   </si>
   <si>
     <t>Серия &amp;quot;Мастер-класс&amp;quot; - это богатая цветовая палитра, яркость и чистота цвета, высокая светостойкость и гарантия сохранности произведений живописи.</t>
   </si>
   <si>
     <t>424533</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nevskaja-palitra/"&gt;Невская палитра&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62e/62e868dadac7204e587bcb598cf71846.jpeg</t>
@@ -227,218 +263,302 @@
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, охра желтая светлая</t>
   </si>
   <si>
     <t>428369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0f/a0fc3d106deee26d5640811d2f136a2a.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, охра золотистая</t>
   </si>
   <si>
     <t>428370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b7/6b7eeb461407e93fb3d6b8d609a35ea0.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, киноварь  имит </t>
   </si>
   <si>
     <t>428371</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d7e/d7e29a0d0c05662ac2fec65837c0ea4e.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, ван-дик коричневый</t>
+  </si>
+  <si>
+    <t>428373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/605/60528508662ee0a03df27c32666cdb12.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, карельская черная</t>
+  </si>
+  <si>
+    <t>428376</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/73c/73c453f4850b0217220f753ec653dfbd.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кобальт зеленый темный  имит </t>
   </si>
   <si>
     <t>428377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e4/6e4cb0ed308f644aa77a42462a544e67.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, лазурь железная</t>
   </si>
   <si>
     <t>428378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b79/b790a83d4b85943351c96e0a2475a1f4.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, английская красная</t>
   </si>
   <si>
     <t>428384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fc/0fcf64e95944f766d4b27b5a2ea93e9a.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, зеленая фц</t>
   </si>
   <si>
     <t>428385</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c00/c00415776f82be5366e1ec2cf2843a06.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кармин</t>
+  </si>
+  <si>
+    <t>428386</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0f8/0f8186c4f6b2a30c158ce4b2a3f087b5.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, марс коричневый светлый</t>
   </si>
   <si>
     <t>428387</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e1/8e1d0a2342e2d09bba86f3c66ad8afbf.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, русская зеленая светлая</t>
   </si>
   <si>
     <t>428388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f1/6f1ec28b2df7b8f0c390cd6efd0fdce2.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская красно-фиолетовая</t>
   </si>
   <si>
     <t>428391</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2e6/2e62622bf241a697f6ba207462bd5285.jpeg</t>
+  </si>
+  <si>
+    <t>Масло льняное Гамма  quot;Студия quot;, 100мл</t>
+  </si>
+  <si>
+    <t>Льняное масло предназначено для масляных художественных красок в качестве связующего и разбавителя.</t>
+  </si>
+  <si>
+    <t>428398</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/739/73987eb4119e20191ddf791db71572d8.jpeg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, стронциановая желтая</t>
   </si>
   <si>
     <t>429482</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e41/e413e6e716771f7da0d52a164ab53804.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская желтая  имит </t>
   </si>
   <si>
     <t>429483</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc8/cc8a83d293bb8793f00808c2cdf948f9/34f792b1e6a5718d2e876e56477ccb91.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, ультрамарин светлый</t>
   </si>
   <si>
     <t>Расширение пигментной базы позволило бренду ГАММА выпустить серию масляных красок, которая не уступает тонкотертым масляным краскам по степени перетира, пастозности и светостойкости. Экологически безопасны благодаря имитациям кадмиево-кобальтовой группы пигментов. Оптимальное соотношение цены и качества для начинающих художников и студентов художественных училищ.</t>
   </si>
   <si>
     <t>558950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a2/8a27673d0339aab6bc29f7ead6c14514/812f2f0f011b1597f302c844aa06de07.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, сиена жженая</t>
   </si>
   <si>
     <t>558951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8b/f8bc88da09d5ab3428c12fbf47bf92d0/c305ecdf3879f74cc2453b9b94ebfede.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, оливковая</t>
   </si>
   <si>
     <t>558952</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cbc/cbcf27e77d90000d169fe5b0eb1a0fe2/2c13e52e263f54ee1e6a4da908ba7d7c.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, окись хрома</t>
+  </si>
+  <si>
+    <t>558953</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3a1/3a190ba80097aa2f298da9929d83a369/e69d7875f2dc8a2521776a4acad07b71.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий оранжевый  имит. </t>
   </si>
   <si>
     <t>Расширение пигментной базы позволило выпустить серию масляных красок «Студия», которая не уступает тонкотёртым масляным краскам по степени перетира, пастозности и светостойкости. Экологически безопасны. Высокое качество и доступная цена — основные критерии при производстве масляных красок ГАММА. Цвет - кадмий оранжевый. Объем - 46 мл.</t>
   </si>
   <si>
     <t>558955</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce3/ce393f57c329476af2a70101eb984bf7/90989b148adc67640cba1e64516b773d.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий лимонный  имит. </t>
   </si>
   <si>
     <t>558956</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/085/08508ff0058a028a2ee28029c6676529/7660c0fd984f13c8907f1bb1fed7ae57.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий красный светлый  имит. </t>
+  </si>
+  <si>
+    <t>558957</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/547/547da87bf671392455c9e48e68407acf/441f9990a1e46f6938066e1a4cb0165c.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, индиго экстра</t>
   </si>
   <si>
     <t>558958</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/132/132ac143d53e294b261a7742ffc419d1/409e6430b64f325379b359b0968c95a2.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, сиена натуральная</t>
   </si>
   <si>
     <t>558959</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2f8/2f87b9ba2fa24bec038447d2795cb44a/7f6639934a1653aa93b80df07504a617.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, марс коричневый темный</t>
+  </si>
+  <si>
+    <t>558961</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/150/150273e1129ac383a00edbcea6399960/c96f84fb071cb3699d8ca417b891e0ed.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кобальт синий светлый  имит. </t>
   </si>
   <si>
     <t>558962</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d68/d68300e83e7a25276a51aa964c68c6ef/196a1ad308f8c78613cb9f27a2419e94.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, охра светлая</t>
+  </si>
+  <si>
+    <t>558963</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0f7/0f79e33606fea477cf2e2d9e7d76b23a/1f4c883014e3deeada16cf55d51b1044.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, изумрудная зеленая  имит. </t>
   </si>
   <si>
     <t>558964</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/647/647127c947c883d80d95513d114d3121/2026effb1897a0b0675681067b1517f9.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, виридоновая зеленая</t>
+  </si>
+  <si>
+    <t>558966</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0ae/0ae04f1402d5a2f1c9d04cdeebe8e524/7774459ba20d193f31732acaa9fc4464.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская розовая</t>
   </si>
   <si>
     <t>558967</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d08/d08e3fede6fc1b6c25ba71051b37e6bc/e2ac0914e573fad01b0f85563820cad7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская лимонная  имит </t>
   </si>
   <si>
     <t>558968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7c/f7ce9e707867aa54e54800bc1a289e9d/3d81bfd0a52edaba6b4304ca979600d1.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанский кармин</t>
   </si>
   <si>
     <t>Тонкотертые краски высочайшего качества изготовлены на полимеризованном и отбеленном льняном масле высокой степени очистки, а&amp;nbsp;&amp;nbsp;все светлые оттенки красок?— на смеси льняного и&amp;nbsp;&amp;nbsp;макового масел. Высокое содержание пигмента обеспечивают густую консистенцию, а качественные пластификаторы — пастозность и эластичность. Основное отличие масляных красок Старый мастер — в рецептуре каждой краски используется только один вид пигментов. Это обеспечивает чистоту, интенсивность, яркость и исключительную прочность красочного слоя.&amp;nbsp;&amp;nbsp;В&amp;nbsp;&amp;nbsp;составе красок традиционные земляные, железоокислые пигменты и&amp;nbsp;&amp;nbsp;марсы, кобальто-кадмиевая группа.</t>
@@ -509,441 +629,369 @@
   <si>
     <t>600655</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/855/fc99ugv09qbvjgj6vudseqic82m2y4c8.jpg</t>
   </si>
   <si>
     <t>Краски масляные художественные  quot;Мастер-класс quot;, НАБОР 12 цветов по 18 мл, в тубах, 1141001</t>
   </si>
   <si>
     <t>600656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b72/vioqihc0g0lcse0esnrhf1kmpamzjqu6.jpg</t>
   </si>
   <si>
     <t>Краски масляные художественные  quot;Сонет quot;, НАБОР 12 цветов по 10 мл, в тубах, 2641099</t>
   </si>
   <si>
     <t>Изготовлены по традиционной технологии и предназначены для живописи. Краски серии &amp;quot;Сонет&amp;quot; ориентированы преимущественно на начинающих художников и учащихся студий и школ.</t>
   </si>
   <si>
     <t>600657</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e31/kgec5ey7gwp1lkaaicmtpt7sbd15bk8r.jpg</t>
-[...2 lines deleted...]
-    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, БЕЛИЛА ТИТАНОВЫЕ, 191396</t>
+    <t>http://anytos.ru//upload/iblock/9e2/gcpq190k63j725sslfylmmt8k4dd84do.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные  quot;Ладога quot;, НАБОР 10 цветов по 46 мл, в тубах, 1241006</t>
+  </si>
+  <si>
+    <t>616902</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/itj8fiabuk2jabhtlsqmct88bsw6121k.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ВАН ДИК КОРИЧНЕВЫЙ, 191451</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл.</t>
   </si>
   <si>
-    <t>628649</t>
+    <t>628650</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>9</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d0/dcycvtsev250c052nljhupt6zeciqf3d.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЖЕЛТАЯ СРЕДНЯЯ, 191400</t>
   </si>
   <si>
     <t>628654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/836/v5x7rdtteqmymsznbi7o1969empe1uf0.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЖЕЛТАЯ ТЕМНАЯ, 191401</t>
   </si>
   <si>
     <t>628655</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e93/gr2ipxb2yyokyxua7psr7gdpdm41xit7.jpg</t>
-[...17 lines deleted...]
-    <t>628666</t>
+    <t>http://anytos.ru//upload/iblock/272/hzyunsw2bhuvx1rbgnkc2x573cqu2rx0.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЖЕЛТО-ЗЕЛЕНАЯ, 191453</t>
+  </si>
+  <si>
+    <t>628656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a30/qiarsnyzp8odovlof25jwimavhn11w8w.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЗЕЛЕНАЯ ФЦ, 191431</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - зеленый ФЦ.</t>
+  </si>
+  <si>
+    <t>628661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9c/tmajr21oi3lg9fkqec8mjei9p9yt3c0n.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, КРАСНАЯ ПРОЧНАЯ, 191449</t>
   </si>
   <si>
     <t>628667</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cf2/wa037t4lg5v5v5u9naiobptvxt2kdz75.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, КРАСНАЯ СВЕТЛАЯ, 191407</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - красный светлый.</t>
+  </si>
+  <si>
+    <t>628668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/926/a31nn7kqx6x1bbvn7422bv2dbiwgg5zc.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, КРАСНАЯ ТЕМНАЯ, 191410</t>
+  </si>
+  <si>
+    <t>628669</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d6c/264s85m9v1pzqm53njn0dm00jdhw6w90.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, КРАСНО-КОРИЧНЕВАЯ, 191441</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - красно-коричневый.</t>
   </si>
   <si>
     <t>628670</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17d/vijgfm97o38qo3p54mp8kpokj36x2age.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЛИМОННАЯ ЖЕЛТАЯ, 191398</t>
   </si>
   <si>
     <t>628671</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/22a/ck6wmk1nx0epc5g2yvuyc9ipj1rzllyf.jpg</t>
-[...8 lines deleted...]
-    <t>628676</t>
+    <t>http://anytos.ru//upload/iblock/5b2/67n424161y54ie67wm3nojkmow1ghfs4.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, НЕАПОЛИТАНСКАЯ ЖЕЛТАЯ, 191402</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - неаполитанская желтая.</t>
+  </si>
+  <si>
+    <t>628672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/003/u9fqsu9y6x2m6ln2ddsfj0ul5b3xi958.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ОРАНЖЕВО-ЖЕЛТАЯ, 191404</t>
+  </si>
+  <si>
+    <t>628675</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ee/f26dmfqc1wsrn7mlbo1io7y9ecicz4kt.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ОХРА ЖЕЛТАЯ, 191437</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - охра желтая.</t>
   </si>
   <si>
     <t>628677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a6/obksqaw9733ask5v1j8hn2woxtowz6we.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ПРУССКАЯ СИНЯЯ, 191419</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - прусский синий.</t>
   </si>
   <si>
     <t>628679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55b/0k1davdgoy5z9lm3daqpdfv41uqn5ogq.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, САЛАТОВАЯ, 191425</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - салатовый.</t>
   </si>
   <si>
     <t>628682</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/87d/m5x0kwv5xwzpylzi3nxxlo0mvq3p4r2f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/302/9o60hue63f5onhwu958aa9fttl3yd3a3.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СЕРАЯ, 191444</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - серый.</t>
   </si>
   <si>
     <t>628684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38b/unjcmg8fs2wvgttjxa4wccep6l65s54n.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СИЕНА ЖЖЕНАЯ, 191440</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - сиена жженая.</t>
   </si>
   <si>
     <t>628685</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ad/6s8t7zz6kz64yq9wfxomlr1iodb6x02o.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1ba/nqxy5fzx2nakbna5m762fqznxsrnsdbh.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СИРЕНЕВО-СИНЯЯ СВЕТЛАЯ, 191454</t>
   </si>
   <si>
     <t>628688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/084/tgmzbuk1w0n6y0p2yduyc3br4fvxacn0.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ТЕЛЕСНАЯ, 191403</t>
   </si>
   <si>
     <t>628689</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/591/dlwia9ffit5r5c4i95xr7s1kma8ocnr8.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ТРАВЯНАЯ СВЕТЛАЯ, 191434</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - травяной светлый.</t>
   </si>
   <si>
     <t>628690</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/967/k6hcq4waqpolbn3z41gxjv7jtpi3ugbm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/255/03rcc0d250k5cq98chsvzvkzwm5wdyhy.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, УМБРА НАТУРАЛЬНАЯ, 191443</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - умбра натуральная.</t>
   </si>
   <si>
     <t>628694</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4d5/xqropjopmd01h1056f4w6xexdwjkb8ey.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/479/h9k0ylqou8xybzc0e1nch79a7cuicjbl.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ФИОЛЕТОВАЯ ТЕМНАЯ, 191421</t>
   </si>
   <si>
     <t>628706</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/563/9ac0ucj0ywlaw7vuv7g28j8bkdhvwhnp.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE 170 мл, профессиональная серия, БЕЛИЛА ЦИНКОВЫЕ, 191395</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 170 мл.</t>
+  </si>
+  <si>
+    <t>628709</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/af6/9g75hgfq1zpynqsvl0a2aihe6wi46eek.jpg</t>
   </si>
   <si>
     <t>Краски масляные художественные BRAUBERG ART PREMIERE, 18 цветов по 12 мл, профессиональная серия, в тубах, 191456</t>
   </si>
   <si>
     <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 12 мл.18 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- белила цинковые &amp;#40;042&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сажа газовая &amp;#40;052&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
   </si>
   <si>
     <t>628710</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/be0/8zaq3e93nimi1blcq7ag1w1n2uet5qk9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/162/sr5k096fcqozsy4k7ujs7be19of4zdhc.jpg</t>
   </si>
   <si>
     <t>Краски масляные художественные  quot;Ладога quot;, 12 цветов по 18 мл   масло льняное 120 мл   2 кисти, 1241967</t>
   </si>
   <si>
     <t>Краски &amp;quot;Ладога&amp;quot; отличаются применением менее дорогих, но не менее стойких &amp;#40;в сравнении с неорганическими&amp;#41;, органических пигментов.</t>
   </si>
   <si>
     <t>636914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e84/thceczbufe42i47nls6e2ap5ttop29ls.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская красная  имит </t>
   </si>
   <si>
     <t>Штучная масляная краска серии «Студия» цвета неаполитанский красный не уступает тонкотёртым масляным краскам по степени перетира, пастозности и светостойкости. Состав красок экологически безопасен благодаря имитациям кадмиево-кобальтовой группы пигментов. Продукт идеально подходит для начинающих художников и студентов художественных училищ. Объём тубы — 46 мл. • Цвет: неаполитанский красный, • Упаковка: туба, • Объём тубы: 46 мл.</t>
   </si>
   <si>
     <t>712844</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97b/pyuhw79805tcepoe0bnuu15y8oh1v7pg.jpg</t>
   </si>
   <si>
     <t>Краски масляные художественные НАБОР  quot;PREMIERE 36 штук 32 цвета quot;, в тубах 22 мл, BRAUBERG ART, 192009</t>
   </si>
   <si>
     <t>Профессиональные масляные краски BRAUBERG ART PREMIERE изготовлены из высококачественных пигментов, обладают насыщенной цветовой палитрой, высокой светостойкостью, легко смешиваются и не меняют цвет при высыхании. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой.В наборе 32 цвета в тубах по 22 мл:- белила титановые &amp;#40;044&amp;#41; - 4 шт.- белила цинковые &amp;#40;042&amp;#41;- телесная &amp;#40;046&amp;#41;- лимонная желтая &amp;#40;021&amp;#41;- желтая средняя &amp;#40;023&amp;#41;- неаполитанская желтая &amp;#40;127&amp;#41;- охра желтая &amp;#40;029&amp;#41;- оранжево-желтая &amp;#40;026&amp;#41;- сиена жженая &amp;#40;082&amp;#41;- красная светлая &amp;#40;003&amp;#41;- киноварь &amp;#40;006&amp;#41;- красно-коричневая &amp;#40;012&amp;#41;- розовая &amp;#40;009&amp;#41;- сиреневая &amp;#40;093&amp;#41;- салатовая &amp;#40;071&amp;#41;- зеленая средняя &amp;#40;063&amp;#41;- виридоновая зеленая &amp;#40;067&amp;#41;- земляная зеленая &amp;#40;070&amp;#41;- оливковая &amp;#40;069&amp;#41;- изумрудная зеленая &amp;#40;061&amp;#41;- зеленая ФЦ &amp;#40;072&amp;#41;- небесно-голубая &amp;#40;035&amp;#41;- кобальт синий &amp;#40;038&amp;#41;- ультрамарин &amp;#40;033&amp;#41;- церулеум &amp;#40;036&amp;#41;- голубая ФЦ &amp;#40;039&amp;#41;- золотистая &amp;#40;144&amp;#41;- серебристая &amp;#40;142&amp;#41;- холодная серая &amp;#40;059&amp;#41;- умбра жженая &amp;#40;084&amp;#41;- серая &amp;#40;055&amp;#41;- сажа газовая &amp;#40;052&amp;#41; - 2 шт.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
   </si>
   <si>
     <t>829516</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/227/6u5dbetumi8vs6joougwcjelhbfgcopp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f2/l8p0qx25koyu99m9l5w7dtp3o5tz8nst.jpg</t>
   </si>
   <si>
     <t>Краска масляная ВОДОРАЗБАВИМАЯ художественная 100 мл, БЕЛИЛА ТИТАНОВЫЕ, BRAUBERG ART, 192289</t>
   </si>
   <si>
     <t>Краски масляные BRAUBERG ART PREMIERE предназначены для профессиональных художников. Водоразбавимые масляные краски - это масляная живопись без забот! Белила титановые &amp;#40;044&amp;#41; - самая нужная и часто используемая художником краска. Поставляется в тубе объемом 100 мл.Водорастворимая масляная краска обладает всеми свойствами классической масляной краски, за исключением одного - она разбавляется водой. Благодаря этой особенности кисти легко мыть, не нужно использовать едкие растворители, резкий запах которых доставляет неудобства в процессе работы. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Изготовлена на основе высококачественных пигментов. После высыхания сохраняет насыщенный цвет с характерным глянцевым блеском. Не только прекрасно смешивается с другими цветами из линейки, но и совместима с классическими масляными красками. Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных водорастворимых масляных красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
   </si>
   <si>
     <t>953733</t>
   </si>
   <si>
     <t>2</t>
-  </si>
-[...10 lines deleted...]
-    <t>953734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6d/nr6q10pfmx7s8h6mw07iiqcyhplyutta.jpg</t>
   </si>
   <si>
     <t>Краски масляные ВОДОРАЗБАВИМЫЕ художественные, 6 цветов по 37 мл в тубах, BRAUBERG ART PREMIERE, 192292</t>
   </si>
   <si>
     <t>Краски масляные BRAUBERG ART PREMIERE предназначены для профессиональных художников. Водоразбавимые масляные краски - это масляная живопись без забот! Водорастворимые масляные краски обладают всеми свойствами классических масляных красок, за исключением одного - они разбавляются водой. Благодаря этой особенности кисти легко мыть, не нужно использовать едкие растворители, резкий запах которых доставляет неудобства в процессе работы. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Изготовлена на основе высококачественных пигментов. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Все цвета не только прекрасно смешиваются между собой, но и совместимы с классическими масляными красками. Краски поставляются в картонной коробке, в тубах по 37 мл.В наборе 6 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- черная слоновая кость &amp;#40;058&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных водорастворимых масляных красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
   </si>
   <si>
     <t>953737</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/z2r191r1opq26j58wrmzm94klbwyjy1g.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG GLASSY SKY BLUE, СВЕТЛО-СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 144107</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;GLASSY SKY BLUE&amp;quot; - это предмет ежедневного обихода в каждом офисе. Ручка имеет резиновый грип для удобства письма, исключающий скольжение пальцев. Корпус выполнен в классическом тонированном оранжевом цвете с деталями в цвет чернил. Ручка снабжена сменным стержнем 138 мм, что позволяет увеличить срок службы. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>978209</t>
   </si>
@@ -1369,57 +1417,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M90"/>
+  <dimension ref="A1:M97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G90" sqref="G90"/>
+      <selection pane="bottomRight" activeCell="G97" sqref="G97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1472,2009 +1520,2170 @@
       </c>
       <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="F18" s="3" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>131</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>132</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>144</v>
+        <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>156</v>
+        <v>125</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>163</v>
+        <v>125</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>167</v>
+        <v>125</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>170</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>167</v>
+        <v>125</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>167</v>
+        <v>125</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>167</v>
+        <v>125</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>167</v>
+        <v>125</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>167</v>
+        <v>192</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>206</v>
+        <v>179</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>230</v>
+        <v>210</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>167</v>
+        <v>224</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>167</v>
+        <v>210</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>244</v>
+        <v>210</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>167</v>
+        <v>210</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>167</v>
+        <v>245</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>258</v>
+        <v>210</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>167</v>
+        <v>252</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>54</v>
+        <v>212</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>281</v>
+        <v>210</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>285</v>
+        <v>210</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>291</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>296</v>
+        <v>284</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>298</v>
+        <v>210</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>304</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>307</v>
+        <v>293</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>308</v>
+        <v>294</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>309</v>
+        <v>295</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>313</v>
+        <v>299</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>314</v>
+        <v>300</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>317</v>
+        <v>303</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>318</v>
+        <v>304</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>18</v>
+        <v>311</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="F93" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">