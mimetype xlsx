--- v0 (2025-11-04)
+++ v1 (2026-01-04)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/290/29079eb8ce07edf366851d9da7ae4590.jpg</t>
   </si>
   <si>
     <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий красный темный  имит.  0.00.А046.205</t>
   </si>
   <si>
     <t>Краска масляная художественная в тубе 46 мл.</t>
   </si>
   <si>
     <t>Краски масляные</t>
@@ -92,1302 +101,849 @@
   <si>
     <t>Краски масляные &amp;quot;Студия&amp;quot; 10 цветов, 18мл/туба: 201005 Набор Маслянных красок &amp;quot;СТУДИЯ&amp;quot; 9цв, 46мл/туба: &amp;lt;br/&amp;gt;1.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Белила цинковые&amp;lt;br/&amp;gt;2.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Белила титановые&amp;lt;br/&amp;gt;3.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Изумрудная зеленая &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;4.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кадмий желтый средний &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;5.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кадмий красный светлый &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;6.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Краплак красный темный&amp;lt;br/&amp;gt;7.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Марс коричневый темный&amp;lt;br/&amp;gt;8.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Охра светлая&amp;lt;br/&amp;gt;9.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Сажа газовая&amp;lt;br/&amp;gt;10.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Ультрамарин светлый&amp;lt;br/&amp;gt;</t>
   </si>
   <si>
     <t>212257</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57c/57c06c4f350afecd0d6f5e45a95bc77f.jpg</t>
   </si>
   <si>
     <t>Краски масляные  quot;Студия quot; 09 цветов, 46мл туба: 201002 штр.:  4600395021336</t>
   </si>
   <si>
     <t>Краски масляные &amp;quot;Студия&amp;quot; 09 цветов, 46мл/туба: 201002 Набор Маслянных красок &amp;quot;СТУДИЯ&amp;quot; 9цв, 46мл/туба. Состав набора: &amp;lt;br/&amp;gt;1.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Белила цинковые&amp;lt;br/&amp;gt;2.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кадмий желтый средний &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;3.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кадмий красный светлый &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;4.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кобальт зеленый светлый &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;5.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Кобальт синий светлый &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;6.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Марс коричневый темный &amp;#40;имит.&amp;#41;&amp;lt;br/&amp;gt;7.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Охра светлая&amp;lt;br/&amp;gt;8.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Сажа газовая&amp;lt;br/&amp;gt;9.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Фиолетовая светлая&amp;lt;br/&amp;gt;</t>
   </si>
   <si>
     <t>214581</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma/"&gt;Gamma&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/162/16212291f8937e607d1e1b8d8fea9644.jpg</t>
-[...8 lines deleted...]
-    <t>339441</t>
+    <t>http://anytos.ru//upload/iblock/c64/c64349d1db51404d7042d168227dd524.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, бирюзовая 0.00.А046.412</t>
+  </si>
+  <si>
+    <t>349042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9a/f9a225af3c1f6fcc53bbf82c9224d87a.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, церулеум  имит.  0.00.А046.513</t>
+  </si>
+  <si>
+    <t>354562</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44c/44cb4f741a5b683d346e8297f2717b1c.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, фиолетовая светлая 0.00.А046.307</t>
+  </si>
+  <si>
+    <t>354610</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/149/149b96f3bccdc024691b800cde302887.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, умбра натуральная 0.00.А046.609</t>
+  </si>
+  <si>
+    <t>354612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/247/247a1e578624781b1561a85a1eca0b9f.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, сажа газовая 0.00.А046.701</t>
+  </si>
+  <si>
+    <t>354616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c8/0c8ec3b559c031e73e8a36234ff92d9b.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, умбра жженая 0.00.А046.610</t>
+  </si>
+  <si>
+    <t>354624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7f/e7f3ed55471d156db18c7d2b1a733ad1.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, охра желтая. 0.00.А046.116</t>
+  </si>
+  <si>
+    <t>355157</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb6/cy47fc5q5blcxxctt2hm3tha1emw9as3.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные  quot;Мастер класс quot;, 12 цветов по 18 мл   масло льняное 120 мл   2 кисти, 1141965</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Мастер-класс&amp;quot; - это богатая цветовая палитра, яркость и чистота цвета, высокая светостойкость и гарантия сохранности произведений живописи.</t>
+  </si>
+  <si>
+    <t>424533</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nevskaja-palitra/"&gt;Невская палитра&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62e/62e868dadac7204e587bcb598cf71846.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, русская зеленая</t>
+  </si>
+  <si>
+    <t>Масляные краски &amp;quot;Студия&amp;quot; отличаются высокой степенью петерита, пастозностью, светостойкостью. Несомненным плюсом этих красок является их экологическая безопасность благодаря имитациям кадмиево-кобальтовой группы пигментовю</t>
+  </si>
+  <si>
+    <t>428367</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e24/e242e15a5c6eacd4a35fbacd8201229a.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кобальт зеленый светлый  имит </t>
+  </si>
+  <si>
+    <t>428368</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6f/c6ffb7fa90ee5d1f9e455df1fb695ff7.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, охра желтая светлая</t>
+  </si>
+  <si>
+    <t>428369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/a0fc3d106deee26d5640811d2f136a2a.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, охра золотистая</t>
+  </si>
+  <si>
+    <t>428370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b7/6b7eeb461407e93fb3d6b8d609a35ea0.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, киноварь  имит </t>
+  </si>
+  <si>
+    <t>428371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73c/73c453f4850b0217220f753ec653dfbd.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кобальт зеленый темный  имит </t>
+  </si>
+  <si>
+    <t>428377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e4/6e4cb0ed308f644aa77a42462a544e67.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, лазурь железная</t>
+  </si>
+  <si>
+    <t>428378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b79/b790a83d4b85943351c96e0a2475a1f4.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, английская красная</t>
+  </si>
+  <si>
+    <t>428384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fc/0fcf64e95944f766d4b27b5a2ea93e9a.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, зеленая фц</t>
+  </si>
+  <si>
+    <t>428385</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f8/0f8186c4f6b2a30c158ce4b2a3f087b5.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, марс коричневый светлый</t>
+  </si>
+  <si>
+    <t>428387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e1/8e1d0a2342e2d09bba86f3c66ad8afbf.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, русская зеленая светлая</t>
+  </si>
+  <si>
+    <t>428388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f1/6f1ec28b2df7b8f0c390cd6efd0fdce2.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская красно-фиолетовая</t>
+  </si>
+  <si>
+    <t>428391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/739/73987eb4119e20191ddf791db71572d8.jpeg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, стронциановая желтая</t>
+  </si>
+  <si>
+    <t>429482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e41/e413e6e716771f7da0d52a164ab53804.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская желтая  имит </t>
+  </si>
+  <si>
+    <t>429483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc8/cc8a83d293bb8793f00808c2cdf948f9/34f792b1e6a5718d2e876e56477ccb91.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, ультрамарин светлый</t>
+  </si>
+  <si>
+    <t>Расширение пигментной базы позволило бренду ГАММА выпустить серию масляных красок, которая не уступает тонкотертым масляным краскам по степени перетира, пастозности и светостойкости. Экологически безопасны благодаря имитациям кадмиево-кобальтовой группы пигментов. Оптимальное соотношение цены и качества для начинающих художников и студентов художественных училищ.</t>
+  </si>
+  <si>
+    <t>558950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a2/8a27673d0339aab6bc29f7ead6c14514/812f2f0f011b1597f302c844aa06de07.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, сиена жженая</t>
+  </si>
+  <si>
+    <t>558951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8b/f8bc88da09d5ab3428c12fbf47bf92d0/c305ecdf3879f74cc2453b9b94ebfede.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, оливковая</t>
+  </si>
+  <si>
+    <t>558952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/3a190ba80097aa2f298da9929d83a369/e69d7875f2dc8a2521776a4acad07b71.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий оранжевый  имит. </t>
+  </si>
+  <si>
+    <t>Расширение пигментной базы позволило выпустить серию масляных красок «Студия», которая не уступает тонкотёртым масляным краскам по степени перетира, пастозности и светостойкости. Экологически безопасны. Высокое качество и доступная цена — основные критерии при производстве масляных красок ГАММА. Цвет - кадмий оранжевый. Объем - 46 мл.</t>
+  </si>
+  <si>
+    <t>558955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce3/ce393f57c329476af2a70101eb984bf7/90989b148adc67640cba1e64516b773d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кадмий лимонный  имит. </t>
+  </si>
+  <si>
+    <t>558956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/547/547da87bf671392455c9e48e68407acf/441f9990a1e46f6938066e1a4cb0165c.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, индиго экстра</t>
+  </si>
+  <si>
+    <t>558958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/132/132ac143d53e294b261a7742ffc419d1/409e6430b64f325379b359b0968c95a2.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, сиена натуральная</t>
+  </si>
+  <si>
+    <t>558959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/150/150273e1129ac383a00edbcea6399960/c96f84fb071cb3699d8ca417b891e0ed.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, кобальт синий светлый  имит. </t>
+  </si>
+  <si>
+    <t>558962</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f7/0f79e33606fea477cf2e2d9e7d76b23a/1f4c883014e3deeada16cf55d51b1044.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, изумрудная зеленая  имит. </t>
+  </si>
+  <si>
+    <t>558964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ae/0ae04f1402d5a2f1c9d04cdeebe8e524/7774459ba20d193f31732acaa9fc4464.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская розовая</t>
+  </si>
+  <si>
+    <t>558967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d08/d08e3fede6fc1b6c25ba71051b37e6bc/e2ac0914e573fad01b0f85563820cad7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская лимонная  имит </t>
+  </si>
+  <si>
+    <t>558968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/f7ce9e707867aa54e54800bc1a289e9d/3d81bfd0a52edaba6b4304ca979600d1.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанский кармин</t>
+  </si>
+  <si>
+    <t>Тонкотертые краски высочайшего качества изготовлены на полимеризованном и отбеленном льняном масле высокой степени очистки, а&amp;nbsp;&amp;nbsp;все светлые оттенки красок?— на смеси льняного и&amp;nbsp;&amp;nbsp;макового масел. Высокое содержание пигмента обеспечивают густую консистенцию, а качественные пластификаторы — пастозность и эластичность. Основное отличие масляных красок Старый мастер — в рецептуре каждой краски используется только один вид пигментов. Это обеспечивает чистоту, интенсивность, яркость и исключительную прочность красочного слоя.&amp;nbsp;&amp;nbsp;В&amp;nbsp;&amp;nbsp;составе красок традиционные земляные, железоокислые пигменты и&amp;nbsp;&amp;nbsp;марсы, кобальто-кадмиевая группа.</t>
+  </si>
+  <si>
+    <t>558969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/533/r4bjokl0wamym9c1rhssda8hh4zwf5ju.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная  Мастер-класс , туба 46 мл, белила титановые, 1104101</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;МАСТЕР-КЛАСС&amp;quot; - это богатая цветовая палитра, яркость и чистота цвета, высокая светостойкость и гарантия сохранности произведений живописи.</t>
+  </si>
+  <si>
+    <t>564345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b3/1glz2mq6169xrx8wxunkdhew0y3uapik.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная худ. СОНЕТ 10 мл 12 цв.</t>
+  </si>
+  <si>
+    <t>590453</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sonet/"&gt;Сонет&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61c/61c87a4fe676c62115b909fe30a2d595/ba3e9708d557b289e924179ac2603c74.jpg</t>
+  </si>
+  <si>
+    <t>Мелки масляные Гамма  quot;Малыш quot;, 12цв., шестигранные, пластиковый стакан-подставка</t>
+  </si>
+  <si>
+    <t>Мелки на масляной основе разработаны для творческих занятий с детьми от 3 лет. Они мягче восковых, поэтому не требуют сильного нажатия и оставляют яркий равномерный штрих на бумаге, картоне, дереве. Мелки нетоксичны и безопасны для здоровья ребенка. Каждый мелок обернут в бумажную гильзу и уже заточен. Длина мелка – 75 мм. Удобный стакан-подставка для хранения.</t>
+  </si>
+  <si>
+    <t>593403</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0b/c50je96eme0o1eh0t95or0ilk7eqop4b.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная  Ладога , туба 120 мл, белила титановые, 1205101</t>
+  </si>
+  <si>
+    <t>Краски «Ладога» отличаются применением менее дорогих, но не менее стойких &amp;#40;в сравнении с неорганическими&amp;#41;, органических пигментов. Это краски, цвета которых аналогичны цветам красок на основе более дорогих кадмиевых и кобальтовых пигментов.</t>
+  </si>
+  <si>
+    <t>600653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/u1344sma9yatipdc1ttetyepqdqf3r4n.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные  quot;Ладога quot;, НАБОР 12 цветов по 18 мл, в тубах, 1241004</t>
+  </si>
+  <si>
+    <t>Краски «Ладога» отличаются применением менее дорогих, но не менее стойких &amp;#40;в сравнении с неорганическими&amp;#41;, органических пигментов.</t>
+  </si>
+  <si>
+    <t>600655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/855/fc99ugv09qbvjgj6vudseqic82m2y4c8.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные  quot;Мастер-класс quot;, НАБОР 12 цветов по 18 мл, в тубах, 1141001</t>
+  </si>
+  <si>
+    <t>600656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b72/vioqihc0g0lcse0esnrhf1kmpamzjqu6.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные  quot;Сонет quot;, НАБОР 12 цветов по 10 мл, в тубах, 2641099</t>
+  </si>
+  <si>
+    <t>Изготовлены по традиционной технологии и предназначены для живописи. Краски серии &amp;quot;Сонет&amp;quot; ориентированы преимущественно на начинающих художников и учащихся студий и школ.</t>
+  </si>
+  <si>
+    <t>600657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e31/kgec5ey7gwp1lkaaicmtpt7sbd15bk8r.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, БЕЛИЛА ТИТАНОВЫЕ, 191396</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл.</t>
+  </si>
+  <si>
+    <t>628649</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/itj8fiabuk2jabhtlsqmct88bsw6121k.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ВАН ДИК КОРИЧНЕВЫЙ, 191451</t>
+  </si>
+  <si>
+    <t>628650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05f/z1spxd15q0d4f2zovbvm53wbpeyo7sd6.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ГОЛУБАЯ  quot;ФЦ quot;, 191417</t>
+  </si>
+  <si>
+    <t>628652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d0/dcycvtsev250c052nljhupt6zeciqf3d.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЖЕЛТАЯ СРЕДНЯЯ, 191400</t>
+  </si>
+  <si>
+    <t>628654</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/836/v5x7rdtteqmymsznbi7o1969empe1uf0.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЖЕЛТАЯ ТЕМНАЯ, 191401</t>
+  </si>
+  <si>
+    <t>628655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e93/gr2ipxb2yyokyxua7psr7gdpdm41xit7.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЗЕЛЕНАЯ ТЕМНАЯ, 191428</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - зеленый темный.</t>
+  </si>
+  <si>
+    <t>628660</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6de/i6ys73vmr6pvbz7cj6rvdd9jl7n4ueh8.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, КОБАЛЬТ ФИОЛЕТОВЫЙ, 191452</t>
+  </si>
+  <si>
+    <t>628666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9c/tmajr21oi3lg9fkqec8mjei9p9yt3c0n.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, КРАСНАЯ ПРОЧНАЯ, 191449</t>
+  </si>
+  <si>
+    <t>628667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6c/264s85m9v1pzqm53njn0dm00jdhw6w90.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, КРАСНО-КОРИЧНЕВАЯ, 191441</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - красно-коричневый.</t>
+  </si>
+  <si>
+    <t>628670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17d/vijgfm97o38qo3p54mp8kpokj36x2age.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЛИМОННАЯ ЖЕЛТАЯ, 191398</t>
+  </si>
+  <si>
+    <t>628671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22a/ck6wmk1nx0epc5g2yvuyc9ipj1rzllyf.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ОРАНЖЕВО-КРАСНАЯ, 191405</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - оранжево-красный.</t>
+  </si>
+  <si>
+    <t>628676</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ee/f26dmfqc1wsrn7mlbo1io7y9ecicz4kt.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ОХРА ЖЕЛТАЯ, 191437</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - охра желтая.</t>
+  </si>
+  <si>
+    <t>628677</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a6/obksqaw9733ask5v1j8hn2woxtowz6we.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ПРУССКАЯ СИНЯЯ, 191419</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - прусский синий.</t>
+  </si>
+  <si>
+    <t>628679</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55b/0k1davdgoy5z9lm3daqpdfv41uqn5ogq.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, САЛАТОВАЯ, 191425</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - салатовый.</t>
+  </si>
+  <si>
+    <t>628682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/m5x0kwv5xwzpylzi3nxxlo0mvq3p4r2f.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СЕРАЯ ПЕЙНА, 191445</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - серая пейна.</t>
+  </si>
+  <si>
+    <t>628683</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/302/9o60hue63f5onhwu958aa9fttl3yd3a3.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СЕРАЯ, 191444</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - серый.</t>
+  </si>
+  <si>
+    <t>628684</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38b/unjcmg8fs2wvgttjxa4wccep6l65s54n.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СИЕНА ЖЖЕНАЯ, 191440</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - сиена жженая.</t>
+  </si>
+  <si>
+    <t>628685</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ad/6s8t7zz6kz64yq9wfxomlr1iodb6x02o.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СИНЯЯ ТЕМНАЯ, 191418</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - синий темный.</t>
+  </si>
+  <si>
+    <t>628687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ba/nqxy5fzx2nakbna5m762fqznxsrnsdbh.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, СИРЕНЕВО-СИНЯЯ СВЕТЛАЯ, 191454</t>
+  </si>
+  <si>
+    <t>628688</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/084/tgmzbuk1w0n6y0p2yduyc3br4fvxacn0.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ТЕЛЕСНАЯ, 191403</t>
+  </si>
+  <si>
+    <t>628689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/dlwia9ffit5r5c4i95xr7s1kma8ocnr8.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ТРАВЯНАЯ СВЕТЛАЯ, 191434</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - травяной светлый.</t>
+  </si>
+  <si>
+    <t>628690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/967/k6hcq4waqpolbn3z41gxjv7jtpi3ugbm.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, УМБРА ЖЖЕНАЯ, 191442</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - умбра жженая.</t>
+  </si>
+  <si>
+    <t>628693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/255/03rcc0d250k5cq98chsvzvkzwm5wdyhy.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, УМБРА НАТУРАЛЬНАЯ, 191443</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - умбра натуральная.</t>
+  </si>
+  <si>
+    <t>628694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d5/xqropjopmd01h1056f4w6xexdwjkb8ey.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ХОЛОДНАЯ СЕРАЯ, 191450</t>
+  </si>
+  <si>
+    <t>628695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/501/c68211g74mvcepj3y07yy1z1c0qd2172.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЦЕРУЛЕУМ, 191420</t>
+  </si>
+  <si>
+    <t>628696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/771/kvg3gqiaehi0bg4tx4m72g64a39n8k8r.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ЗОЛОТИСТАЯ, 191447</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 46 мл. Цвет - золотистый.</t>
+  </si>
+  <si>
+    <t>628701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/479/h9k0ylqou8xybzc0e1nch79a7cuicjbl.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная художественная BRAUBERG ART PREMIERE, 46 мл, профессиональная серия, ФИОЛЕТОВАЯ ТЕМНАЯ, 191421</t>
+  </si>
+  <si>
+    <t>628706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af6/9g75hgfq1zpynqsvl0a2aihe6wi46eek.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные BRAUBERG ART PREMIERE, 18 цветов по 12 мл, профессиональная серия, в тубах, 191456</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 12 мл.18 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- белила цинковые &amp;#40;042&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- киноварь &amp;#40;006&amp;#41;;- красная светлая &amp;#40;003&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- ультрамарин &amp;#40;033&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сажа газовая &amp;#40;052&amp;#41;.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>628710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be0/8zaq3e93nimi1blcq7ag1w1n2uet5qk9.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные BRAUBERG ART PREMIERE, 12 цветов по 12 мл, профессиональная серия, в тубах, 191455</t>
+  </si>
+  <si>
+    <t>Художественная масляная краска BRAUBERG ART PREMIERE предназначена для профессиональных художников. Обладает высокой укрывистостью и светостойкостью. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой. Объем тубы - 12 мл.12 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- охра желтая &amp;#40;029&amp;#41;;- оранжево-желтая &amp;#40;026&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая &amp;quot;ФЦ&amp;quot; &amp;#40;072&amp;#41;;- церулеум &amp;#40;036&amp;#41;;- голубая &amp;quot;ФЦ&amp;quot; &amp;#40;039&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- умбра жженая &amp;#40;084&amp;#41;;- сажа газовая &amp;#40;052&amp;#41;.</t>
+  </si>
+  <si>
+    <t>629826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/162/sr5k096fcqozsy4k7ujs7be19of4zdhc.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные  quot;Ладога quot;, 12 цветов по 18 мл   масло льняное 120 мл   2 кисти, 1241967</t>
+  </si>
+  <si>
+    <t>Краски &amp;quot;Ладога&amp;quot; отличаются применением менее дорогих, но не менее стойких &amp;#40;в сравнении с неорганическими&amp;#41;, органических пигментов.</t>
+  </si>
+  <si>
+    <t>636914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e84/thceczbufe42i47nls6e2ap5ttop29ls.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Краска масляная художественная Гамма  quot;Студия quot;, 46мл, туба, неаполитанская красная  имит </t>
+  </si>
+  <si>
+    <t>Штучная масляная краска серии «Студия» цвета неаполитанский красный не уступает тонкотёртым масляным краскам по степени перетира, пастозности и светостойкости. Состав красок экологически безопасен благодаря имитациям кадмиево-кобальтовой группы пигментов. Продукт идеально подходит для начинающих художников и студентов художественных училищ. Объём тубы — 46 мл. • Цвет: неаполитанский красный, • Упаковка: туба, • Объём тубы: 46 мл.</t>
+  </si>
+  <si>
+    <t>712844</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97b/pyuhw79805tcepoe0bnuu15y8oh1v7pg.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные НАБОР  quot;PREMIERE 36 штук 32 цвета quot;, в тубах 22 мл, BRAUBERG ART, 192009</t>
+  </si>
+  <si>
+    <t>Профессиональные масляные краски BRAUBERG ART PREMIERE изготовлены из высококачественных пигментов, обладают насыщенной цветовой палитрой, высокой светостойкостью, легко смешиваются и не меняют цвет при высыхании. Краска имеет 5 степеней затирки пигмента. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Все краски легко смешиваются между собой.В наборе 32 цвета в тубах по 22 мл:- белила титановые &amp;#40;044&amp;#41; - 4 шт.- белила цинковые &amp;#40;042&amp;#41;- телесная &amp;#40;046&amp;#41;- лимонная желтая &amp;#40;021&amp;#41;- желтая средняя &amp;#40;023&amp;#41;- неаполитанская желтая &amp;#40;127&amp;#41;- охра желтая &amp;#40;029&amp;#41;- оранжево-желтая &amp;#40;026&amp;#41;- сиена жженая &amp;#40;082&amp;#41;- красная светлая &amp;#40;003&amp;#41;- киноварь &amp;#40;006&amp;#41;- красно-коричневая &amp;#40;012&amp;#41;- розовая &amp;#40;009&amp;#41;- сиреневая &amp;#40;093&amp;#41;- салатовая &amp;#40;071&amp;#41;- зеленая средняя &amp;#40;063&amp;#41;- виридоновая зеленая &amp;#40;067&amp;#41;- земляная зеленая &amp;#40;070&amp;#41;- оливковая &amp;#40;069&amp;#41;- изумрудная зеленая &amp;#40;061&amp;#41;- зеленая ФЦ &amp;#40;072&amp;#41;- небесно-голубая &amp;#40;035&amp;#41;- кобальт синий &amp;#40;038&amp;#41;- ультрамарин &amp;#40;033&amp;#41;- церулеум &amp;#40;036&amp;#41;- голубая ФЦ &amp;#40;039&amp;#41;- золотистая &amp;#40;144&amp;#41;- серебристая &amp;#40;142&amp;#41;- холодная серая &amp;#40;059&amp;#41;- умбра жженая &amp;#40;084&amp;#41;- серая &amp;#40;055&amp;#41;- сажа газовая &amp;#40;052&amp;#41; - 2 шт.Художественные краски пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>829516</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/227/6u5dbetumi8vs6joougwcjelhbfgcopp.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные художественные Гамма  quot;Студия quot;, 24цв. , 9мл туба, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Масляные краски ГАММА серии «Студия» идеальны для начинающих художников и студентов художественных училищ. Они не уступают тонкотёртым масляным краскам по степени перетира, пастозности и светостойкости. Краски экологически безопасны благодаря имитациям кадмиево-кобальтовой группы пигментов. В набор входят 22 разных цвета и 2 тубы белил. Объём одной тубы — 9 мл, общий объём — 216 мл. • Количество цветов: 24; • Упаковка: картонная коробка; • Ёмкость: туба; • Объём ёмкости: 9 мл. Состав набора: 001 Белила цинковые 009 Белила титановые 105 Охра светлая 109 Сиена натуральная 110 Сиена жженая 113 Кадмий лимонный имит. 118 Кадмий оранжевый имит. 119 Кадмий желтый средний имит. 138 Неаполитанская желтая 204 Кадмий красный светлый имит. 206 Кармин 213 Розовая 301 Краплак красный темный 307 Фиолетовая светлая 401 Голубая ФЦ 404 Ультрамарин светлый 407 Кобальт синий светлый имит. 412 Бирюзовая 503 Зеленая ФЦ 509 Окись хрома 515 Кобальт зеленый светлый имит. 606 Марс коричневый темный 609 Умбра натуральная 701 Сажа газовая</t>
+  </si>
+  <si>
+    <t>940157</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f2/l8p0qx25koyu99m9l5w7dtp3o5tz8nst.jpg</t>
+  </si>
+  <si>
+    <t>Краска масляная ВОДОРАЗБАВИМАЯ художественная 100 мл, БЕЛИЛА ТИТАНОВЫЕ, BRAUBERG ART, 192289</t>
+  </si>
+  <si>
+    <t>Краски масляные BRAUBERG ART PREMIERE предназначены для профессиональных художников. Водоразбавимые масляные краски - это масляная живопись без забот! Белила титановые &amp;#40;044&amp;#41; - самая нужная и часто используемая художником краска. Поставляется в тубе объемом 100 мл.Водорастворимая масляная краска обладает всеми свойствами классической масляной краски, за исключением одного - она разбавляется водой. Благодаря этой особенности кисти легко мыть, не нужно использовать едкие растворители, резкий запах которых доставляет неудобства в процессе работы. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Изготовлена на основе высококачественных пигментов. После высыхания сохраняет насыщенный цвет с характерным глянцевым блеском. Не только прекрасно смешивается с другими цветами из линейки, но и совместима с классическими масляными красками. Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных водорастворимых масляных красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>953733</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c64/c64349d1db51404d7042d168227dd524.jpg</t>
-[...1235 lines deleted...]
-    <t>953733</t>
+    <t>http://anytos.ru//upload/iblock/bbe/mn52gm2wb277pesz65r5jam0wuezkotm.jpg</t>
+  </si>
+  <si>
+    <t>Краски масляные ВОДОРАЗБАВИМЫЕ художественные, 12 цветов по 18 мл в тубах, BRAUBERG ART PREMIERE, 192290</t>
+  </si>
+  <si>
+    <t>Краски масляные BRAUBERG ART PREMIERE предназначены для профессиональных художников. Водоразбавимые масляные краски - это масляная живопись без забот! Водорастворимые масляные краски обладают всеми свойствами классических масляных красок, за исключением одного - они разбавляются водой. Благодаря этой особенности кисти легко мыть, не нужно использовать едкие растворители, резкий запах которых доставляет неудобства в процессе работы. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Изготовлена на основе высококачественных пигментов. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Все цвета не только прекрасно смешиваются между собой, но и совместимы с классическими масляными красками. Краски поставляются в картонной коробке, в тубах по 18 мл.В наборе 12 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- оранжевая &amp;#40;026&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- черная слоновая кость &amp;#40;058&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных водорастворимых масляных красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>953734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6d/nr6q10pfmx7s8h6mw07iiqcyhplyutta.jpg</t>
   </si>
   <si>
     <t>Краски масляные ВОДОРАЗБАВИМЫЕ художественные, 6 цветов по 37 мл в тубах, BRAUBERG ART PREMIERE, 192292</t>
   </si>
   <si>
     <t>Краски масляные BRAUBERG ART PREMIERE предназначены для профессиональных художников. Водоразбавимые масляные краски - это масляная живопись без забот! Водорастворимые масляные краски обладают всеми свойствами классических масляных красок, за исключением одного - они разбавляются водой. Благодаря этой особенности кисти легко мыть, не нужно использовать едкие растворители, резкий запах которых доставляет неудобства в процессе работы. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Изготовлена на основе высококачественных пигментов. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Все цвета не только прекрасно смешиваются между собой, но и совместимы с классическими масляными красками. Краски поставляются в картонной коробке, в тубах по 37 мл.В наборе 6 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- черная слоновая кость &amp;#40;058&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. С помощью художественных водорастворимых масляных красок можно создать даже иллюстрации к сонетам Шекспира. Эти краски используют любители для хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество – луч света в серых буднях!</t>
   </si>
   <si>
     <t>953737</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/z2r191r1opq26j58wrmzm94klbwyjy1g.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG GLASSY SKY BLUE, СВЕТЛО-СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 144107</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;GLASSY SKY BLUE&amp;quot; - это предмет ежедневного обихода в каждом офисе. Ручка имеет резиновый грип для удобства письма, исключающий скольжение пальцев. Корпус выполнен в классическом тонированном оранжевом цвете с деталями в цвет чернил. Ручка снабжена сменным стержнем 138 мм, что позволяет увеличить срок службы. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>978209</t>
   </si>
@@ -1443,62 +999,50 @@
     <t>982565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60d/znws1p50q93w02lu79e5k581gltbdbiv.jpg</t>
   </si>
   <si>
     <t>Краски масляные Гамма  quot;Студия quot;, 9 цветов, туба 9мл, картон. упаковка</t>
   </si>
   <si>
     <t>Краски масляные Гамма &amp;quot;Студия&amp;quot;, 9 цветов, туба 9мл, картон. упаковка</t>
   </si>
   <si>
     <t>982566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/016/gxkro0ar64u69le3s5vn13jlu23ewp0p.jpg</t>
   </si>
   <si>
     <t>Краски масляные ВОДОРАЗБАВИМЫЕ художественные, 12 цветов по 37 мл в тубах, BRAUBERG ART PREMIERE, 192293</t>
   </si>
   <si>
     <t>Краски масляные BRAUBERG ART PREMIERE предназначены для профессиональных художников. Водоразбавимые масляные краски - это масляная живопись без забот! Водорастворимые масляные краски обладают всеми свойствами классических масляных красок, за исключением одного - они разбавляются водой. Благодаря этой особенности кисти легко мыть, не нужно использовать едкие растворители, резкий запах которых доставляет неудобства в процессе работы. Вязкая текстура краски обеспечивает сохранение ее эластичности в течение длительного времени. Изготовлена на основе высококачественных пигментов. После высыхания сохраняет яркий и насыщенный цвет с характерным глянцевым блеском. Все цвета не только прекрасно смешиваются между собой, но и совместимы с классическими масляными красками. Краски поставляются в картонной коробке, в тубах по 37 мл.В наборе 12 ярких и насыщенных цветов:- белила титановые &amp;#40;044&amp;#41;;- лимонная желтая &amp;#40;021&amp;#41;;- желтая средняя &amp;#40;023&amp;#41;;- оранжевая &amp;#40;026&amp;#41;;- кадмий красный &amp;#40;014&amp;#41;;- красная темная &amp;#40;001&amp;#41;;- голубая ФЦ &amp;#40;039&amp;#41;;- кобальт синий &amp;#40;038&amp;#41;;- салатовая &amp;#40;071&amp;#41;;- зеленая ФЦ &amp;#40;072&amp;#41;;- сиена жженая &amp;#40;082&amp;#41;;- черная слоновая кость &amp;#40;058&amp;#41;.Художественные краски, представленные широкой цветовой гаммой, пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских. Отлично подойдут для работы дома или на пленэре. Эти краски используют любители для хобби, которые стремятся достичь такой же славы как Пабло Пикассо &amp;#40;Pablo Picasso&amp;#41;, Казимир Малевич, Марк Шагал, Клод Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Сальвадор Дали &amp;#40;Salvador Dali&amp;#41;, Энди Уорхол &amp;#40;Andy Warhol&amp;#41;, Андрей Рублев, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Винсент Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники.</t>
   </si>
   <si>
     <t>999109</t>
-  </si>
-[...10 lines deleted...]
-    <t>1001545</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1825,3112 +1369,2112 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J134"/>
+  <dimension ref="A1:M90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G134" sqref="G134"/>
+      <selection pane="bottomRight" activeCell="G90" sqref="G90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F5" s="3" t="s">
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G5" s="3" t="s">
-[...42 lines deleted...]
-      <c r="F7" s="3" t="s">
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G7" s="3" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>130</v>
+        <v>100</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>139</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B42" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...93 lines deleted...]
-      </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>140</v>
+        <v>163</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F51" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>140</v>
+        <v>185</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>140</v>
+        <v>195</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>186</v>
+        <v>198</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>140</v>
+        <v>202</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>81</v>
+        <v>169</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>199</v>
+        <v>212</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>200</v>
+        <v>213</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>202</v>
+        <v>169</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>81</v>
+        <v>169</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>81</v>
+        <v>169</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>197</v>
+        <v>230</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>81</v>
+        <v>169</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>221</v>
+        <v>167</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>81</v>
+        <v>169</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>224</v>
+        <v>167</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>81</v>
+        <v>169</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>214</v>
+        <v>240</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>81</v>
+        <v>169</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>232</v>
+        <v>167</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>232</v>
+        <v>167</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>232</v>
+        <v>258</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>232</v>
+        <v>167</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>234</v>
+        <v>54</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>232</v>
+        <v>277</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>232</v>
+        <v>281</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>232</v>
+        <v>289</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>281</v>
+        <v>297</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>232</v>
+        <v>298</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>283</v>
+        <v>300</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>284</v>
+        <v>301</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>286</v>
+        <v>303</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>287</v>
+        <v>305</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>288</v>
+        <v>306</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>290</v>
+        <v>308</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>293</v>
+        <v>311</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>294</v>
+        <v>312</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>295</v>
+        <v>313</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>232</v>
+        <v>315</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>297</v>
+        <v>316</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>298</v>
+        <v>317</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>299</v>
+        <v>318</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>301</v>
+        <v>320</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>302</v>
+        <v>321</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>303</v>
+        <v>322</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>304</v>
+        <v>323</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>305</v>
+        <v>324</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>306</v>
+        <v>325</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>307</v>
+        <v>326</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>308</v>
+        <v>327</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>309</v>
+        <v>328</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>234</v>
+        <v>169</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...1011 lines deleted...]
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">