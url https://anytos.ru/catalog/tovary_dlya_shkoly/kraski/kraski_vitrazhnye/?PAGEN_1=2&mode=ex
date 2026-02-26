--- v0 (2026-01-12)
+++ v1 (2026-02-26)
@@ -12,209 +12,194 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a19/iuslehxx13zx4u0deermjgsubqxrf9l1.jpg</t>
-[...5 lines deleted...]
-    <t>Набор красок Витраж 6 цветов состоит: из шести флакончиков&amp;nbsp;&amp;nbsp;с краской основных цветов &amp;#40;флаконы оснащены специальным острым носиком для нанесения и распределения краски на поверхности&amp;nbsp;&amp;nbsp;пленки&amp;#41;, рисунков-шаблонов, 2 файлов А5 формата. Емкость каждого флакона с краской 20 мл.</t>
+    <t>http://anytos.ru//upload/iblock/81a/sk9x27oatxs4rork0yfeyyf8qj88gmku.jpg</t>
+  </si>
+  <si>
+    <t>Контуры для работ по стеклу и керамике  Декола , НАБОР 3 цвета, туба по 18 мл, 5341375</t>
+  </si>
+  <si>
+    <t>Контур по стеклу и керамике на основе водной акриловой дисперсии для декоративно-прикладного творчества предназначен для росписи керамики, стекла, фаянса, металла.</t>
   </si>
   <si>
     <t>Краски витражные</t>
   </si>
   <si>
-    <t>108379</t>
-[...2 lines deleted...]
-    <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
+    <t>390791</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nevskaja-palitra/"&gt;Невская палитра&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8f/68jjg38wsw2iinzxjox7q0rw8qgj6w7d.jpg</t>
+  </si>
+  <si>
+    <t>Краски витражные BRAUBERG, 10 ярких цветов, 10 туб по 20 мл, книга шаблонов, 191761</t>
+  </si>
+  <si>
+    <t>Витражные краски BRAUBERG KIDS предназначены для украшения окон, зеркал и других гладких поверхностей яркими аппликациями. Могут быть использованы для декорирования и росписи изделий, изготовления наклеек. В набор витражных красок BRAUBERG KIDS входят 10 ярких непрозрачных красок &amp;#40;красный, синий, зеленый, желтый, черный, оранжевый&amp;#41; в тубах по 20 мл, книга с шаблонами для рисования и пленка для предварительного создания аппликаций из красок. Готовые самоклеящиеся аппликации можно многократно переносить на любые гладкие поверхности.Для создания аппликации выберите шаблон и положите на горизонтальную поверхность, разместите сверху пленку, краской черного цвета сделайте контуры рисунка и оставьте на 3 часа подсохнуть. Когда контур стал матовым – залейте выбранные цвета внутрь контура и оставьте аппликацию подсыхать еще на 8 часов. Для получения желаемого оттенка при смешивании цветов можно воспользоваться зубочисткой &amp;#40;в комплект не входит&amp;#41;. Перенесите застывшую аппликацию на гладкую вертикальную поверхность.Матовые непрозрачные краски BRAUBERG KIDS идеально подходят для создания наклеек, а качественные клеевые характеристики позволят надолго закрепить их на гладкой поверхности, что выгодно отличает их от обычных многоразовых наклеек.Поставляются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>857054</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe9/qly0oxusvt6ym2oe9i8hv2535ej7e7bu.jpg</t>
+  </si>
+  <si>
+    <t>Краски витражные ЮНЛАНДИЯ  quot;НЕОНЧИКИ quot;, 5 цветов светящихся в темноте   1 черный, 20 мл, шаблоны, 191760</t>
+  </si>
+  <si>
+    <t>Витражные краски ЮНЛАНДИЯ предназначены для украшения окон, зеркал и других гладких поверхностей яркими аппликациями. Могут быть использованы для декорирования и росписи изделий, изготовления наклеек. В набор витражных красок входят 6 неоновых непрозрачных красок &amp;#40;красный, розовый, салатовый, лимонный, черный, фиолетовый&amp;#41;, светящихся в темноте в тубах по 20 мл, книга с шаблонами для рисования и пленка для предварительного создания аппликаций из красок. Готовые самоклеящиеся аппликации можно многократно переносить на любые гладкие поверхности.Для создания аппликации выберите шаблон и разместите его в прилагаемый прозрачный пакет, краской черного цвета сделайте контуры рисунка и оставьте на 3 часа подсохнуть. Когда контур стал матовым – залейте выбранные цвета внутрь контура и оставьте аппликацию подсыхать еще на 8 часов. Для получения желаемого оттенка при смешивании цветов можно воспользоваться зубочисткой &amp;#40;в комплект не входит&amp;#41;. Перенесите застывшую аппликацию на гладкую вертикальную поверхность.Матовые непрозрачные краски ЮНЛАНДИЯ идеально подходят для создания наклеек, а качественные клеевые характеристики позволят надолго их закрепить на гладкой поверхности, что выгодно отличает их от обычных многоразовых наклеек.Поставляются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>857055</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/116/ry0m0yap0ou0s3gd91ewx5b7da1pw19r.jpg</t>
+  </si>
+  <si>
+    <t>Краски витражные ЮНЛАНДИЯ, 10 цветов   2 черных контура, 12 туб по 10,5 мл, книга шаблонов, 191759</t>
+  </si>
+  <si>
+    <t>Витражные краски ЮНЛАНДИЯ предназначены для украшения окон, зеркал и других гладких поверхностей яркими аппликациями. Могут быть использованы для декорирования и росписи изделий, изготовления наклеек. В набор витражных красок входят 12 ярких непрозрачных красок в 11 цветах &amp;#40;красный, синий, зеленый, желтый, черный, оранжевый, фиолетовый, розовый, белый, золотой, серебристый&amp;#41; в тубах по 10,5 мл, книга с шаблонами для рисования и пленка для предварительного создания аппликаций из красок. В наборе 2 тубы с краской черного цвета для создания черного контура. Готовые самоклеящиеся аппликации можно многократно переносить на любые гладкие поверхности.Для создания аппликации выберите шаблон и разместите его в прилагаемый прозрачный пакет, краской черного цвета сделайте контуры рисунка и оставьте на 3 часа подсохнуть. Когда контур стал матовым – залейте выбранные цвета внутрь контура и оставьте аппликацию подсыхать еще на 8 часов. Для получения желаемого оттенка при смешивании цветов можно воспользоваться зубочисткой &amp;#40;в комплект не входит&amp;#41;. Перенесите застывшую аппликацию на гладкую вертикальную поверхность.Матовые непрозрачные краски ЮНЛАНДИЯ идеально подходят для создания наклеек, а качественные клеевые характеристики позволят надолго их закрепить на гладкой поверхности, что выгодно отличает их от обычных многоразовых наклеек.Поставляются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>857056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b53/ckrtldq3225pare63lwd6zvhr3ac06zj.jpg</t>
+  </si>
+  <si>
+    <t>Краски витражные ЮНЛАНДИЯ, 6 ярких цветов, 6 туб по 10,5 мл, шаблоны, 191758</t>
+  </si>
+  <si>
+    <t>Витражные краски ЮНЛАНДИЯ предназначены для украшения окон, зеркал и других гладких поверхностей яркими аппликациями. Могут быть использованы для декорирования и росписи изделий, изготовления наклеек. В набор витражных красок входят 6 ярких непрозрачных красок &amp;#40;красный, синий, зеленый, желтый, черный, оранжевый&amp;#41; в тубах по 10,5 мл, книга с шаблонами для рисования и пленка для предварительного создания аппликаций из красок. Готовые самоклеящиеся аппликации можно многократно переносить на любые гладкие поверхности.Для создания аппликации выберите шаблон и разместите его в прилагаемый прозрачный пакет, краской черного цвета сделайте контуры рисунка и оставьте на 3 часа подсохнуть. Когда контур стал матовым – залейте выбранные цвета внутрь контура и оставьте аппликацию подсыхать еще на 8 часов. Для получения желаемого оттенка при смешивании цветов можно воспользоваться зубочисткой &amp;#40;в комплект не входит&amp;#41;. Перенесите застывшую аппликацию на гладкую вертикальную поверхность.Матовые непрозрачные краски ЮНЛАНДИЯ идеально подходят для создания наклеек, а качественные клеевые характеристики позволят надолго их закрепить на гладкой поверхности, что выгодно отличает их от обычных многоразовых наклеек.Поставляются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>857057</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc8/339c8aq3wh36tq0269s8yngfow3df99w.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для витража  quot;Декола quot;, 6 цветов по 20 мл, в банках, 42411064</t>
+  </si>
+  <si>
+    <t>Прозрачные витражные краски &amp;quot;Декола&amp;quot; на основе водной акриловой дисперсии предназначены для создания на стекле эффекта витража. Поверхность изделия предварительно обезжирьте и установите в горизонтальном положении. Нанесите контур по стеклу и керамике, не оставляя пропусков, чтобы избежать растекания краски. Просушите в течение 3 часов. Витражные краски следует перемешать перед применением. Нанесите краски кистью или спонжем, заполняя участки внутри контура. Просушите готовое изделие в течение 3 суток.Для обеспечения большей долговечности расписанное изделия после сушки можно прогреть в духовке при температуре до 100 °С в течение 30 минут или с помощью фена в режиме максимальной температуры. Допускается протирать изделие влажной тряпкой без сильного механического воздействия. Не используйте для росписи предметов, контактирующих с пищевыми продуктами. Храните краски в плотно закрытых банках.Акриловые краски для витража идеально подойдут как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004536</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb2/z1u5agjl0s2cmbcrj29ieh7v8r7qd2mb.jpg</t>
+  </si>
+  <si>
+    <t>Краски акриловые для витража с контуром  quot;Декола quot;, 9 цветов по 20 мл, в банках, 42411065</t>
+  </si>
+  <si>
+    <t>Прозрачные витражные краски &amp;quot;Декола&amp;quot; на основе водной акриловой дисперсии предназначены для создания на стекле эффекта витража. Поверхность изделия предварительно обезжирьте и установите в горизонтальном положении. Нанесите контур по стеклу и керамике &amp;quot;Декола&amp;quot;, не оставляя пропусков, чтобы избежать растекания краски. Просушите в течение 3 часов. Витражные краски следует перемешать перед применением. Нанесите краски кистью или спонжем, заполняя участки внутри контура. Просушите готовое изделие в течение 3 суток.Для обеспечения большей долговечности расписанное изделия после сушки можно прогреть в духовке при температуре до 100 °С в течение 30 минут или с помощью фена в режиме максимальной температуры. Допускается протирать изделие влажной тряпкой без сильного механического воздействия. Не используйте для росписи предметов, контактирующих с пищевыми продуктами. Храните краски в плотно закрытых банках.Акриловые краски для витража идеально подойдут как для начинающих художников, так и для профессионалов своего дела.</t>
+  </si>
+  <si>
+    <t>1004537</t>
   </si>
   <si>
     <t>1</t>
-  </si>
-[...100 lines deleted...]
-    <t>1004537</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a74/2ovjjnfs6cha9uzzy4ui60u6dqdxvhc2.jpg</t>
   </si>
   <si>
     <t>Контур акриловый по стеклу и керамике  quot;Декола quot;, туба 18 мл, золотой, 5303965</t>
   </si>
   <si>
     <t>При помощи контуров &amp;quot;Декола&amp;quot; можно создавать как самостоятельные декоративные узоры, так и использовать их в традиционной технике витража. Контур идеально подходит для стекла и керамики, но также может быть использован на пластиковых поверхностях, включая оргстекло. Перед нанесением необходимо подготовить поверхность. Время полного высыхания рисунка — не менее 3-х суток.Может использоваться как начинающими художниками, так и профессионалами своего дела.</t>
   </si>
   <si>
     <t>1004917</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc5/wymz71qwuv3ljfw0hge0zs9km9mmm373.jpg</t>
   </si>
   <si>
     <t>Контур акриловый по стеклу и керамике  quot;Декола quot;, туба 18 мл, серебряный, 5303966</t>
   </si>
   <si>
     <t>Контур изготовлен на основе водной акриловой дисперсии и предназначен для создания объемных рисунков и рельефных орнаментов на керамике, стекле, фаянсе. Позволяет создавать дополнительные декоративные эффекты, рисовать тонкие линии и точечную роспись. Акриловый контур &amp;quot;Декола&amp;quot; идеально подходит для применения с красками для стекла и керамики, а также с витражными красками. Используется в технике витражной росписи для предотвращения смешивания красок между отдельными элементами и фрагментами рисунка.Контур выпускается в тубе с остроконечной насадкой, которая дает возможность легко наносить акриловый состав непосредственно из тубы плавным нажатием на корпус &amp;#40;не требуется дополнительных насадок, даже для прорисовки самых тонких линий&amp;#41;. Толщина наносимой линии регулируется силой нажатия на тубу. Консистенция краски и насадка-дозатор препятствуют возникновению клякс в процессе росписи и позволяют получать объемные рельефные узоры, точки, штрихи и другие элементы. Наносить контур следует на обезжиренную поверхность.Может использоваться как начинающими художниками, так и профессионалами своего дела.Время полного высыхания рисунка - не менее 3-х суток.</t>
   </si>
@@ -577,57 +562,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M14"/>
+  <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G14" sqref="G14"/>
+      <selection pane="bottomRight" activeCell="G13" sqref="G13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -683,258 +668,235 @@
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>57</v>
-[...22 lines deleted...]
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">