--- v0 (2025-10-27)
+++ v1 (2026-02-12)
@@ -12,2044 +12,1543 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="838">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="663">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/939/93992d9d2238c140a6b6767c542d9112.jpeg</t>
-[...2 lines deleted...]
-    <t>Пастельный карандаш Faber-Castell  quot;Pitt Pastel quot; цвет 181 серый Пэйна</t>
+    <t>http://anytos.ru//upload/iblock/2e6/2e68a6e7a3cc5572db6b69e58fedfaf0.jpeg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Koh-I-Noor  quot;Toison D or quot;, 12цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Набор сухой художественной пастели. Диаметр мелка 10 мм. Цвета легко смешиваются и при необходимости растушевываются. Рисунок отличается высокой светостойкостью</t>
+  </si>
+  <si>
+    <t>Пастель</t>
+  </si>
+  <si>
+    <t>447047</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/koh-i-noor/"&gt;Koh-I-Noor&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f4/1f4f1a5be7aa042bd420a84f97c4da8f/c3e1dc190d19630a43f27fcad38a7837.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Фантазия 12 цветов</t>
+  </si>
+  <si>
+    <t>Масляная пастель &amp;#40;карандаши&amp;#41; «Фантазия» ТМ Луч - это набор из 12 высококачественных пастелей разных цветов для художественного рисования на любой поверхности, предназначенной для живописи. Масляная пастель обладает богатой цветовой палитрой, что позволяет создавать яркие красочные картины с насыщенным цветом. такие карандаши очень удобны благодаря тому, что позволяют работать в нескольких техниках. Они оставляют насыщенный яркий штрих и пригодны для выполнения работ в технике сграффито &amp;#40;процарапывание&amp;#41;. Также можно рисовать, одновременно применяя карандаш и акварель.&amp;lt;br /&amp;gt;Цвета: лимонный, красный, синий, темно-зеленый, красно-коричневый, черный.&amp;lt;br /&amp;gt;Дизайн в ассортименте.</t>
+  </si>
+  <si>
+    <t>254127</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/547/04ibhqgews4be6cd0oxqkc2zg9b6c50c.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная АРТформат сухая 8 цв. карт.уп.  AF13-071-01</t>
+  </si>
+  <si>
+    <t>Пастель художественная сухая, для живописи и графики. Используется для быстрых эскизов и зарисовок, а также для работы в акварельной технике при рисовании по влажному листу или при размытии нанесенного изображения смоченной кистью. Линия представлена тремя наборами: 8/15/30 цветов. Мелки имеют круглое сечение и обладают следующими свойствами: - Классический состав с использованием натуральных пигментов - Нежные тона цветовой гаммы - Хорошая поддаваемость растушевке - Легкая размываемость водой и создание акварельного эффекта &amp;#40;можно использовать вместо акварельных красок&amp;#41; - Минимальная степень ломкости и крошения мелков во время работы - Хорошее перекрытие цветов. Пастель упакована в картонные пеналы с изысканным вдохновляющим дизайном, а надежный внутренний ложемент, надежно защищает мелки от поломки. Отличный выбор как для начинающих художников так и для профессионалов. Пастель худ. АРТформат сухая 30 цв.карт.уп. — популярный материал для творчества в изысканной графической технике. Отличается высоким качеством, нетоксичен, удобен в работе. Легко наносится и растушевывается, подходит как для обучения, так и для профессионального использования. Чистые оттенки и четкие линии устойчивы к свету, рисунок не выгорает на солнце. Допускается незначительное осыпание со временем.</t>
+  </si>
+  <si>
+    <t>349702</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b18/k2336y4mfo492zja14o76vghw2sry9hu.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная АРТформат сухая 75 цв. карт.уп. AF13-071-05</t>
+  </si>
+  <si>
+    <t>Пастель худ. АРТформат сухая 75 цв. карт.уп. — популярный материал для творчества в изысканной графической технике. Отличается высоким качеством, нетоксичен, удобен в работе. Легко наносится и растушевывается, подходит как для обучения, так и для профессионального использования. Чистые оттенки и четкие линии устойчивы к свету, рисунок не выгорает на солнце. Допускается незначительное осыпание со временем.</t>
+  </si>
+  <si>
+    <t>355072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7f/noq4odk1nxkh135h8lce16apfgckt1zb.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная  quot;Сонет quot;, 48 цветов, круглое сечение, 7141242</t>
+  </si>
+  <si>
+    <t>Обладает интенсивностью и яркостью цвета, хорошей кроющей способностью, смешиваемостью и мягкостью. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, картон, дерево, керамику.</t>
+  </si>
+  <si>
+    <t>425565</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nevskaja-palitra/"&gt;Невская палитра&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2a/kh0thmn0nnz0qbaqob2f1aq6f9n39fnc.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная художественная  quot;Сонет quot;, 24 цвета, круглое сечение, 7041156</t>
+  </si>
+  <si>
+    <t>Обладает интенсивностью и яркостью цвета, хорошей кроющей способностью, смешиваемостью и мягкостью. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, картон, дерево, керамику. Не требует закрепления изображения.</t>
+  </si>
+  <si>
+    <t>425566</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bc/t15ds5n8m8fkuag2sj8i7l5m7j7a8r8w.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная  quot;Сонет quot;, 24 цвета, круглое сечение, 7141224</t>
+  </si>
+  <si>
+    <t>425574</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d0/bdmo9grhqb5y76k9qawcyyhv25qygj0s.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;DEBUT quot;, 9 цветов, круглое сечение, 181459</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Debut&amp;quot; предназначена для графики и живописи. Прекрасно подойдет как для начинающих художников и любителей изобразительного искусства, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 9 цветов позволяют полностью передать палитру цветов. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или на пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>425584</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e6/fe4iv6x3ikbjru2z8bv2ilwpqxeuq9dl.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;DEBUT quot;, 36 цветов, круглое сечение, 181461</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Debut&amp;quot; предназначена для графики и живописи. Прекрасно подойдет как для начинающих художников и любителей изобразительного искусства, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 36 цветов позволяют полностью передать палитру цветов. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или на пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы, как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>425586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c7/6sp3z0u0vp5p1nv60eg399r7ci7v6da2.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;DEBUT quot;, 54 цвета, круглое сечение, 181462</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Debut&amp;quot; предназначена для графики и живописи. Прекрасно подойдет как для начинающих художников и любителей изобразительного искусства, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 54 цвета позволяют полностью передать палитру цветов. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или на пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>425587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efc/efcbfd14280e0a0c10af98ae04e7c4a6.jpeg</t>
+  </si>
+  <si>
+    <t>Пастельный карандаш Faber-Castell  quot;Pitt Pastel quot; белый, мягкий</t>
   </si>
   <si>
     <t>Художественный пастельный карандаш не содержит масел и воска, имеет в своем составе бескислотные пигменты ярких цветов. Рисунок, сделанный такими карандашами, отличается высокой светостойкостью</t>
   </si>
   <si>
-    <t>Пастель</t>
-[...2 lines deleted...]
-    <t>428811</t>
+    <t>428779</t>
   </si>
   <si>
     <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2e6/2e68a6e7a3cc5572db6b69e58fedfaf0.jpeg</t>
-[...41 lines deleted...]
-    <t>384377</t>
+    <t>http://anytos.ru//upload/iblock/e00/e00c93ce84cbb94ab1fc7457e98eca74.jpeg</t>
+  </si>
+  <si>
+    <t>Пастельный карандаш Faber-Castell  quot;Pitt Pastel quot; цвет 199 черный</t>
+  </si>
+  <si>
+    <t>433239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/866/gruzko1rjsmx75e70l90h82lk5iw0ttb.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная  quot;Сонет quot;, 36 цветов, круглое сечение, 7141225</t>
+  </si>
+  <si>
+    <t>434482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af6/af68dc376adc63083067987b045c772f/13dc64c7bea7e16163d70a189c479e72.jpg</t>
+  </si>
+  <si>
+    <t>Пастельные карандаши Faber-Castell  quot;Pitt Pastel quot; 12цв., метал. коробка</t>
+  </si>
+  <si>
+    <t>Художественные пастельные карандаши Pitt Pastel от легендарного немецкого производителя Faber-Castell содержат высокую концентрацию цветового пигмента, но не содержат воск и масла. Подходят как для самостоятельного использования, так и для прорисовки деталей при работе с сухой художественной пастелью. Цвета пастельных карандашей Pitt Pastel отлично сочетаются с оттенками сухой пастели Polychromos от Faber-Castell. После завершения работы требуется лишь минимальная фиксация. Карандаши Pitt Pastel продаются как в наборах, так и поштучно &amp;#40;при необходимости можно докупить недостающий цвет&amp;#41;. Набор состоит из 12 цветов в прочной металлической коробке, удобной для хранения и транспортировки.</t>
+  </si>
+  <si>
+    <t>559951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/452/452f802736984e650ca1d1064f5489bf/77ec7be85be71c5b627df693f3d650b3.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Koh-I-Noor  quot;Toison D or quot;, 24цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>559964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/493/493f72a87ee106b82769e03092158ca1/7ad04cd9ecabed7574903f9636ef0856.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма  quot;Старый мастер quot;, 48 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>Набор сухой художественной пастели средней мягкости. В наборе мелки квадратной формы в индивидуальной бумажной гильзе с указанием цвета. Пастель легко наносится, смешивается и растушевывается. Цвета в наборе насыщенные, светостойкие.</t>
+  </si>
+  <si>
+    <t>559965</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/484/4843e206f0328272e946431e1cbd7479/a4b373e4181fd31e1b9dda28e2b3934d.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма  quot;Старый мастер quot;, 12 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>Набор сухой художественной пастели средней мягкости. Пастель легко наносится, смешивается и растушевывается. Цвета в наборе насыщенные, светостойкие. Мелки квадратной формы в индивидуальной бумажной гильзе с указанием цвета.</t>
+  </si>
+  <si>
+    <t>559966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c3/1c36ecc8258d73fe7a6c601192bf68a7/0b9884ff93f7c57f225414c495940548.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма  quot;Старый мастер quot;, 36 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>559969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c9/z0y8uurg10084xawuoz1t307tv4q061a.jpg</t>
+  </si>
+  <si>
+    <t>Пастель мягкая художественная KOH-I-NOOR  quot;Toison D or quot;, 24 цвета, круглое сечение, 8514024005KS</t>
+  </si>
+  <si>
+    <t>Пастель художественная мягкая &amp;quot;Toison D&amp;#39;or&amp;quot; идеально подходит как для начинающих, так и для опытных художников. Легко растирается пальцем, тканью, щеткой для пастели или палочкой для растушевки. Мягкий переход от цвета к цвету.</t>
+  </si>
+  <si>
+    <t>565008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c7/3c3sw7y9hofym7dvbx4j169lznje7neh.jpg</t>
+  </si>
+  <si>
+    <t>Пастель мягкая художественная KOH-I-NOOR  quot;Toison D or quot;, 36 цвета, квадратное сечение, 8585036001KS</t>
+  </si>
+  <si>
+    <t>565009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/169/1nn5pq465xwysatb1chhzxky0prmi8uc.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;DEBUT quot;, 72 цвета, круглое сечение, 181463</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Debut&amp;quot; предназначена для графики и живописи. Прекрасно подойдет как для начинающих художников и любителей изобразительного искусства, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 72 цвета позволяют полностью передать палитру цветов. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или на пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>565010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe3/fe39e1f61445ed8e24231966da133133/ead3c7c4d969d91a9ff66b732e48a9a3.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Koh-I-Noor  quot;Toison D or Soft 8592 Brown line quot;, 12цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Высокопигментированная мягкая пастель в мелках длиной 75 мм и диаметром 10 мм.&amp;nbsp;&amp;nbsp;Цвета легко смешиваются, обладают высокой светостойкостью. Номер цвета и степень светостойкости указаны на манжетках. Пастель легко наносится, обладает средней сыпучестью, высокой сцепкой с бумагой, легко растушевывается, отстирывается с одежды. В наборе подобрана специальная земляная палитра.</t>
+  </si>
+  <si>
+    <t>588187</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a77/a7756077859a5010f367d5e966864a00/4e752a8c1e256a2994ddbf943a654bff.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Koh-I-Noor  quot;Toison D or Soft 8592 Grey line quot;, 12цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Высокопигментированная мягкая пастель в мелках длиной 75 мм и диаметром 10 мм.&amp;nbsp;&amp;nbsp;Цвета легко смешиваются, обладают высокой светостойкостью. Номер цвета и степень светостойкости указаны на манжетках. Пастель легко наносится, обладает средней сыпучестью, высокой сцепкой с бумагой, легко растушевывается, отстирывается с одежды. В наборе подобрана специальная палитра серых оттенков.</t>
+  </si>
+  <si>
+    <t>588188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfc/dfcdba15ee3bab9360a1b65b7f512429/784d33818d0f32902fc2d1f64b89adc2.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Koh-I-Noor  quot;Toison D or Extra Soft 8554 quot;, 24цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Высокопигментированная экстра мягкая пастель в мелках длиной 75 мм и диаметром 12 мм.&amp;nbsp;&amp;nbsp;Цвета легко смешиваются, обладают высокой светостойкостью. Номер цвета и степень светостойкости указаны на манжетках. Пастель легко наносится, обладает средней сыпучестью, высокой сцепкой с бумагой, легко растушевывается, отстирывается с одежды. В наборе 24 цвета.</t>
+  </si>
+  <si>
+    <t>588190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b54/b54860071ccabc46966c763ed8c5055b/417f50704d3424968d07602b1d62c09f.jpg</t>
+  </si>
+  <si>
+    <t>Пастель Faber-Castell  quot;Soft pastels quot;, 12 цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Мягкая сухая пастель Soft pastels от легендарного немецкого производителя Faber-Castell отличается яркостью цветов, которые легко смешиваются между собой. Это идеальный выбор для начинающих художников. Пастель обладает хорошей адгезией с бумагой и другими поверхностями. После завершения работы рекомендуется фиксация. Набор состоит из 12 полноразмерных мелков разных цветов.</t>
+  </si>
+  <si>
+    <t>588191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d66/d6664e6177765e070a310b463f38ac19/d2ec4cd8b5ad73c67179e0088d5405d5.jpg</t>
+  </si>
+  <si>
+    <t>Пастель Faber-Castell  quot;Soft pastels quot;, 24 цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Мягкая сухая пастель Soft pastels от легендарного немецкого производителя Faber-Castell отличается яркостью цветов, которые легко смешиваются между собой. Это идеальный выбор для начинающих художников. Пастель обладает хорошей адгезией с бумагой и другими поверхностями. После завершения работы рекомендуется фиксация. Набор состоит из 24 полноразмерных мелков разных цветов.</t>
+  </si>
+  <si>
+    <t>588192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c00/c00dc6be526cd7961cc3c897e61b2006/f6d88f82116e3f978a8592d2591e83ee.jpg</t>
+  </si>
+  <si>
+    <t>Пастель Faber-Castell  quot;Soft pastels quot;, 36 цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Мягкая сухая пастель Soft pastels от легендарного немецкого производителя Faber-Castell отличается яркостью цветов, которые легко смешиваются между собой. Это идеальный выбор для начинающих художников. Пастель обладает хорошей адгезией с бумагой и другими поверхностями. После завершения работы рекомендуется фиксация. Набор состоит из 36 полноразмерных мелков разных цветов.</t>
+  </si>
+  <si>
+    <t>588193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05e/05e3a47b926a4749a1290c6878f9a9c9/597700f12b07e7f79338c27fab30df4a.jpg</t>
+  </si>
+  <si>
+    <t>Пастель Faber-Castell  quot;Soft pastels quot;, 24 цв., мини, картон. упак.</t>
+  </si>
+  <si>
+    <t>Мягкая сухая пастель Soft pastels от легендарного немецкого производителя Faber-Castell отличается яркостью цветов, которые легко смешиваются между собой. Это идеальный выбор для начинающих художников. Пастель обладает хорошей адгезией с бумагой и другими поверхностями. После завершения работы рекомендуется фиксация. Набор состоит из 24 мелков ? разных цветов.</t>
+  </si>
+  <si>
+    <t>588194</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a94/a941959f4bf570f6a380d94b5ee37944/e59f19e9f532bd120a849c1775048c26.jpg</t>
+  </si>
+  <si>
+    <t>Пастель Faber-Castell  quot;Soft pastels quot;, 48 цв., мини, картон. упак.</t>
+  </si>
+  <si>
+    <t>Мягкая сухая пастель Soft pastels от легендарного немецкого производителя Faber-Castell отличается яркостью цветов, которые легко смешиваются между собой. Это идеальный выбор для начинающих художников. Пастель обладает хорошей адгезией с бумагой и другими поверхностями. После завершения работы рекомендуется фиксация. Набор состоит из 48 мелков ? разных цветов.</t>
+  </si>
+  <si>
+    <t>588195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ff/1ffe461915517a79b119148729005b46/bf44372f6713a314894e5ac82e2e03dc.jpg</t>
+  </si>
+  <si>
+    <t>Пастель Faber-Castell  quot;Soft pastels quot;, 72 цв., мини, картон. упак.</t>
+  </si>
+  <si>
+    <t>Мягкая сухая пастель Soft pastels от легендарного немецкого производителя Faber-Castell отличается яркостью цветов, которые легко смешиваются между собой. Это идеальный выбор для начинающих художников. Пастель обладает хорошей адгезией с бумагой и другими поверхностями. После завершения работы рекомендуется фиксация. Набор состоит из 72 мелков ? разных цветов.</t>
+  </si>
+  <si>
+    <t>588196</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71a/71a48a3d34a79003039bc0f22b2e9680/e58a878eabaffb4984b84b77dfcb2a00.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Faber-Castell  quot;Oil Pastels quot;, 12 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>Масляная пастель Oil Pastels от легендарного немецкого производителя Faber-Castell дает возможность создавать как яркие насыщенные оттенки, так и нежные пастельные. Пастель обладает кремообразной консистенцией и идеально подходит для смешанных техник. Не содержит в составе кислоты. Набор состоит из 12 цветов.</t>
+  </si>
+  <si>
+    <t>588197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/888/888ad4c1b878b32736c06da40a6086b7/d2a28b4b30372e92fc207038ea5d8e5a.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Koh-I-Noor  quot;Toison D or quot;, 48цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>588199</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/926/9268d7b62021f7fc2a64e4855734979d/99382997f5e4feed71179a52250e912c.jpg</t>
+  </si>
+  <si>
+    <t>Сангина Koh-I-Noor  quot;Gioconda quot;, коричневая красная, стержень, 5,6мм, 6шт., пластик короб</t>
+  </si>
+  <si>
+    <t>Сангина для цанговых карандашей GIOCONDA&amp;nbsp;&amp;nbsp;- это прочный, но при этом мягкий графический материал, предназначенный для рисования. Хорошо сочетается с пастельными карандашами, а также сухой пастелью. Данные стержни можно использовать самостоятельно, благодаря толщине 5,6, но в цанговом карандаше сангина не пачкает рук, а также снижен риск ее поломки. В наборе 6 штук.</t>
+  </si>
+  <si>
+    <t>588244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b5/4b50864111ba5badbe5ec713fe4dc4e2/c2fd014ee6e13266882cd05b2b9f2193.jpg</t>
+  </si>
+  <si>
+    <t>Сепия Koh-I-Noor  quot;Gioconda quot;, коричневая светлая, стержень, 5,6мм, 6шт., пластик короб</t>
+  </si>
+  <si>
+    <t>Сепия светлая для цанговых карандашей GIOCONDA&amp;nbsp;&amp;nbsp;- это прочный, но при этом мягкий графический материал, предназначенный для рисования. Хорошо сочетается с пастельными карандашами, а также сухой пастелью. Данные стержни можно использовать самостоятельно, благодаря толщине 5,6, но в цанговом карандаше сепия не пачкает рук, а также снижен риск ее поломки. В наборе 6 штук.</t>
+  </si>
+  <si>
+    <t>588245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d1/9d16683ead1c88d078a317dd51ee4096/a61648b0f0620e0870177a5ca0da0a20.jpg</t>
+  </si>
+  <si>
+    <t>Сепия Koh-I-Noor  quot;Gioconda quot;, коричневая темная, стержень, 5,6мм, 6шт. пластик короб</t>
+  </si>
+  <si>
+    <t>Сепия темная для цанговых карандашей GIOCONDA&amp;nbsp;&amp;nbsp;- это прочный, но при этом мягкий графический материал, предназначенный для рисования. Хорошо сочетается с пастельными карандашами, а также сухой пастелью. Данные стержни можно использовать самостоятельно, благодаря толщине 5,6, но в цанговом карандаше сепия не пачкает рук, а также снижен риск ее поломки. В наборе 6 штук.</t>
+  </si>
+  <si>
+    <t>588246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/212/212ea61b49844a8e50c32364580562b5/b2ebff9b3848b66cbd7352740aad1e26.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Faber-Castell  quot;Oil Pastels quot;, 24 цвета, картон. упак.</t>
+  </si>
+  <si>
+    <t>Масляная пастель Oil Pastels от легендарного немецкого производителя Faber-Castell дает возможность создавать как яркие насыщенные оттенки, так и нежные пастельные. Пастель обладает кремообразной консистенцией и идеально подходит для смешанных техник. Не содержит в составе кислоты. Набор состоит из 24 цветов.</t>
+  </si>
+  <si>
+    <t>593588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3f/c3f5b423eadcb8a13cea1fab376dba02/e3c34ec3367439285b0472f44ad7ea4f.jpg</t>
+  </si>
+  <si>
+    <t>Пастельные карандаши Faber-Castell  quot;Pitt Pastel quot; 36цв., метал. коробка</t>
+  </si>
+  <si>
+    <t>Художественные пастельные карандаши Pitt Pastel от легендарного немецкого производителя Faber-Castell содержат высокую концентрацию цветового пигмента, но не содержат воск и масла. Подходят как для самостоятельного использования, так и для прорисовки деталей при работе с сухой художественной пастелью. Цвета пастельных карандашей Pitt Pastel отлично сочетаются с оттенками сухой пастели Polychromos от Faber-Castell. После завершения работы требуется лишь минимальная фиксация. Карандаши Pitt Pastel продаются как в наборах, так и поштучно &amp;#40;при необходимости можно докупить недостающий цвет&amp;#41;. Набор состоит из 36 цветов в прочной металлической коробке, удобной для хранения и транспортировки.</t>
+  </si>
+  <si>
+    <t>593589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74a/74a515f940dc0c3d4cfcfe8b07925371/7ce08d07898c6c370b9e39e95e6e34b8.jpg</t>
+  </si>
+  <si>
+    <t>Набор художественной пастели Сонет, 36 цв., 7141225</t>
+  </si>
+  <si>
+    <t>612529</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sonet/"&gt;Сонет&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/171/171992c97c08199812beddfd2a54efe8/21abcba0c5b72d26767ec8d00336cec6.jpg</t>
+  </si>
+  <si>
+    <t>Пастель Сонет 24цв сухая 7141224</t>
+  </si>
+  <si>
+    <t>612543</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1e/e1e395b6cddcc752663f20ae9599c8f4.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;, 12 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>Масляная пастель «Студия» изготовлена на основе тонкотертых пигментов и минерального масла. Оставляет мягкий штрих, легко растушевывается. Яркие насыщенные цвета легко смешиваются, не светлеют и не темнеют со временем. Масляная пастель рисует на поверхностях разных фактур, не осыпается и не требует использования закрепителя краски.</t>
+  </si>
+  <si>
+    <t>614369</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55e/55e555a13c052dfd11a12635471b48e7.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;, 36 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>614371</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/054/8kicp990952z6fzw8hsh624t6m3b6nrp.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная художественная BRAUBERG ART CLASSIC, 12 цветов, круглое сечение, 181447</t>
+  </si>
+  <si>
+    <t>Масляная художественная пастель BRAUBERG ART &amp;quot;Classic&amp;quot; отличается мягкой консистенцией и интенсивной маслянистой цветовой палитрой. Пастель не пачкается, тем самым законченные рисунки труднее смазать и они не требуют дополнительной фиксации. Масляная пастель легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. 12 цветов позволяют передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением, обёрнутых в бумажную обёртку. Она позволяет сохранять руки и одежду чистыми. Не токсична и безопасна при использовании. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90e/jbx8wfsxungn8no2z76twutqgx2it9ke.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная художественная BRAUBERG ART  quot;CLASSIC quot;, УТОЛЩЕННАЯ, 12 цветов, круглое сечение, 181450</t>
+  </si>
+  <si>
+    <t>Масляная художественная пастель BRAUBERG ART &amp;quot;CLASSIC&amp;quot; отличается мягкой консистенцией и интенсивной маслянистой цветовой палитрой. Пастель не пачкается, тем самым законченные рисунки труднее смазать и они не требуют дополнительной фиксации. Масляная пастель легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. 12 ярких цветов позволяют передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид утолщенных брусков, устойчивых к поломке, с круглым сечением и диаметром 10 мм, обёрнутых в бумажную обёртку. Она позволяет сохранять руки и одежду чистыми. Не токсична и безопасна при использовании. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/300/jp4nd9wxcu4mwwl0mnbidldt3hz7wx9n.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная художественная BRAUBERG ART  quot;CLASSIC quot;, УТОЛЩЕННАЯ, 24 цвета, круглое сечение, 181452</t>
+  </si>
+  <si>
+    <t>Масляная художественная пастель BRAUBERG ART &amp;quot;CLASSIC&amp;quot; отличается мягкой консистенцией и интенсивной маслянистой цветовой палитрой. Пастель не пачкается, тем самым законченные рисунки труднее смазать, и они не требуют дополнительной фиксации. Масляная пастель легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. 24 цвета позволяют полностью передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид утолщенных брусков, устойчивых к поломке, с круглым сечением и диаметром 10 мм, обёрнутых в бумажную обёртку. Она позволяет сохранять руки и одежду чистыми. Не токсична и безопасна при использовании. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624114</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bc/4j5epdcx3salpqqewsdmnds6vo84d5tt.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;CLASSIC quot;, 12 цветов, круглое сечение, 181453</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 12 цветов позволяют передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением, обёрнутых в бумажную обёртку. Она позволяет сохранять руки и одежду чистыми. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c96/d7gm3mmbh30h42pczxqvg4tlkxxs76gv.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;CLASSIC quot;, 24 цвета, круглое сечение, 181454</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 24 цвета позволяют полностью передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением, обёрнутых в бумажную обёртку. Она позволяет сохранять руки и одежду чистыми. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69f/1wlm311g4loo6olmuvqzx94s1dpsrair.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;CLASSIC quot;, 36 цветов, круглое сечение, 181455</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 36 цветов позволяют полностью передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением, обёрнутых в бумажную обёртку. Она позволяет сохранять руки и одежду чистыми. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa0/6b8z2bmgkvl7kd4nmb1ln1nxa7kisqm5.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;CLASSIC quot;, 48 цветов, круглое сечение, 181456</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 48 цветов позволяют полностью передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с круглым сечением, обёрнутых в бумажную обёртку. Она позволяет сохранять руки и одежду чистыми. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>624121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e1/qawtepc2xxrmdqu2ba64f8wwlvba0jau.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;, 25 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>684792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/905/4koig7cwdkj0waj9kjs3s1iq78rkq339.jpg</t>
+  </si>
+  <si>
+    <t>Пастель мягкая художественная KOH-I-NOOR  quot;Toison D or quot;, 36 цвета, круглое сечение, 8515036005KS</t>
+  </si>
+  <si>
+    <t>694241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/630/97oqbm879goe651ly9jv0114a2w1ulo2.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Koh-I-Noor  quot;8312 quot;, 12цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>Мелки масляные Koh-i-Noor 12цветов – это очень яркие, мягкие мелки. Они не крошатся и благодаря масляной основе оставляют насыщенный след на любой бумаге и даже дереве. Мелки можно использовать как малышам, так и начинающим художни кам. Диаметр мелка 9 мм, длина 60 мм.</t>
+  </si>
+  <si>
+    <t>769435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4f/wjogsjjrfd6g48d16ukum9x7hvsjidzg.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Koh-I-Noor  quot;8314 quot;, 24цв., картон. упак.</t>
+  </si>
+  <si>
+    <t>769436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/373/kat4bazy0dl9usahcr5pll5naaug0ya9.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART CLASSIC, 12 цветов, квадратное сечение, 181464</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Classic&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 12 цветов позволяют передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>798854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c61/ti9toanu21jpc0rv9tcbmbl8pxbwhuj1.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART CLASSIC, 24 цвета, квадратное сечение, 181465</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Classic&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 24 цвета позволяют полностью передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. С её помощью можно создать даже иллюстрации к сонетам Шекспира. Эту пастель используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40; Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>798855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c05/7ssgot21snyenwgevekhg04xg9uzhd02.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Deli ColoRun 12цв, EC20200</t>
+  </si>
+  <si>
+    <t>880978</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4a/x4zkkt49t487asu886rtdly2s5jczc2l.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Deli ColoRun 18 цв наб EC20210</t>
+  </si>
+  <si>
+    <t>Пастель масляная Deli ColoRun 18 цв/наб EC20210</t>
+  </si>
+  <si>
+    <t>880979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/596/v915zzg4gmf0clz2d06c21fwkrkii4zp.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">МАСЛЯНАЯ ПАСТЕЛЬ  quot;SKETCH ART quot; 24 ЦВ.  мелки трехгранной формы </t>
+  </si>
+  <si>
+    <t>МАСЛЯНАЯ ПАСТЕЛЬ &amp;quot;SKETCH&amp;ART&amp;quot; 24 ЦВ. &amp;#40;мелки трехгранной формы&amp;#41;</t>
+  </si>
+  <si>
+    <t>908938</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92e/h3792yidghj1nz8h5qjg8n1s19a1p7hm.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">МАСЛЯНАЯ ПАСТЕЛЬ  quot;SKETCH ART quot; 36 ЦВ.  мелки трехгранной формы </t>
+  </si>
+  <si>
+    <t>МАСЛЯНАЯ ПАСТЕЛЬ &amp;quot;SKETCH&amp;ART&amp;quot; 36 ЦВ. &amp;#40;мелки трехгранной формы&amp;#41;</t>
+  </si>
+  <si>
+    <t>908939</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1c/m8b47d2at4lp6su4h9eq3ox73i2qfcv3.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Луч ЛЮКС 12 цветов</t>
+  </si>
+  <si>
+    <t>947994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5c/i19upfr6bnydqlc1jbjm3w8w9msenjo4.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная TOISON D OR SOFT 8517 72 цв картон.упак.</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная TOISON D`OR SOFT 8517 72 цв картон.упак.</t>
+  </si>
+  <si>
+    <t>955277</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da1/gr6ocfkull3m3uwjagvqc24zov3q6e8g.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Deli Super Wings набор 12 цветов EC009-12</t>
+  </si>
+  <si>
+    <t>965559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d4/1zywpuer43jk6bh5wxnnavhkvvyxlx9k.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная M G, 6-гран, 12 цветов в наборе</t>
+  </si>
+  <si>
+    <t>Пастель масляная M&amp;G, 6-гран, 12 цветов в наборе</t>
+  </si>
+  <si>
+    <t>965562</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ece/mp1zweg47l0gkefb6mum8piqb5gtdajh.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная M G, 6-гран, 18 цветов в наборе</t>
+  </si>
+  <si>
+    <t>Пастель масляная M&amp;G, 6-гран, 18 цветов в наборе</t>
+  </si>
+  <si>
+    <t>965563</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/231/t51httrh2gielvhc1p2mv9q9veg7p892.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная M G, 6-гран, 24 цвета в наборе</t>
+  </si>
+  <si>
+    <t>Пастель масляная M&amp;G, 6-гран, 24 цвета в наборе</t>
+  </si>
+  <si>
+    <t>965564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bb/getep8fqxhmccnmwf87hcw31oj9s4gqw.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная M G, 6-гран, 36 цветов в наборе</t>
+  </si>
+  <si>
+    <t>Пастель масляная M&amp;G, 6-гран, 36 цветов в наборе</t>
+  </si>
+  <si>
+    <t>965565</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61e/eyltqiwp826z53yuuc78278j70610vc1.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;,  quot;Земляные оттенки quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма &amp;quot;Студия&amp;quot;, &amp;quot;Земляные оттенки&amp;quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>968365</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94d/4079eoyy23vpl93030wg7v2xeeapy1bf.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;,  quot;Морской берег quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма &amp;quot;Студия&amp;quot;, &amp;quot;Морской берег&amp;quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>968366</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a9/q4a807dvgvv6y0a5a0yamhlhividki2s.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;,  quot;Солнечные блики quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма &amp;quot;Студия&amp;quot;, &amp;quot;Солнечные блики&amp;quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>968367</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c62/x9wa3ng86xkjv8ji37zjl3x6lj29okmu.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;,  quot;Таинственный лес quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма &amp;quot;Студия&amp;quot;, &amp;quot;Таинственный лес&amp;quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>968368</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/724/yyj7apla8egugb44mayqdyx7vr8ksruy.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;,  quot;Ягодный десерт quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма &amp;quot;Студия&amp;quot;, &amp;quot;Ягодный десерт&amp;quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>968369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/521/akg00xvim304o1wj7top4lkjvtjcrva1.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма  quot;Студия quot;,  quot;Яркий букет quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма &amp;quot;Студия&amp;quot;, &amp;quot;Яркий букет&amp;quot;, 6 цветов, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>968370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db3/wbjei8rtdw84kha94qb4v5iq1qu3b4ln.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма, 12 цветов, картон. упаковка</t>
+  </si>
+  <si>
+    <t>968373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/041/9zyigw5ym6vsecujqemko3iy3salyk9l.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма, 24 цвета, картон. упаковка</t>
+  </si>
+  <si>
+    <t>968374</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/119/xr99fh3f4ug7sqo8fwa219ysj4v1r9w6.jpg</t>
+  </si>
+  <si>
+    <t>Пастель масляная Гамма, 36 цветов, картон. упаковка</t>
+  </si>
+  <si>
+    <t>968375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/577/bi571dyo1rs32j938i3ukmiks3hiinj6.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, 12 серых цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>968377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/408/vcictjugr93owna5qlliu5ifyceb3fun.jpg</t>
+  </si>
+  <si>
+    <t>Масляная пастель утолщенная Каляка-Маляка 24 цвета, шестигранная, 11 мм.</t>
+  </si>
+  <si>
+    <t>Масляная пастель Каляка-Маляка - отличный выбор для юных художников. Благодаря своему составу, они пишут ярко и мягко. Насыщенные цвета и большая палитра помогут воплотить в жизнь любую творческую задумку. Имеет индивидуальную упаковку, благодаря чему рука не скользит.</t>
+  </si>
+  <si>
+    <t>975425</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e3/f9ugduyq0ba16ngw01snj1gzdkjkj56f.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, 24 серых цвета, картон.упак.</t>
+  </si>
+  <si>
+    <t>983077</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c88/w4i3io0qjjs6cr2xt0lo995ikv2j2r4m.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, 24 цвета, картон. упак.</t>
+  </si>
+  <si>
+    <t>983078</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed9/zf3lnec5f1akf5s49sydyh74mr4bwki6.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, 36 цветов, картон. упак.</t>
+  </si>
+  <si>
+    <t>983079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/685/gnwe9i0ck30sqb93by8eyt08uu4szbxf.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, белая  5, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, белая №5, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983080</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/993/bodc78ysa8uj6d96zez6ghq303jv7i7z.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, белая песочная  012, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, белая песочная №012, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983082</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e9/nlqjv7hxpmqrpdh110r6c809zyw8uq75.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, белая холодная  011, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, белая холодная №011, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c93/tpwobf9uodoi9u5dox0m4qkka21cdb4z.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, ван-дик коричневый  611, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, ван-дик коричневый №611, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1d/8d2lr0bafhc2oxhy0zhvvbf202yf7p36.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, желтая палевая  151, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, желтая палевая №151, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b95/ade3733w06s4kg68ku1d43gw30uthjts.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, желтая светлая  148, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, желтая светлая №148, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/479/y4rgms4pcawmrx6lqh0ujdovxafyw2nc.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, жемчужно-голубой   454, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, жемчужно-голубой № 454, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>983089</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c0/lszparlbfxhg785ssa1gb01wfq8pbmf1.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, кармин розовый  233, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, кармин розовый №233, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/125/2nugipr6aial6zx6vzuhzb5ls5384o0l.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, кирпичная красная   656, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, кирпичная красная № 656, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>983093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ac/8pqhmvgqgnlcdg36dj2rifsjiw9qtvnk.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, кремово-желтая   129, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, кремово-желтая № 129, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25e/ppk4iqsmk3wn75e5zn2kbv5nkk3objmv.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, маджента   237, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, маджента № 237, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab9/085ovg88uk5v4wnpn2cwe0r8snb5mza7.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, мокрый асфальт  745, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, мокрый асфальт №745, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ee/llg4qa8te1cy8ldjtj8kmw16uwmfm09h.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, небесно-голубая   422, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, небесно-голубая № 422, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16c/xdesr08ezhr9qfq6m9rhmumc8vpgex4b.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, нейтральная серая  700, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, нейтральная серая №700, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c1/51hzla5jpouqe00j73y6eskmc77y6f12.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, оранжевая  139, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, оранжевая №139, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/727/2s4freogcfyj36gelu3h3rmg6rvhw2ib.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, охра светлая  105, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, охра светлая №105, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ca/qrfgwfnpl5lfv3qug84md6fsdf7s85pz.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, персиково-бежевая   175, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, персиково-бежевая № 175, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>983105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd9/65q6egk8lr62o6py8o92l4cwghhrvd8i.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, прусская синяя  420, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, прусская синяя №420, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/013/k30hd4luyp65t03v2fam39hjjdwl01ok.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, розово-коричневая темная   381, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, розово-коричневая темная № 381, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>983108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a64/0xse5y0fk9hkypz7nzo29huju8dm5bw2.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сажевая черная  701, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сажевая черная №701, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a26/6c32p5i2n7viodxnrxeo9ca24fpooghk.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сепия серая  654, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сепия серая №654, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54f/q0r5x7076zrwpx3ghchpz8rnldr0fcpn.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая базальтовая   725, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая базальтовая № 725, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27b/9karemm6nismlvznwl8uzaoqwv4i57e1.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая виридоновая  556, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая виридоновая №556, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e9/byan2liou4ioinkek0buzhbol7st8voj.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая кварцевая  721, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая кварцевая №721, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf1/rx0d1sexbsy7r5vbx85zw50zccfu5kx8.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая мятная средняя   731, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая мятная средняя № 731, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/386/ao946mpf7hxdmwhowyp6gkhieafgfdez.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая пурпурная  762, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая пурпурная №762, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1aa/ajmkk6gxdkab9bqla3cgo4yx34xuym7f.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая светлая  718, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая светлая №718, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96a/rxy6z34nc3qg8hk51rh0byrm8nkuqdoh.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая серебристая   768, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая серебристая № 768, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>983118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2af/4zjz9q9ghxmvb6p5wkwcghxtvc0ppiys.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая средняя  750, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая средняя №750, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d84/cwivda1ejni5eu9knw7p9aq3e86za485.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая теплая  720, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая теплая №720, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9b/k53975oa5c1snbirxwcuqflpr3ri1n95.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая умбра  653, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая умбра №653, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02a/hr2wz8bzgr0nfhnc5645214urbn4t0ir.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая холодная  719, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серая холодная №719, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26d/to0ghz01r7rzial8xbnhan98ifnozhww.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-бежевая  631, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-бежевая №631, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf8/5duzp4x373f0699t43zlrxv5qoyjmbun.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-голубая светлая  717, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-голубая светлая №717, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03f/d5jvhvo2yn13ak74vds80s29m1duamni.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-голубая средняя  434, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-голубая средняя №434, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08a/fgr14z7x0cakw9b30u6qhxcu0rfh3uq1.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-зеленая светлая  549, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-зеленая светлая №549, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f83/icn2jv7f0gpnux5nvrf4n7eghswzu6d6.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-коричневая  630, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-коричневая №630, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a32/3kv605ppuoj35svh4f45j2ip7kse4cfk.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-синяя  727, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-синяя №727, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/154/yqemqw3mki00eltubofm3fg6ly73tf31.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-фиолетовая  346, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, серо-фиолетовая №346, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>983129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/253/77b61doyc1u8uqwmsf7i8n7fmy409795.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сиреневая  325, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сиреневая №325, штучная, картон. упаковка</t>
+  </si>
+  <si>
+    <t>983130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/265/lwcxtk6u4yr1s546lifo2995atl11zzg.jpg</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сливовая темная   348, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, сливовая темная № 348, штучная, картон.упак.</t>
+  </si>
+  <si>
+    <t>983131</t>
+  </si>
+  <si>
+    <t>Пастель художественная Гамма, 60 цветов, палитра О. Абрамовой, картонная упаковка</t>
+  </si>
+  <si>
+    <t>986132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/708/h1blv460j6ngvj7eq4zhxc160ai33471.jpg</t>
+  </si>
+  <si>
+    <t>Сепия KOH-I-NOOR GIOCONDA темная в карандаше 8804012001KS</t>
+  </si>
+  <si>
+    <t>Мягкий художественный материал для графических работ и набросков в форме карандаша, изготовлен на основе натуральных пигментов и глины, заточен. Деревянный корпус круглой формы изготовлен из высококачественной древесины, легко затачивается точилкой и ножом. Рекомендованы студентам, любителям и профессиональным художникам, разрешено использование детям от трех лет. Длина корпуса карандаша 175 мм. Диаметр грифеля 4.2 мм.</t>
+  </si>
+  <si>
+    <t>990188</t>
+  </si>
+  <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/881/dyg6s6vzdrwmvagns5iz35px7g365eu7.jpg</t>
-[...1891 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3a2/jnkmarczxrugyfr0xbwz4hpicnlo0hc1.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, 60 цветов, картон.упак.</t>
   </si>
   <si>
     <t>998837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4f/rdvdsucxptc5vdksuh1ihiwbgz25qv2q.jpg</t>
   </si>
   <si>
     <t>Пастель масляная восковые мелки утолщенные 12 цветов, BRAUBERG PREMIUM, 272711</t>
   </si>
   <si>
     <t>Масляная пастель BRAUBERG PREMIUM порадует как юных, так и опытных художников. Шестигранная форма удобно ложится в руку, а широкий выбор ярких цветов и мягкое письмо не оставят равнодушным ни одного опытного художника. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко и ярко. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки находятся на пластиковой подложке, которую можно вытащить, что поможет при выборе цвета. Дополнительно упакованы в короб с термоусадкой. Надежная упаковка защитит мелки от повреждений.</t>
   </si>
   <si>
     <t>999920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/574/9jh3v9s9fegfevl3uxpkeprjl8ru092t.jpg</t>
   </si>
   <si>
     <t>Пастель масляная восковые мелки утолщенные 25 цветов с точилкой и держателем, BRAUBERG PREMIUM, 272712</t>
@@ -2108,62 +1607,50 @@
   <si>
     <t>1002042</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ad/cgdce8kucsk0sq0waflailhpvnd1jjx3.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, 36 цветов,  quot;Пейзаж quot;, палитра В. Татаринова, картон. упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, 36 цветов, &amp;quot;Пейзаж&amp;quot;, палитра В. Татаринова, картон. упак.</t>
   </si>
   <si>
     <t>1002043</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5a/8rz4pfmhcx9al2k12ri1sl1e5prj7rl1.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, 48цветов, картон. упак.</t>
   </si>
   <si>
     <t>1002044</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b4/hejorffpyirh85q6gp72kkmydx6obxvc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f8/jc9c7getcfnfbl40pp9a5i68u6a7059d.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, виноградная   349, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, виноградная № 349, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e1/vv8m6x3l5gwdds23cbkqa1tyhupqiok5.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, голубая пудровая   433, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, голубая пудровая № 433, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96b/brz3ia5utbcu6hlk13unv5fv07i9qch6.jpg</t>
@@ -2228,134 +1715,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d78/b9lar0hla9300543p73p5wq0vr7g5zs8.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, комодская розовая   243, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, комодская розовая № 243, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9f/i05e8owtdhbi22jf10l568hbg9s36hhd.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, коричневая светлая   627, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, коричневая светлая № 627, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002056</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/631/q2hzfgx013rk0o1z1bjtuafzh9cp12j3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/876/jq9koeo14qtnrtab0ixuxkt2q6b46vz3.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, марс коричневый темный   606, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, марс коричневый темный № 606, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002058</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/803/v03zgo0rvccjpjh0k1f7a3y1i17wo3qt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f7/k38hxbzeffcrlyzr9wuuknlvc95d584o.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, мускатный орех   632, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, мускатный орех № 632, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002060</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/999/veamnkji62tvem02nt572jfb427nt713.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/226/5lkbji71ubtino4liywd674sant8cxql.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, облепиховая   181, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, облепиховая № 181, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002062</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea8/ng1qbchdcnhf0354ft8n3l3h8m9d5aa2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/261/3aa5aewbr48ls7qui1atcibbdcdip8mu.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, опаловая зеленая   559, штучная, картон. упаковка</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, опаловая зеленая № 559, штучная, картон. упаковка</t>
   </si>
   <si>
     <t>1002064</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c70/detey447oqvufqtkqfj4y0u0a0sqpv8q.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, пепельно-белая   016, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, пепельно-белая № 016, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1bb/5wpkmahpmxk9gg2b5sn3u00uclew6cei.jpg</t>
@@ -2408,168 +1847,204 @@
   <si>
     <t>http://anytos.ru//upload/iblock/87f/ni8si6x0lyo0z1p2w1jqml0bap1u22fl.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, рубиновая   300, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, рубиновая № 300, картон.упак.</t>
   </si>
   <si>
     <t>1002071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5d/pp9op6xz594z5v5reop6u9yq7tf0nj22.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серая платиновая   732, штучная, картон. упаковка</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серая платиновая № 732, штучная, картон. упаковка</t>
   </si>
   <si>
     <t>1002072</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/820/0zg16ld1qk2mri45cni9oqpb2nthzjgl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/088/iwtvvlvp3ndte2uunfwapble7xg05b6f.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серая сизая   771, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серая сизая № 771, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ee/lnoibpu2ciritdqsn1xgx5z4pm3cdy2r.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серая сиреневая   764, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серая сиреневая № 764, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002075</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c93/cqz0gtz262micnj6yfy0eca8ew9oi2iw.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серый камень   766, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серый камень № 766, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81d/sjuy0otfdm3vct43t1cplyz6s6573vrd.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серый мох   765, штучная, картон. упаковка</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, серый мох № 765, штучная, картон. упаковка</t>
   </si>
   <si>
     <t>1002077</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c86/bqgdroezqk0u9uw21ftozjc0kr3l8isn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9e6/s6bwbj38f22d3esx9ifzzwpsip1lnr3f.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, сливовая   347, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, сливовая № 347, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/080/9qpt5x5l4g3jhis1wen6fq7i116cfukg.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, умбра натуральная светлая   659, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, умбра натуральная светлая № 659, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002082</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/09e/ggk9d5c3xvdaprcdqc7fndk0cj5lk9ix.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/62c/p7redc72ef62iu081r7l49o331p5mjg7.jpg</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, экзотическая розовая   246, штучная, картон.упак.</t>
   </si>
   <si>
     <t>Пастель художественная Гамма, экзотическая розовая № 246, штучная, картон.упак.</t>
   </si>
   <si>
     <t>1002084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aab/fv6cka6oj91imlrh12267zl1wt5rkqyk.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;Летние ночи quot;, 12 цветов, круглое сечение, 182089</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Летние ночи&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Подходит как для начинающих художников и любителей, так и профессионалов Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 12 цветов позволяют передать цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. Эту пастель используют любители в качестве хобби и профессионалы. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>1017446</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/657/9o3hj0xj0w39xjrufuxrgh0s1xh2pr8j.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;Летние ночи quot;, 24 цвета, круглое сечение, 182090</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Летние ночи&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Подходит как для начинающих художников и любителей, так и профессионалов Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 24 цвета позволяют передать полную цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. Эту пастель используют любители в качестве хобби и профессионалы. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>1017447</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b63/kc5miq7e7y0s90uwf5ydsuqzcplaeoos.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;Летние ночи quot;, 36 цветов, круглое сечение, 182091</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Летние ночи&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Подходит как для начинающих художников и любителей, так и профессионалов Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 36 цветов позволяют передать полную цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. Эту пастель используют любители в качестве хобби и профессионалы. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>1017448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c7/slfcezoxzj0twns6ono8f3l705zbnrw4.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART  quot;Летние ночи quot;, 48 цветов, круглое сечение, 182092</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART &amp;quot;Летние ночи&amp;quot; предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Подходит как для начинающих художников и любителей, так и профессионалов Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. 48 цветов позволяют передать полную цветовую палитру. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. Эту пастель используют любители в качестве хобби и профессионалы. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>1017449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c7/ypn5qmylizkwdss93cyihmfd1gfzcrbq.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART CLASSIC, 36 цветов, квадратное сечение, 182093</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART CLASSIC предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. Широкая палиткра – 36 цветов. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. Эту пастель используют любители в качестве хобби и профессионалы. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>1017450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc5/q7rksz54f00toqm7ihre4ydspu16tcqm.jpg</t>
+  </si>
+  <si>
+    <t>Пастель сухая художественная BRAUBERG ART CLASSIC, 48 цветов, квадратное сечение, 182094</t>
+  </si>
+  <si>
+    <t>Сухая художественная пастель BRAUBERG ART CLASSIC предназначена для графики и живописи. Она отличается насыщенностью цвета, мягким письмом и не крошится при использовании. Пастель подходит как для начинающих художников и любителей, так и профессионалов. Легко ложится на различные фактуры цветной бумаги, бумагу для рисования, холст, картон, дерево, керамику. Также можно наносить на влажную поверхность или размывать водой для достижения акварельного эффекта. Широкая палиткра – 48 цветов. Высокое качество пигментов и связующего обеспечивает низкий расход материала, хорошую укрывистость и яркость цвета. Пастель имеет вид брусков с квадратным сечением. Не токсична и безопасна при использовании. При попадании на одежду или кожу рук легко смывается тёплой водой. Благодаря компактной упаковке удобно брать с собой.Художественная пастель пригодится как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдёт для работы дома или пленэре. Эту пастель используют любители в качестве хобби и профессионалы. Творчество – луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>1017451</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2896,5199 +2371,3877 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J225"/>
+  <dimension ref="A1:M167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G225" sqref="G225"/>
+      <selection pane="bottomRight" activeCell="G167" sqref="G167"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B6" s="1" t="s">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F62" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...100 lines deleted...]
-      <c r="F10" s="3" t="s">
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G129" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="G10" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F11" s="3" t="s">
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G130" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="G11" s="3" t="s">
-[...10 lines deleted...]
-      <c r="C12" s="1" t="s">
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="F131" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...65 lines deleted...]
-      <c r="C15" s="1" t="s">
+      <c r="G131" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G162" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...968 lines deleted...]
-      <c r="E57" s="3" t="s">
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G163" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...206 lines deleted...]
-      <c r="F66" s="3" t="s">
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G164" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="G66" s="3" t="s">
-[...148 lines deleted...]
-      <c r="C73" s="1" t="s">
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G165" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2122 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>601</v>
+        <v>655</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>602</v>
+        <v>656</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>603</v>
+        <v>657</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>604</v>
+        <v>658</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>250</v>
+        <v>51</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>605</v>
+        <v>659</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>606</v>
+        <v>660</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>607</v>
+        <v>661</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>608</v>
+        <v>662</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>250</v>
+        <v>51</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>472</v>
-[...1333 lines deleted...]
-        <v>472</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">