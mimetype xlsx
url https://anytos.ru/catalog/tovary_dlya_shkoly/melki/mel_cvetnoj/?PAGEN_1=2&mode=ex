--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46e/dfrbt9w4jc1fk7k1pf23yw7o016ibv0b.jpg</t>
   </si>
   <si>
     <t>Мелки цветные Каляка-Маляка 4шт., европодвес 3 : МЦКМ04 штр.: 4602723007616</t>
   </si>
   <si>
     <t>Мел цветной</t>
   </si>
   <si>
     <t>109496</t>
@@ -89,50 +98,62 @@
   <si>
     <t>109498</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3e/c3e97086c7f67604e450aa51f8255131.jpg</t>
   </si>
   <si>
     <t>Набор цветных мелков асфальтовых  quot;Енот в Австралии quot;, 5цв.: АМ_11132 штр.: 4680211091323</t>
   </si>
   <si>
     <t>Мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на любой шероховатой поверхности. Нетоксичные.</t>
   </si>
   <si>
     <t>337281</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6a5/6a5f8f3415d7e84e84932229515c4106.jpg</t>
+  </si>
+  <si>
+    <t>Набор цветного мела  quot;Енот в Австралии quot;, 6цв.: ЦМ_11129 штр.: 1468021109129</t>
+  </si>
+  <si>
+    <t>337282</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ab1/ab153ad25b2b6fc94762de19ea1626cc.jpg</t>
   </si>
   <si>
     <t>Набор цветного мела  quot;Енот в Австралии quot;, 9цв.: ЦМ_11131 штр.: 1468021109131</t>
   </si>
   <si>
     <t>337283</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a2/9a2032871b55691406347d7c453954bc/9aea6aa36a6269a09093ee7246077bae.jpg</t>
   </si>
   <si>
     <t>Мелки для рисования цветные 7 шт MLB07 штр.  4814723001406</t>
   </si>
   <si>
     <t>Набор&amp;nbsp;&amp;nbsp;больших цветных мелков для рисования на асфальте. В Наборе 7 шт.</t>
   </si>
   <si>
     <t>338379</t>
   </si>
   <si>
     <t>&lt;a href="/brands/just-cool/"&gt;JUST COOL&lt;/a&gt;</t>
@@ -272,107 +293,104 @@
   <si>
     <t>Цветной мел ПИФАГОР предназначен для письма и рисования на классных и аудиторных досках, а так же на любых шероховатых поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 76 мм, диаметр - 13 мм. В наборе 4 цветных мелка &amp;#40;красный, желтый, зеленый, голубой&amp;#41;.</t>
   </si>
   <si>
     <t>390104</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06a/j9ydaw8tyyemgfwa3qizq2dtmt2byao3.jpg</t>
   </si>
   <si>
     <t>Мел цветной ПИФАГОР, набор 5 шт., для рисования на асфальте, квадратный, 221170</t>
   </si>
   <si>
     <t>Цветной мел ПИФАГОР предназначен для письма и рисования на асфальте. Изготовлен из высококачественного природного сырья, нетоксичен. Благодаря квадратной форме удобно ложится в руку. Легко смывается водой. Длина - 95 мм, диаметр - 17 мм. В наборе 5 мелков. 4 цветных мелка &amp;#40;красный, желтый, зеленый, голубой&amp;#41; и 1 белый мелок. Набор упакован в картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>390105</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/27c/3t6fo9ue8twwwqzcb13eni2oixyqd6s1.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/591/5912e4c4fc439ce25ba1cbb0954f4b27.jpg</t>
   </si>
   <si>
     <t>Набор цветных мелков асфальтовых Гамма  quot;Мультики quot;, 5шт., 5цв., картонная коробка. 2304191</t>
   </si>
   <si>
     <t>Мелки для асфальта цветные предназначены для детского творчества для рисования на асфальте. Безопасный состав для из органических материалов - мел, гипс, вода. Только для детей от 3-х лет.</t>
   </si>
   <si>
     <t>395164</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6d/f5pqgmd09i0omdfu1i3c8dxzhls3fpwo.jpg</t>
   </si>
   <si>
     <t>Мел цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ОКРУЖАЮЩИЙ МИР quot;, НАБОР 9 шт., квадратный, 227443</t>
   </si>
   <si>
     <t>Цветной мел ЮНЛАНДИЯ предназначен для письма и рисования на классных и аудиторных досках, а так же на любых шероховатых поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 78 мм, диаметр - 13 мм. В наборе 8 цветных мелков и 1 белый, всего - 9 штук.</t>
   </si>
   <si>
     <t>424909</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d40/lyw6ehtbq9100n2q1m5st5q975d608na.jpg</t>
   </si>
   <si>
     <t>Мел цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И КОСМОС quot;, НАБОР 5 шт., для рисования на асфальте, квадратный, 227446</t>
   </si>
   <si>
     <t>Цветной мел ЮНЛАНДИЯ предназначен для письма и рисования на асфальте. Изготовлен из высококачественного природного сырья, нетоксичен. Благодаря квадратной форме удобно ложится в руку. Легко смывается водой. Длина - 95 мм, диаметр - 17 мм. В наборе 5 мелков. 4 цветных мелка &amp;#40;красный, желтый, зеленый, голубой&amp;#41; и 1 белый мелок. Набор упакован в картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>424911</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/863/ajs3uwly2qft5x8xq32vgzc7idrnpj4t.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ОКРУЖАЮЩИЙ МИР quot;, НАБОР 6 шт., квадратный, 227447</t>
+  </si>
+  <si>
+    <t>Цветной мел ЮНЛАНДИЯ предназначен для письма и рисования на классных и аудиторных досках, а так же на любых негладких поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 78 мм, диаметр - 13 мм. В наборе 5 цветных мелков &amp;#40;красный, желтый, зеленый, голубой, фиолетовый&amp;#41; и 1 белый, всего - 6 штук.</t>
+  </si>
+  <si>
+    <t>424912</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/df8/df87f9eaf86b76bd35f03d0239ec3423.jpeg</t>
   </si>
   <si>
     <t>Мелки цветные для асфальта Гамма  quot;Мультики quot;, 8шт., 5цв., круглые, пластиковое ведро</t>
   </si>
   <si>
     <t>433119</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/751/7516252180014138a4a8c70668e6de86.jpeg</t>
   </si>
   <si>
     <t>Мелки цветные Гамма, 10шт., мягкие, круглые, картонная коробка, европодвес. 909193</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Мягкий школьный мел предназначен для рисования на любой шероховатой поверхности. Благодаря удобной форме легко ложится в руку, не царапает поверхность школьной доски.&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>446799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cf/8cf0ffddadb0d1a497b5e9b4c05c76ef.jpeg</t>
   </si>
   <si>
     <t>Мелки цветные Гамма, 10шт., мягкие, квадратные, картонная коробка, европодвес. 909194</t>
@@ -410,59 +428,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/8d0d2115fbd41de5994db808ca42d1fa.jpeg</t>
   </si>
   <si>
     <t>Мелки цветные для асфальта Мульти-Пульти, 10шт., 5цв., круглые картонная коробка</t>
   </si>
   <si>
     <t>469118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/251/251a1d5cb48f5e6b7f86e615a8c0dfe8.jpeg</t>
   </si>
   <si>
     <t>Мелки цветные Гамма, 6шт., мягкие, квадратные, картонная коробка, европодвес</t>
   </si>
   <si>
     <t>Школьный мел подходит для письма и рисования на школьной доске или любой шероховатой поверхности. Мел удобно лежит в руке, не царапает рабочую поверхность и не создаёт пыль. Продукт на 95&amp;#37; состоит из чистого мела, не содержит гипс. Экономично расходуется — одного набора хватает надолго.</t>
   </si>
   <si>
     <t>469119</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/437/437139489120143ff5e0e4767e920e71.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Мульти-Пульти  quot;Енот на опушке леса quot;, 6цв., круглые, картонная коробка, европод.</t>
+  </si>
+  <si>
+    <t>Круглый мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на шероховатой поверхности. Удобная форма мелка разработана специально для детей. Нетоксичные. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>469120</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0ea/0ea56e8766625ddf37fea6dd13d176b4.jpeg</t>
   </si>
   <si>
     <t>Мелки цветные Мульти-Пульти  quot;Енот на опушке леса quot;, 10цв., круглые, картон. коробка, европод.</t>
   </si>
   <si>
-    <t>Круглый мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на шероховатой поверхности. Удобная форма мелка разработана специально для детей. Нетоксичные. Для детей старше 3-х лет.</t>
-[...1 lines deleted...]
-  <si>
     <t>469121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f7/3f72f2f6875d8bd276059ca444875874/6babd38be6b577867f819a09aea66308.jpg</t>
   </si>
   <si>
     <t>Набор цветных мелков асфальтовых JOVI, 6шт., 6цв., круглый, картонная коробка</t>
   </si>
   <si>
     <t>Толстый высококачественный круглый мел для асфальта имеет российскую сертификацию для маленьких детей от двух лет. Очень яркие цвета. Изготовлен из карбоната кальция. Зашлифован, не пачкает руки и одежду. Диаметр мелка 2 см, длина 10 см. Высокая покрывающая способность, не крошится, легко стирается и не царапает поверхности. Рисование на асфальте – уникальное занятие для маленьких детей, ведь там малыш не ограничен листом бумаги, а имеет огромное поле для проявления своей фантазии, что крайне важно для развития ребенка. Отдельный плюс для родителей, которые могут не опасаться, что ребенок испачкает мелом ковры, стол или стены. А с рук и одежды этот мел очень легко смывается. Таким мелом интересно рисовать не только на асфальте и школьных досках, но и на картоне. Разные цвета помогают создавать живые красочные рисунки. В коробке с европодвесом 6 цветов &amp;#40;желтый, оранжевый, розовый, зеленый, голубой, фиолетовый&amp;#41;.</t>
   </si>
   <si>
     <t>559199</t>
   </si>
   <si>
     <t>&lt;a href="/brands/jovi/"&gt;Jovi&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1bb/1bb19d05c49b50c607ddf334484572d7/1404f3acc33834883cc1f14ec946ae18.jpg</t>
   </si>
   <si>
     <t>Мелки цветные для асфальта Мульти-Пульти, 16шт., 6цв., круглые картонная коробка</t>
   </si>
   <si>
     <t>559200</t>
@@ -557,56 +584,50 @@
   <si>
     <t>Мелки для рисования</t>
   </si>
   <si>
     <t>Набор из 8 тонких разноцветных мелков в картонной упаковке с &amp;quot;окошком&amp;quot;. Мел 6-ти цветов: розовый, голубой, салатовый, желтый, оранжевый, фиолетовый.</t>
   </si>
   <si>
     <t>683552</t>
   </si>
   <si>
     <t>&lt;a href="/brands/genio-kids-art/"&gt;GENIO KIDS-ART&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa8/oe6ogxcmnwxdzo6jtpu69uvs3a72z5wo.jpg</t>
   </si>
   <si>
     <t>Набор больших цветных мелков для рисования на асфальте - 21 шт. Лицезионный продукт - Booba</t>
   </si>
   <si>
     <t>684097</t>
   </si>
   <si>
     <t>&lt;a href="/brands/booba/"&gt;BOOBA&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/56b/1mogiy7s319zl6iwk0lbsrnc9mjm6tjy.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/027/wxh66c3brzft1v4xauxspwuvbnuas5xg.jpg</t>
   </si>
   <si>
     <t>Набор&amp;nbsp;&amp;nbsp;больших цветных мелков для рисования на асфальте. 7 шт.</t>
   </si>
   <si>
     <t>685197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/948/fflsc6cl68mqeap426fsy4320nr4o7hc.jpg</t>
   </si>
   <si>
     <t>Мелки пластиковые Мульти-Пульти  quot;Зверята quot;, 06цв., на палец, картон</t>
   </si>
   <si>
     <t>Пластиковые мелки с фигурным корпусом в виде забавных животных идеально подойдут для творчества и развития фантазии, мелками можно рисовать как обычно или надев на палец. В наборе 6 цветов. Мелки не пачкают руки, развивают мелкую моторику и идеально подойдут для рисования малышам. Яркие, сочные цвета, не тускнеющие со временем, утолщенный корпус, мягкое рисование сделают творческий процесс максимально комфортным.</t>
   </si>
   <si>
     <t>686551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9fb/em7iiu187soj723pzafb2t8lw0e75zm3.jpg</t>
   </si>
   <si>
     <t>Мелки пластиковые Мульти-Пульти  quot;Зверята quot;, 12цв., на палец, картон</t>
@@ -935,59 +956,50 @@
   <si>
     <t>967562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cce/dtnmpils4w5m9ea5z0wzh0eznlu0njae.jpg</t>
   </si>
   <si>
     <t>Мелки для асфальта Гамма  quot;Мультики quot; цветные, 24шт., квадратные, картонная коробка</t>
   </si>
   <si>
     <t>Мелки для асфальта Гамма &amp;quot;Мультики&amp;quot; цветные, 24шт., квадратные, картонная коробка</t>
   </si>
   <si>
     <t>967563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/904/p7v5dh1ens8g8gssur241mdutuw0mpbm.jpg</t>
   </si>
   <si>
     <t>Мелки фигурные для асфальта Мульти-Пульти,, цветные, 6шт., 6цв., картонная упаковка с окном</t>
   </si>
   <si>
     <t>967564</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d56/wknuckwzrv81lnesmgvdko0weln58xr8.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/738/n6a168kvfqwjaytri01eykjdoalz5q0h.jpg</t>
   </si>
   <si>
     <t>Мелки цветные для асфальта Мульти-Пульти, 5шт., 5цв., круглые, с держателем, блистер</t>
   </si>
   <si>
     <t>967567</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba4/jur66tntzb4rl81w9tmvgnynsvv4rxdz.jpg</t>
   </si>
   <si>
     <t>Набор из 6-ти мелков в форме яйца. Мел 6-ти цветов: красный, синий, зеленый, желтый, оранжевый, фиолетовый. Упаковка - картонный лоток &amp;#43; термоупаковка.</t>
   </si>
   <si>
     <t>979879</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47c/ls3xqprlsnfwhgbr8g01llnzeukzjbcm.jpg</t>
   </si>
   <si>
     <t>Мелки цветные Мульти-Пульти  quot;Чебурашка quot;, 9цв., картонная коробка, европодвес</t>
   </si>
   <si>
     <t>Мелки цветные Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 9цв., картонная коробка, европодвес</t>
@@ -1164,50 +1176,71 @@
     <t>http://anytos.ru//upload/iblock/e9b/wcccvoj1tgbxuo1ue3ea7l39e532k8y4.jpg</t>
   </si>
   <si>
     <t>Мелки для рисования 6 штук</t>
   </si>
   <si>
     <t>Мелки для рисования 6 шт.</t>
   </si>
   <si>
     <t>1013170</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dream-makers/"&gt;Dream makers&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa8/0mpp9u1onqajbnk3y7h38wmpg71mx7bl.jpg</t>
   </si>
   <si>
     <t>Мелки для рисования 8 штук</t>
   </si>
   <si>
     <t>Мелки для рисования 8 шт</t>
   </si>
   <si>
     <t>1013171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65e/56d6izzrbtzqowht4gihmullsqibnhfb.png</t>
+  </si>
+  <si>
+    <t>Мел в ведерке для асфальта и классной доски 40 штук, цветной квадратный, ПИФАГОР, 274126</t>
+  </si>
+  <si>
+    <t>Цветной мел ПИФАГОР подходит для рисования на школьной доске и асфальте. В наборе 40 ярких мелков девяти различных цветов: голубой, фиолетовый, зеленый, изумрудный, желтый, красный, оранжевый, белый, коричневый. Благодаря квадратной утолщенной форме с заостренным концом мел удобно ложится в руку и рисует на асфальте. Изготовлен из высококачественного природного сырья без добавления гипса, нетоксичен. Легко смывается с рук. Мел упакован в пластиковое ведерко – идеально, чтобы хранить мел или брать его с собой.</t>
+  </si>
+  <si>
+    <t>1014585</t>
+  </si>
+  <si>
+    <t>Мел в ведерке для рисования на асфальте 22 штуки, ПИФАГОР, цветной квадратный УТОЛЩЕННЫЙ, 274125</t>
+  </si>
+  <si>
+    <t>Цветной мел ПИФАГОР подходит для рисования на асфальте. В наборе 22 ярких мелка шести различных цветов: голубой, зеленый, желтый, красный, оранжевый, белый. Благодаря квадратной утолщенной форме с заостренным концом мел удобно ложится в руку и рисует на асфальте. Изготовлен из высококачественного природного сырья без добавления гипса, нетоксичен. Легко смывается с рук. Мел упакован в пластиковое ведерко – идеально, чтобы хранить мел или брать его с собой.</t>
+  </si>
+  <si>
+    <t>1014586</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1534,2208 +1567,2266 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J95"/>
+  <dimension ref="A1:M97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G95" sqref="G95"/>
+      <selection pane="bottomRight" activeCell="G97" sqref="G97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...33 lines deleted...]
-      <c r="B7" s="1" t="s">
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F28" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...62 lines deleted...]
-      <c r="A10" s="1" t="s">
+      <c r="G28" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G34" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...229 lines deleted...]
-      <c r="B20" s="1" t="s">
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...353 lines deleted...]
-      <c r="F35" s="3" t="s">
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="G35" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>159</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>163</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>176</v>
+        <v>97</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>177</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>180</v>
+        <v>97</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>181</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>37</v>
+        <v>183</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C43" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F44" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G44" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>205</v>
+        <v>97</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>95</v>
+        <v>212</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>173</v>
+        <v>250</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>176</v>
+        <v>97</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>253</v>
+        <v>182</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>95</v>
+        <v>185</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G67" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...72 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>173</v>
+        <v>289</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>176</v>
+        <v>97</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>289</v>
+        <v>182</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>296</v>
+        <v>185</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>23</v>
+        <v>303</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F93" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G93" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F95" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G95" s="3" t="s">
-        <v>34</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">