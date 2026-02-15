--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -12,1105 +12,1093 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/46e/dfrbt9w4jc1fk7k1pf23yw7o016ibv0b.jpg</t>
-[...2 lines deleted...]
-    <t>Мелки цветные Каляка-Маляка 4шт., европодвес 3 : МЦКМ04 штр.: 4602723007616</t>
+    <t>http://anytos.ru//upload/iblock/c3e/c3e97086c7f67604e450aa51f8255131.jpg</t>
+  </si>
+  <si>
+    <t>Набор цветных мелков асфальтовых  quot;Енот в Австралии quot;, 5цв.: АМ_11132 штр.: 4680211091323</t>
+  </si>
+  <si>
+    <t>Мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на любой шероховатой поверхности. Нетоксичные.</t>
   </si>
   <si>
     <t>Мел цветной</t>
   </si>
   <si>
-    <t>109496</t>
+    <t>337281</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab1/ab153ad25b2b6fc94762de19ea1626cc.jpg</t>
+  </si>
+  <si>
+    <t>Набор цветного мела  quot;Енот в Австралии quot;, 9цв.: ЦМ_11131 штр.: 1468021109131</t>
+  </si>
+  <si>
+    <t>337283</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a2/9a2032871b55691406347d7c453954bc/9aea6aa36a6269a09093ee7246077bae.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для рисования цветные 7 шт MLB07 штр.  4814723001406</t>
+  </si>
+  <si>
+    <t>Набор&amp;nbsp;&amp;nbsp;больших цветных мелков для рисования на асфальте. В Наборе 7 шт.</t>
+  </si>
+  <si>
+    <t>338379</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/just-cool/"&gt;JUST COOL&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82d/jdwx13zg6sndfdvzz08ekv7pqgiuzhbd.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для рисования цветные 21 шт MLB21 штр.  4814723001390</t>
+  </si>
+  <si>
+    <t>Набор больших цветных мелков для рисования на асфальте. 21 шт.</t>
+  </si>
+  <si>
+    <t>338380</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/genio-kids/"&gt;GENIO KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bc/8bc44f71e5cd85c154f57a5791914b1f.jpg</t>
+  </si>
+  <si>
+    <t>Набор цветных мелков асфальтовых Мульти-Пульти  quot;Енот в Австралии quot;, 25шт., 5цв, пластиковое ведро. АМ_14462</t>
+  </si>
+  <si>
+    <t>Мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на любой шероховатой поверхности. Нетоксичный.</t>
+  </si>
+  <si>
+    <t>341807</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/647/647ba613b1392ab6cf4fdf27d0eddbcb.jpg</t>
+  </si>
+  <si>
+    <t>Мелки пластиковые Мульти-Пульти  quot;Звездочка quot;, 06цв., пластиковый корпус, блистер PC_15896</t>
+  </si>
+  <si>
+    <t>Пластиковые цветные мелки Мульти-Пульти идеально подойдут для занятий творчеством. Необычная форма мелков, яркие цвета сделают процесс работы с ними интересным и запоминающимся. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>350813</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d20/d208ed45248fbaca7b0a7055d9b00056.jpg</t>
+  </si>
+  <si>
+    <t>Мелки пластиковые двусторон. Мульти-Пульти  quot;Приключения Енота quot; 12 цв., трехгранные, картон. РС_20135</t>
+  </si>
+  <si>
+    <t>Пластиковые трехгранные мелки Мульти-Пульти разработаны специально для маленьких детей.&amp;nbsp;&amp;nbsp;Легко ложатся на бумагу. С помощью одного мелка можно рисовать тонкие и толстые линии. Не имеют запаха и не пачкают руки. Не крошатся.</t>
+  </si>
+  <si>
+    <t>357640</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f40/o2ffkc4mh8bhjnnh7yhrhl0wol4ji3fg.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной BRAUBERG, антипыль, набор 10 шт., круглый, 223552</t>
+  </si>
+  <si>
+    <t>Цветной мел BRAUBERG предназначен для письма и рисования на классных и аудиторных досках, а так же на любых шероховатых поверхностях. Не пачкает руки благодаря формуле &amp;quot;Антипыль&amp;quot;. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря удобной круглой форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 80 мм, диаметр - 9 мм. В наборе 5 цветов &amp;#40;красный, оранжевый, желтый, зеленый, голубой&amp;#41; по 2 мелка каждого цвета, всего - 10 штук.</t>
+  </si>
+  <si>
+    <t>390100</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/980/84uu7odibs0vg26180e3nrbaqcg1y61f.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной BRAUBERG, набор 10 шт., для рисования на асфальте, круглый, 223556</t>
+  </si>
+  <si>
+    <t>Цветной мел BRAUBERG предназначен для письма и рисования на асфальте. Изготовлен из высококачественного природного сырья, нетоксичен. Благодаря круглой утолщенной форме удобно ложится в руку. Легко смывается водой. Длина - 100 мм, диаметр - 25 мм. В наборе 10 цветных мелков &amp;#40;красный - 2 шт., оранжевый - 2 шт., желтый - 2 шт., зеленый - 2 шт., голубой- 2 шт.&amp;#41;. Набор упакован в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/866/rcopdfb2zmpt00w2681wn1kyjzwovael.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной BRAUBERG, набор 20 шт., для рисования на асфальте, круглый, пластиковое ведро, 223557</t>
+  </si>
+  <si>
+    <t>Цветной мел BRAUBERG предназначен для письма и рисования на асфальте. Изготовлен из высококачественного природного сырья, нетоксичен. Благодаря круглой утолщенной форме удобно ложится в руку. Легко смывается водой. Длина - 100 мм, диаметр - 25 мм. В наборе 20 цветных мелков &amp;#40;красный - 4 шт., оранжевый - 4 шт., желтый - 4 шт., зеленый - 4 шт., голубой - 4 шт.&amp;#41;. Набор упакован в пластиковое ведро с ручкой.</t>
+  </si>
+  <si>
+    <t>390102</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b64/0rs7jcqjd0obc73ekz24wap3xw4r0cet.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ПИФАГОР, набор 10 шт., квадратный, 221168</t>
+  </si>
+  <si>
+    <t>Цветной мел ПИФАГОР предназначен для письма и рисования на классных и аудиторных досках, а так же на любых шероховатых поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 80 мм, диаметр - 13 мм. В наборе 9 цветных мелков и 1 белый, всего - 10 штук.</t>
+  </si>
+  <si>
+    <t>390103</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa7/iz4o6n1fqxqlq10wwepzga0qk3n2mm75.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ПИФАГОР, набор 4 шт., квадратный, 221977</t>
+  </si>
+  <si>
+    <t>Цветной мел ПИФАГОР предназначен для письма и рисования на классных и аудиторных досках, а так же на любых шероховатых поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 76 мм, диаметр - 13 мм. В наборе 4 цветных мелка &amp;#40;красный, желтый, зеленый, голубой&amp;#41;.</t>
+  </si>
+  <si>
+    <t>390104</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06a/j9ydaw8tyyemgfwa3qizq2dtmt2byao3.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ПИФАГОР, набор 5 шт., для рисования на асфальте, квадратный, 221170</t>
+  </si>
+  <si>
+    <t>Цветной мел ПИФАГОР предназначен для письма и рисования на асфальте. Изготовлен из высококачественного природного сырья, нетоксичен. Благодаря квадратной форме удобно ложится в руку. Легко смывается водой. Длина - 95 мм, диаметр - 17 мм. В наборе 5 мелков. 4 цветных мелка &amp;#40;красный, желтый, зеленый, голубой&amp;#41; и 1 белый мелок. Набор упакован в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390105</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27c/3t6fo9ue8twwwqzcb13eni2oixyqd6s1.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ПИФАГОР, набор 6 шт., квадратный, 221979</t>
+  </si>
+  <si>
+    <t>Цветной мел ПИФАГОР предназначен для письма и рисования на классных и аудиторных досках, а так же на любых шероховатых поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 76 мм, диаметр - 13 мм. В наборе 5 цветных мелков &amp;#40;красный, желтый, зеленый, голубой, оранжевый&amp;#41; и 1 белый, всего - 6 штук.</t>
+  </si>
+  <si>
+    <t>390106</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/5912e4c4fc439ce25ba1cbb0954f4b27.jpg</t>
+  </si>
+  <si>
+    <t>Набор цветных мелков асфальтовых Гамма  quot;Мультики quot;, 5шт., 5цв., картонная коробка. 2304191</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта цветные предназначены для детского творчества для рисования на асфальте. Безопасный состав для из органических материалов - мел, гипс, вода. Только для детей от 3-х лет.</t>
+  </si>
+  <si>
+    <t>395164</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6d/f5pqgmd09i0omdfu1i3c8dxzhls3fpwo.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ОКРУЖАЮЩИЙ МИР quot;, НАБОР 9 шт., квадратный, 227443</t>
+  </si>
+  <si>
+    <t>Цветной мел ЮНЛАНДИЯ предназначен для письма и рисования на классных и аудиторных досках, а так же на любых шероховатых поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 78 мм, диаметр - 13 мм. В наборе 8 цветных мелков и 1 белый, всего - 9 штук.</t>
+  </si>
+  <si>
+    <t>424909</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d40/lyw6ehtbq9100n2q1m5st5q975d608na.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И КОСМОС quot;, НАБОР 5 шт., для рисования на асфальте, квадратный, 227446</t>
+  </si>
+  <si>
+    <t>Цветной мел ЮНЛАНДИЯ предназначен для письма и рисования на асфальте. Изготовлен из высококачественного природного сырья, нетоксичен. Благодаря квадратной форме удобно ложится в руку. Легко смывается водой. Длина - 95 мм, диаметр - 17 мм. В наборе 5 мелков. 4 цветных мелка &amp;#40;красный, желтый, зеленый, голубой&amp;#41; и 1 белый мелок. Набор упакован в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>424911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/863/ajs3uwly2qft5x8xq32vgzc7idrnpj4t.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ОКРУЖАЮЩИЙ МИР quot;, НАБОР 6 шт., квадратный, 227447</t>
+  </si>
+  <si>
+    <t>Цветной мел ЮНЛАНДИЯ предназначен для письма и рисования на классных и аудиторных досках, а так же на любых негладких поверхностях. Изготовлен из высококачественного природного сырья без химических добавок. Не содержит твердых включений и не портит поверхность досок. Благодаря квадратной форме легко ложится в руку. Мел средней твердости. Не оставляет царапин. Легко смывается водой. Длина - 78 мм, диаметр - 13 мм. В наборе 5 цветных мелков &amp;#40;красный, желтый, зеленый, голубой, фиолетовый&amp;#41; и 1 белый, всего - 6 штук.</t>
+  </si>
+  <si>
+    <t>424912</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df8/df87f9eaf86b76bd35f03d0239ec3423.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта Гамма  quot;Мультики quot;, 8шт., 5цв., круглые, пластиковое ведро</t>
+  </si>
+  <si>
+    <t>433119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/7516252180014138a4a8c70668e6de86.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Гамма, 10шт., мягкие, круглые, картонная коробка, европодвес. 909193</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Мягкий школьный мел предназначен для рисования на любой шероховатой поверхности. Благодаря удобной форме легко ложится в руку, не царапает поверхность школьной доски.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>446799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8cf/8cf0ffddadb0d1a497b5e9b4c05c76ef.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Гамма, 10шт., мягкие, квадратные, картонная коробка, европодвес. 909194</t>
+  </si>
+  <si>
+    <t>446800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78d/78dcea157a5bda0aaeac3861cc02c2a1.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Гамма, 10шт., мягкие, треугольные, картонная коробка, европодвес. 909192</t>
+  </si>
+  <si>
+    <t>446801</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e36/e3640e5e214b1d5f12052f4ca851c370.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта Мульти-Пульти, 6цв., круглые картонная коробка, европод.</t>
+  </si>
+  <si>
+    <t>Асфальтовый мел Мульти-Пульти идеально подходит для рисования на любой шероховатой поверхности. Удобная форма мела разработана специально для детей. Нетоксичные. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>469117</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d0/8d0d2115fbd41de5994db808ca42d1fa.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта Мульти-Пульти, 10шт., 5цв., круглые картонная коробка</t>
+  </si>
+  <si>
+    <t>469118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/251/251a1d5cb48f5e6b7f86e615a8c0dfe8.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Гамма, 6шт., мягкие, квадратные, картонная коробка, европодвес</t>
+  </si>
+  <si>
+    <t>Школьный мел подходит для письма и рисования на школьной доске или любой шероховатой поверхности. Мел удобно лежит в руке, не царапает рабочую поверхность и не создаёт пыль. Продукт на 95&amp;#37; состоит из чистого мела, не содержит гипс. Экономично расходуется — одного набора хватает надолго.</t>
+  </si>
+  <si>
+    <t>469119</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ea/0ea56e8766625ddf37fea6dd13d176b4.jpeg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Мульти-Пульти  quot;Енот на опушке леса quot;, 10цв., круглые, картон. коробка, европод.</t>
+  </si>
+  <si>
+    <t>Круглый мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на шероховатой поверхности. Удобная форма мелка разработана специально для детей. Нетоксичные. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>469121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f7/3f72f2f6875d8bd276059ca444875874/6babd38be6b577867f819a09aea66308.jpg</t>
+  </si>
+  <si>
+    <t>Набор цветных мелков асфальтовых JOVI, 6шт., 6цв., круглый, картонная коробка</t>
+  </si>
+  <si>
+    <t>Толстый высококачественный круглый мел для асфальта имеет российскую сертификацию для маленьких детей от двух лет. Очень яркие цвета. Изготовлен из карбоната кальция. Зашлифован, не пачкает руки и одежду. Диаметр мелка 2 см, длина 10 см. Высокая покрывающая способность, не крошится, легко стирается и не царапает поверхности. Рисование на асфальте – уникальное занятие для маленьких детей, ведь там малыш не ограничен листом бумаги, а имеет огромное поле для проявления своей фантазии, что крайне важно для развития ребенка. Отдельный плюс для родителей, которые могут не опасаться, что ребенок испачкает мелом ковры, стол или стены. А с рук и одежды этот мел очень легко смывается. Таким мелом интересно рисовать не только на асфальте и школьных досках, но и на картоне. Разные цвета помогают создавать живые красочные рисунки. В коробке с европодвесом 6 цветов &amp;#40;желтый, оранжевый, розовый, зеленый, голубой, фиолетовый&amp;#41;.</t>
+  </si>
+  <si>
+    <t>559199</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/jovi/"&gt;Jovi&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bb/1bb19d05c49b50c607ddf334484572d7/1404f3acc33834883cc1f14ec946ae18.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта Мульти-Пульти, 16шт., 6цв., круглые картонная коробка</t>
+  </si>
+  <si>
+    <t>559200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dda/ddacacaf3dff449ece258e5fb925215b/bc6e24cc2ccf2cc3e677de9186541209.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Мульти-Пульти  quot;Енот в Австралии quot;, 7цв., картонная коробка, европодвес</t>
+  </si>
+  <si>
+    <t>Мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на любой шероховатой поверхности. Нетоксичные. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>559202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fd/6fdf96b99e7c900bca19ea93c423ebdd/43a65a41cdbbb685d49d036300c0a77b.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Мульти-Пульти  quot;Енот в Австралии quot;, 4цв., картонная коробка, европодвес</t>
+  </si>
+  <si>
+    <t>559203</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78a/78a4f78fb2a853077d7b5ada0a51f7f0/ed08bdeeb2d14d2dcd8406d8c60514f5.jpg</t>
+  </si>
+  <si>
+    <t>Набор мелков Bondibon 6 цветов в пластиковой коробочке, ВОХ 11х12,5 см.</t>
+  </si>
+  <si>
+    <t>577627</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ba/0ba77da65e8407053eea5d9223e03983/e2ac4e92422b50522115315428e97466.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные JOVI, 10цв., круглые, картонная коробка, европодвес</t>
+  </si>
+  <si>
+    <t>Высококачественный круглый цветной мел диаметром 9 мм, длиной 80 мм изготовлен из карбоната кальция. Зашлифован, не пачкает руки и одежду. Очень яркие цвета. В наборе десять ярких цветов - желтый, оранжевый, розовый, красный, сиреневый, салатовый, зеленый, голубой, синий, светло-коричневый. Предназначен для школьных досок, рисования на асфальте, бумаге, ткани и других поверхностях. Высокая покрывающая способность, не крошится, легко стирается и не царапает поверхности. Коробка с европодвесом.</t>
+  </si>
+  <si>
+    <t>593438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d39/d3969807b11e404dba5be740a8bb26d1.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта JOVI, 20шт., 7цв., круглые, пластиковое ведро</t>
+  </si>
+  <si>
+    <t>Толстый мел для асфальта имеет российскую сертификацию для маленьких детей старше трех лет. Большой круглый мел для асфальта изготовлен из сульфата кальция. Таким мелом интересно рисовать не только на асфальте и школьных досках, но и на картоне. Рисование на асфальте – уникальное занятие для маленьких детей, ведь там малыш не ограничен листом бумаги, а имеет огромное поле для проявления своей фантазии, что крайне важно для развития ребенка. Отдельный плюс для родителей, которые могут не опасаться, что ребенок испачкает мелом ковры, стол или стены. А с рук и одежды этот мел очень легко смывается. Разные цвета помогают создавать живые красочные рисунки. Легко стирается и не царапает поверхности. 20 мелков семи различных цветов &amp;#40;по 3 шт желтого, оранжевого, розового, зеленого, голубого, фиолетового и 2 шт белого&amp;#41; в удобном пластиковом ведре с крышкой. Мел можно брать с собой в дорогу и не бояться, что он рассыплется. К тому же малышу так нравится быть самостоятельным и нести самому такое ведерко с мелом!</t>
+  </si>
+  <si>
+    <t>618532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a4/1a4fcecef483863f167b60d2e0cd5402.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Мелки для асфальта Гамма  quot; quot;Мультики quot; quot;, цветные, 20шт., 6цв., круглые, пластиковое ведро quot;</t>
+  </si>
+  <si>
+    <t>Цветные мелки средней твердости предназначены для рисования на асфальте и детского творчества . Длина каждого мелка - 10 см., диаметр - 2,2 см. Безопасный состав для из органических материалов - мел, гипс, вода. Рекомендуется для детей от 3-х лет. В упаковке - 6 цветов &amp;#40;голубой - 4 шт., розовый - 4 шт., зеленый - 4 шт., желтый - 3 шт., оранжевый - 3 шт., бежевый - 2 шт.&amp;#41;, всего - 20 штук. Форма мелков - круглая. Упаковка - пластиковое ведро.</t>
+  </si>
+  <si>
+    <t>651657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ed/6ed407d8073cc60debb38fcce89e8f18.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;Мелки для асфальта Гамма  quot; quot;Мультики quot; quot;, цветные, 36шт., 9цв., круглые, пластиковое ведро quot;</t>
+  </si>
+  <si>
+    <t>Асфальтовый мел ГАММА выпускается в двух типоразмерах: круглый и квадратный, фасуется в картонные коробки и пластиковые ведерки. Мел соответствует требованиям безопасности и безопасен для использования.&amp;nbsp;&amp;nbsp;Очень яркие цвета. Не пачкает руки и одежду. Мел отличается высокой укрывающей способностью, не крошится, легко стирается и не царапает поверхности.</t>
+  </si>
+  <si>
+    <t>651658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/098/md4qqvmvhz3tuggock5je25awl0dzebh.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для рисования</t>
+  </si>
+  <si>
+    <t>Набор из 8 тонких разноцветных мелков в картонной упаковке с &amp;quot;окошком&amp;quot;. Мел 6-ти цветов: розовый, голубой, салатовый, желтый, оранжевый, фиолетовый.</t>
+  </si>
+  <si>
+    <t>683552</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/genio-kids-art/"&gt;GENIO KIDS-ART&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa8/oe6ogxcmnwxdzo6jtpu69uvs3a72z5wo.jpg</t>
+  </si>
+  <si>
+    <t>Набор больших цветных мелков для рисования на асфальте - 21 шт. Лицезионный продукт - Booba</t>
+  </si>
+  <si>
+    <t>684097</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/booba/"&gt;BOOBA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56b/1mogiy7s319zl6iwk0lbsrnc9mjm6tjy.jpg</t>
+  </si>
+  <si>
+    <t>684101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/027/wxh66c3brzft1v4xauxspwuvbnuas5xg.jpg</t>
+  </si>
+  <si>
+    <t>Набор&amp;nbsp;&amp;nbsp;больших цветных мелков для рисования на асфальте. 7 шт.</t>
+  </si>
+  <si>
+    <t>685197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/948/fflsc6cl68mqeap426fsy4320nr4o7hc.jpg</t>
+  </si>
+  <si>
+    <t>Мелки пластиковые Мульти-Пульти  quot;Зверята quot;, 06цв., на палец, картон</t>
+  </si>
+  <si>
+    <t>Пластиковые мелки с фигурным корпусом в виде забавных животных идеально подойдут для творчества и развития фантазии, мелками можно рисовать как обычно или надев на палец. В наборе 6 цветов. Мелки не пачкают руки, развивают мелкую моторику и идеально подойдут для рисования малышам. Яркие, сочные цвета, не тускнеющие со временем, утолщенный корпус, мягкое рисование сделают творческий процесс максимально комфортным.</t>
+  </si>
+  <si>
+    <t>686551</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fb/em7iiu187soj723pzafb2t8lw0e75zm3.jpg</t>
+  </si>
+  <si>
+    <t>Мелки пластиковые Мульти-Пульти  quot;Зверята quot;, 12цв., на палец, картон</t>
+  </si>
+  <si>
+    <t>Пластиковые мелки с фигурным корпусом в виде забавных животных идеально подойдут для творчества и развития фантазии, мелками можно рисовать как обычно или надев на палец. В наборе 12 цветов. Мелки не пачкают руки, развивают мелкую моторику и идеально подойдут для рисования малышам. Яркие, сочные цвета, не тускнеющие со временем, утолщенный корпус, мягкое рисование сделают творческий процесс максимально комфортным.</t>
+  </si>
+  <si>
+    <t>686552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/218/797kpc2sb1b6bzgpmfwnts7klwbyvu23.jpg</t>
+  </si>
+  <si>
+    <t>Мелки школьные цветные Гамма, 12шт., средней тверд., квадратные, картонная коробка</t>
+  </si>
+  <si>
+    <t>Набор школьных мелков средней твердости ГАММА предназначен специально для занятий в учебных заведениях. Мел не крошится и не царапает покрытие. Разнообразие цвета позволит подобрать мелки по любым предпочтениям и для разных целей.</t>
+  </si>
+  <si>
+    <t>700669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1b/iemqdk97t03c02j5i82jbt9xn9f0syo4.jpg</t>
+  </si>
+  <si>
+    <t>Мелки школьные цветные Гамма, 6шт., средней тверд., квадратные, картонная коробка</t>
+  </si>
+  <si>
+    <t>700670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d8/20qk4js8f8lwvt8dca05abkai7m6kviy.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные 9цв 13шт  quot;Darvish quot; в ведерке</t>
+  </si>
+  <si>
+    <t>Мелки &amp;#40;13шт&amp;#41; цветные для рисования, удобно хранить в ведёрке.</t>
+  </si>
+  <si>
+    <t>705428</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddf/tvaq3qzn6z0tbn10030djga0sxgie4go.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные 3шт  quot;Darvish quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>Мелки цветные&amp;nbsp;&amp;nbsp;3шт &amp;quot;Darvish&amp;quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>705429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f9/w89cf71ti7xpgd94px5ic1tp7541hakm.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные 4шт  quot;Darvish quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>Мелки цветные&amp;nbsp;&amp;nbsp;4шт &amp;quot;Darvish&amp;quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>705430</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e2/sndgk0rdh80vtedcahal692zphbvu0uz.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные 6шт  quot;Darvish quot; для асфальта</t>
+  </si>
+  <si>
+    <t>Мелки цветные&amp;nbsp;&amp;nbsp;6шт &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;для асфальта</t>
+  </si>
+  <si>
+    <t>705431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1b/nzlmwz8v824gwyym02i4nnp803iooput.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные 6шт  quot;Darvish quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>Мелки цветные&amp;nbsp;&amp;nbsp;6шт &amp;quot;Darvish&amp;quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>705432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1d/mfwb013q6l34zfayaigg6sqog7e73snf.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные 9шт  quot;Darvish quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>Мелки цветные&amp;nbsp;&amp;nbsp;9шт &amp;quot;Darvish&amp;quot; прямоугольные</t>
+  </si>
+  <si>
+    <t>705433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b73/79avdlqi2qaiq85c0s6ygh4oh3l96syt.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные 9цв 18шт  quot;Darvish quot; в ведерке</t>
+  </si>
+  <si>
+    <t>Мелки цветные 9цв/18шт &amp;quot;Darvish&amp;quot; в ведерке.</t>
+  </si>
+  <si>
+    <t>705434</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/387/jpbepdu10vmpm0muvfy6dhkddd5jvji6.jpg</t>
+  </si>
+  <si>
+    <t>Мелки фигурные для асфальта Гамма  quot;Малыш quot;, ассорти, 16шт., пластик. ведро</t>
+  </si>
+  <si>
+    <t>Рисование на асфальте не имеет границ для воплощения идей ребенка в красочные рисунки. Это уникальное занятие для детей, где нет ограничений в виде листа бумаги. Мел с легкостью удаляется с рук и одежды даже после самого кропотливого творческого процесса. Яркая цветовая палитра асфальтовых мелков ГАММА помогает создавать оригинальные красочные рисунки.</t>
+  </si>
+  <si>
+    <t>785026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/610/1yn45r80ue8lcaymx9hl5oa6a84c8myg.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта Мульти-Пульти  quot;Енот в Австралии quot;, 16 шт., 8цв., пластиковая коробка</t>
+  </si>
+  <si>
+    <t>Мел Мульти-Пульти изготовлен из натуральных компонентов и идеально подходит для рисования на асфальте и любой шероховатой поверхности. Нетоксичные. Для детей старше 3-х лет. Набор состоит из 16 прямоугольных мелков в 8-ми цветах. Для удобства хранения, мелки размещены в пластиковой коробке.</t>
+  </si>
+  <si>
+    <t>789674</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e7/5kkniklmb44uqf536mjpwo4r5796szav.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта Мульти-Пульти, 14шт., 7цв., круглые, пластиковое ведро</t>
+  </si>
+  <si>
+    <t>Асфальтовый мел Мульти-Пульти идеально подходит для рисования на асфальте и любой шероховатой поверхности. Удобная форма мела разработана специально для детей. Нетоксичные. Для детей старше 3-х лет. Набор состоит из 14 круглых мелков в 7-ми цветах. Для удобства хранения, мелки размещены в пластиковом ведёрке с ручкой.</t>
+  </si>
+  <si>
+    <t>789675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/783/xwpgpg7ghgvsg149wz2y5gc60lidcjl1.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма  quot;Мультики quot;, цветные, 21шт., 6цв., квадратные, пластиковое ведро</t>
+  </si>
+  <si>
+    <t>Набор из 21 квадратных мелков ГАММА серии «Мультики» подходит для рисования на асфальте и любой шероховатой поверхности и состоит из 6 цветов: 1 белого, 4 желтых, 4 зеленых, 4 синих, 4 красных, 4 оранжевых&amp;nbsp;&amp;nbsp;Натуральный состав на основе мела, гипса, воды и пигментов, без выраженного запаха, средняя твердость. Следы мелков легко счищаются с рук. Набор упакован в пластиковое ведро. Большие наборы мелков оптимальны для творческого отдыха всей семьей или групповых занятий. Воспитатели и педагоги используют цветные мелки для рисования и подвижных игр на улице. НЕ РЕКОМЕНДОВАНО ДЛЯ ПИТАНИЯ</t>
+  </si>
+  <si>
+    <t>801047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/229/o5sxn8oku3k2le9asscmavc8jixpariy.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 61 толстого мелка, 9 цветов. Упаковано в пластиковый контейнер</t>
+  </si>
+  <si>
+    <t>830055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0a/72rgjuxbk3lqd4k8pjvi7fvyxhm9jnr7.jpg</t>
+  </si>
+  <si>
+    <t>Общая информация об изделии:&amp;nbsp;&amp;nbsp; Набор из 6 толстых разноцветных мелковв картонной упаковке Материал, из которого изготовлена продукция по данным производителя:&amp;nbsp;&amp;nbsp; Мел, гипс, вода, краситель Материал, из которого изготовлена индивидуальная упаковка изделия:&amp;nbsp;&amp;nbsp; Картонная упаковка Комплектность изделия с указанием количества:&amp;nbsp;&amp;nbsp; 6 большой мелок разных цветов</t>
+  </si>
+  <si>
+    <t>839953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01d/f56j0vb29yr4ys75ddsk3lxihymgjvl9.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 13 толстых двухцветных мелков и 8 средних &amp;#40;6 цветных &amp;#43; 2 черных&amp;#41;</t>
+  </si>
+  <si>
+    <t>839954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea9/w5w3xi7vvke1t4etqrow5xdz7ol49blk.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Оранжевое солнце quot; 12 цветов  6 классических   6 пастельных , круглые, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>В набор входит 6 классических и 6 пастельных цветов. Мелки не пачкают руки и не крошатся. Изготовлены из натуральных компонентов. 12 цветов &amp;#40;желтый, красный, зеленый, синий, коричневый, черный, телесный, желтый пастельный, красный пастельный, фиолетовый пастельный, синий пастельный, зеленый пастельный&amp;#41;</t>
+  </si>
+  <si>
+    <t>843141</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b68/ih05ebikriggweroeabsrg0g3jowhqfq.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма  quot;Мультики quot; цветные 12шт., круглые, пластиковое ведро</t>
+  </si>
+  <si>
+    <t>Набор из 12 круглых мелков ГАММА серии «Мультики» подходит для рисования на асфальте и любой шероховатой поверхности и состоит из 6 цветов: белый, желтый, зеленый, синий, красный, оранжевый. Длина — 10 см, диаметр — 22 мм. Удобная форма и мягкое письмо. Натуральный состав на основе мела, гипса, воды и пигментов, без выраженного запаха, средняя твердость. Следы мелков легко счищаются с рук. Набор упакован в пластиковое ведро. Большие наборы мелков оптимальны для творческого отдыха всей семьей или групповых занятий. Воспитатели и педагоги используют цветные мелки для рисования и подвижных игр на улице. НЕ РЕКОМЕНДОВАНО ДЛЯ ПИТАНИЯ</t>
+  </si>
+  <si>
+    <t>843142</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7bb/bm3o8f9eoooiuyl6epa1gvim3zezip0r.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">МЕЛКИ ГЕЛЕВЫЕ С БЛЕСТКАМИ В ПЛАСТИКОВОМ КОРПУСЕ ВЫКРУЧИВАЮЩИЕСЯ  quot;FUNCOLOR quot;, 6 ЦВЕТОВ  2 ВИДА </t>
+  </si>
+  <si>
+    <t>МЕЛКИ ГЕЛЕВЫЕ С БЛЕСТКАМИ В ПЛАСТИКОВОМ КОРПУСЕ ВЫКРУЧИВАЮЩИЕСЯ &amp;quot;FUNCOLOR&amp;quot;, 6 ЦВЕТОВ &amp;#40;2 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>908490</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa6/ic9zvswqxv2qys039yb86wsjw9lbw3rh.jpg</t>
+  </si>
+  <si>
+    <t>Мел школьный Гамма набор 10 цветов, мягкий, квадратная форма, 0909194</t>
+  </si>
+  <si>
+    <t>Мел школьный Гамма набор 10цв.,мягкий, квадратная форма, 0909194</t>
+  </si>
+  <si>
+    <t>932278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/363/u779ntvgnyock3o6ubmsiw5b680oklt1.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма  quot;Мультики quot;, цветные, 15шт., треугольные, пластиковое ведро</t>
+  </si>
+  <si>
+    <t>Треугольные мелки для рисования на асфальте «ГАММА» серии «Мультики» подходят для рисования на любой шероховатой поверхности. Набор состоит из 5 цветов: белый, желтый, зеленый, синий, красный. Длина 10,5 см, высота 22 мм. Натуральный состав на основе мела, гипса, воды и пигментов, без выраженного запаха, средняя твердость. Мел легко счищаются с рук. Набор упакован в пластиковое ведро. Большие наборы цветного мела оптимальны для творческого отдыха всей семьей или групповых занятий. Воспитатели и педагоги используют цветные мелки для рисования и подвижных игр на улице. НЕ РЕКОМЕНДОВАНО ДЛЯ ПИТАНИЯ «ГАММА» единственный производитель мелков такого размера в России</t>
+  </si>
+  <si>
+    <t>940198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/054/0vv6w5jgvvje93bpg4g0f808q6ftdhtt.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма  quot;Мультики quot; цветные 4шт., круглые, с держателем, картонная коробка</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма &amp;quot;Мультики&amp;quot; цветные 4шт., круглые, с держателем, картонная коробка</t>
+  </si>
+  <si>
+    <t>945109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92e/wy30ap5kcobtacxmnj648bx2tk4qk0gu.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма  quot;Мультики quot; цветные 5шт., круглые, картонная коробка</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма &amp;quot;Мультики&amp;quot; цветные 5шт., круглые, картонная коробка</t>
+  </si>
+  <si>
+    <t>945110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/898/596c1w55li3mcx2hohdv1vh6w9zc46j6.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 6-ти мелков в форме яйца. Мел 6-ти цветов: красный, синий, зеленый, желтый, оранжевый, фиолетовый.</t>
+  </si>
+  <si>
+    <t>948773</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e29/6yaejpclz0cn0kkkzwew7yg7iummk0kh.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 8-ми толстых мелков в картонной упаковке. 8 цветов: красный с блестками, зеленый неоновый, оранжевый неоновый, синий неоновый, коричневый, желтый неоновый с блестками, белый, черный.</t>
+  </si>
+  <si>
+    <t>948774</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/tri-kota/"&gt;Три кота&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/023/d32lgqezueysmxesvqluoxy32ce2qheg.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для рисования MLB08N</t>
+  </si>
+  <si>
+    <t>Набор из 8-ми толстых мелков в картонной упаковке. 8 цветов: оранжевый неоновый, зелёный неоновый, синий неоновый, красный с блёстками, жёлтый неоновый с блёстками, ярко-фиолетовый с блёстками, розовый неоновый с блётсками, чёрный.</t>
+  </si>
+  <si>
+    <t>954588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be1/pavy7jxp8n4wfoeltt104l4hvelf5pwc.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для рисования MLB24TK</t>
+  </si>
+  <si>
+    <t>Набор из 24 толстого мелка в картонной упаковке.12 цветов: оранжевый неоновый, синий неоновый, коричневый, белый, черный, красный с блестками, зеленый неоновый, желтый неоновый с блестками, фиолетовый неоновый, розовый неоновый, зеленый, желтый.</t>
+  </si>
+  <si>
+    <t>954589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/711/s3w44r1uoeb0sr0rz9jzb6qafueobgui.jpg</t>
+  </si>
+  <si>
+    <t>Мелки градиентные для асфальта Мульти-Пульти, 5шт., 5цв., картонная коробка, европодвес</t>
+  </si>
+  <si>
+    <t>967562</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cce/dtnmpils4w5m9ea5z0wzh0eznlu0njae.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма  quot;Мультики quot; цветные, 24шт., квадратные, картонная коробка</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма &amp;quot;Мультики&amp;quot; цветные, 24шт., квадратные, картонная коробка</t>
+  </si>
+  <si>
+    <t>967563</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/p7v5dh1ens8g8gssur241mdutuw0mpbm.jpg</t>
+  </si>
+  <si>
+    <t>Мелки фигурные для асфальта Мульти-Пульти,, цветные, 6шт., 6цв., картонная упаковка с окном</t>
+  </si>
+  <si>
+    <t>967564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/738/n6a168kvfqwjaytri01eykjdoalz5q0h.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные для асфальта Мульти-Пульти, 5шт., 5цв., круглые, с держателем, блистер</t>
+  </si>
+  <si>
+    <t>967567</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba4/jur66tntzb4rl81w9tmvgnynsvv4rxdz.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 6-ти мелков в форме яйца. Мел 6-ти цветов: красный, синий, зеленый, желтый, оранжевый, фиолетовый. Упаковка - картонный лоток &amp;#43; термоупаковка.</t>
+  </si>
+  <si>
+    <t>979879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47c/ls3xqprlsnfwhgbr8g01llnzeukzjbcm.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Мульти-Пульти  quot;Чебурашка quot;, 9цв., картонная коробка, европодвес</t>
+  </si>
+  <si>
+    <t>Мелки цветные Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 9цв., картонная коробка, европодвес</t>
+  </si>
+  <si>
+    <t>982792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a4/2zx6p81bd5owpfhjiio0hv3ydg26r5ro.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 5-ти мелков гигантских мелков. Мел 5-ти цветов: желтый, оранжевый, зеленый, фиолетовый, синий. Упаковка - картонная коробка &amp;#43; термопленка.</t>
+  </si>
+  <si>
+    <t>998373</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6dd/40otw3q0wlpubeb6in0pjj4r41rnv77u.jpg</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма  quot;Мультики quot; цветные, 48шт., квадратные, картонная коробка</t>
+  </si>
+  <si>
+    <t>Мелки для асфальта Гамма &amp;quot;Мультики&amp;quot; цветные, 48шт., квадратные, картонная коробка</t>
+  </si>
+  <si>
+    <t>1001639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a25/8y2xa7vmy01q3tbmeabjhmx0wg5qwhg4.jpg</t>
+  </si>
+  <si>
+    <t>Мел для асфальта цветной круглый в ведерке, НАБОР 52 штуки, BRAUBERG KIDS, 272774</t>
+  </si>
+  <si>
+    <t>Цветной мел BRAUBERG KIDS подходит для рисования на асфальте и любой шероховатой поверхности. Невероятно большой набор из 52 мелков! В набор входят два белых мелка, а также по пять мелков десяти разных цветов: красный, желтый, зеленый, светло-зеленый, оранжевый, голубой, светло-голубой, коричневый, розовый, фиолетовый. Благодаря круглой утолщенной форме мел удобно ложится в руку. Изготовлен из высококачественного природного сырья, нетоксичен. Легко смывается с рук. Мел упакован в пластиковый контейнер – идеально, чтобы хранить мел или брать его с собой.</t>
+  </si>
+  <si>
+    <t>1004542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/766/0nqashirt4vdrn7aoesbq2ql4oj70mz0.jpg</t>
+  </si>
+  <si>
+    <t>Мел для асфальта цветной круглый в ведерке, НАБОР 8 штук, BRAUBERG KIDS, 272772</t>
+  </si>
+  <si>
+    <t>Цветной мел BRAUBERG KIDS подходит для рисования на асфальте и любой шероховатой поверхности. В наборе 8 мелков разных цветов: красный, желтый, зеленый, светло-зеленый, оранжевый, голубой, розовый, фиолетовый. Благодаря круглой утолщенной форме мел удобно ложится в руку. Изготовлен из высококачественного природного сырья, нетоксичен. Легко смывается с рук. Мел упакован в пластиковое ведерко – идеально, чтобы хранить мел или брать его с собой.</t>
+  </si>
+  <si>
+    <t>1004543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff1/bh16hlw4d5mliyfsb2r5zs2tl72wj7ji.jpg</t>
+  </si>
+  <si>
+    <t>Мел для асфальта цветной круглый, НАБОР 10 штук, BRAUBERG KIDS, 272771</t>
+  </si>
+  <si>
+    <t>Цветной мел BRAUBERG KIDS подходит для рисования на асфальте и любой шероховатой поверхности. В наборе 10 мелков пяти различных цветов: красный, желтый, зеленый, голубой, оранжевый. Благодаря круглой утолщенной форме мел удобно ложится в руку. Изготовлен из высококачественного природного сырья, нетоксичен. Легко смывается с рук. Мел надежно упакован.</t>
+  </si>
+  <si>
+    <t>1004544</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/872/zztbyo7b0by5v4c2uble8i7scyqm4m0o.jpg</t>
+  </si>
+  <si>
+    <t>Мел цветной круглый мягкий, КОМПЛЕКТ 10 штук, BRAUBERG, 272767</t>
+  </si>
+  <si>
+    <t>Мел BRAUBERG предназначен для письма и рисования на классных и аудиторных досках, а также на любых шероховатых поверхностях. В наборе 10 мелков пяти различных цветов: красный, желтый, зеленый, голубой, оранжевый. Изготовлен из высококачественного природного сырья без твердых включений, не портит поверхность досок и не оставляет царапин. Обеспечивает мягкое письмо. Благодаря удобной круглой форме мел удобно держать в руке. Легко смывается с рук.</t>
+  </si>
+  <si>
+    <t>1004545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/317/72cveelccs7lndexdve8vuv0txnpnr85.jpg</t>
+  </si>
+  <si>
+    <t>Мелки цветные Каляка-Маляка для асфальта 4 шт квадратные карт.уп. с европодвесом</t>
+  </si>
+  <si>
+    <t>1007064</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
-    <t>60</t>
-[...1000 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/088/1awaxc02cjjvjq3v1v97b6vdtsgz2hck.jpg</t>
   </si>
   <si>
     <t>Мелки цветные Каляка-Маляка ДЖАМБО для асфальта 12 шт круглые ведро</t>
   </si>
   <si>
     <t>1007065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d92/fffrzafb0lgkiwjg4abk2r4x4vueceiw.jpg</t>
   </si>
   <si>
     <t>Мелки цветные Каляка-Маляка ДЖАМБО для асфальта 12 шт неон и блестки круглые ведро</t>
   </si>
   <si>
     <t>1007066</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/499/5bcsfnc8vef5y0lcadm82pl6vyh4haa7.jpg</t>
   </si>
   <si>
     <t>Мелки цветные Каляка-Маляка ДЖАМБО для асфальта 20 шт круглые ведро</t>
   </si>
   <si>
     <t>1007067</t>
@@ -1131,59 +1119,50 @@
     <t>http://anytos.ru//upload/iblock/a57/nyuyipexn6u8v830l2zspb2wsvwlqq0p.jpg</t>
   </si>
   <si>
     <t>Мел в ведерке для рисования на асфальте 20 штук, 5 цветов, цветной круглый, BRAUBERG KIDS, 272773</t>
   </si>
   <si>
     <t>Цветной мел BRAUBERG KIDS подходит для рисования на асфальте и любой шероховатой поверхности. В наборе 20 мелков пяти различных цветов: красный, желтый, зеленый, оранжевый, голубой. Благодаря круглой утолщенной форме мел удобно ложится в руку. Изготовлен из высококачественного природного сырья, нетоксичен. Легко смывается с рук. Мел упакован в пластиковое ведерко – идеально, чтобы хранить мел или брать его с собой.</t>
   </si>
   <si>
     <t>1010307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7c/z6yn8q3c2zdrzq0dh9su7r83v61vcflf.jpg</t>
   </si>
   <si>
     <t>Единорог 15см, дисплей, в ассортименте</t>
   </si>
   <si>
     <t>Единорог 15см, дисплей, в ассор.</t>
   </si>
   <si>
     <t>1013167</t>
   </si>
   <si>
     <t>&lt;a href="/brands/fluffy-family/"&gt;Fluffy Family&lt;/a&gt;</t>
-  </si>
-[...7 lines deleted...]
-    <t>1013168</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22a/ob22bvt8c0vd3jehqjn0cv1116b2nmai.jpg</t>
   </si>
   <si>
     <t>Игрушка-браслет Лис 26см</t>
   </si>
   <si>
     <t>1013169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9b/wcccvoj1tgbxuo1ue3ea7l39e532k8y4.jpg</t>
   </si>
   <si>
     <t>Мелки для рисования 6 штук</t>
   </si>
   <si>
     <t>Мелки для рисования 6 шт.</t>
   </si>
   <si>
     <t>1013170</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dream-makers/"&gt;Dream makers&lt;/a&gt;</t>
   </si>
@@ -1567,57 +1546,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M97"/>
+  <dimension ref="A1:M95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G97" sqref="G97"/>
+      <selection pane="bottomRight" activeCell="G95" sqref="G95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1637,2196 +1616,2154 @@
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="1"/>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D4" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="C5" s="1"/>
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D5" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G12" s="3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="3" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G20" s="3" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>92</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="F25" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>124</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>97</v>
+        <v>139</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>137</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>137</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>76</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>26</v>
+        <v>154</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>164</v>
+        <v>89</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>149</v>
+        <v>175</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>97</v>
+        <v>179</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>189</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>185</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>197</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>97</v>
+        <v>204</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>213</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>216</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>217</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>221</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>224</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>225</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>227</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>228</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>212</v>
+        <v>89</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>212</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>240</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B58" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F59" s="3" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="B61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G61" s="3" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>259</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>265</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>267</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>270</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>275</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>47</v>
+        <v>89</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>283</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>268</v>
+        <v>122</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B68" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="F69" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G69" s="3" t="s">
-        <v>129</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>298</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>185</v>
+        <v>290</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>299</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>303</v>
+        <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F74" s="3" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B75" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F75" s="3" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>185</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78" s="3" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>185</v>
+        <v>89</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>47</v>
+        <v>263</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F80" s="3" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>268</v>
+        <v>34</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B81" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F81" s="3" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="F82" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G82" s="3" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>339</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>343</v>
+        <v>130</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B84" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="C84" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="F84" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G84" s="3" t="s">
-        <v>137</v>
+        <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B85" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F85" s="3" t="s">
-        <v>16</v>
+        <v>346</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F86" s="3" t="s">
-        <v>16</v>
+        <v>346</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F87" s="3" t="s">
-        <v>16</v>
+        <v>346</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B88" s="1" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>16</v>
+        <v>346</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>362</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>363</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>364</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>365</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>366</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>66</v>
+        <v>368</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>371</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B92" s="1" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>374</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>375</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="F93" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G93" s="3" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>383</v>
+        <v>68</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>385</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>387</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>383</v>
+        <v>68</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>41</v>
-[...45 lines deleted...]
-        <v>41</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">