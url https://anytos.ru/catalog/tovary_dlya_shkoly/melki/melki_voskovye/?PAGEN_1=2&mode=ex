--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,934 +12,835 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/270/e7chyy69vihvqns7xtg897ng88dwzg86.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные JOVI  Испания , 16 цветов, детские от 3 лет, пластиковый стакан, точилка, 980 16</t>
+  </si>
+  <si>
+    <t>Идеальны для малышей, которые только пробуют рисовать, поскольку совершенно не требуют силы нажима и без усилий создают на любой поверхности ровный яркий слой. Изготавливаются из натуральных растительных компонентов. Гипоаллергенны, не содержат глютен.</t>
+  </si>
+  <si>
+    <t>Мелки восковые</t>
+  </si>
+  <si>
+    <t>424915</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/jovi/"&gt;Jovi&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ef3/ef36212ca16deb848f4da7c1b10b0281/c1a1a28891bbbea56aaa9c3ccfb176b9.jpg</t>
   </si>
   <si>
     <t>Мелки восковые 12цв трехгранные KRAYONES Kores 33101.02 штр.  9023800331014</t>
   </si>
   <si>
     <t>Восковые мелки Kores подходят для детского творчества. В яркой картонной упаковке 12 трехгранных мелков разного цвета диаметром 10 мм. Восковые мелки безопасны для здоровья, не крошатся при рисовании, не требуют заточки. Обеспечивают яркий и ровный штрих. Подходят для рисования на бумаге, картоне, дереве.</t>
   </si>
   <si>
-    <t>Мелки восковые</t>
-[...1 lines deleted...]
-  <si>
     <t>254108</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dee/deea923c09d4d33a50e2e6a99bd61a6e/7c1f9b0e7890210929c807372a96b862.jpg</t>
-[...8 lines deleted...]
-    <t>254114</t>
+    <t>http://anytos.ru//upload/iblock/df3/df371f65943bf71b1d4e7e7a311f53c9.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые  quot;Енот на острове Пасхи quot; 06цв., картон. уп., европодвес: LC_10437 штр.: 4680211084370</t>
+  </si>
+  <si>
+    <t>Легко наносятся на бумагу, картон, дерево, керамику. Особых условий хранения и транспортировки не требуют.</t>
+  </si>
+  <si>
+    <t>337494</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bd/y3plk1rc8mie454ow0bbyh5morfza312.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые  quot;Енот на острове Пасхи quot; 18цв., картон. уп., европодвес: LC_10471 штр.: 4680211084714</t>
+  </si>
+  <si>
+    <t>337495</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/070/070f5a35fdaab0da76410193fbe24816.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые утолщенные  quot;Енот в Мексике quot;, 12цв., картон. уп., европодвес: BC_10447 штр.: 4680211084479</t>
+  </si>
+  <si>
+    <t>337496</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b5/vv6g2ielg7sn5egpcqv2aa7zukyklbye.jpg</t>
+  </si>
+  <si>
+    <t>Мелки масляные  quot;Енот в Китае quot; 12цв., картон. уп., европодвес: OC_10455 штр.: 4680211084554</t>
+  </si>
+  <si>
+    <t>337497</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ac/6ac3128380a1760e7739b0e5e1bee38a.jpg</t>
+  </si>
+  <si>
+    <t>Мелки масляные  quot;Енот в Китае quot; 18цв., картон. уп., европодвес: OC_10469 штр.: 4680211084691</t>
+  </si>
+  <si>
+    <t>337498</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad2/tmud6mpft24thdg5whgsd6mmwtb2q2tn.jpg</t>
+  </si>
+  <si>
+    <t>Набор воск. каранд. CREATIVIKI 6 цв. круглые  КВ06КР</t>
+  </si>
+  <si>
+    <t>Набор воск. каранд. CREATIVIKI 6 цв. круглые №КВ06КР</t>
+  </si>
+  <si>
+    <t>348536</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/creativiki/"&gt;Creativiki&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a0/6a0e9a83be07e63b0bcda3856136f641.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Классические quot;, 06цв., трехгранные, картон, европодвес. 2131018_01_32</t>
+  </si>
+  <si>
+    <t>Мелки трехгранной эргономичной формы. Мелки на основе воска идеальны для первых попыток ребенка рисовать и раскрашивать. Мелки мягко и без усилий рисуют на любой бумаге, кроме бумаги с глянцевой поверхностью, поэтому ребенку легко будет проводить первые штрихи и линии, а также раскрашивать. Изготавливаются из натуральных растительных компонентов, таких как натуральный воск, естественные пищевые красители. Благодаря своему составу они безвредны и гипоаллергенны. Мелки не пачкают руки, не липнут, не выпотевают, не имеют сильно выраженного запаха, не ломаются при падении. Могут использоваться очень долго, так как полностью состоят из пишущего стержня. Подходят для рисования по бумаге, картону, любым шероховатым поверхностям, проводят очень яркие, мягкие линии.</t>
+  </si>
+  <si>
+    <t>368073</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/480/48002ec917dc6ea3811bd981da54005a.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Классические quot;, 12цв., трехгранные, картон, европодвес. 2131018_01_33</t>
+  </si>
+  <si>
+    <t>368074</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/547/54761b6633c4cf4967bf53cfcb428b73.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Классические quot;, 18цв., трехгранные, картон, европодвес. 2131018_01_34</t>
+  </si>
+  <si>
+    <t>368075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/602/r8noo0up9adgwlvu3sxyhwz4d44bfvnq.jpg</t>
+  </si>
+  <si>
+    <t>Восковые карандаши ПИФАГОР, 12 цветов, 222962</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Не пачкают руки, благодаря индивидуальной бумажной обертке каждого карандаша. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм. делают их удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390059</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf9/16v0pz7r28if896aq9ix28652egqdcfi.jpg</t>
+  </si>
+  <si>
+    <t>Восковые карандаши ПИФАГОР, 6 цветов, 222961</t>
+  </si>
+  <si>
+    <t>Рисование восковыми мелками BRAUBERG способствует развитию мелкой моторики рук, воображения и помогает формировать цветовое восприятие. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 6 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делают их удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390062</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/315/mfc3xs4k35eb14oml9p1xkb6o3hc2058.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG  quot;АКАДЕМИЯ quot;, НАБОР 12 цветов, на масляной основе, яркие цвета, 227295</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG на масляной основе идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый мелок завернут в бумажную гильзу, которая позволяет не пачкать руки, снижает скольжение, увеличивает прочность мелка. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5d/3uqqk1i31eqpf297ngm34d2bye1mnk0z.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 12 цветов, на масляной основе, яркие цвета, 222970</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/154/61ztf59dpxyrw33rusyxafg5y04x8a9k.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 18 цветов, на масляной основе, яркие цвета, 222971</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 18 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/639/ghv64d81jl80jpqnr7dyvfbm80impo3l.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 24 цвета, на масляной основе, яркие цвета, 222972</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 24 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390095</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f4/6hdx2fumko6t5n2tff67wzpuntumb5zy.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 6 цветов, на масляной основе, яркие цвета, 222969</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 6 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста.&amp;nbsp;&amp;nbsp;Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1a/uascmurdre94k4npkf7v03r2k67j29id.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ИНДИЙСКИЙ СЛОН quot;, НАБОР 12 цв., масляная основа, 227297</t>
+  </si>
+  <si>
+    <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390097</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e45/64j2zjec25c28l4mbykjp3v2s8ckc0d9.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ИНДИЙСКИЙ СЛОН quot;, НАБОР 6 цветов, масляная основа, 227296</t>
+  </si>
+  <si>
+    <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 6 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/h0ce93zzkgsethizcv6mv294sisuo07j.jpg</t>
+  </si>
+  <si>
+    <t>Мелки пластиковые BIC  quot;Plastidecor quot;, 12 цветов, ультрапрочные, круглые, картонная упаковка, подвес, 945764</t>
+  </si>
+  <si>
+    <t>Ультрапрочные пластиковые мелки BIC &amp;quot;Plastidecor&amp;quot; идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, дереве, картоне и стекле. Идеальный инструмент для рисования для детей от 2,5 лет. Прочнее большинства круглых мелков, оставляет руки и одежду чистыми. Легко затачиваются. В наборе - 12 ярких цветов.</t>
+  </si>
+  <si>
+    <t>390099</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bic/"&gt;BIC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6dc/6dc4dc879eb3ee40ca6b5d1316f08731.jpg</t>
+  </si>
+  <si>
+    <t>Мелки масляные Гамма  quot;Малыш quot;, 24цв., шестигранные, пластиковый стакан-подставка. 051218_02</t>
+  </si>
+  <si>
+    <t>Масляные мелки Малыш разработаны специально для детского творчества. Упаковка вмещает 24 шестиранных мелка. Масляные мелки безопасны для здоровья, не крошатся при рисовании, не требуют заточки. Обеспечивают яркий и ровный штрих. Подходят для рисования на бумаге, картоне, дереве.&amp;nbsp;&amp;nbsp;Длина мелка - 75 мм</t>
+  </si>
+  <si>
+    <t>393863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c13/c13f661d4a4f22b71595b1aa087cc50f/00c1c2ae8c09f8aaa078d7f64f3c6618.jpg</t>
+  </si>
+  <si>
+    <t>Карандаши восковые Crown  quot;ArtStory quot;, 16цв., выкручивающийся стержень, ПВХ, европодвес</t>
+  </si>
+  <si>
+    <t>Набор ярких восковых карандашей Crown &amp;quot;ArtStory&amp;quot; с выкручивающимся&amp;nbsp;&amp;nbsp;стержнем отличаются яркостью и стойкостью цвета,&amp;nbsp;&amp;nbsp;легко смешиваются, создавая огромное количество оттенков. Благодаря выкручивающемуся механизму восковые карандаши не пачкают руки, не крошатся, не ломаются, не образуют пыли и не нуждаются в затачивании! Цветные мелки круглой формы не требуют сильного нажатия, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Цвета: желтый, бежевый, оранжевый,&amp;nbsp;&amp;nbsp;красный, салатовый, зеленый, голубой, синий, фиолетовый, коричневый, черный.&amp;nbsp;&amp;nbsp;Количество в наборе: 16 цветов. Фантазируй и создавай яркие и интересные&amp;nbsp;&amp;nbsp;истории вместе с восковыми карандашами Crown &amp;quot;ArtStory&amp;quot;</t>
+  </si>
+  <si>
+    <t>559204</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2c/b2cc5cd5630d8d5592ad2f0f2300dfbd/089ea17010b7a6c94087fcdd0c7dd113.jpg</t>
+  </si>
+  <si>
+    <t>Карандаши восковые Crown  quot;ArtStory quot;, 20цв., выкручивающийся стержень, ПВХ, европодвес</t>
+  </si>
+  <si>
+    <t>Набор ярких восковых карандашей Crown &amp;quot;ArtStory&amp;quot; с выкручивающимся стержнем отличаются яркостью и стойкостью цвета,&amp;nbsp;&amp;nbsp;легко смешиваются, создавая огромное количество оттенков. Благодаря выкручивающемуся механизму восковые карандаши не пачкают руки, не крошатся, не ломаются, не образуют пыли и не нуждаются в затачивании! Цветные мелки круглой формы не требуют сильного нажатия, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Цвета: белый, флуоресцентный желтый, желтый, флуоресцентный розовый, розовый,&amp;nbsp;&amp;nbsp;бежевый, желто-оранжевый, оранжевый,&amp;nbsp;&amp;nbsp;ярко-красный, красный, салатовый, зеленый, голубой, синий, фиолетовый, ультрамарин, коричневый, черный, серебро, золото.&amp;nbsp;&amp;nbsp;Количество в наборе: 20 цветов. Фантазируй и создавай яркие и интересные&amp;nbsp;&amp;nbsp;истории вместе с восковыми карандашами Crown &amp;quot;ArtStory&amp;quot;</t>
+  </si>
+  <si>
+    <t>559205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3c/f3ce0b9f5e0c15b944462f33ccd6c9d1/11f50e59295dc970424ffeae427ee30f.jpg</t>
+  </si>
+  <si>
+    <t>Карандаши восковые Crown  quot;ArtStory quot;, 24цв., выкручивающийся стержень, ПВХ, европодвес</t>
+  </si>
+  <si>
+    <t>Набор ярких восковых карандашей Crown &amp;quot;ArtStory&amp;quot; с выкручивающимся&amp;nbsp;&amp;nbsp;стержнем отличаются яркостью и стойкостью цвета,&amp;nbsp;&amp;nbsp;легко смешиваются, создавая огромное количество оттенков. Благодаря выкручивающемуся механизму восковые карандаши не пачкают руки, не крошатся, не ломаются, не образуют пыли и не нуждаются в затачивании! Цветные мелки круглой формы не требуют сильного нажатия, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Цвета: белый, флуоресцентный желтый, желтый, флуоресцентный розовый, розовый,&amp;nbsp;&amp;nbsp;бежевый, желто-оранжевый, оранжевый,&amp;nbsp;&amp;nbsp;ярко-красный, красный, салатовый, зеленый, изумрудный,&amp;nbsp;&amp;nbsp;голубой, синий, фиолетовый, ультрамарин, коричневый,&amp;nbsp;&amp;nbsp;светло-коричневый, темно-коричневый, серый, черный, серебро, золото.&amp;nbsp;&amp;nbsp;Количество в наборе: 24 цвета. Фантазируй и создавай яркие и интересные&amp;nbsp;&amp;nbsp;истории вместе с восковыми карандашами Crown &amp;quot;ArtStory&amp;quot;</t>
+  </si>
+  <si>
+    <t>559206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04a/04a6eeb3b3441071dda1a3df5883da9d/c84fdd0b005925c0cdd1935c9b78a0dc.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Faber-Castell, 12цв., трехгранные, картон. упак.</t>
+  </si>
+  <si>
+    <t>Трехгранные водостойкие восковые мелки ярких насыщенных цветов от легендарного немецкого производителя Faber-Castell. Мелки отлично рисуют на различных поверхностях. Каждый мелок имеет бумажную обертку, которая защищает руки ребенка от загрязнений в процессе рисования. Одинаково хорошо подходят для левшей и правшей. Набор состоит из 12 мелков разных цветов.</t>
+  </si>
+  <si>
+    <t>559208</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b1/0b16ca61757b59c731715c533072b078/9e055fac8fa76f824b532e5636812070.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Мультики quot;, 12цв., круглые, картон. упак., европодвес NEW</t>
+  </si>
+  <si>
+    <t>Яркие цветные мелки круглой формы не требуют сильного нажима, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Производятся на основе натуральных безопасных компонентов — воска и пигментов. Безвредны и гипоаллергенны. Не пачкают и не липнут к рукам. Без выраженного химического запаха. Каждый мелок обернут в бумажную гильзу и уже заточен. Длина мелка?– 90 мм.</t>
+  </si>
+  <si>
+    <t>559209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed8/ed86c0067ffda26b827c910a2ae7dcfe/293fbbb65906ec9762c4ac4ba7468654.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Енот на острове Пасхи quot;, 12цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Легко наносятся на бумагу, картон, дерево, керамику. Особых условий хранения и транспортировки не требуют. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>559210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa4/fa413f22465d46a78ff7afe2e474b408/e9160d27fd3ca6f7a4025cc5d70708ad.jpg</t>
+  </si>
+  <si>
+    <t>Карандаши восковые Crown  quot;ArtStory quot;, 08цв., выкручивающийся стержень, ПВХ, европодвес</t>
+  </si>
+  <si>
+    <t>Набор ярких восковых карандашей Crown &amp;quot;ArtStory&amp;quot; с выкручивающимся&amp;nbsp;&amp;nbsp;стержнем отличаются яркостью и стойкостью цвета,&amp;nbsp;&amp;nbsp;легко смешиваются, создавая огромное количество оттенков. Благодаря выкручивающемуся механизму восковые карандаши не пачкают руки, не крошатся, не ломаются, не образуют пыли и не нуждаются в затачивании! Цветные мелки круглой формы не требуют сильного нажатия, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Цвета: желтый, оранжевый,&amp;nbsp;&amp;nbsp;красный, зеленый, синий, фиолетовый, коричневый, черный. Количество в наборе: 8 цветов. Фантазируй и создавай яркие и интересные&amp;nbsp;&amp;nbsp;истории вместе с восковыми карандашами Crown &amp;quot;ArtStory&amp;quot;</t>
+  </si>
+  <si>
+    <t>587831</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/006/bx0a2stro5dmnzwnnop58cmzqi0ksewq.jpg</t>
+  </si>
+  <si>
+    <t>Набор восковых мелков на масляной основе КРОХА 12 цв. трехгранные</t>
+  </si>
+  <si>
+    <t>12 мелков на масляной основе, трехгранные, 10,5*90мм, в картонной упаковке в 1 ряд с европодвесом.Мелки &amp;quot;Кроха&amp;quot; разработаны специально для малышей. Изготовлены на основе восков с добавлением масла, вследствие чего рисуют мягко, хорошо укрывая поверхность,имея яркие, насыщенные цвета.Мелок треугольной формы в бумажной этикетке толще обычного деревянного карандаша, его удобно держать маленьким, не привыкшим к карандашам рукам. Очень удобно приучать брать мелок правильно. Ребенку не нужно сильно нажимать, чтобы появилась линия. Рисуют по бумаге, картону, дереву, камням и другим поверхностям.</t>
+  </si>
+  <si>
+    <t>590482</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3dd/3dd165f3c0c883719d3f9649e8365147/0c48adfb9946dcdde0ed57cdd7fd0d9b.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Faber-Castell, 24 цв., трехгранные, картонная упаковка</t>
+  </si>
+  <si>
+    <t>Трехгранные водостойкие восковые мелки ярких насыщенных цветов от легендарного немецкого производителя Faber-Castell. Мелки отлично рисуют на различных поверхностях. Каждый мелок имеет бумажную обертку, которая защищает руки ребенка от загрязнений в процессе рисования. Одинаково хорошо подходят для левшей и правшей. Набор состоит из 24 мелков разных цветов.</t>
+  </si>
+  <si>
+    <t>593439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8d/e8da489780fc1088f950ded2ad85033f/2d7eb04224bd74e648f21d4486740c21.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Мультики quot;, 06цв., круглые, картон. упак., европодвес NEW</t>
+  </si>
+  <si>
+    <t>Яркие цветные мелки круглой формы не требуют сильного нажима, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Производятся на основе натуральных безопасных компонентов — воска и пигментов. Безвредны и гипоаллергенны. Не пачкают и не липнут к рукам. Без выраженного химического запаха. Каждый мелок обернут в бумажную гильзу и уже заточен. Длина мелка – 90 мм.</t>
+  </si>
+  <si>
+    <t>593440</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c58/c58975cddd3fd2805c4800b265e9fefb/6117a6ed0ec6d9df6bed880ea0a2c439.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Енот в Новой Гвинее quot;, 12цв., шестигранные, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Восковые мелки предназначены для рисования на картоне и бумаге. Удобная форма. Не токсичны.</t>
+  </si>
+  <si>
+    <t>593441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/256/256b66d04110ec0f3d81902744995cbb.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые JOVI, 12цв., трехгранные, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Специальные восковые мелки для малыша. Эргономичная треугольная форма: толщина 11 мм, длина 82 мм. Сертифицированы старше 3-х лет. Также прекрасно подходят для более старших детей, которые совершенствуют свои навыки рисования и учатся правильно держать карандаш в руке. Треугольные мелки идеальны для тренировки руки к письму у дошкольников и детей&amp;nbsp;&amp;nbsp;младшего школьного возраста. Удобная треугольная форма эргономична, тренирует навык правильного захвата, снижает нагрузку на кисти рук. Изготавливаются из натуральных растительных компонентов, таких как натуральный воск, естественные пищевые красители. Благодаря своему составу они безвредны и очень прочны. Мелки не пачкают руки, не липнут, не выпотевают, не имеют запаха, не ломаются при падении, могут стираться ластиком. Могут использоваться очень долго, так как полностью состоят из пишущего стержня. Подходят для рисования по бумаге, картону, любым шероховатым поверхностям, проводят очень толстые и яркие, мягкие линии. Палитра из двенадцати красивых чистых цветов &amp;#40;желтый, красный, телесный, зеленый, голубой, синий, фиолетовый, оранжевый, розовый, темно-зеленый, коричневый, черный&amp;#41;. Гипоаллергенны, не содержат глютен. Страна производства Испания.</t>
+  </si>
+  <si>
+    <t>630258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8db/8db43abeaf3e1d2df070f6df177238af.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Енот на острове Пасхи quot;, 24цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>652701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/101/ybu1s8w6z3qs4p2udi107qb364h1zila.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Оранжевое солнце quot;, 12цв  классич   золото   серебро  круглые, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>В набор входит 10 классических насыщенных цветов плюс золотой и серебряный. Мелки не пачкают руки и не крошатся. Изготовлены из натуральных компонентов.</t>
+  </si>
+  <si>
+    <t>673632</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d99/1z5fsckcbqurubufj5y80x6c1h3ur952.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки Мульти-Пульти  quot;Мои первые восковые мелки quot;, 08 цв., супертолстые, картон</t>
+  </si>
+  <si>
+    <t>Восковые мелки &amp;quot;Мульти-Пульти&amp;quot; разработаны специально для самых маленьких художников. Именно поэтому творческий процесс будет максимально комфортным для Вашего малыша. • Мягкое рисование без дополнительных усилий, • Утолщенный корпус диаметром 14 мм, созданный&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; специально для маленьких ладошек, • Яркие, сочные цвета, не тускнеющие со временем, • Безопасны и гипоаллергенны, т.к. изготовлены из&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; натуральных компонентов, • Не пачкают руки.</t>
+  </si>
+  <si>
+    <t>673743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/694/gt7jheu09xy7mp5b5udikzjwf2ajdunj.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Мультики quot;, 24цв., круглые, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Яркие цветные мелки серии &amp;quot;Мультики&amp;quot; круглой формы не требуют сильного нажатия, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Производятся на основе натуральных компонентов: воска и пигментов. Безвредны и гипоаллергенны, без выраженного химического запаха. Не пачкают руки.&amp;nbsp;&amp;nbsp;Каждый мелок обернут в бумажную гильзу и уже заточен.</t>
+  </si>
+  <si>
+    <t>682190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3a/vmcvk6q6hkelynzfm78qjdcfko8lpbo7.jpg</t>
+  </si>
+  <si>
+    <t>Набор восковый мелков Луч ВОЛШЕБНАЯ ПАЛИТРА 18 цв. пласт. упак.</t>
+  </si>
+  <si>
+    <t>Мелки изготавливаются на основе восков и высококачественных пигментов. Предназначены для рисования и письма по разным поверхностям: бумаге, картону, дереву, ткани, стеклу, камням. Яркие насыщенные цвета с мелками золотого и серебряного</t>
+  </si>
+  <si>
+    <t>696066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d39/zqj89wehdu8fxct9g9wujbs31gx5z576.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые 6цв.  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Мелки восковые&amp;nbsp;&amp;nbsp;6цв &amp;quot;Darvish&amp;quot; &amp;#40;набор&amp;#41;.&amp;nbsp;&amp;nbsp;Упаковка - картонная коробка на европодвесе 9*11,5*1,7см.</t>
+  </si>
+  <si>
+    <t>705435</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce6/3t5lzw6fhcs4a735c22ez2qymp8h8dl4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мелки восковые 12цв.  quot;Darvish quot; в пластиковом пенале   кисточка </t>
+  </si>
+  <si>
+    <t>Мелки восковые 12цв &amp;quot;Darvish&amp;quot; в пластиковом пенале &amp;#40;набор&amp;#41; &amp;#43; кисточка</t>
+  </si>
+  <si>
+    <t>705438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd2/pk0gqioh15rsqpho75ryevyispz80yax.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые 18цв.  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Мелки восковые 18цв &amp;quot;Darvish&amp;quot; &amp;#40;набор&amp;#41;</t>
+  </si>
+  <si>
+    <t>705439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c3/vh89og6arreu24d0gwkacbru8ynsg02k.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма Мультики круглые, 8x90 мм, 12 цветов,2131018_01_29</t>
+  </si>
+  <si>
+    <t>716505</t>
+  </si>
+  <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f4/0f4c3009b1f9f36cf5ce5e8b585abdf2/37c407355d2e663422a15dad1e2c7e31.jpg</t>
-[...628 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/55b/18emukkcqrow5rqmgbrnil1hx9l6wenz.jpg</t>
   </si>
   <si>
     <t>Мелки восковые Гамма Классические,трехгр., 8,2x90 мм, 12 цв., 2131018_01_33</t>
   </si>
   <si>
     <t>795845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1d/l8xr1uqfg2s4pir8qlzstshngd1wt7fw.jpg</t>
   </si>
   <si>
     <t>Набор выкручивающихся восковых мелков Мульти-Пульти  quot;Енот в космосе quot;, 12 цветов</t>
   </si>
   <si>
     <t>Набор выкручивающихся восковых мелков Мульти-Пульти &amp;quot;Енот в космосе&amp;quot;, 12 цветов</t>
   </si>
   <si>
     <t>843276</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9cc/4atws9ij6j0wn4utnfydxva9gq2vnnb0.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">МЕЛКИ ГЕЛЕВЫЕ В ПЛАСТИКОВОМ КОРПУСЕ ВЫКРУЧИВАЮЩИЕСЯ  quot;FUNCOLOR quot;, 6 ЦВЕТОВ  2 ВИДА </t>
   </si>
   <si>
     <t>МЕЛКИ ГЕЛЕВЫЕ В ПЛАСТИКОВОМ КОРПУСЕ ВЫКРУЧИВАЮЩИЕСЯ &amp;quot;FUNCOLOR&amp;quot;, 6 ЦВЕТОВ &amp;#40;2 ВИДА&amp;#41;</t>
   </si>
   <si>
     <t>956007</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/957/tfp6ek5s8reymbz76asuyp1459q23ohy.jpg</t>
-[...2 lines deleted...]
-    <t>Восковые мелки BRAUBERG KIDS, НАБОР 12 цветов, 271696</t>
+    <t>http://anytos.ru//upload/iblock/48a/7tyhld1o9je8hv24svpepqziod7aes1x.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG KIDS, НАБОР 12 цветов, 271695</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG KIDS идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная трехгранная форма корпуса и диаметр 11 мм делают их их подходящим инструментом для подготовки руки дошкольников и детей младшего школьного возраста к письму: формируют навык правильного захвата, снижают нагрузку на кисть.Каждый мелок обернут в бумажную гильзу, которая предотвращает скольжение пальцев и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>959727</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be5/xs0k1f09kdir6inh3833ernbe0pp0o4l.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG KIDS, НАБОР 12 цветов, на масляной основе, 271693</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе BRAUBERG KIDS формируют навык правильного захвата, отлично развивают мелкую моторику рук. Идеальны для рисования на бумаге любого типа, а также дереве, картоне, стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок обернут в бумажную гильзу, которая снижает скольжение и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>959728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/793/elic30fqf00240c5zhi2jimccjgzs9w2.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG KIDS, НАБОР 24 цвета, на масляной основе, 271694</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе BRAUBERG KIDS формируют навык правильного захвата, отлично развивают мелкую моторику руб. Идеальны для рисования на бумаге любого типа, а также дереве, картоне, стекле. Палитра состоит из 24 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок обернут в бумажную гильзу, которая снижает скольжение и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>959729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88e/ko25herwxk6mois821khyuft8qsud5ef.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые M G, круглые, выдвижной механизм, 12 цветов</t>
+  </si>
+  <si>
+    <t>Мелки восковые M&amp;G, круглые, выдвижной механизм, 12 цветов</t>
+  </si>
+  <si>
+    <t>963533</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b37/o8fu985sp9x7cg7joxg4kblb0w2wk222.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Чебурашка quot;, 12цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 12цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>967568</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72b/lhh9022a376fgscphps4vv01nic8w9f9.jpg</t>
+  </si>
+  <si>
+    <t>Набор восковых мелков Creativiki 18 цветов, круглые 8 мм.</t>
+  </si>
+  <si>
+    <t>975384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df4/h2k9ezjwh0gf0h4h29j5yeh4ll7ca0rm.jpg</t>
+  </si>
+  <si>
+    <t>Набор восковых мелков Каляка-Маляка ЗВЕРЯТА 6 цветов, фигурный 40 мм.</t>
+  </si>
+  <si>
+    <t>6 ярких персонажей вдохновят ребенка на создание своего первого воскового шедевра. Такие мелки очень удобно держать в маленьких детских пальчиках и рисовать, как любой гранью, так и всей плоскостью, за счет ребристой поверхности на задней части. А если сюжет «пошел не по плану», то его можно с легкостью стереть с помощью ластика. Мелки не пачкают руки, не ломаются при падении и не имеют запаха.</t>
+  </si>
+  <si>
+    <t>975385</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ed/uxdwtl62js0g9xz2unzxw3eglfnhjf58.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG KIDS, НАБОР 24 цвета, 271697</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG KIDS идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делают их подходящим инструментом для подготовки руки дошкольников и детей младшего школьного возраста к письму: формируют навык правильного захвата, снижают нагрузку на кисть.Каждый мелок обернут в бумажную гильзу, которая предотвращает скольжение пальцев и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
   </si>
   <si>
-    <t>959726</t>
-[...97 lines deleted...]
-  <si>
     <t>979412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/479/lynktwk1kfds7bp0aaqp4agbjx9fnz56.jpg</t>
   </si>
   <si>
     <t>Мелки восковые M G, круглые, выдвижной механизм, 36 цветов в наб, для детей</t>
   </si>
   <si>
     <t>Мелки восковые M&amp;G, круглые, выдвижной механизм, 36 цветов в наб, для детей</t>
   </si>
   <si>
     <t>989151</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d1e/3uc5v6yg05qyrp4hpqdlts8qcik1e7zd.jpg</t>
-[...17 lines deleted...]
-    <t>1005694</t>
+    <t>http://anytos.ru//upload/iblock/988/bd6cifvrkoh2xak81pa6316znqihpu20.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Восковые мелки ErichKrause Baby Jumbo утолщенные круглые, 11 мм, 12 цветов  в коробке с европодвесом 12 штук </t>
+  </si>
+  <si>
+    <t>Восковые мелки ErichKrause Baby Jumbo с утолщённым круглым корпусом, диаметром 11 мм. Экстрамягкие мелки не требуют усилий при нажатии, мягко рисуют, оставляя четкие красочные линии. Мелки предварительно заточены, обернуты в бумагу, устойчивы к поломкам.</t>
+  </si>
+  <si>
+    <t>1005691</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/caf/lt69nnm8d52y7pvdhxxyxmlgiwfq0533.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Восковые мелки ErichKrause Baby Jumbo утолщенные круглые, 11 мм, 8 цветов  в коробке с европодвесом 8 штук </t>
+  </si>
+  <si>
+    <t>1005692</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/89b/tsyujyqnlgb1lc6xshecrnsar0rfjbc7.jpg</t>
   </si>
   <si>
     <t>Восковые мелки утолщенные на масляной основе ЮНЛАНДИЯ  quot;ДОМИКИ quot;, 12 цветов, 273090</t>
   </si>
   <si>
     <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 10 мм делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом и термоусадку.</t>
   </si>
   <si>
     <t>1010308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdf/k7hd730ixfx6ssclqndxw21x1h3lh2ib.jpg</t>
   </si>
   <si>
     <t>Восковые мелки утолщенные на масляной основе ЮНЛАНДИЯ  quot;ДОМИКИ quot;, 24 цвета, 273091</t>
   </si>
   <si>
     <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 24 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 10 мм делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом и термоусадку.</t>
   </si>
   <si>
     <t>1010309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58b/zy3psiaomep4k86lk76wdn8bm2o7sawq.jpg</t>
@@ -1005,62 +906,50 @@
     <t>1010314</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ad/zrrxye8394cg8l610mv5mmh3ckj8zs09.jpg</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG  quot;МИЛЫЕ КОТЫ quot;, НАБОР 12 цветов, 273229</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать лишние усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делает мелки удобными для тренировки руки и обучения письму дошкольников и детей младшего школьного возраста. Мелки формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>1012262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/910/kuyvb890r59tfgspe07fcflj3v87teio.jpg</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG  quot;МОНСТРИКИ quot;, 12 цветов, 273238</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG &amp;quot;CUTE MONSTERS&amp;quot; идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать лишние усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делает мелки удобными для тренировки руки и обучения письму дошкольников и детей младшего школьного возраста. Мелки формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>1012263</t>
-  </si>
-[...10 lines deleted...]
-    <t>1012675</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1387,1847 +1276,1629 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J79"/>
+  <dimension ref="A1:M69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G79" sqref="G79"/>
+      <selection pane="bottomRight" activeCell="G69" sqref="G69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...13 lines deleted...]
-      <c r="A7" s="1" t="s">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C8" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...35 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="F10" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="F10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="3" t="s">
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
         <v>45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="B11" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="F11" s="3" t="s">
+      <c r="G11" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="G11" s="3" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...84 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="G18" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B19" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="G19" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
         <v>85</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="1" t="s">
+      <c r="B20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...42 lines deleted...]
-      <c r="A23" s="1" t="s">
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F61" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...652 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="G61" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F64" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...300 lines deleted...]
-      </c>
       <c r="G64" s="3" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>278</v>
+        <v>219</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>247</v>
+        <v>284</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>249</v>
+        <v>219</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>266</v>
+        <v>219</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>293</v>
+        <v>67</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...229 lines deleted...]
-        <v>92</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">