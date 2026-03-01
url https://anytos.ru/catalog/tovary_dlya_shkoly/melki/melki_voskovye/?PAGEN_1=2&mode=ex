--- v1 (2026-01-02)
+++ v2 (2026-03-01)
@@ -12,944 +12,1043 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/270/e7chyy69vihvqns7xtg897ng88dwzg86.jpg</t>
-[...5 lines deleted...]
-    <t>Идеальны для малышей, которые только пробуют рисовать, поскольку совершенно не требуют силы нажима и без усилий создают на любой поверхности ровный яркий слой. Изготавливаются из натуральных растительных компонентов. Гипоаллергенны, не содержат глютен.</t>
+    <t>http://anytos.ru//upload/iblock/ef3/ef36212ca16deb848f4da7c1b10b0281/c1a1a28891bbbea56aaa9c3ccfb176b9.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые 12цв трехгранные KRAYONES Kores 33101.02 штр.  9023800331014</t>
+  </si>
+  <si>
+    <t>Восковые мелки Kores подходят для детского творчества. В яркой картонной упаковке 12 трехгранных мелков разного цвета диаметром 10 мм. Восковые мелки безопасны для здоровья, не крошатся при рисовании, не требуют заточки. Обеспечивают яркий и ровный штрих. Подходят для рисования на бумаге, картоне, дереве.</t>
   </si>
   <si>
     <t>Мелки восковые</t>
   </si>
   <si>
-    <t>424915</t>
+    <t>254108</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dee/deea923c09d4d33a50e2e6a99bd61a6e/7c1f9b0e7890210929c807372a96b862.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Луч ZOO 12цв 6гр 8х90 12С 865-08 штр.  4601185003877</t>
+  </si>
+  <si>
+    <t>Мелки восковые для рисования на бумаге и картоне, шестигранные, 12 цветов</t>
+  </si>
+  <si>
+    <t>254114</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f4/0f4c3009b1f9f36cf5ce5e8b585abdf2/37c407355d2e663422a15dad1e2c7e31.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Луч ZOO 6цв 6гр 8х90 12С 864-08 штр.  4601185003860</t>
+  </si>
+  <si>
+    <t>Мелки восковые для рисования на бумаге и картоне, шестигранные, 6 цветов.</t>
+  </si>
+  <si>
+    <t>254115</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b8/8b8a53ad625c0e2dcd5952ba716e7607/4361f20aa001294d1ebf289e777d03e7.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Луч Классика 12цв круглые 12С 861-08 штр.  4601185003839</t>
+  </si>
+  <si>
+    <t>Восковые карандаши «Классика», 12 штук разного цвета в картонной упаковке. Имеют круглую форму, диаметр - 8 мм. Не требуют заточки, не ломаются. Обеспечивают яркий и ровный штрих. Восковые карандаши подходят для рисования на бумаге, картоне, дереве.</t>
+  </si>
+  <si>
+    <t>254116</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/491/49194e46ea7aa37789742f2acc3561ac/dc9092666b181b2f41de56553a25abf8.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Луч Классика 6цв круглые 12С 860-08 штр.  4601185003822</t>
+  </si>
+  <si>
+    <t>Восковые карандаши «Классика», 6 штук разного цвета в картонной упаковке. Имеют круглую форму, диаметр - 8 мм. Не требуют заточки, не ломаются. Обеспечивают яркий и ровный штрих. Восковые карандаши подходят для рисования на бумаге, картоне, дереве.</t>
+  </si>
+  <si>
+    <t>254118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/681/681f463482ef5714d450e129de4f0134/13b1212c9d89fff3830970508397a95b.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Луч Кроха 15цв трехгран кругл шестигран стакан 12С 877-08 штр.  4601185005000</t>
+  </si>
+  <si>
+    <t>Цветные восковые мелки «Кроха» шестигранной формы в пластмассовом стакане с крышкой. В каждой упаковке 15 цветных мелков для рисования на бумаге. Диаметр одного мелка - 10 мм, удобны для детской руки. Мелки восковые «Кроха» изготовлены из 100&amp;#37; воска с красителем, нетоксичны и не вызывают аллергии.</t>
+  </si>
+  <si>
+    <t>254119</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83e/83ed0fcc81aff8456bd70e3190507d52/3f076c6f0de5f0cd9af8db30955ad8a4.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Луч Кроха 6цв трехгранные 12С 870-08 штр.  4601185003921</t>
+  </si>
+  <si>
+    <t>Восковые мелки &amp;#40;карандаши&amp;#41; «Кроха», в наборе 6 цветов. Имеют треугольную форму, диаметр 12 миллиметров. Картонная упаковка с европодвесом. Не требуют заточки, не ломаются. Обеспечивают яркий и ровный штрих. Подходят для детей младшего школьного возраста.</t>
+  </si>
+  <si>
+    <t>254121</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df3/df371f65943bf71b1d4e7e7a311f53c9.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые  quot;Енот на острове Пасхи quot; 06цв., картон. уп., европодвес: LC_10437 штр.: 4680211084370</t>
+  </si>
+  <si>
+    <t>Легко наносятся на бумагу, картон, дерево, керамику. Особых условий хранения и транспортировки не требуют.</t>
+  </si>
+  <si>
+    <t>337494</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bd/y3plk1rc8mie454ow0bbyh5morfza312.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые  quot;Енот на острове Пасхи quot; 18цв., картон. уп., европодвес: LC_10471 штр.: 4680211084714</t>
+  </si>
+  <si>
+    <t>337495</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/070/070f5a35fdaab0da76410193fbe24816.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые утолщенные  quot;Енот в Мексике quot;, 12цв., картон. уп., европодвес: BC_10447 штр.: 4680211084479</t>
+  </si>
+  <si>
+    <t>337496</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b5/vv6g2ielg7sn5egpcqv2aa7zukyklbye.jpg</t>
+  </si>
+  <si>
+    <t>Мелки масляные  quot;Енот в Китае quot; 12цв., картон. уп., европодвес: OC_10455 штр.: 4680211084554</t>
+  </si>
+  <si>
+    <t>337497</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ac/6ac3128380a1760e7739b0e5e1bee38a.jpg</t>
+  </si>
+  <si>
+    <t>Мелки масляные  quot;Енот в Китае quot; 18цв., картон. уп., европодвес: OC_10469 штр.: 4680211084691</t>
+  </si>
+  <si>
+    <t>337498</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a0/6a0e9a83be07e63b0bcda3856136f641.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Классические quot;, 06цв., трехгранные, картон, европодвес. 2131018_01_32</t>
+  </si>
+  <si>
+    <t>Мелки трехгранной эргономичной формы. Мелки на основе воска идеальны для первых попыток ребенка рисовать и раскрашивать. Мелки мягко и без усилий рисуют на любой бумаге, кроме бумаги с глянцевой поверхностью, поэтому ребенку легко будет проводить первые штрихи и линии, а также раскрашивать. Изготавливаются из натуральных растительных компонентов, таких как натуральный воск, естественные пищевые красители. Благодаря своему составу они безвредны и гипоаллергенны. Мелки не пачкают руки, не липнут, не выпотевают, не имеют сильно выраженного запаха, не ломаются при падении. Могут использоваться очень долго, так как полностью состоят из пишущего стержня. Подходят для рисования по бумаге, картону, любым шероховатым поверхностям, проводят очень яркие, мягкие линии.</t>
+  </si>
+  <si>
+    <t>368073</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/480/48002ec917dc6ea3811bd981da54005a.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Классические quot;, 12цв., трехгранные, картон, европодвес. 2131018_01_33</t>
+  </si>
+  <si>
+    <t>368074</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/547/54761b6633c4cf4967bf53cfcb428b73.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Классические quot;, 18цв., трехгранные, картон, европодвес. 2131018_01_34</t>
+  </si>
+  <si>
+    <t>368075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a6/71fda6cqheliqrpb1so021uglzdmfbkm.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Классические quot;, 24цв., трехгранные, картон, европодвес. 2131018_01_35</t>
+  </si>
+  <si>
+    <t>368076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f5/6f55f262696c1fa3c240e3d1d2d8cd21/9f5fff76d4924728dd61d4ee9be24e48.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые ZOO Луч шестигранные 8x90, 24 цв., 12С 866-08</t>
+  </si>
+  <si>
+    <t>383323</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/602/r8noo0up9adgwlvu3sxyhwz4d44bfvnq.jpg</t>
+  </si>
+  <si>
+    <t>Восковые карандаши ПИФАГОР, 12 цветов, 222962</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Не пачкают руки, благодаря индивидуальной бумажной обертке каждого карандаша. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм. делают их удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390059</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/595/8rrh42v4bfxj73ukvgyiaj7zq8vzb52a.jpg</t>
+  </si>
+  <si>
+    <t>Восковые карандаши ПИФАГОР, 18 цветов, 222963</t>
+  </si>
+  <si>
+    <t>Рисование восковыми мелками BRAUBERG способствует развитию мелкой моторики рук, воображения и помогает формировать цветовое восприятие. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 18 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делают их удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da9/zwpm0u3jklwv20py3ghuyz0p2flbeibi.jpg</t>
+  </si>
+  <si>
+    <t>Восковые карандаши ПИФАГОР, 24 цвета, 222964</t>
+  </si>
+  <si>
+    <t>Рисование восковыми мелками BRAUBERG способствует развитию мелкой моторики рук, воображения и помогает формировать цветовое восприятие. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 24 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делают их удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9dc/3gajkckbuteovfmo31st0wtioo8ib098.jpg</t>
+  </si>
+  <si>
+    <t>Восковые карандаши утолщенные ПИФАГОР, 12 цветов, 222966</t>
+  </si>
+  <si>
+    <t>Рисование восковыми мелками BRAUBERG способствует развитию мелкой моторики рук, воображения и помогает формировать цветовое восприятие. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная круглая форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/315/mfc3xs4k35eb14oml9p1xkb6o3hc2058.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG  quot;АКАДЕМИЯ quot;, НАБОР 12 цветов, на масляной основе, яркие цвета, 227295</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG на масляной основе идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый мелок завернут в бумажную гильзу, которая позволяет не пачкать руки, снижает скольжение, увеличивает прочность мелка. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5d/3uqqk1i31eqpf297ngm34d2bye1mnk0z.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 12 цветов, на масляной основе, яркие цвета, 222970</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/154/61ztf59dpxyrw33rusyxafg5y04x8a9k.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 18 цветов, на масляной основе, яркие цвета, 222971</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 18 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/639/ghv64d81jl80jpqnr7dyvfbm80impo3l.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 24 цвета, на масляной основе, яркие цвета, 222972</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 24 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390095</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f4/6hdx2fumko6t5n2tff67wzpuntumb5zy.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ПИФАГОР, 6 цветов, на масляной основе, яркие цвета, 222969</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Идеальны для рисования на бумаге любого типа, а также дереве, картоне и стекле Палитра состоит из 6 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста.&amp;nbsp;&amp;nbsp;Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1a/uascmurdre94k4npkf7v03r2k67j29id.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ИНДИЙСКИЙ СЛОН quot;, НАБОР 12 цв., масляная основа, 227297</t>
+  </si>
+  <si>
+    <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390097</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e45/64j2zjec25c28l4mbykjp3v2s8ckc0d9.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ИНДИЙСКИЙ СЛОН quot;, НАБОР 6 цветов, масляная основа, 227296</t>
+  </si>
+  <si>
+    <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 6 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>390098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/h0ce93zzkgsethizcv6mv294sisuo07j.jpg</t>
+  </si>
+  <si>
+    <t>Мелки пластиковые BIC  quot;Plastidecor quot;, 12 цветов, ультрапрочные, круглые, картонная упаковка, подвес, 945764</t>
+  </si>
+  <si>
+    <t>Ультрапрочные пластиковые мелки BIC &amp;quot;Plastidecor&amp;quot; идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, дереве, картоне и стекле. Идеальный инструмент для рисования для детей от 2,5 лет. Прочнее большинства круглых мелков, оставляет руки и одежду чистыми. Легко затачиваются. В наборе - 12 ярких цветов.</t>
+  </si>
+  <si>
+    <t>390099</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bic/"&gt;BIC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6dc/6dc4dc879eb3ee40ca6b5d1316f08731.jpg</t>
+  </si>
+  <si>
+    <t>Мелки масляные Гамма  quot;Малыш quot;, 24цв., шестигранные, пластиковый стакан-подставка. 051218_02</t>
+  </si>
+  <si>
+    <t>Масляные мелки Малыш разработаны специально для детского творчества. Упаковка вмещает 24 шестиранных мелка. Масляные мелки безопасны для здоровья, не крошатся при рисовании, не требуют заточки. Обеспечивают яркий и ровный штрих. Подходят для рисования на бумаге, картоне, дереве.&amp;nbsp;&amp;nbsp;Длина мелка - 75 мм</t>
+  </si>
+  <si>
+    <t>393863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c13/c13f661d4a4f22b71595b1aa087cc50f/00c1c2ae8c09f8aaa078d7f64f3c6618.jpg</t>
+  </si>
+  <si>
+    <t>Карандаши восковые Crown  quot;ArtStory quot;, 16цв., выкручивающийся стержень, ПВХ, европодвес</t>
+  </si>
+  <si>
+    <t>Набор ярких восковых карандашей Crown &amp;quot;ArtStory&amp;quot; с выкручивающимся&amp;nbsp;&amp;nbsp;стержнем отличаются яркостью и стойкостью цвета,&amp;nbsp;&amp;nbsp;легко смешиваются, создавая огромное количество оттенков. Благодаря выкручивающемуся механизму восковые карандаши не пачкают руки, не крошатся, не ломаются, не образуют пыли и не нуждаются в затачивании! Цветные мелки круглой формы не требуют сильного нажатия, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Цвета: желтый, бежевый, оранжевый,&amp;nbsp;&amp;nbsp;красный, салатовый, зеленый, голубой, синий, фиолетовый, коричневый, черный.&amp;nbsp;&amp;nbsp;Количество в наборе: 16 цветов. Фантазируй и создавай яркие и интересные&amp;nbsp;&amp;nbsp;истории вместе с восковыми карандашами Crown &amp;quot;ArtStory&amp;quot;</t>
+  </si>
+  <si>
+    <t>559204</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04a/04a6eeb3b3441071dda1a3df5883da9d/c84fdd0b005925c0cdd1935c9b78a0dc.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Faber-Castell, 12цв., трехгранные, картон. упак.</t>
+  </si>
+  <si>
+    <t>Трехгранные водостойкие восковые мелки ярких насыщенных цветов от легендарного немецкого производителя Faber-Castell. Мелки отлично рисуют на различных поверхностях. Каждый мелок имеет бумажную обертку, которая защищает руки ребенка от загрязнений в процессе рисования. Одинаково хорошо подходят для левшей и правшей. Набор состоит из 12 мелков разных цветов.</t>
+  </si>
+  <si>
+    <t>559208</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b1/0b16ca61757b59c731715c533072b078/9e055fac8fa76f824b532e5636812070.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Мультики quot;, 12цв., круглые, картон. упак., европодвес NEW</t>
+  </si>
+  <si>
+    <t>Яркие цветные мелки круглой формы не требуют сильного нажима, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Производятся на основе натуральных безопасных компонентов — воска и пигментов. Безвредны и гипоаллергенны. Не пачкают и не липнут к рукам. Без выраженного химического запаха. Каждый мелок обернут в бумажную гильзу и уже заточен. Длина мелка?– 90 мм.</t>
+  </si>
+  <si>
+    <t>559209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed8/ed86c0067ffda26b827c910a2ae7dcfe/293fbbb65906ec9762c4ac4ba7468654.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Енот на острове Пасхи quot;, 12цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Легко наносятся на бумагу, картон, дерево, керамику. Особых условий хранения и транспортировки не требуют. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>559210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58e/58e073ddced9363c86243112f95b569e/8b170335689c5981788dfb6387356f5c.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые утолщенные Faber-Castell  quot;Jumbo quot;, 12 цв., трехгранные, пластиковая упаковка</t>
+  </si>
+  <si>
+    <t>Утолщенные трехгранные восковые мелки ярких насыщенных цветов от легендарного немецкого производителя Faber-Castell. Мелки отлично рисуют на различных поверхностях. Каждый мелок имеет бумажную обертку, которая защищает руки ребенка от загрязнений в процессе рисования. Одинаково хорошо подходят для левшей и правшей. Водостойкие. Набор состоит из 12 мелков разных цветов в прочной пластиковой коробке, удобной для хранения и транспортировки.</t>
+  </si>
+  <si>
+    <t>587832</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/006/bx0a2stro5dmnzwnnop58cmzqi0ksewq.jpg</t>
+  </si>
+  <si>
+    <t>Набор восковых мелков на масляной основе КРОХА 12 цв. трехгранные</t>
+  </si>
+  <si>
+    <t>12 мелков на масляной основе, трехгранные, 10,5*90мм, в картонной упаковке в 1 ряд с европодвесом.Мелки &amp;quot;Кроха&amp;quot; разработаны специально для малышей. Изготовлены на основе восков с добавлением масла, вследствие чего рисуют мягко, хорошо укрывая поверхность,имея яркие, насыщенные цвета.Мелок треугольной формы в бумажной этикетке толще обычного деревянного карандаша, его удобно держать маленьким, не привыкшим к карандашам рукам. Очень удобно приучать брать мелок правильно. Ребенку не нужно сильно нажимать, чтобы появилась линия. Рисуют по бумаге, картону, дереву, камням и другим поверхностям.</t>
+  </si>
+  <si>
+    <t>590482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/3dd165f3c0c883719d3f9649e8365147/0c48adfb9946dcdde0ed57cdd7fd0d9b.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Faber-Castell, 24 цв., трехгранные, картонная упаковка</t>
+  </si>
+  <si>
+    <t>Трехгранные водостойкие восковые мелки ярких насыщенных цветов от легендарного немецкого производителя Faber-Castell. Мелки отлично рисуют на различных поверхностях. Каждый мелок имеет бумажную обертку, которая защищает руки ребенка от загрязнений в процессе рисования. Одинаково хорошо подходят для левшей и правшей. Набор состоит из 24 мелков разных цветов.</t>
+  </si>
+  <si>
+    <t>593439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8d/e8da489780fc1088f950ded2ad85033f/2d7eb04224bd74e648f21d4486740c21.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Мультики quot;, 06цв., круглые, картон. упак., европодвес NEW</t>
+  </si>
+  <si>
+    <t>Яркие цветные мелки круглой формы не требуют сильного нажима, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Производятся на основе натуральных безопасных компонентов — воска и пигментов. Безвредны и гипоаллергенны. Не пачкают и не липнут к рукам. Без выраженного химического запаха. Каждый мелок обернут в бумажную гильзу и уже заточен. Длина мелка – 90 мм.</t>
+  </si>
+  <si>
+    <t>593440</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c58/c58975cddd3fd2805c4800b265e9fefb/6117a6ed0ec6d9df6bed880ea0a2c439.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Енот в Новой Гвинее quot;, 12цв., шестигранные, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Восковые мелки предназначены для рисования на картоне и бумаге. Удобная форма. Не токсичны.</t>
+  </si>
+  <si>
+    <t>593441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/728/728745d9a586289eda1137e51457e77e/263117f51ee5f47e77eff8969fd38ed8.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые на масляной основе Луч Кроха  треугольн. 12 цв.,29С 1773-08</t>
+  </si>
+  <si>
+    <t>Мелки восковые на масляной основе Луч Кроха &amp;#40;треугольн.&amp;#41;12 цв.,29С 1773-08</t>
+  </si>
+  <si>
+    <t>612116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/256/256b66d04110ec0f3d81902744995cbb.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые JOVI, 12цв., трехгранные, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Специальные восковые мелки для малыша. Эргономичная треугольная форма: толщина 11 мм, длина 82 мм. Сертифицированы старше 3-х лет. Также прекрасно подходят для более старших детей, которые совершенствуют свои навыки рисования и учатся правильно держать карандаш в руке. Треугольные мелки идеальны для тренировки руки к письму у дошкольников и детей&amp;nbsp;&amp;nbsp;младшего школьного возраста. Удобная треугольная форма эргономична, тренирует навык правильного захвата, снижает нагрузку на кисти рук. Изготавливаются из натуральных растительных компонентов, таких как натуральный воск, естественные пищевые красители. Благодаря своему составу они безвредны и очень прочны. Мелки не пачкают руки, не липнут, не выпотевают, не имеют запаха, не ломаются при падении, могут стираться ластиком. Могут использоваться очень долго, так как полностью состоят из пишущего стержня. Подходят для рисования по бумаге, картону, любым шероховатым поверхностям, проводят очень толстые и яркие, мягкие линии. Палитра из двенадцати красивых чистых цветов &amp;#40;желтый, красный, телесный, зеленый, голубой, синий, фиолетовый, оранжевый, розовый, темно-зеленый, коричневый, черный&amp;#41;. Гипоаллергенны, не содержат глютен. Страна производства Испания.</t>
+  </si>
+  <si>
+    <t>630258</t>
   </si>
   <si>
     <t>&lt;a href="/brands/jovi/"&gt;Jovi&lt;/a&gt;</t>
   </si>
   <si>
-    <t>4</t>
-[...89 lines deleted...]
-    <t>348536</t>
+    <t>http://anytos.ru//upload/iblock/8db/8db43abeaf3e1d2df070f6df177238af.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Енот на острове Пасхи quot;, 24цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>652701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/101/ybu1s8w6z3qs4p2udi107qb364h1zila.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Оранжевое солнце quot;, 12цв  классич   золото   серебро  круглые, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>В набор входит 10 классических насыщенных цветов плюс золотой и серебряный. Мелки не пачкают руки и не крошатся. Изготовлены из натуральных компонентов.</t>
+  </si>
+  <si>
+    <t>673632</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d99/1z5fsckcbqurubufj5y80x6c1h3ur952.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки Мульти-Пульти  quot;Мои первые восковые мелки quot;, 08 цв., супертолстые, картон</t>
+  </si>
+  <si>
+    <t>Восковые мелки &amp;quot;Мульти-Пульти&amp;quot; разработаны специально для самых маленьких художников. Именно поэтому творческий процесс будет максимально комфортным для Вашего малыша. • Мягкое рисование без дополнительных усилий, • Утолщенный корпус диаметром 14 мм, созданный&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; специально для маленьких ладошек, • Яркие, сочные цвета, не тускнеющие со временем, • Безопасны и гипоаллергенны, т.к. изготовлены из&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; натуральных компонентов, • Не пачкают руки.</t>
+  </si>
+  <si>
+    <t>673743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/694/gt7jheu09xy7mp5b5udikzjwf2ajdunj.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Гамма  quot;Мультики quot;, 24цв., круглые, картон. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Яркие цветные мелки серии &amp;quot;Мультики&amp;quot; круглой формы не требуют сильного нажатия, мягко рисуют на бумаге, картоне и любой шероховатой поверхности. Производятся на основе натуральных компонентов: воска и пигментов. Безвредны и гипоаллергенны, без выраженного химического запаха. Не пачкают руки.&amp;nbsp;&amp;nbsp;Каждый мелок обернут в бумажную гильзу и уже заточен.</t>
+  </si>
+  <si>
+    <t>682190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3a/vmcvk6q6hkelynzfm78qjdcfko8lpbo7.jpg</t>
+  </si>
+  <si>
+    <t>Набор восковый мелков Луч ВОЛШЕБНАЯ ПАЛИТРА 18 цв. пласт. упак.</t>
+  </si>
+  <si>
+    <t>Мелки изготавливаются на основе восков и высококачественных пигментов. Предназначены для рисования и письма по разным поверхностям: бумаге, картону, дереву, ткани, стеклу, камням. Яркие насыщенные цвета с мелками золотого и серебряного</t>
+  </si>
+  <si>
+    <t>696066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d39/zqj89wehdu8fxct9g9wujbs31gx5z576.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые 6цв.  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Мелки восковые&amp;nbsp;&amp;nbsp;6цв &amp;quot;Darvish&amp;quot; &amp;#40;набор&amp;#41;.&amp;nbsp;&amp;nbsp;Упаковка - картонная коробка на европодвесе 9*11,5*1,7см.</t>
+  </si>
+  <si>
+    <t>705435</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/424/am7lgytgs3bngpwe2ffw5e91x1ecsk3l.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые 12цв.  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Мелки восковые 12цв &amp;quot;Darvish&amp;quot; &amp;#40;набор&amp;#41;. Упаковка - картонная коробка на европодвесе 9*20*1,7см.</t>
+  </si>
+  <si>
+    <t>705437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce6/3t5lzw6fhcs4a735c22ez2qymp8h8dl4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мелки восковые 12цв.  quot;Darvish quot; в пластиковом пенале   кисточка </t>
+  </si>
+  <si>
+    <t>Мелки восковые 12цв &amp;quot;Darvish&amp;quot; в пластиковом пенале &amp;#40;набор&amp;#41; &amp;#43; кисточка</t>
+  </si>
+  <si>
+    <t>705438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd2/pk0gqioh15rsqpho75ryevyispz80yax.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые 18цв.  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Мелки восковые 18цв &amp;quot;Darvish&amp;quot; &amp;#40;набор&amp;#41;</t>
+  </si>
+  <si>
+    <t>705439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1d/l8xr1uqfg2s4pir8qlzstshngd1wt7fw.jpg</t>
+  </si>
+  <si>
+    <t>Набор выкручивающихся восковых мелков Мульти-Пульти  quot;Енот в космосе quot;, 12 цветов</t>
+  </si>
+  <si>
+    <t>Набор выкручивающихся восковых мелков Мульти-Пульти &amp;quot;Енот в космосе&amp;quot;, 12 цветов</t>
+  </si>
+  <si>
+    <t>843276</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cc/4atws9ij6j0wn4utnfydxva9gq2vnnb0.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">МЕЛКИ ГЕЛЕВЫЕ В ПЛАСТИКОВОМ КОРПУСЕ ВЫКРУЧИВАЮЩИЕСЯ  quot;FUNCOLOR quot;, 6 ЦВЕТОВ  2 ВИДА </t>
+  </si>
+  <si>
+    <t>МЕЛКИ ГЕЛЕВЫЕ В ПЛАСТИКОВОМ КОРПУСЕ ВЫКРУЧИВАЮЩИЕСЯ &amp;quot;FUNCOLOR&amp;quot;, 6 ЦВЕТОВ &amp;#40;2 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>956007</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/957/tfp6ek5s8reymbz76asuyp1459q23ohy.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG KIDS, НАБОР 12 цветов, 271696</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG KIDS идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делают их подходящим инструментом для подготовки руки дошкольников и детей младшего школьного возраста к письму: формируют навык правильного захвата, снижают нагрузку на кисть.Каждый мелок обернут в бумажную гильзу, которая предотвращает скольжение пальцев и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>959726</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48a/7tyhld1o9je8hv24svpepqziod7aes1x.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG KIDS, НАБОР 12 цветов, 271695</t>
+  </si>
+  <si>
+    <t>Восковые мелки BRAUBERG KIDS идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная трехгранная форма корпуса и диаметр 11 мм делают их их подходящим инструментом для подготовки руки дошкольников и детей младшего школьного возраста к письму: формируют навык правильного захвата, снижают нагрузку на кисть.Каждый мелок обернут в бумажную гильзу, которая предотвращает скольжение пальцев и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>959727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be5/xs0k1f09kdir6inh3833ernbe0pp0o4l.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG KIDS, НАБОР 12 цветов, на масляной основе, 271693</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе BRAUBERG KIDS формируют навык правильного захвата, отлично развивают мелкую моторику рук. Идеальны для рисования на бумаге любого типа, а также дереве, картоне, стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок обернут в бумажную гильзу, которая снижает скольжение и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>959728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/793/elic30fqf00240c5zhi2jimccjgzs9w2.jpg</t>
+  </si>
+  <si>
+    <t>Восковые мелки утолщенные BRAUBERG KIDS, НАБОР 24 цвета, на масляной основе, 271694</t>
+  </si>
+  <si>
+    <t>Восковые мелки на масляной основе BRAUBERG KIDS формируют навык правильного захвата, отлично развивают мелкую моторику руб. Идеальны для рисования на бумаге любого типа, а также дереве, картоне, стекле. Палитра состоит из 24 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 11 мм делают их еще более удобными для тренировки руки к письму у дошкольников и детей младшего школьного возраста. Каждый мелок обернут в бумажную гильзу, которая снижает скольжение и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
+  </si>
+  <si>
+    <t>959729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88e/ko25herwxk6mois821khyuft8qsud5ef.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые M G, круглые, выдвижной механизм, 12 цветов</t>
+  </si>
+  <si>
+    <t>Мелки восковые M&amp;G, круглые, выдвижной механизм, 12 цветов</t>
+  </si>
+  <si>
+    <t>963533</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/893/teuo8kx2x5swij00snrda25wojsavzqc.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые M G So Many Cats, фигурные, 12 цветов</t>
+  </si>
+  <si>
+    <t>Мелки восковые M&amp;G So Many Cats, фигурные, 12 цветов</t>
+  </si>
+  <si>
+    <t>963536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b37/o8fu985sp9x7cg7joxg4kblb0w2wk222.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти  quot;Чебурашка quot;, 12цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>Мелки восковые Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 12цв., круглые, картон, европодвес</t>
+  </si>
+  <si>
+    <t>967568</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72b/lhh9022a376fgscphps4vv01nic8w9f9.jpg</t>
+  </si>
+  <si>
+    <t>Набор восковых мелков Creativiki 18 цветов, круглые 8 мм.</t>
+  </si>
+  <si>
+    <t>975384</t>
   </si>
   <si>
     <t>&lt;a href="/brands/creativiki/"&gt;Creativiki&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...568 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/df4/h2k9ezjwh0gf0h4h29j5yeh4ll7ca0rm.jpg</t>
   </si>
   <si>
     <t>Набор восковых мелков Каляка-Маляка ЗВЕРЯТА 6 цветов, фигурный 40 мм.</t>
   </si>
   <si>
     <t>6 ярких персонажей вдохновят ребенка на создание своего первого воскового шедевра. Такие мелки очень удобно держать в маленьких детских пальчиках и рисовать, как любой гранью, так и всей плоскостью, за счет ребристой поверхности на задней части. А если сюжет «пошел не по плану», то его можно с легкостью стереть с помощью ластика. Мелки не пачкают руки, не ломаются при падении и не имеют запаха.</t>
   </si>
   <si>
     <t>975385</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ed/uxdwtl62js0g9xz2unzxw3eglfnhjf58.jpg</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG KIDS, НАБОР 24 цвета, 271697</t>
   </si>
   <si>
-    <t>Восковые мелки BRAUBERG KIDS идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делают их подходящим инструментом для подготовки руки дошкольников и детей младшего школьного возраста к письму: формируют навык правильного захвата, снижают нагрузку на кисть.Каждый мелок обернут в бумажную гильзу, которая предотвращает скольжение пальцев и позволяет не пачкать руки. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
-[...1 lines deleted...]
-  <si>
     <t>979412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/479/lynktwk1kfds7bp0aaqp4agbjx9fnz56.jpg</t>
   </si>
   <si>
     <t>Мелки восковые M G, круглые, выдвижной механизм, 36 цветов в наб, для детей</t>
   </si>
   <si>
     <t>Мелки восковые M&amp;G, круглые, выдвижной механизм, 36 цветов в наб, для детей</t>
   </si>
   <si>
     <t>989151</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/911/ijcp8ztva08n9u1r2l2vjjaazpceu3pp.jpg</t>
+  </si>
+  <si>
+    <t>Мелки восковые M G, трехгранный корпус, 8мм х 90мм, 12 цветов в наборе</t>
+  </si>
+  <si>
+    <t>Мелки восковые M&amp;G, трехгранный корпус, 8мм х 90мм, 12 цветов в наборе</t>
+  </si>
+  <si>
+    <t>989155</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/988/bd6cifvrkoh2xak81pa6316znqihpu20.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Восковые мелки ErichKrause Baby Jumbo утолщенные круглые, 11 мм, 12 цветов  в коробке с европодвесом 12 штук </t>
   </si>
   <si>
     <t>Восковые мелки ErichKrause Baby Jumbo с утолщённым круглым корпусом, диаметром 11 мм. Экстрамягкие мелки не требуют усилий при нажатии, мягко рисуют, оставляя четкие красочные линии. Мелки предварительно заточены, обернуты в бумагу, устойчивы к поломкам.</t>
   </si>
   <si>
     <t>1005691</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caf/lt69nnm8d52y7pvdhxxyxmlgiwfq0533.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Восковые мелки ErichKrause Baby Jumbo утолщенные круглые, 11 мм, 8 цветов  в коробке с европодвесом 8 штук </t>
   </si>
   <si>
     <t>1005692</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/89b/tsyujyqnlgb1lc6xshecrnsar0rfjbc7.jpg</t>
-[...8 lines deleted...]
-    <t>1010308</t>
+    <t>http://anytos.ru//upload/iblock/7a6/os6x06xps2rbxvz26zqpplbg1q57y1sf.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Восковые мелки ErichKrause Jolly Friends круглые, 8 мм, 12 цветов  в коробке с европодвесом 12 штук </t>
+  </si>
+  <si>
+    <t>Классические супермягкие восковые мелки ErichKrause Jolly Friends круглой формы с диаметром корпуса 8 мм. Мелки не требуют усилий при нажатии, мягко рисуют, оставляя четкие красочные линии. Подходят для рисования на разных поверхностях, прекрасно ложатся на бумагу, картон и дерево. Мелки предварительно заточены, обернуты в бумагу, устойчивы к поломкам.</t>
+  </si>
+  <si>
+    <t>1005693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3de/fy4dp30a3j0hizayekkl7tfkk50yezq0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Восковые мелки ErichKrause Kids Space Animals трехгранные, 8 мм, 8 цветов  в коробке с европодвесом 8 штук </t>
+  </si>
+  <si>
+    <t>Экстрамягкие восковые мелки для детей. Корпус трехгранный диаметром 8 мм, предварительно заточен, обернут в бумагу, устойчив к поломкам. Подходят для рисования на разных поверхностях, прекрасно ложатся на бумагу, картон и дерево. Рисунки со временем не теряют яркости.</t>
+  </si>
+  <si>
+    <t>1005695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdf/k7hd730ixfx6ssclqndxw21x1h3lh2ib.jpg</t>
   </si>
   <si>
     <t>Восковые мелки утолщенные на масляной основе ЮНЛАНДИЯ  quot;ДОМИКИ quot;, 24 цвета, 273091</t>
   </si>
   <si>
     <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 24 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 10 мм делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом и термоусадку.</t>
   </si>
   <si>
     <t>1010309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58b/zy3psiaomep4k86lk76wdn8bm2o7sawq.jpg</t>
   </si>
   <si>
     <t>Восковые мелки утолщенные на масляной основе ЮНЛАНДИЯ  quot;ДОМИКИ quot;, 36 цветов, 273092</t>
   </si>
   <si>
     <t>Восковые мелки ЮНЛАНДИЯ на масляной основе прекрасно подойдут для детей, начинающих свой творческий путь на бумаге любого типа, а также дереве, картоне и стекле. Незаменимы для дошкольников и детей младшего школьного возраста. Палитра состоит из 36 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу карандаши пишут мягко, и ребенку не придется прикладывать усилия в процессе рисования. Утолщенная шестигранная форма корпуса и диаметр 10 мм делают их еще более удобными для тренировки руки к письму у детей, формируют навык правильного захвата, снижают нагрузку на кисти рук, отлично развивают мелкую моторику. Каждый карандаш завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые карандаши упакованы в картонную коробку с европодвесом и термоусадку.</t>
   </si>
   <si>
     <t>1010310</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/076/18huty018v2yrcppgz6qnmls971aa771.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/308/qx9wb6cc5khsj3567d3swbdtafm5wnga.jpg</t>
   </si>
   <si>
     <t>Восковые мелки фигурные BRAUBERG KIDS  quot;Капельки quot;, 12 цветов, 273094</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG KIDS с фигурным корпусом формируют навык правильного захвата и отлично развивают мелкую моторику рук. Идеальны для рисования на бумаге любого типа, а также дереве, картоне, стекле. Палитра состоит из 12 ярких и насыщенных цветов. Мелки полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать лишние усилия в процессе рисования. Утолщенная форма корпуса в виде капли с диаметром 20 мм делает мелки еще более удобными для тренировки руки и обучения письму дошкольников и детей младшего школьного возраста. Улучшенная формула позволяет мелку не пачкать руки.Восковые мелки упакованы в картонную коробку с европодвесом и термоусадку.</t>
   </si>
   <si>
     <t>1010312</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b79/rfa75jxmgxwbr5alpkquts5m7jkra7n9.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ad/zrrxye8394cg8l610mv5mmh3ckj8zs09.jpg</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG  quot;МИЛЫЕ КОТЫ quot;, НАБОР 12 цветов, 273229</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать лишние усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делает мелки удобными для тренировки руки и обучения письму дошкольников и детей младшего школьного возраста. Мелки формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>1012262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/910/kuyvb890r59tfgspe07fcflj3v87teio.jpg</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG  quot;МОНСТРИКИ quot;, 12 цветов, 273238</t>
   </si>
   <si>
     <t>Восковые мелки BRAUBERG &amp;quot;CUTE MONSTERS&amp;quot; идеально подходят для детского творчества. Предназначены для рисования на бумаге любого типа, а также дереве, картоне и стекле. Палитра состоит из 12 ярких и насыщенных цветов. Полностью безопасны в использовании, не токсичны и не имеют резкого запаха. Благодаря своему составу мелки пишут мягко, и ребенку не придется прикладывать лишние усилия в процессе рисования. Круглая форма корпуса и диаметр 8 мм делает мелки удобными для тренировки руки и обучения письму дошкольников и детей младшего школьного возраста. Мелки формируют навык правильного захвата, снижают нагрузку на кисти рук. Каждый мелок завернут в бумажную этикетку, что предохраняет от загрязнений, снижает скольжение, увеличивает прочность. Восковые мелки упакованы в картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>1012263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/727/mdy0epcmnq5u63821yee0mw4rpz6uhlj.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Восковые мелки ArtBerry  8 цветов  в коробке с европодвесом 8 штук </t>
+  </si>
+  <si>
+    <t>Классические восковые мелки на основе пчелиного воска, который обеспечивает мягкость письма. Корпус круглый диаметром 8 мм, предварительно заточен, обернут в бумагу, устойчив к поломкам. Подходят для рисования на разных поверхностях, прекрасно ложатся на бумагу, картон и дерево. Рисунки со временем не теряют яркости. Легко отстирываются с одежды и быстро смываются с любых бытовых поверхностей. Европейский сертификат качества &amp;#40;СЕ&amp;#41; гарантирует отсутствие в составе токсичных веществ.</t>
+  </si>
+  <si>
+    <t>1012675</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1276,57 +1375,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M69"/>
+  <dimension ref="A1:M77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G69" sqref="G69"/>
+      <selection pane="bottomRight" activeCell="G77" sqref="G77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1402,1503 +1501,1687 @@
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" s="3" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="F21" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G21" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>130</v>
+        <v>91</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>29</v>
+        <v>129</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>147</v>
+        <v>72</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G34" s="3" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F35" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G35" s="3" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="F38" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>166</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>29</v>
+        <v>153</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="F41" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>147</v>
+        <v>53</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>50</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="F44" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G44" s="3" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>189</v>
+        <v>53</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G46" s="3" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>208</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>213</v>
+        <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>214</v>
+        <v>166</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="F50" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F51" s="3" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F52" s="3" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>89</v>
+        <v>166</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>232</v>
+        <v>217</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>50</v>
+        <v>166</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="F55" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="G55" s="3" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>244</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>248</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>219</v>
+        <v>244</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>252</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>253</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>256</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>172</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>260</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F61" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B61" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G61" s="3" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>98</v>
+        <v>53</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>272</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>98</v>
+        <v>273</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>89</v>
+        <v>166</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>219</v>
+        <v>278</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>279</v>
+        <v>242</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>219</v>
+        <v>244</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>281</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>289</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>67</v>
+        <v>294</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>67</v>
+        <v>294</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>24</v>
+        <v>179</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">