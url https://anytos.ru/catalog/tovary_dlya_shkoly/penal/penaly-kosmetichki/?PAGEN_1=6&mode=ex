--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2263">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/474/djxz08jlmsnfig2b2gtqsw28nynrsxho.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отд. сред. 200х65 ткань молния фиол.: ПК-Ф штр.: 4602723088998</t>
   </si>
   <si>
     <t>Пеналы-косметички</t>
   </si>
   <si>
     <t>331549</t>
@@ -290,62 +299,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/554/0v257org0ae1j98s7lrwlbxkst5ph3aj.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG овальный, полиэстер,  quot;Black quot;, 22х9х5 см, 229271</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG Oblong увеличенного объема выполнен из прочного полиэстера. Надежная молния оснащена металлическим бегунком. Вмещает до 50 канцелярских предметов стандартных размеров. Предназначен для учеников и студентов. Пенал с одним вместительным отделением застегивается на молнию. Размер – 22х9х5 см.Поставляется в прозрачном полиэтиленовом пакете с европодвесом. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Универсальные косметички BRAUBERG – это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>565047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c8/p1vjpd1zsgwshik94f4c5lfn47pcg7f7.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG овальный, полиэстер,  quot;Geometry quot;, 22х9х5 см, 229272</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG Oblong увеличенного объема выполнен из прочного полиэстера. Надежная молния оснащена металлическим бегунком. Вмещает до 80 канцелярских предметов стандартных размеров. Предназначен для учеников и студентов. Пенал с одним вместительным отделением застегивается на молнию. Размер - 22х9х5 см.Поставляется в прозрачном полиэтиленовом пакете с европодвесом. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Универсальные косметички BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>565048</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3da/ls0q1kecyk5j5ba2vhtl55m97o08ntci.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7db/uefae6472pojkl2gwfr53scjopvhperq.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG прямоугольный, зеркальный, мягкий,  quot;Coral quot;, 21х5х5 см, 229250</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG &amp;quot;Reflection&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 25 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из зеркального полиуретана. Пенал прямоугольной формы с одним вместительным отделением застегивается на молнию. Размер - 21х5х5 см. Поставляется в прозрачном полиэтиленовом пакете с европодвесом.Пенал имеет оптимальный размер для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, аксессуаров, таким образом может выполнять роль универсальной сумочки, которую можно всегда взять с собой.Универсальные косметички BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>565050</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a81/hps2bz098elw2jp3r2rs242rgajrjspp.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG с ручкой, карман из сетки, полиэстер,  quot;Citrus quot;, 20х6х9 см, 229274</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG с ручкой и карманом из сетки выполнен из прочного полиэстера. Надежная молния оснащена металлическим бегунком. Вмещает до 60 канцелярских предметов стандартных размеров. Предназначен для учеников и студентов. Пенал с одним вместительным отделением и карманом из сетки застегивается на молнию. Размер - 20х6х9 см.Поставляется в прозрачном полиэтиленовом пакете с европодвесом. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Универсальные косметички BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>565056</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/962/11vbdjheh7y6pw68u7evunv5upx4jq8b.jpg</t>
@@ -371,155 +368,176 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b75/ci0j6yy41m4p6cxeytoezamilzwxjedm.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус ПИФАГОР, мягкий,  quot;SMILE quot;, 20х7 см, 229268</t>
   </si>
   <si>
     <t>Пенал-тубус ПИФАГОР выполнен из прочного мягкого материала. Вмещает до 40 канцелярских принадлежностей стандартных размеров. Надежная молния оснащена удобным металлическим бегунком. Материал пенала - ПВХ с цветной печатью и ярким дизайном.Пенал имеет оптимальный размер для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой. Удобно открывать и закрывать, держась за металлический бегунок.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>565068</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3a/yjc09r1g2cmalvbb8o08x8b0gli448an.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус ПИФАГОР, мягкий,  quot;STARS quot;, 20х7 см, 229267</t>
   </si>
   <si>
     <t>565069</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b5b/sni2i97a82jwzkzpbveczfygpyxf933c.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка 1 отд. сред. Creativiki 200х65 мм ткань молния черный</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка ЧЕРНЫЙ 200х65 мм круглый, ткань, молния — удобный школьный аксессуар, который позволяет поддерживать идеальный порядок в сумке или рюкзаке и на рабочем столе. Несмотря на то что выглядит он весьма компактно, в него можно собрать множество ручек, карандашей, маркеров и других принадлежностей, которые всегда должны быть под рукой у учащегося. Если купить данное изделие, можно забыть о долгих поисках необходимого в недрах портфеля. Пенал легко открывается и закрывается, защищает содержимое от повреждений и потери презентабельного вида. Его легко постоянно носить с собой, чтобы к необходимым принадлежностям всегда был быстрый доступ.</t>
+  </si>
+  <si>
+    <t>590553</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/creativiki/"&gt;Creativiki&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/870/jkaiv0e2q9dy75k9y36pl5g7relzr4j7.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ для мальчиков, 2 отделения, мягкий,  quot;Машина quot;, серый, 21х6х9 см, 228983</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного полиэстера. Имеет два вместительных отделения. Застегивается на молнию с металлическим бегунком. Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
   </si>
   <si>
     <t>600910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a7/f62a8wylvyn2gxf15xogz9samt9f4etb.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка ЮНЛАНДИЯ, 2 отделения, мягкий,  quot;Зайка quot;, розовый, 20х7х9 см, 228988</t>
   </si>
   <si>
     <t>600911</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae3/ae3f3a30afaf573bca249e7d8aa53434/f63fd7a3a61c2d03061139b6113206fd.jpg</t>
   </si>
   <si>
     <t>Пенал BONDIBON, СКАЗОЧНЫЙ ЕДИНОРОГ, иск. кожа, 20x9 см.</t>
   </si>
   <si>
     <t>609418</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
+    <t>http://anytos.ru//upload/iblock/2ac/2ac82a61f3b855119429f732a22b5703/9d90ef4ba7217ebc381bfb6fb190b3ff.jpg</t>
+  </si>
+  <si>
+    <t>Пенал BONDIBON, СКАЗОЧНЫЙ ЕДИНОРОГ, серебристый, 20x9 см.</t>
+  </si>
+  <si>
+    <t>609419</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/003/ha8l63tztvtjklytqhhgh6lc59dkv2jw.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, полиэстер,  quot;Sport quot;, черный, 19х4х6 см, 270267</t>
   </si>
   <si>
     <t>Пенал BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 25 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала. Внутри пенала подкладка из полиэстера. Имеет одно отделение для канцелярских принадлежностей. Застежка-молния с металлическим бегунком.Упакован в прозрачный полиэтиленовый пакет с картонным подвесом, который сохранит качество и товарный вид при хранении и транспортировке.Универсальные косметички BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>669122</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c02/c026086236d0ea07c6ab9b6b16d7dbc8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/04b/04b3414a27c4e79412ab9e64097b3374.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 1 отделение, полиэстер,  quot;Сat quot;, черный, 19х4х6 см, 270279</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ &amp;quot;Сat&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 25 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала. Внутри пенала подкладка из полиэстера. Имеет одно отделение для канцелярских принадлежностей. Застежка-молния с металлическим бегунком.Упакован в прозрачный полиэтиленовый пакет с картонным подвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>669128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe5/82sp8xjdymly3hau2vqeya3y96vw1ntc.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 2 отделения, полиэстер,  quot;Car quot;, черный, 21х6х9 см, 270273</t>
   </si>
   <si>
     <t>Пенал-косметичка ЮНЛАНДИЯ &amp;quot;Car&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного полиэстера. Размер пенала 21х6х9 см. Имеет два вместительных отделения. Застегивается на молнию с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
   </si>
   <si>
     <t>669129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e92/e1iyih9txqcao4ht2clp1o41ood9owpx.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 2 отделения, полиэстер,  quot;Cosmonaut quot;, серый, 21х6х9 см, 270275</t>
   </si>
   <si>
     <t>Пенал-косметичка ЮНЛАНДИЯ &amp;quot;Cosmonaut&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного полиэстера. Размер пенала 21х6х9 см. Имеет два вместительных отделения. Застегивается на молнию с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
   </si>
   <si>
     <t>669130</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/220/5ft6a23upc552ecreyzmsjvf8t8c751i.jpg</t>
+  </si>
+  <si>
+    <t>Пенал ЮНЛАНДИЯ, 2 отделения, полиэстер,  quot;Shark quot;, синий, 21х6х9 см, 270272</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка ЮНЛАНДИЯ &amp;quot;Shark&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного полиэстера. Размер пенала 21х6х9 см. Имеет два вместительных отделения. Застегивается на молнию с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
+  </si>
+  <si>
+    <t>669131</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9e6/m2g752hura6vgbbvv4ajnxazzny7rn0d.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 2 отделения, полиэстер,  quot;Shark quot;, черный, 21х6х9 см, 270271</t>
   </si>
   <si>
-    <t>Пенал-косметичка ЮНЛАНДИЯ &amp;quot;Shark&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного полиэстера. Размер пенала 21х6х9 см. Имеет два вместительных отделения. Застегивается на молнию с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
-[...1 lines deleted...]
-  <si>
     <t>669132</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a3/8q4rmfid7gzzuw4bx4s4ekrbco8ejqmu.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 2 отделения, полиэстер,  quot;Joystick quot;, синий, 21х6х9 см, 270274</t>
   </si>
   <si>
     <t>Пенал-косметичка ЮНЛАНДИЯ &amp;quot;Joystick&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного полиэстера. Размер пенала 21х6х9 см. Имеет два вместительных отделения. Застегивается на молнию с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
   </si>
   <si>
     <t>669133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/021/6961uf6peo0r0zsb0nvlh3eududecxn3.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 2 отделения, полиэстер,  quot;Skate quot;, черный, 21х6х9 см, 270276</t>
   </si>
   <si>
     <t>Пенал-косметичка ЮНЛАНДИЯ &amp;quot;Skate&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного полиэстера. Размер пенала 21х6х9 см. Имеет два вместительных отделения. Застегивается на молнию с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
   </si>
   <si>
     <t>669134</t>
@@ -719,90 +737,87 @@
   <si>
     <t>Пенал конверт Erich Krause 220х90мм Neon Blue</t>
   </si>
   <si>
     <t>697766</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00f/aqn904z7g9loaj0vgfp0wsca5xvyf9yi.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause 220х90мм Neon Pink</t>
   </si>
   <si>
     <t>697769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95d/in1rosoq8ov1iyaweiyfd15nf6x34mou.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause 220х90мм Wild Cat</t>
   </si>
   <si>
     <t>697790</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/270/qxto8sjahszagqs1yygx0japf0gchpsy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dc7/h2u44xh1nvk8oaq4ky6opn3j5qlzj1xm.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause 210x100x50мм Avocado Night</t>
   </si>
   <si>
     <t>Универсальный пенал 210х100х50мм, с внутренним мягким уплотнителем и подкладкой имеет форму параллелепипеда с закругленными углами. Пенал изготовлен из износостойкого 100&amp;#37;-го полиэстера. Надежная молния с мягким ходом. Имеет дополнительный карман на молнии.</t>
   </si>
   <si>
     <t>697836</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/896/pwokzdzjsidpfjvpze38aflewfr7v2fd.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause 210x100x50мм Black Pink</t>
   </si>
   <si>
     <t>697837</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ce/l14y14zrs5xa6uvo2s6f02yfnd3u3vqg.jpg</t>
-[...5 lines deleted...]
-    <t>697846</t>
+    <t>http://anytos.ru//upload/iblock/2ea/7ezuodwt70iykipcvhjii1l1tnutuqa1.jpg</t>
+  </si>
+  <si>
+    <t>Пенал квадро с двумя отделениями Erich Krause 210x100x50мм Black Yellow</t>
+  </si>
+  <si>
+    <t>697838</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c8/5hcs6u240p4l2sipa2l1ig9uj1u05pxt.jpg</t>
+  </si>
+  <si>
+    <t>Пенал квадро с двумя отделениями Erich Krause 210x100x50мм Neon Blue</t>
+  </si>
+  <si>
+    <t>697857</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce0/9b3apbhutsqajys9cx6t7luydsisk3uf.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause 210x100x50мм Neon Green</t>
   </si>
   <si>
     <t>697859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/960/dutfmuaws77orgmrkmklwybc1ejyctpw.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause 210x100x50мм Neon Violet</t>
   </si>
   <si>
     <t>697861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba9/4oqghy8513cygw5mcljuad210rwozjbo.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause 210x100x50мм Neon Yellow</t>
   </si>
@@ -966,50 +981,62 @@
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти прозрачный, с плавающими блестками</t>
   </si>
   <si>
     <t>Одна сторона пенала мягкая гелевая с жидкостью и блестками внутри, другая с рисунком чешуи русалки. Размер пенала 22*7,5*3,5 см.&lt;br /&gt;
  Упаковка пластиковый бокс, размер 22,5*8,5*4,5 см.</t>
   </si>
   <si>
     <t>706620</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/830/0to3e9zz108vxanvxujlo6ldh06stl5i.jpg</t>
   </si>
   <si>
     <t>Пенал  quot;Darvish quot; текстиль Котик ассорти</t>
   </si>
   <si>
     <t>Пенал &amp;quot;Darvish&amp;quot; текстиль Котик ассорти. Размер 18,5*12см. Упаковка - п/э европодвес 12,5*25см.</t>
   </si>
   <si>
     <t>706622</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e14/ttrpmra7jwved4lcfxndvul4q9w0u3w8.jpg</t>
+  </si>
+  <si>
+    <t>Пенал  quot;Авокадо quot;</t>
+  </si>
+  <si>
+    <t>Пенал &amp;quot;Авокадо&amp;quot; 20,5*5,5*5см. Материал : PU. текстиль, металл. Упаковка - блистер 21*6,5*5,5см.</t>
+  </si>
+  <si>
+    <t>706624</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c25/lglf8r0ffi2djvv1ct36etfjezngwytc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал  quot;Darvish quot; текстильный с крупным замком-молнией  4 вида </t>
   </si>
   <si>
     <t>Пенал &amp;#40;4 вида&amp;#41; размер: 19*7*9 см&lt;br /&gt;
  Размер упаковки &amp;#40;прозрачная пластиковая коробочка с европодвесом&amp;#41;: 23*8*8 см</t>
   </si>
   <si>
     <t>706626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03a/j737e7q1mblzqjwnlgmwi4d3yczbh9ro.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал  quot;Darvish quot; с рельефным рисунком  6 видов </t>
   </si>
   <si>
     <t>Пенал &amp;#40;6 видов&amp;#41; размер: 22*9*3 см&lt;br /&gt;
  Размер упаковки &amp;#40;прозрачная пластиковая коробочка с европодвесом&amp;#41;: 22,5*9*5 см</t>
   </si>
   <si>
     <t>706627</t>
   </si>
@@ -1093,62 +1120,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/227/pu34d8ir1vsl373zx7mmh3clwnmcgru8.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с аппликацией</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;ассорти с аппликацией</t>
   </si>
   <si>
     <t>706639</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/817/act1mpn3g1ey9387824ns3rjkxxxygl1.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с дополнительным карманом</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;ассорти с дополнительным карманом</t>
   </si>
   <si>
     <t>706641</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/495/nu1gnx069teqo3n99jk9lxckkdgcw47o.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/281/v85b0n1h0mqvi82wuz4a4hrky6l7tt6z.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; 19,5 6,5см на 8-ми молниях ассорти</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; 19,5*6,5см на 8-ми молниях ассорти</t>
   </si>
   <si>
     <t>706644</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fea/nti40o6af1dygmlqp18f9i2s9vvzjok4.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; 26 5см в форме карандаша ассорти</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; 26*5см&amp;nbsp;&amp;nbsp;в форме карандаша ассорти</t>
   </si>
   <si>
     <t>706645</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe8/6m9ah0o2p7gycgrs9gbmzqngerpza7r7.jpg</t>
@@ -1177,62 +1192,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3e6/xatp67ltkjp5kd3o2zkmymll8407vni2.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти бархат   уголки к з</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти&amp;nbsp;&amp;nbsp;бархат &amp;#43; уголки к/з</t>
   </si>
   <si>
     <t>706660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/063/awfcnqfnqq3rvb1b26lo2q1fcf09opcu.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти  quot;люрекс quot;   пайетки</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти &amp;quot;люрекс&amp;quot; &amp;#43; пайетки</t>
   </si>
   <si>
     <t>706669</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/71d/vqw38m8fwnp9wkvm6nysacb8nnxyihzr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/355/ycy2uhpyse8tfzxxwbub5plrrpb7nwfc.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти блестки рисунок  quot;газета quot;</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти блестки рисунок &amp;quot;газета&amp;quot;</t>
   </si>
   <si>
     <t>706686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbe/qn1zbmzilb2empsxjebwtd1lp4n2thjs.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти голография  quot;буквы quot;</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти голография &amp;quot;буквы&amp;quot;</t>
   </si>
   <si>
     <t>706691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b35/fq7qm8qepbtwwk3xm33m85n3r5j5g7ac.jpg</t>
@@ -1324,72 +1327,90 @@
   <si>
     <t>http://anytos.ru//upload/iblock/54a/wh1wu8jy59yh0g8smcl3y15dea76et3q.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с дополнительным карманом   аппликация  quot;британский флаг quot;</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти с дополнительным карманом &amp;#43; аппликация &amp;quot;британский флаг&amp;quot;</t>
   </si>
   <si>
     <t>706712</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34d/s1z2tk5whvizvbzvgy4z4vvl1bg7cpya.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с принтом</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти с принтом</t>
   </si>
   <si>
     <t>706713</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f21/fburr7nwly3qfacy7l5zzf4wr90cs1h0.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с рисунком</t>
+  </si>
+  <si>
+    <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти с рисунком</t>
+  </si>
+  <si>
+    <t>706716</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ae3/ou68mcsejt358u7j1vm1z5n01xa1j9rm.jpg</t>
   </si>
   <si>
-    <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с рисунком</t>
-[...4 lines deleted...]
-  <si>
     <t>706718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/954/yr4rms7ogzhuezaen6k7wy7xrvdui2qo.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с рисунком бл стками</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти с рисунком&amp;nbsp;&amp;nbsp;блёстками</t>
   </si>
   <si>
     <t>706719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/732/pzgwd0jlkyy8axyozrqfcwbb5w4yr2ux.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с рисунком  quot;достопримечательности городов quot;   дополнительный карма</t>
+  </si>
+  <si>
+    <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти с рисунком &amp;quot;достопримечательности городов&amp;quot;&amp;#43;дополнительный карман</t>
+  </si>
+  <si>
+    <t>706724</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/391/ass1xlfxj6wp78sm97u11zfyn7p3lhc1.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с рисунком  quot;жаккард quot;</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти с рисунком &amp;quot;жаккард&amp;quot;</t>
   </si>
   <si>
     <t>706726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/872/cixqgwmtm65c6dq0qbd2exfhc2daj5q3.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий тубус  quot;Darvish quot; ассорти с рисунком   дополнительный карман</t>
   </si>
   <si>
     <t>Пенал мягкий тубус &amp;quot;Darvish&amp;quot; ассорти с рисунком &amp;#43; дополнительный карман</t>
   </si>
   <si>
     <t>706727</t>
   </si>
@@ -1775,62 +1796,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7ba/b9aoistae2vrnuvb7q8av9w7xa6ogb4f.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause  210x100x50мм Frozen Beauty</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause® 210x100x50мм Frozen Beauty</t>
   </si>
   <si>
     <t>795309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a0/low09r9d6t1gvzvlpev5gag4ou6sqpbz.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause  210x100x50мм Light Blue</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями Erich Krause® 210x100x50мм Light Blue</t>
   </si>
   <si>
     <t>795314</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d53/q4awfbymcjatu7c4kp6epl8rf79vaujp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4a0/prwio7az06zemw44wnxzy2i5weyhkazm.jpeg</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ  quot;МИЛЫЙ СЛОНИК quot;, ОДНО ОТДЕЛЕНИЕ, 223 х110 х 52ММ</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ &amp;quot;МИЛЫЙ СЛОНИК&amp;quot;, ОДНО ОТДЕЛЕНИЕ, 223 х110 х 52ММ</t>
   </si>
   <si>
     <t>815901</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b45/hg04t9xe70cugdb8bpgtb37e9yuijqkr.jpeg</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ  quot;МОДНИЦА quot;, ОДНО ОТДЕЛЕНИЕ, 223 х110 х 52ММ,</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ &amp;quot;МОДНИЦА&amp;quot;, ОДНО ОТДЕЛЕНИЕ, 223 х110 х 52ММ,</t>
   </si>
   <si>
     <t>815902</t>
@@ -1946,131 +1955,131 @@
   <si>
     <t>http://anytos.ru//upload/iblock/906/dnwf2u6yg9bv2g6tgh7iirujbntwhrvh.jpeg</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ,  quot;КОАЛА С ШАРИКОМ quot;, СИЛИКОН, 180 х 50 х 70 ММ</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ, &amp;quot;КОАЛА С ШАРИКОМ&amp;quot;, СИЛИКОН, 180 х 50 х 70 ММ</t>
   </si>
   <si>
     <t>815939</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/934/j8nrm1vqqupkh819gib8kuocjb70rov6.jpeg</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ,  quot;ПАНДА С БАМБУКОМ quot;, СИЛИКОН, 180 х 50 х 70 ММ</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ, &amp;quot;ПАНДА С БАМБУКОМ&amp;quot;, СИЛИКОН, 180 х 50 х 70 ММ</t>
   </si>
   <si>
     <t>815941</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e13/twhmc0cx2cda80ud8xzt4c03em5jkyn2.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 2 отделения, 210 70 Berlingo  quot;Pink pattern quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал-тубус с двумя отделениями на молнии. Диаметр 7 см. Материал лицевой поверхности и подкладки - полиэстер. Между отделениями тканевая перегородка. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>834375</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b8b/vriysf762uen5a2lqnxlua3m5ame5o8t.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 2 отделения, 210 70 Berlingo  quot;Zig zag quot;, полиэстер</t>
   </si>
   <si>
-    <t>Пенал-тубус с двумя отделениями на молнии. Диаметр 7 см. Материал лицевой поверхности и подкладки - полиэстер. Между отделениями тканевая перегородка. Поставляется без наполнения.</t>
-[...1 lines deleted...]
-  <si>
     <t>834376</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/545/xlf9dmi6qwoqljb66vhqglx3q1y720zp.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  220х90мм Algebra</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause® 220х90мм Algebra</t>
   </si>
   <si>
     <t>835175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ed/3u83brvjylzfr7okykxjl8bxzg358atz.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  220х90мм Blue Stardust</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause® 220х90мм Blue Stardust</t>
   </si>
   <si>
     <t>835178</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b50/vl2np0y134c1ljjy8zpd7779a8yewozb.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  220х90мм Color Drips</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause® 220х90мм Color Drips</t>
   </si>
   <si>
     <t>835181</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/560/173retusv3y68f09eixu5xbnh8siil4j.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Algebra</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause® Light 220x120мм Algebra</t>
   </si>
   <si>
     <t>835206</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aeb/asl3w5kaae8huefka3ckn20uwu3d3quv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/720/tes76mjec2j8quepok1wr4c287plwyin.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Bat Cave</t>
   </si>
   <si>
+    <t>Пенал конверт Light — облегченная модель без внутренней подкладки. Компактный пенал, где можно хранить школьные принадлежности и полезные мелочи. Пенал имеет одно вместительное отделение на молнии с мягким ходом. Материал — 100&amp;#37; полиэстер, устойчив к износу и отталкивает воду. Размер — 22х12 см.</t>
+  </si>
+  <si>
     <t>835498</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a7/4r352fh1ul4n7ac33c0wt1a6jicjhwuy.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Velvet Jaguar</t>
   </si>
   <si>
     <t>835512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ed/n199vevnnhar3qvl9wuvxx6nczk6oo7p.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Velvet Leopard</t>
   </si>
   <si>
     <t>835513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41e/bq7y5dffhhiets06eoilh832c3onwshy.jpg</t>
   </si>
   <si>
     <t>Пенал, 210 50 90 ArtSpace  quot;Black quot;, полиэстер</t>
@@ -2102,219 +2111,258 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6b4/rr5m51gotubpnatn7ic8253gv5i5rw3l.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий, 210 82 40 MESHU  quot;Happy bear quot;, канвас</t>
   </si>
   <si>
     <t>Пенал мягкий с 1 отделением. Модель выполнена в стильном дизайне с трендовым рисунком.&amp;nbsp;&amp;nbsp;Пенал упакован в прозрачную пластиковую коробку с подвесом. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>839207</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66a/9gm7d4wha568llxtayeti77k3dw3mxb5.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий, 210 82 40 MESHU  quot;Happy rabbit quot;, канвас</t>
   </si>
   <si>
     <t>839208</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/964/s5lcorxxo1hzmjm1jqlawz8i7h50k5vm.jpg</t>
+  </si>
+  <si>
+    <t>Пенал, 200 60 40 ArtSpace  quot;Miss you quot;, ТПУ</t>
+  </si>
+  <si>
+    <t>Удобный и модный школьный пенал для хранения письменных и чертежных принадлежностей</t>
+  </si>
+  <si>
+    <t>839225</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1ba/6uur54cxn23t9n6kthk10lnlelhw9vng.jpg</t>
   </si>
   <si>
     <t>Пенал, 200 60 40 ArtSpace  quot;Parrots quot;, искусственная кожа</t>
   </si>
   <si>
-    <t>Удобный и модный школьный пенал для хранения письменных и чертежных принадлежностей</t>
-[...1 lines deleted...]
-  <si>
     <t>839226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/148/cfl2f9uxpgx7z3y3ar7pnw709mnk3t3j.jpg</t>
   </si>
   <si>
     <t>Пенал, 210 85 ArtSpace  quot;Believe quot;, ПВХ</t>
   </si>
   <si>
     <t>839236</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c90/ewojt3h3ezz0fhmdjo709yaeoc2jwl8h.jpg</t>
   </si>
   <si>
     <t>Пенал, 210 85 ArtSpace  quot;Sunshine quot;, ПВХ</t>
   </si>
   <si>
     <t>839237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9af/23shtnu13q0znl10o32ir2c2q5n3ss5r.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 1 карман, 210 60 50мм, Berlingo  quot;Instinct mint quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал мягкий с 1 отделением и карманом на молнии. Модель выполнена из полиэстера стильных пастельных цветов с черными молниями. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>841733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/219/hvq8htwbxx4ja50j24w0qw7ool82troa.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 1 карман, 220 95 50мм, Berlingo  quot;Monsters quot;, полиэстер, откидная планка</t>
   </si>
   <si>
     <t>Пенал-футляр мягкий с 1 отделением и передним карманом на молнии. Материал лицевой поверхности и подкладки - полиэстер. Внутри имеется откидная планка с резиночками для крепления канцтоваров. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>841739</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/729/qf8syppeqww954210lsytr5ld7hmh4h8.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a50/2utav0nbd9yzsvp7ta11upavds8c8ipv.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 1 карман, 220 95 50мм, Berlingo  quot;Sly fox quot;, полиэстер, откидная планка</t>
   </si>
   <si>
     <t>841742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f6/cf2gqaw7jfuika6g8a2fy000itw7z70a.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение, 1 карман, 215 80 60мм, Berlingo  quot;Polo yellow quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал мягкий с 1 отделением и карманом на молнии. Модель выполнена из полиэстера. Стильный минималистичный дизайн. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>841747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75e/vls6e2ua8c82ej6sj8c9rv60nde6aif3.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause  210x50x50мм Black</t>
   </si>
   <si>
     <t>842360</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a5f/mwqofv3ygtf0xjpcmsgu7m2x7yuvhfz1.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 2 отделения, 220 80 50 Berlingo  quot;Chilled cat quot;, полиэстер, внутр. органайзер</t>
+  </si>
+  <si>
+    <t>Пенал-футляр мягкий с 2 отделениями и карманом из сеточки на верхней крышке. Выполнен из полиэстера с контрастными молниями и забавными резиновыми нашивками в цвет молний. Внутри переднего отделения имеется 2 кармашка из сетки и резиночки-крепления для канцтоваров. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>842933</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3c2/g2ijnuqvuvpcvriqjuysp5nvf801ur8n.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение, 220 75 55 Berlingo  quot;Pink zip quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал-косметичка с 1 отделением. Пенал выполнен из плотного черного полиэстера с контрастными неоновыми молниями. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>842939</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f8e/vi3u7thwwjtk0crcsq2343hp423jkwf8.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-стакан 1 отделение, 170 75 Berlingo  quot;Lilac case quot;, вельвет, экокожа</t>
+  </si>
+  <si>
+    <t>Пенал-стакан мягкий с 1 отделением. Основание пенала имеет устойчивую круглую форму и выполнено из вельвета, верхняя &amp;quot;подвижная&amp;quot; часть сделана из полиуретана и может быть зафиксирована как в поднятом, так и в опущенном состоянии, позволяя использовать пенал в качестве органайзера. Внутри - 3 тканевых кармашка для хранения канцтоваров. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>842941</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2d2/gdaw0of30ieq5qv3zkqs64p7wzuc3trz.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG, 1 отделение, 1 откидная планка, ткань, 21x15x6 см,  quot;Avocado quot;, 270706</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG увеличенного объема выполнен из прочного материала. Надежная молния оснащена металлическим брендированным бегунком. Пенал вмещает до 100 канцелярских предметов стандартных размеров. Пенал прямоугольной формы с одним вместительным отделением и органайзером внутри. Выполнен из плотного полиэстера, внутри есть подкладка, которая дополнительно защищает содержимое. Пенал имеет увеличенный размер, что позволяет размещать в нем не только письменные принадлежности, но и повседневные мелочи, косметику, аксессуары, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой. Пастельные тона и популярные принты привлекут внимание широкой аудитории.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.Универсальные косметички BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>843567</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/305/n655he4rh5ix84xvt0zitso73vvfmvxk.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG, 1 отделение, 1 откидная планка, ткань, 21x15x6 см,  quot;Mint quot;, 270705</t>
   </si>
   <si>
     <t>843568</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f7/heq8o5e811rb4uig8mfk88hnufkwvdov.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG,  quot;крокодиловая кожа quot;,  quot;Ultra quot;, дисплей, 20x6x4 см, ассорти 5 цветов, 270852</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG &amp;quot;Ultra&amp;quot; выполнен из прочного глянцевого материала с фактурой под &amp;quot;крокодиловую кожу&amp;quot;. Пенал вмещает до 50 канцелярских принадлежностей стандартных размеров. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;. Выполнены из прочной глянцевой фактурной искусственной кожи. Пеналы представлены в пяти цветах. Надежная молния оснащена удобным металлическим бегунком. В дисплее - 20 шт.Пенал имеет оптимальный размер для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Универсальные косметички BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>845464</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b9/dl3xoxolj5rm4aoqkwlgm2bt5ocanp0i.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ea/a68jktblowb1v43ljg183r3qgefpj07j.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка LOREX GRAND GORGEOUS HILL молния</t>
   </si>
   <si>
     <t>847353</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad0/iqlbfo56xqv0xbbu9pvls6zfpdccw91m.jpg</t>
-[...5 lines deleted...]
-    <t>847359</t>
+    <t>http://anytos.ru//upload/iblock/97b/wadletl2jjdt0gokdm4mr6aa1gr47t3f.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка LOREX HOLO GRAND LUNATIC молния</t>
+  </si>
+  <si>
+    <t>847354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99a/cvfvwucyaeio5gp0z3kjk9qw5nl4tdyp.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 секц. прямоуг. Schoolformat STAY COOL 195х45х45 ткань с подкладом</t>
+  </si>
+  <si>
+    <t>847369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4e/z1v9cmgaz0gx9iwqjd1j5olurpl5qsy6.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус LOREX TUBE HOLO PINKISH молния</t>
+  </si>
+  <si>
+    <t>847375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/989/llxdtoazlqynlws7nskf2ygcuxtbutqa.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус LOREX TUBE POMME GRANATE молния</t>
+  </si>
+  <si>
+    <t>847380</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6a/dznjajnipiwccapl8f1pe94a85jf6j8b.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause  210x70x70мм Cupids</t>
   </si>
   <si>
     <t>882858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6de/y3s6g28ar39y0f24zc1q6gmd1rbh0geu.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause  210x70x70мм Mega Goal</t>
   </si>
   <si>
     <t>882861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ec/w4ingc5lkd3ax9u3x5l9xhhx328u3z99.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause  210x70x70мм Pixel Game</t>
   </si>
@@ -2390,176 +2438,155 @@
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Aerodynamics</t>
   </si>
   <si>
     <t>883464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b2/xjxk8ux0hv4hzkqc9ku9usi51lc73mq6.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Bicycle Rider</t>
   </si>
   <si>
     <t>883465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a52/q39eqplzv5qkeagm75zp93i2i4t6buzh.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Lovely Friends</t>
   </si>
   <si>
     <t>883468</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b87/f7tqy9w5ja2xtjeh2570ld62af8qi9il.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd3/dupgo5nulqbo403e7rgg3dtnn2awrvet.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Top Blogger</t>
   </si>
   <si>
     <t>883472</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c74/ouoykh3cpqpom4c0d7kqm7eeuoi4phiw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f0/nw60vu19kt04ket12f35uryaih1lmr1j.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause  210x100x50мм Sculpture</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause® 210x100x50мм Sculpture</t>
   </si>
   <si>
     <t>886314</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/505/35l0560mytbquhlmqvhvvhgm1w6jzbba.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  220х90мм Black Logo</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® 220х90мм Black Logo</t>
   </si>
   <si>
     <t>906359</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d5/3sf9bj2z1rbjznmmpejsgu1490i5aaxf.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  220х90мм Butterfly Garden</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® 220х90мм Butterfly Garden</t>
   </si>
   <si>
     <t>906360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f5/pymr96c0f4wzwzsw1h0f8grgptwnano1.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  220х90мм Color Art</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® 220х90мм Color Art</t>
   </si>
   <si>
     <t>906361</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/818/cl6fxjro8b68zg8xi5yszwfcarhgmtvw.jpg</t>
+  </si>
+  <si>
+    <t>Пенал конверт Erich Krause  220х90мм May Bells</t>
+  </si>
+  <si>
+    <t>Пенал конверт Erich Krause® 220х90мм May Bells</t>
+  </si>
+  <si>
+    <t>906362</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d3e/k7e1x04vz08d9lt274c5egcudojwscxj.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  220х90мм Pink Tie-Dye</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® 220х90мм Pink Tie-Dye</t>
   </si>
   <si>
     <t>906364</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd5/0xxvqg2w1j8esm7p6obpg166u80rlfdr.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  220х90мм Pixel Game</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® 220х90мм Pixel Game</t>
   </si>
   <si>
     <t>906365</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d43/f89ni0um5hzmqz0as0z13njtzh5i1mlc.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  220х90мм Scooter Master</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® 220х90мм Scooter Master</t>
   </si>
   <si>
     <t>906366</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fe/6q0om45y5c1y70zbc8l67l629ck3scg7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/905/7sil0e11i7u5cgc6r8fc01feb0liziqv.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  Light 220x120мм Black Cat</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® Light 220x120мм Black Cat</t>
   </si>
   <si>
     <t>906369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07d/pkc3cp54rvggvhhe8n6hmi27z9j837g9.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause  Light 220x120мм Grey Cat</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause® Light 220x120мм Grey Cat</t>
   </si>
   <si>
     <t>906371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2a/qqvjwkw4f09tfrxj7kask7jz0epzv5hg.jpg</t>
@@ -2756,80 +2783,86 @@
   <si>
     <t>Пенал мягкий 200 85 30 MESHU  quot;Fox quot;, искусственная кожа</t>
   </si>
   <si>
     <t>941221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/972/pnk6tcca5j15491piozrgnax09gn5049.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 200 85 30 MESHU  quot;Hero quot;, искусственная кожа</t>
   </si>
   <si>
     <t>941224</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/381/yx88kbxpny6et4dtwo3ihmyn9sr9kr5g.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 200 85 30 MESHU  quot;Nice quot;, искусственная кожа</t>
   </si>
   <si>
     <t>941227</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/105/4dtk8ztcpdrza7uedtn7r1udd9se2bk1.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 200 85 30 MESHU  quot;Sweety quot;, искусственная кожа</t>
+  </si>
+  <si>
+    <t>941228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/101/cuk3qqn9nh1z6p9x8imbgga7zq2bs1ry.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 210 80 ArtSpace  quot;Friend quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 210*80 ArtSpace &amp;quot;Friend&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>945488</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1fe/i60zrhj4d0t2qtqqy0876xqnsd95luxg.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус, 210 65 СТАММ, белый</t>
   </si>
   <si>
     <t>Пенал-тубус, 210*65 СТАММ, белый</t>
   </si>
   <si>
     <t>945505</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d18/0tay5i7w77d2q2x5csbdggnjd7xz21r3.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b7f/apja02kughcn9jk6v4ip0f95jo339g7e.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG SHINY, 1 отделение, 1 откидная планка, EVA, 22х13х4 см,  quot;Cheerful quot;, 271554</t>
   </si>
   <si>
     <t>Пенал каркасный BRAUBERG выполнен из EVA материала. Материал EVA – современный, экологичный материал. Пеналы из такого материала формоустойчивые и легкие. Пеналы BRAUBERG EVA SHINY отличаются яркими уникальными дизайнами с перламутровым эффектом. Пеналы BRAUBERG EVA SHINY увеличенного размера 23х12 см удобно брать с собой в школу и на внешкольные занятия, а также использовать дома. Особенность материала EVA делает сам пенал легким и компактным, удобным для переноски в ранце, рюкзаке или сумке. Каждый пенал имеет одно большое отделение внутри, оснащен планкой-органайзером, которая вмещает до 5 крупных предметов. Также на верхней створке пенала имеется двойной кармашек из сетки, в котором можно расположить крупную канцелярию, принадлежности для поделок и творчества. Каждый пенал упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>945822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b5/5c2jt5gzicuf36w4g3za0iug1vzl7g12.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий ЮНЛАНДИЯ с ручкой, 2 отделения, полиэстер,  quot;My Space quot;, голубой, 21х9х6 см, 271578</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ предназначен для хранения школьных канцелярских принадлежностей. Застегивается намолнию с металлическим бегунком. Вмещает до 50 предметов. Пенал мягкий ЮНЛАНДИЯ выполнен из прочного полиэстера с 3D элементами из экокожи. Размер пенала 21х10х6 см. Имеет два вместительных отделения. Застегивается на молнию с брендированными металлическим бегунками. Пенал оснащен декоративной откидной планкой из экокожи с 3D элементами и удобной ручкой. Застежка откидной планки - липучка.Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
   </si>
   <si>
     <t>945844</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d7/dqab5cqcc0acor1jyvjja3ohcj73df66.jpg</t>
@@ -2912,131 +2945,107 @@
   <si>
     <t>Пенал-тубус BRAUBERG выполнен из прочного мягкого материала с эффектом Soft Touch. Пенал вмещает до 50 канцелярских принадлежностей стандартных размеров. Надежная молния оснащена брендированным бегунком. Выполнен из прочного полиэстера с эффектом soft-touch, внутри есть подкладка, которая дополнительно защищает содержимое. Пенал имеет оптимальный размер 22х8 см для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров, таким образом может выполнять роль универсального пенала-косметички, которую можно всегда взять с собой. Яркие универсальные дизайны привлекут внимание широкой аудитории: от учеников начальной школы до студентов.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>946412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/617/835q3uhjqkiynp02772pf78bhew5ztck.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус BRAUBERG, с эффектом Soft Touch, мягкий,  quot;Mint marble quot;, 22х8 см, 271568</t>
   </si>
   <si>
     <t>946413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/091/ip5vtuq1klcrgzzufmrgwce2lxfy4kxp.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отд. сред. прямоугольная LOREX PLANE STYLE 4,5х10х21 полипропилен молния синий</t>
   </si>
   <si>
     <t>948044</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c4b/dih0vameo664i6fujyx9lug0feahu6v1.jpg</t>
-[...17 lines deleted...]
-    <t>948065</t>
+    <t>http://anytos.ru//upload/iblock/31d/3t9f5p449nlo3fdwfpqps5iysktqh4sq.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отд. сред. прямоуг. Creativiki ВЕЛОСИПЕДЫ 195х45х45 мм ПВХ молния</t>
+  </si>
+  <si>
+    <t>948054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e0/azoyi5aeyp5hwu9itycikuo9l3t2jcn8.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отд. сред. прямоугольный LOREX TUBE 4х6х20 полипропилен молния роз.</t>
   </si>
   <si>
     <t>948068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/886/3qfmikqygwjonz2t4h03txlollx8ptzo.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отд. сред. прямоугольный LOREX TUBE 4х6х20 полипропилен молния черн.</t>
   </si>
   <si>
     <t>948069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/31e/0miu9z9oteju6y7h2vhtbws5g3nj8ppe.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 секц. круглый Schoolformat БЕЗУМНЫЙ СТИЛЬ 210х65х65 полиэстер молния фуксия</t>
   </si>
   <si>
     <t>948071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ee/0xdg9dxuu91e4zixp6apgufxrf22qaa3.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 секц. прямоуг. Schoolformat СКЕЙТБОРД 195х45х45 полиэстер молния синий</t>
   </si>
   <si>
     <t>948072</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/9wg08leiyw3nicyf3k41w65zz5ng7to8.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр ErichKrause  210x90x50мм Night Forest</t>
   </si>
   <si>
     <t>Пенал-футляр ErichKrause® 210x90x50мм Night Forest</t>
   </si>
   <si>
     <t>949527</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b01/0i689fye9bm724wuqbtz6qket1zub9qs.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc6/y2g7g9lr1i4z4qv0pioabfd55bvd0zqv.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG с ручкой, 1 откидная планка, полиэстер, 22x10х8 см,  quot;Houndstooth quot;, 271560</t>
   </si>
   <si>
     <t>Мягкий пенал BRAUBERG MOMENTS треугольной формы с откидной планкой выполнен из прочного полиэстера-канваса. Вмещает до 70 предметов. Пенал BRAUBERG MOMENTS имеет одно вместительное отделение с 2 боковыми карманами внутри, а также с откидной планкой на молнии, что позволяет разместить до 70 предметов. Откидная планка имеет органайзер с 5 резинками для крупной канцелярии, а также компактный сетчатый карман, чтобы разместить часто используемые принадлежности. Застежка-молния сверху и спереди, с брендированными бегунками высокого качества. Пенал имеет оптимальный размер для размещения в нем не только канцелярских принадлежностей и принадлежностей для творчества, но и повседневных мелочей, аксессуаров, таким образом может выполнять роль универсального несессера, который можно всегда взять с собой.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>949826</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62a/u8p2ctly2up9lhy1zwrle7uxawb9shrc.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с объемной  quot;тракторной quot; молнией, 1 отделение, ПВХ, 22х8х6,5 см,  quot;Neon green quot;, 271564</t>
   </si>
   <si>
     <t>Пенал прямоугольной формы, выполнен из тонированного прозрачного ПВХ. Вмещает до 50 предметов стандартного размера. Пенал мягкий BRAUBERG из тонированного прозрачного ПВХ-материала имеет одно основное отделение, которое вмещает до 50 предметов. ПВХ-материал отличается износостойкостью и прочностью, быстро восстанавливает форму.Пенал выделяется среди аналогов объемной &amp;quot;тракторной&amp;quot; застежкой-молнией с увеличенным бегунком. Имеет оптимальный размер для размещения в нем не только канцелярских принадлежностей и принадлежностей для творчества, но и повседневных мелочей, аксессуаров, таким образом может выполнять роль универсального несессера, который можно всегда взять с собой.Сочетание ярких контрастных цветов привлечет внимание широкой аудитории: от учеников начальной школы до студентов. Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>953876</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/046/f170i4cnhjpxea3s5nt9sh6wg7bcst39.jpg</t>
@@ -3062,50 +3071,62 @@
   <si>
     <t>953878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b20/8m1znk8z1lleul9niqq74d5qvxxk5qsm.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр BRAUBERG, 1 отделение, органайзер, полиэстер, 22x9x5 см,  quot;Smile OFF quot;, 271587</t>
   </si>
   <si>
     <t>Пенал-футляр BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала, внутри пенала подкладка из полиэстера. Размер – 22х9х5 см. Имеет одно вместительное отделение и органайзер для канцелярских принадлежностей. Застежка-молния с металлическим бегунком. Поставляется в прозрачном полиэтиленовом пакете с европодвесом. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.</t>
   </si>
   <si>
     <t>953882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2bd/g0fhwnoyiif4bahkxghxura6uon98nuq.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение, средний Schoolformat ПЛЮШЕВЫЙ ЩЕНОК 210х65х65 мм, розовый, полиэстер</t>
   </si>
   <si>
     <t>955283</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c70/50lpux0ny191g9o4xvq8c8n92v45yf7y.jpeg</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ  quot;ЛУГОВЫЕ ТРАВЫ quot;, 22,5 х 15 СМ</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ &amp;quot;ЛУГОВЫЕ ТРАВЫ&amp;quot;, 22,5 х 15 СМ</t>
+  </si>
+  <si>
+    <t>956060</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3f1/b766rhky5g52s3f8p23lbwj79x250b2u.jpeg</t>
   </si>
   <si>
     <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ  quot;ПИОНЫ quot;, 22,5 х 15 СМ</t>
   </si>
   <si>
     <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ &amp;quot;ПИОНЫ&amp;quot;, 22,5 х 15 СМ</t>
   </si>
   <si>
     <t>956061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/262/j8i4gdimh6ecoaiqlfb86d6kvxc1u3z6.jpeg</t>
   </si>
   <si>
     <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ  quot;СОЛНЕЧНЫЙ КАКТУС quot;, 22,5 х 15 СМ</t>
   </si>
   <si>
     <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ &amp;quot;СОЛНЕЧНЫЙ КАКТУС&amp;quot;, 22,5 х 15 СМ</t>
   </si>
   <si>
     <t>956062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d7/rx3idott10l33pxhi47d3qp58fe8zoa5.jpg</t>
@@ -3167,95 +3188,77 @@
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Dark Side</t>
   </si>
   <si>
     <t>961191</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47c/vqo6hte57u3gc2vy61l2wdvj6wpfrr40.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Flower Sketch</t>
   </si>
   <si>
     <t>961192</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d30/ryarca3q3axej07bl8rm2nu7co1qp8sr.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Golden Illusion</t>
   </si>
   <si>
     <t>961193</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/47a/l3n0h1vmffv9jpy2t9sbcgx79i8kyocn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b1/yj08uqardbbu3hwkg2szho8nugwczr7e.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Tropical</t>
   </si>
   <si>
     <t>961195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98d/yuxcreevrn1on7eq506cxqqsnyeiu2zq.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Тайна третьей планеты</t>
   </si>
   <si>
     <t>961197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55e/hm9grzqgkqe6iucjequpk5dmy8zyhnhw.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Blossom Mood</t>
   </si>
   <si>
     <t>961198</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6b2/0h6j65eu7wwr3d7tpw9x93kzh3dyhi21.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/975/0408ecihqiy8qlo1v56fx8nufwob32c3.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Jungle Spirit</t>
   </si>
   <si>
     <t>961200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dd/k382o27weryvwg2xqwitwx6bycku8sie.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Lettering</t>
   </si>
   <si>
     <t>961201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e29/n9ex8sf0003gozuhajgoicgb4qs7b8lz.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Light Grey Zebra</t>
   </si>
   <si>
     <t>961202</t>
@@ -3272,98 +3275,119 @@
   <si>
     <t>http://anytos.ru//upload/iblock/011/8tjpsbw16q1ix45hrgm913vahfsu7k7f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Pastel Bloom  Light Blue </t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Pastel Bloom &amp;#40;Light Blue&amp;#41;</t>
   </si>
   <si>
     <t>961204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23d/m0tb2n08wm1kym52az22m35nuqw0qweb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Pastel Bloom  Lilac </t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Pastel Bloom &amp;#40;Lilac&amp;#41;</t>
   </si>
   <si>
     <t>961205</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/535/9hy2ipd1e2ppfv2oadj8h5x32maj2svj.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Pastel Bloom  Minty </t>
+  </si>
+  <si>
+    <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Pastel Bloom &amp;#40;Minty&amp;#41;</t>
+  </si>
+  <si>
+    <t>961206</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/25f/kqpieljbcyw2254luc5o4n9sc2wze8k2.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Tropical</t>
   </si>
   <si>
     <t>961207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb7/488wacxsmaso79948djhvlzhwaktqnft.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Black White Zebra</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Black&amp;White Zebra</t>
   </si>
   <si>
     <t>961209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bb/n6iay92brvmpntda238gt5znem6p36g8.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Corgi Puppy</t>
   </si>
   <si>
     <t>961210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dc/o79t7q1irghc1e8kiavq5lk2x5uwmeua.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Lettering</t>
   </si>
   <si>
     <t>961211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e00/3e0yz8wao8pwxwg0j4v1swn51950ufb4.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Moon Dreams</t>
   </si>
   <si>
     <t>961212</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9b5/xtkco6gftwyo6aut8go938uq3z2dcoxm.jpg</t>
+  </si>
+  <si>
+    <t>Пенал конверт ErichKrause 220х90мм Sheeps</t>
+  </si>
+  <si>
+    <t>961213</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/12c/6zylvraq6zk6h7itjd5cxw0e7a6c1ik4.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Skateboard Zone</t>
   </si>
   <si>
     <t>961214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ce/c5o1rb1pob5k3o3ipxfr08n940pok5lv.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Spiderweb</t>
   </si>
   <si>
     <t>961215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/092/4qciw7eld13s4ad4v88dnu4gt7g6w95w.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Antique</t>
   </si>
   <si>
     <t>961216</t>
@@ -3572,57 +3596,57 @@
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Chess Player</t>
   </si>
   <si>
     <t>961238</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/100/2yslkllskiowaenzguf69b2vr0id1mif.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Cyber Game</t>
   </si>
   <si>
     <t>961239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/467/u07a75u7te7mq6raauxxzgpmfu7crj0u.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Golden Illusion</t>
   </si>
   <si>
     <t>961240</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/21d/lkfe2qpp3qwgx6engitbs6ud0j0vwmxq.jpg</t>
-[...5 lines deleted...]
-    <t>961243</t>
+    <t>http://anytos.ru//upload/iblock/92e/5kn2zlviz1a9zfzns679xoqbme93f9gc.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-органайзер ErichKrause 210x80x100мм Grey Zebra</t>
+  </si>
+  <si>
+    <t>961241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82c/uy11vnbcggrbd8ugpliarkx5ngqqm9kf.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Skateboard Zone</t>
   </si>
   <si>
     <t>961244</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3b/qkj5c6elikw1jav5ofmwmz0qvn4p11e5.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Spiderweb</t>
   </si>
   <si>
     <t>961245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86c/xlkyervm8eb89ztggp33x534tqxglbgv.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Tribe</t>
   </si>
@@ -3728,137 +3752,161 @@
   <si>
     <t>http://anytos.ru//upload/iblock/272/li1r4nmnmutscrwald7ivu05ok0mr3lk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал-футляр ErichKrause 210x50x100мм Простоквашино  Идея </t>
   </si>
   <si>
     <t>Пенал-футляр ErichKrause 210x50x100мм Простоквашино &amp;#40;Идея&amp;#41;</t>
   </si>
   <si>
     <t>961261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a10/noqjjjkhy0azsxcddc41gt7hwithn6wb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал-футляр ErichKrause 210x50x100мм Простоквашино  Клад </t>
   </si>
   <si>
     <t>Пенал-футляр ErichKrause 210x50x100мм Простоквашино &amp;#40;Клад&amp;#41;</t>
   </si>
   <si>
     <t>961262</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/666/uvq94h8p63z64kr0mm2tvbbtdjhgcl8c.jpg</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 195 85 50 Berlingo  quot;Little cloud quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 195*85*50 Berlingo &amp;quot;Little cloud&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>968447</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e21/j47qq1sp4pp07iklt9prl4rya027euv2.jpg</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220 90 45 F?rst  quot;Black owl quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220*90*45 F?rst &amp;quot;Black owl&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>968462</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/forst/"&gt;Forst&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6fa/cvbfig7i5cxqsz4d60cn7z25dvh9txxs.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 F?rst  quot;Funny cat quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 F?rst &amp;quot;Funny cat&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>968465</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/forst/"&gt;Forst&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/467/swnprdo7bcwowsi3lhayfym54rdupgcd.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 F?rst  quot;Orange cat quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 F?rst &amp;quot;Orange cat&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>968471</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ce/yyh3002uoho0t0jj2a56o41hdsvq2cju.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 F?rst  quot;Pink tiger quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 F?rst &amp;quot;Pink tiger&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>968475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97c/osgo3nhi48hd5jfl1urc29arw2hbpug7.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 F?rst  quot;Snail dream quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 F?rst &amp;quot;Snail dream&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>968478</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/707/y2mpiwh9xmp74yqu1fejbk1zui9zdi90.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий с прозрачным окошком, 1 отделение, 205 80 50 F?rst  quot;Graphic quot;, текстиль с ПВХ</t>
+  </si>
+  <si>
+    <t>Пенал мягкий с прозрачным окошком, 1 отделение, 205*80*50 F?rst &amp;quot;Graphic&amp;quot;, текстиль с ПВХ</t>
+  </si>
+  <si>
+    <t>968487</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bcb/h5oloswwslwx32557rj9fhd3y3plqkhh.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий с прозрачным окошком, 1 отделение, 205 80 50 F?rst  quot;Smile quot;, текстиль с ПВХ</t>
   </si>
   <si>
     <t>Пенал мягкий с прозрачным окошком, 1 отделение, 205*80*50 F?rst &amp;quot;Smile&amp;quot;, текстиль с ПВХ</t>
   </si>
   <si>
     <t>968488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17a/7lxu8vz7emsb8xjg4rukjjptteuawrgg.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 2 отделения, 205 50 55 Berlingo  quot;Envy quot;, голубой</t>
   </si>
   <si>
     <t>Пенал-косметичка 2 отделения, 205*50*55 Berlingo &amp;quot;Envy&amp;quot;, голубой</t>
   </si>
   <si>
     <t>968489</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/04a/arrkmdbdecxwt5eren3myk1vovovp9mm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bde/lxgf8xw85gtdfthpbnoh751oroc9fy63.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 2 отделения, 205 50 55 Berlingo  quot;Envy quot;, оранжевый</t>
   </si>
   <si>
     <t>Пенал-косметичка 2 отделения, 205*50*55 Berlingo &amp;quot;Envy&amp;quot;, оранжевый</t>
   </si>
   <si>
     <t>968491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a10/fiz2qd3ndzogddrilmnv20izmn401elh.jpg</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause Light 220x120мм It s Anime</t>
   </si>
   <si>
     <t>Пенал конверт Erich Krause Light 220x120мм It`s Anime</t>
   </si>
   <si>
     <t>970402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73e/10vlnr35p2wnd2bfwy4em5t7029wj88b.jpg</t>
@@ -3890,80 +3938,107 @@
   <si>
     <t>978281</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/882/zsqwpsk8efzts0otbp0dk7a36lbpzs4x.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр, 215 90 43 СТАММ  quot;Космонавты quot;, черный металлик</t>
   </si>
   <si>
     <t>Пенал-футляр «СТАММ» предназначен для хранения канцелярских принадлежностей. Лёгкий и прочный пенал прямоугольной формы оборудован одним отделением повышенной вместимости. Размер изделия – 215*90*43 мм. Пенал изготовлен из качественного полипропилена, и имеет надёжный и лёгкий в обращении замок. Пенал представлен в ярком и стильном дизайне. Цвет изделия – черный металлик. • Размер: 215*90*43 мм; • Форма: прямоугольная; • Материал: полипропилен; • Цвет: черный металлик.</t>
   </si>
   <si>
     <t>978407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72a/6lotis2rxxupfh7cub0owk33o20ylgdo.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка, 1 отделение, Creativiki АНИМЕ 200x90x5 мм черный, полиэстер</t>
   </si>
   <si>
     <t>979118</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4fc/k5nlws1hokfue1ysyfdwgllsv7q9pii1.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка, 1 отделение, Creativiki КОРГИ 200x90x5 мм черный, полиэстер</t>
+  </si>
+  <si>
+    <t>979119</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/685/0x76nk4gih1c2dk34tdgzxspm0y5rgdr.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка, 1 отделение, Creativiki НАДПИСИ 200x90x5 мм черный, полиэстер</t>
   </si>
   <si>
     <t>979120</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/733/hc6p9j1o1wror9u7yum9pia3qfmfahv4.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка, 1 отделение, Creativiki ЧЕРНЫЙ В КЛЕТКУ 200x90x5 мм черный, полиэстер</t>
+  </si>
+  <si>
+    <t>979121</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/049/8vxd03j6l4ulory86ow01xlzuuyzfmh1.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка, 1 отделение, сред. Каляка-Маляка ГЕПАРДЫ 210x30x85 мм розовый, полиуретан</t>
   </si>
   <si>
     <t>979122</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca9/ht1rulnzvvdqgea26zk1ss1y1ogmnwfl.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус, 1 отделение, Creativiki КОТ 195x45x45 мм черный, полиэстер</t>
   </si>
   <si>
     <t>979124</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/26c/2eew02nb76zauw32kzj86k44oxxn0dkc.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус, 1 отделение, Creativiki ВИШЕНКИ 195x45x45 мм сиреневый, ПВХ</t>
+  </si>
+  <si>
+    <t>979125</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ca3/ivsqlq9ewxg24elw9s1upxcdwbztcxie.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус, 1 отделение, Creativiki ЗАЙЧИК КОРЕЙСКИЙ СТИЛЬ 195x45x45 мм розовый, ПВХ</t>
   </si>
   <si>
     <t>979127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29c/s3pas1fhwlzi0rqv99jl7jikn0fbwbyp.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус, 1 отделение, Creativiki КОРАБЛИКИ 195x45x45 мм голубой, ПВХ</t>
   </si>
   <si>
     <t>979130</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d2/u1utmp1fv4yv5b3qndqkuxdq0kmxs7tt.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус, 1 отделение, Creativiki МЕДВЕДИ 195x45x45 мм розовый, ПВХ</t>
   </si>
   <si>
     <t>979131</t>
@@ -3989,50 +4064,86 @@
   <si>
     <t>979133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79b/ay9eol4ctbesp283bq1htha6kkm30bzx.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус, 1 отделение, Creativiki П С КОРЕЙСКИЙ СТИЛЬ 195x45x45 мм голубой, ПВХ</t>
   </si>
   <si>
     <t>Пенал-тубус, 1 отделение, Creativiki ПЁС КОРЕЙСКИЙ СТИЛЬ 195x45x45 мм голубой, ПВХ</t>
   </si>
   <si>
     <t>979134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4e/r64th1jwbrkesrk3cczpz8xpynmisrbf.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус, 1 отделение, средий Schoolformat ДЕНЬ ИССЛЕДОВАНИЙ 210х65 мм красный, полиэстер</t>
   </si>
   <si>
     <t>979135</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c89/g9b3n42hh0ne2cq1nvw7kfawt9536cun.jpeg</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ  quot;Summer Greens quot;, 22,5 х 15 см.</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ &amp;quot;Summer Greens&amp;quot;, 22,5 х 15 см.</t>
+  </si>
+  <si>
+    <t>980392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28c/mwbmjzebix2bamzpzxcf8gu3rd77w4um.jpeg</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ  quot;Tropical fruits quot;, 22,5 x15 см.</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ &amp;quot;Tropical fruits&amp;quot;, 22,5 x15 см.</t>
+  </si>
+  <si>
+    <t>980393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f34/um0mwd0eguk1m0gyg37040f48gyeauxz.jpeg</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ  quot;Гранат quot;, 22,5 x15 см.</t>
+  </si>
+  <si>
+    <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ &amp;quot;Гранат&amp;quot;, 22,5 x15 см.</t>
+  </si>
+  <si>
+    <t>980394</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f1e/6q04rx3pn6l68219fs1q26moghgt5jdy.jpeg</t>
   </si>
   <si>
     <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ  quot;Цветочная страсть quot;, 22,5 x15 см.</t>
   </si>
   <si>
     <t>КОШЕЛЕК - КОСМЕТИЧКА НА МОЛНИИ &amp;quot;Цветочная страсть&amp;quot;, 22,5 x15 см.</t>
   </si>
   <si>
     <t>980395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be8/4lm3o2aegsjpxrchhzgue312084ejsws.jpg</t>
   </si>
   <si>
     <t>Пенал 210 80 ArtSpace  quot;Beauty quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал 210*80 ArtSpace &amp;quot;Beauty&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/693/ycmlw5n60menj8h7jolsa7yhye7immsw.jpg</t>
@@ -4265,182 +4376,278 @@
   <si>
     <t>http://anytos.ru//upload/iblock/675/5g6ralorker00sjjacquej5m1v142b9k.jpg</t>
   </si>
   <si>
     <t>Пенал 210 80 45 ArtSpace  quot;Sweet cat quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал 210*80*45 ArtSpace &amp;quot;Sweet cat&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a09/nk1375vlp0q48phxlz8ewqehgtznae5t.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 Berlingo  quot;Colored dots quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 Berlingo &amp;quot;Colored dots&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983301</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/13e/62avwl5jkimscz28eqko27vn0g3exwya.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5de/3ao4qzd2rm8g1ym7lp82c70rqyxohmrw.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Cool adventure quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Cool adventure&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/294/9ndnsafiv3s4pppnlth44t26o3sa4sp3.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Little leo quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Little leo&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16f/p9tusjjirm64eod1uk9k4r39qltaa5hq.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Little one quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Little one&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983324</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/af5/71prs08b1tqaqyan2wsrk41mvpulie0p.jpg</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Little princess quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Little princess&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983325</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/89f/1x751pjptow8kx0wxm67cvp6oe6dw85p.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Lovely quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Lovely&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983326</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/476/cahatsh2qwn8rkxkmv7iqo9ls1fyu7e1.jpg</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Ninja quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Ninja&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b08/cerhdr60odggv3j8pymoda5p5k0utbyv.jpg</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Skateboard quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Skateboard&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983331</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/062/brcxuotn3vy09zic1vcven2zt54pydfh.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Super star quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Super star&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/308/hzmc4zevoqpn7b8kqvxfw3scm2uacs1o.jpg</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220 90 45 Forst  quot;Sweet hearts quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал корпусный 1 отделение, 220*90*45 Forst &amp;quot;Sweet hearts&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983334</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/54c/jw82oz1q5i53s7u7mbk36gdyrsw1alx3.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 1 карман, 210 90 40 Forst  quot;Smiley quot;, текстиль</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 1 карман, 210*90*40 Forst &amp;quot;Smiley&amp;quot;, текстиль</t>
+  </si>
+  <si>
+    <t>983344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fb/d30siyc47pt7p98wg882a3vp6pl7zu4m.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 1 карман, 220 50 80 MESHU  quot;Friends quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 1 карман, 220*50*80 MESHU &amp;quot;Friends&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983345</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4cb/kqvhwwsqchxjua1suc91r978hjmsyh1q.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 1 карман, 220 50 85 MESHU  quot;Smile quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 1 карман, 220*50*85 MESHU &amp;quot;Smile&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983348</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/35f/rxnyyi4dki5r5bje8e6jz8dwv81a3vgs.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 200 130 80 Forst  quot;Denim quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 200*130*80 Forst &amp;quot;Denim&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983356</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/650/kol5aiaqvbzxir5i5wgn042crrodwx4y.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 200 130 80 Forst  quot;Graffiti quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 200*130*80 Forst &amp;quot;Graffiti&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/909/6z76oszcr93w2kstst1xi4eufkng0090.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 200 130 80 Forst  quot;Trendy quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 1 отделение, 200*130*80 Forst &amp;quot;Trendy&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983360</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/767/1idpv6mqjucsmkghb4wgmp6bs95ywy7g.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 210 55 55 Forst  quot;Mandarin quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 210*55*55 Forst &amp;quot;Mandarin&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983366</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/826/dncy7nif25k7z98hlx014bodseb8rl8e.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 220 70 70 Berlingo  quot;Black and green quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 220*70*70 Berlingo &amp;quot;Black and green&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b1/xj1warri9ul9masgl9p9ktudvdrorfg2.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 220 70 70 Berlingo  quot;Black and orange quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 220*70*70 Berlingo &amp;quot;Black and orange&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>983368</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/be4/f9o1nf33ly3hg3ke31f72d8z8kwqxirs.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 2 в 1, 1 отделение, 205 80 40 Forst  quot;Cool quot;, съемная косметичка на липучке</t>
+  </si>
+  <si>
+    <t>Пенал мягкий 2 в 1, 1 отделение, 205*80*40 Forst &amp;quot;Cool&amp;quot;, съемная косметичка на липучке</t>
+  </si>
+  <si>
+    <t>983372</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/834/ktes2dotvtsfjpxevsafxys1t2moh9ns.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 200 100 MESHU  quot;All you need quot;, искусственная кожа</t>
   </si>
   <si>
     <t>Пенал мягкий 200*100 MESHU &amp;quot;All you need&amp;quot;, искусственная кожа</t>
   </si>
   <si>
     <t>983381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3df/3s6yg5ztpjxt4rjdm4pbdwixzi1pe5ma.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 200 100 MESHU  quot;Fire quot;, искусственная кожа</t>
   </si>
   <si>
     <t>Пенал мягкий 200*100 MESHU &amp;quot;Fire&amp;quot;, искусственная кожа</t>
   </si>
   <si>
     <t>983384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8b/ufgbrf41i8egxepj0pd6ntj3yd760jfy.jpg</t>
@@ -4769,72 +4976,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/527/ig4oe206ses5xq2igsgjgxtyldoavhcp.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 3 отделения, с ручкой, 220 75 80 MESHU  quot;Cute quot;, полиэстер, ПВХ</t>
   </si>
   <si>
     <t>Пенал мягкий 3 отделения, с ручкой, 220*75*80 MESHU &amp;quot;Cute&amp;quot;, полиэстер, ПВХ</t>
   </si>
   <si>
     <t>983428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4a/brjp3pfaw79rjwzjho59uu3kouw3py3e.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий с прозрачным окошком, 1 отделение, 205 80 50 Forst  quot;Cool girl quot;, текстиль с ПВХ</t>
   </si>
   <si>
     <t>Пенал мягкий с прозрачным окошком, 1 отделение, 205*80*50 Forst &amp;quot;Cool girl&amp;quot;, текстиль с ПВХ</t>
   </si>
   <si>
     <t>983429</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/093/zon2hh4bdl2dm7leorj9drhpt26fk8y5.jpg</t>
-[...20 lines deleted...]
-    <t>983433</t>
+    <t>http://anytos.ru//upload/iblock/ec6/rosy045q2f50246ukrp4qcd348b3nvvp.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отделение, 210 60 Berlingo  quot;Pinky quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отделение, 210*60 Berlingo &amp;quot;Pinky&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>983434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73b/9xo5nbpl122i34ljv1fxo65nx0lnhe5t.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр, 185 65 35 MESHU  quot;Paw quot;</t>
   </si>
   <si>
     <t>Пенал-футляр, 185*65*35 MESHU &amp;quot;Paw&amp;quot;</t>
   </si>
   <si>
     <t>983435</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d49/a80unv2xylmai257h5n28rufpezjilrx.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр, 215 90 43 СТАММ  quot;Акулы quot;, голубой</t>
   </si>
   <si>
     <t>Пенал-футляр, 215*90*43 СТАММ &amp;quot;Акулы&amp;quot;, голубой</t>
   </si>
   <si>
     <t>983436</t>
   </si>
@@ -4853,170 +5048,173 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2d4/j7qkv3i2as39k64ytfl0z4mhsli1c0q8.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр, 215 90 43 СТАММ  quot;Пингвины quot;, светло-синий</t>
   </si>
   <si>
     <t>Пенал-футляр, 215*90*43 СТАММ &amp;quot;Пингвины&amp;quot;, светло-синий</t>
   </si>
   <si>
     <t>983439</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f7/w8hf935tr7chmxuoqo9gmtntpwj2pq9c.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий ЮНЛАНДИЯ, 2 отделения, полиэстер, Bunnies, розовый, 21х9х6 см, 272346</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ выполнен из прочного полиэстера с 3D-элементами из экокожи и предназначен для хранения школьных канцелярских принадлежностей. Вмещает до 50 предметов. Размер пенала – 21х6х9 см. Имеет два вместительных отделения. Застегивается на молнию с брендированными металлическим бегунками. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с картонным европодвесом.</t>
   </si>
   <si>
     <t>985477</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c7e/hgwyelq3xxe6c703ksut81nz2kb4eon8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/19d/if9gctuw3xc6pgm948et0sp3a6l7oy8q.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус ПИФАГОР на молнии, ткань, пастельно-розовый, 20х5 см, 272260</t>
   </si>
   <si>
     <t>Пенал-тубус ПИФАГОР выполнен из прочного, мягкого материала. Пенал вмещает до 50 канцелярских принадлежностей стандартных размеров. Надежная молния оснащена удобным металлическим бегунком. Пенал имеет оптимальный размер &amp;#40;20х5 см&amp;#41; для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров. Таким образом он может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой. Удобно открывать и закрывать с помощью металлического бегунка.</t>
   </si>
   <si>
     <t>985480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/951/6rdke17370l82yknoa1uhm4gkwio89lk.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус ПИФАГОР на молнии, ткань, пастельно-фиолетовый, 20х5 см, 272259</t>
   </si>
   <si>
     <t>985481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c8/peb4wks2avgyez7oyw99erza51j3hg8f.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус ПИФАГОР на молнии, ткань, черный, 20х5 см, 272255</t>
   </si>
   <si>
     <t>985482</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ed/dtk5xd482sgzbzzkfrsld64xql0j6ngz.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка 1 отделение LOREX JOY 210x45x100 мм зелен. кож зам</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка 1 отд. LOREX JOY 210x45x100 мм зелен. кож/зам</t>
+  </si>
+  <si>
+    <t>985669</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4a1/tn7hyt53i2k3dz30sm1om8i161m0y01m.jpg</t>
   </si>
   <si>
     <t>Пенал-сумка 1 отделение сред. Каляка-Маляка ЕДИНОРОГ 220x100x70 мм роз. полиэстер ремень, кармашки, резиновый пулер</t>
   </si>
   <si>
     <t>Пенал-сумка 1 отд. сред. Каляка-Маляка ЕДИНОРОГ 220x100x70 мм роз. полиэстер ремень, кармашки, резиновый пулер</t>
   </si>
   <si>
     <t>985675</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/def/1dg6plbi2wyqwncmsnn4c2h9jxmbfp09.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение LOREX KIDS SHIBA BAND 200x40x60 мм роз. кож зам</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отд. LOREX KIDS SHIBA BAND 200x40x60 мм роз. кож/зам</t>
   </si>
   <si>
     <t>985676</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cd8/e6h2seb5gxwle1pgpuxyb56rp0781upj.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отделение LOREX KIDS THAT S CROOK 1 200x40x60 мм голуб. кож зам</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отд. LOREX KIDS THAT&amp;#39;S CROOK 1 200x40x60 мм голуб. кож/зам</t>
+  </si>
+  <si>
+    <t>985677</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a50/900xz18ke69nzvlsamekmi86gtk7v5av.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение LOREX KIDS THAT S CROOK 2 200x40x60 мм бежев. кож зам</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отд. LOREX KIDS THAT&amp;#39;S CROOK 2 200x40x60 мм бежев. кож/зам</t>
   </si>
   <si>
     <t>985678</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0af/myeag5ffu5swiwg1l352qf4y1f98pp9v.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение, сред. Schoolformat МИНИМАЛ ЖИВОТНЫЕ 210х65 мм голуб. полиэстер</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отд. сред. Schoolformat МИНИМАЛ ЖИВОТНЫЕ 210х65 мм голуб. полиэстер</t>
   </si>
   <si>
     <t>985679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df5/2lz95bxsiirkj1hy80pf8ejklo19u0h0.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 200 55 40 MESHU  quot;Neko quot;, искусственная кожа</t>
   </si>
   <si>
     <t>Пенал мягкий 200*55*40 MESHU &amp;quot;Neko&amp;quot;, искусственная кожа</t>
   </si>
   <si>
     <t>986134</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e83/t28ig632zwqptvwkani39mjnctiji6ld.jpg</t>
-[...2 lines deleted...]
-    <t>Пенал BRAUBERG, 3 отделения, нейлон, 21х7х7 см, Claws, 272307</t>
+    <t>http://anytos.ru//upload/iblock/7f2/8g63ohr0efkqe2dj2cocnx63y6fvli29.jpg</t>
+  </si>
+  <si>
+    <t>Пенал BRAUBERG, 3 отделения, нейлон, 21х7х7 см, Lazy cat, 272306</t>
   </si>
   <si>
     <t>Пенал BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 50 предметов. Пенал с тремя удобными отделениями. Выполнен из прочного материала &amp;#40;нейлон&amp;#41;, внутри подкладка из полиэстера. Три отделения с надежной молнией, оснащенной брендированным бегунком. Современный универсальный дизайн привлечет внимание широкой аудитории: от учеников начальной школы до студентов.Упакован в ПЭТ-пакет, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
-    <t>986390</t>
-[...7 lines deleted...]
-  <si>
     <t>986391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/7iygskfyau0rf25p29731t34d8qz5cqr.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий BRAUBERG PASTEL, 2 отделения, голубой, 21х9,5х5 см, 272277</t>
   </si>
   <si>
     <t>Пенал BRAUBERG &amp;quot;Pastel&amp;quot; выполнен из прочного полиэстера. Пенал имеет 2 отделения с застежкой-молнией с уникальными металлическими брендированными бегунками. Пенал имеет оптимальный размер для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров, таким образом может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой. Наполняемость пенала до 50 предметов. Яркий дизайн дисплея не оставит товар без внимания ваших клиентов, широкий выбор цветов в серии дает возможность каждому покупателю подобрать пенал на свой вкус.Каждый пенал упакован в индивидуальный ПЭТ-пакет.</t>
   </si>
   <si>
     <t>986393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c2/qn7kcw090aakzajs570ajvutsvapqjtz.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий BRAUBERG PASTEL, 2 отделения, мятный, 21х9,5х5 см, 272275</t>
   </si>
   <si>
     <t>986394</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/324/kehhn0z8vgfhzh6gc36wqc73nczew7tx.jpg</t>
@@ -5432,77 +5630,77 @@
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Black Unicorn</t>
   </si>
   <si>
     <t>995982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10c/6s55b9o43g0u9fgck2l4kyg45vmadszn.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Blur Cat</t>
   </si>
   <si>
     <t>995983</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/368/0g1p7bq1sjqgfj6yq3rlriqxo8g8k641.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм CapyBarbie</t>
   </si>
   <si>
     <t>995984</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/80e/alma17oq8g5bfixe3xs0voxpskq7ce5l.jpg</t>
+  </si>
+  <si>
+    <t>Пенал квадро ErichKrause 210x70x70мм Garden Pet</t>
+  </si>
+  <si>
+    <t>995985</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/209/xklyn4deew3y6t7zvkilherx432kdiss.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Panda Hugs</t>
   </si>
   <si>
     <t>995986</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab7/txkh8kgwjs3h0h4i431z4jvlejy04iys.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Road Beast</t>
   </si>
   <si>
     <t>995987</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e6d/d9ic5topnppzh088ov3j72eldqte16do.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dfb/hakb8i2t18gfbn2oi5k1i3xx8mkhbhc6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал квадро ErichKrause 210x70x70мм Ну, погоди  Каникулы  Краш </t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Ну, погоди! Каникулы &amp;#40;Краш&amp;#41;</t>
   </si>
   <si>
     <t>995990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b1/3cyjg86n6omyy1gmlxj6ixdkpx3l6yot.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Mystery Guy</t>
   </si>
   <si>
     <t>Этот универсальный пенал &amp;#40;21х5х5 см&amp;#41; имеет внутренний мягкий уплотнитель и подкладку, он выполнен в классической форме параллелепипеда с закругленными углами. Материал пенала – износостойкий и прочный 100&amp;#37; полиэстер 600D. Пенал снабжен надёжной молнией с мягким ходом. Несмотря на свою компактность, эта модель вместительна и подходит как для хранения школьных принадлежностей, так и для разных аксессуаров.</t>
   </si>
   <si>
     <t>995991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fbe/1ors8m6i6brv09d4hjs96zva23nq1atf.jpg</t>
@@ -5654,57 +5852,60 @@
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Floral Soul</t>
   </si>
   <si>
     <t>996008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/647/5radqd79evb7brda7kkem8xy0cbnenh5.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Jelly Bear</t>
   </si>
   <si>
     <t>996009</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/173/8d54oj0pxc9r0gg9j8g14cm5o795hkkj.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Magic Pet</t>
   </si>
   <si>
     <t>996010</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/411/lkt2k3inxmryk7y223nyrlu0fxo29kfb.jpg</t>
-[...5 lines deleted...]
-    <t>996271</t>
+    <t>http://anytos.ru//upload/iblock/a2a/9xopy7awjb9jsmud6e4noknbft5xfypb.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отд. LOREX KIDS HAPPY FROG 200x40x60 мм желт. кож зам</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отд. LOREX KIDS HAPPY FROG 200x40x60 мм желт. кож/зам</t>
+  </si>
+  <si>
+    <t>996270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/5jgg8h00ctnjpcww16hci5p3l0pk2orw.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отд. сред. Schoolformat КОТ-ВОРЧУН 210х65 мм серый полиэстер</t>
   </si>
   <si>
     <t>996273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b45/f5aq1s91vukk7072s2g0glv5ey3lxoek.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отд. сред. Schoolformat МИР ПИКСЕЛЕЙ 210х65 мм синий полиэстер</t>
   </si>
   <si>
     <t>996274</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d9/chb4xnxvh96zxfudttidnj06r2gtswam.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Big City Cats</t>
   </si>
@@ -5735,86 +5936,110 @@
   <si>
     <t>Пенал-органайзер ErichKrause 210x80x100мм Tokyo Date</t>
   </si>
   <si>
     <t>998089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/137/q9w4ul54xkmo7v2908qr2zvmdph1u7h3.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр ErichKrause 210x50x100мм Coffee Mania</t>
   </si>
   <si>
     <t>998090</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47e/zbb1nmxlhes957l8y42pu34chvi5jxqf.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр ErichKrause 210x50x100мм Tech Mind</t>
   </si>
   <si>
     <t>998092</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/189/799dw9k0m13q0q0qz3zz3n32qo4hbexr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d1b/qx0hf34hd2qg67c6teiconv4zdadd1sl.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 1 карман, 220 95 50 Berlingo  quot;Hockey quot;, полиэстер, откидная планка</t>
   </si>
   <si>
     <t>Пенал мягкий 1 отделение, 1 карман, 220*95*50 Berlingo &amp;quot;Hockey&amp;quot;, полиэстер, откидная планка</t>
   </si>
   <si>
     <t>1002124</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8f8/p3bp5ewo9oqayn1x1vnn9n3obt242vyh.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка 1 отделение, 1 карман, 215 80 60 Berlingo  quot;Polo blue quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка 1 отделение, 1 карман, 215*80*60 Berlingo &amp;quot;Polo blue&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>1002134</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/651/6szcwxve6fsvtlns2op15egpgerzsgl6.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение, 1 карман, 215 80 60 Berlingo  quot;Polo pink quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение, 1 карман, 215*80*60 Berlingo &amp;quot;Polo pink&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>1002136</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ef/iw0248lvegn221n6q3hplswbxv481w7c.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-стакан 1 отделение, 170 75 Berlingo  quot;Pink case quot;, вельвет, экокожа</t>
+  </si>
+  <si>
+    <t>Пенал-стакан 1 отделение, 170*75 Berlingo &amp;quot;Pink case&amp;quot;, вельвет, экокожа</t>
+  </si>
+  <si>
+    <t>1002138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6d/52j6ujn9frled9mpcyc1qbvdl17k8ytu.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отделение, 210 60 Berlingo  quot;Tribal green quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отделение, 210*60 Berlingo &amp;quot;Tribal green&amp;quot;, полиэстер</t>
+  </si>
+  <si>
+    <t>1002140</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a47/ti11ua26fg5e38lshi6qw3z2pzcntbhj.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение, 210 60мм Berlingo  quot;Collision XS quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение, 210*60мм Berlingo &amp;quot;Collision XS&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>1002141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f16/9ncqkrc5o8as5xnr0vilq7jk17csdru1.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение, 210 60мм Berlingo  quot;Neonometry quot;, полиэстер</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение, 210*60мм Berlingo &amp;quot;Neonometry&amp;quot;, полиэстер</t>
   </si>
   <si>
     <t>1002143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/359/akhfs6mhnis1tihuxlhmfs8681l3lw9f.jpg</t>
@@ -5885,158 +6110,134 @@
   <si>
     <t>1005054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0a/phwgf21gezmy3s0wlm1xzzphpzcvggjn.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 207x114мм Swan Princess</t>
   </si>
   <si>
     <t>Универсальный пенал с внутренним мягким уплотнителем и подкладкой. Пенал изготовлен из износостойкого 100&amp;#37;-го полиэстера. Надежная молния с мягким ходом.</t>
   </si>
   <si>
     <t>1005163</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c70/n4kqzbr12ytl40dr0c89lbo7o8ddum08.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Champions</t>
   </si>
   <si>
     <t>1005164</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/071/11t95722zplozl11txrk9w0h2peskchk.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fd4/wrh0n336gzfkv45n8qq4cz0fg2ofeicd.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Fluffy Leopard</t>
   </si>
   <si>
     <t>1005699</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f3/i47ltr2hok363d9nff8et44r43f9ku33.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 207x114мм Butterfly</t>
   </si>
   <si>
     <t>1005700</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1aa/52a0vfb2lxgl2wu1sdptukdc5gt8y5jt.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/11d/ghourqb6fb8c65st49f6kq9gly73fe74.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка BRAUBERG прямоугольный, зеркальный, мягкий,  quot;Pearl quot;, 21х5х5 см, 229248</t>
   </si>
   <si>
     <t>1006379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f6/cineu6wpn2b1x470jdhishd0zhjbr7i3.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус BRAUBERG, 1 отделение, полиэстер,  quot;Dream quot;, голубой, 20х7 см, 270266</t>
   </si>
   <si>
     <t>Пенал BRAUBERG &amp;quot;Dream&amp;quot; предназначен для хранения школьных принадлежностей, вмещает до 25 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала. Внутри пенала подкладка из полиэстера. Имеет одно отделение для канцелярских принадлежностей. Застежка-молния с металлическим бегунком.Упакован в прозрачный полиэтиленовый пакет с картонным подвесом, который сохранит качество и товарный вид при хранении и транспортировке.Универсальные косметички BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>1006380</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0c2/1avpp93s9mkgeiefyhdlldxf7z27fo4y.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка 1 отделение LOREX FOCUS 210х45х100 мм черн. кож зам</t>
+  </si>
+  <si>
+    <t>Пенал-косметичка 1 отделение LOREX FOCUS 210х45х100 мм черн. кож/зам</t>
+  </si>
+  <si>
+    <t>1007257</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5e3/l0xmydn88iwpqp2pu0oy7svo36fooqei.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение LOREX MY ERA 210х45х100 мм фиол. кож зам</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение LOREX MY ERA 210х45х100 мм фиол. кож/зам</t>
   </si>
   <si>
     <t>1007259</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/221/thdr5ox2dt0xcyfy3mtu8fz6zvgt9w1v.jpg</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение LOREX SHAPPENS 210х45х100 мм сирен. кож зам</t>
   </si>
   <si>
     <t>Пенал-косметичка 1 отделение LOREX SHAPPENS 210х45х100 мм сирен. кож/зам</t>
   </si>
   <si>
     <t>1007262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74d/vmpfxjjhxb6ssmck373nypoebg1p1i1m.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение Creativiki КОТЕНОК 200х45х45 мм белый полиэстер</t>
   </si>
   <si>
     <t>1007263</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f1e/2h6ccc119pid7v98v2s7fn2vgg2w84cp.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a7d/pcftl5qe9lrgehwz9iwgsejy8lp062o2.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение Creativiki МОНСТРЫ 200х45х45 мм черн. полиэстер</t>
   </si>
   <si>
     <t>1007265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/282/2fc3j8q2x3r6s8vc77qhhsp1f5kujluo.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение Creativiki РОЗОВЫЕ МЕЧТЫ 200х45х45 мм черн. полиэстер</t>
   </si>
   <si>
     <t>1007266</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ebc/6mv2lydy8q2sibxvlyshabxl0irje4sm.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение LOREX KIDS DANCING PENGUIN 40х60х200 мм голуб. кож зам</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение LOREX KIDS DANCING PENGUIN 40х60х200 мм голуб. кож/зам</t>
@@ -6131,152 +6332,128 @@
   <si>
     <t>Пенал-тубус 1 отделение Schoolformat МИЛИТАРИ 210х65х65 мм хаки полиэстер</t>
   </si>
   <si>
     <t>1007276</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/614/5jz8nbrg1w38szril6z20b537n3dd2gl.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение Schoolformat ТРИ КОТА 210х65х65 мм черн. полиэстер</t>
   </si>
   <si>
     <t>1007277</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/611/4rfi5fv9r2pkewok27eenpzt0jegfsml.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 отделение Schoolformat ХИТРЫЙ КОТ 210х85х85 мм серый полиэстер</t>
   </si>
   <si>
     <t>1007278</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd5/nebe5ombw11f50jcpv12vcdhafnmvvyr.jpg</t>
-[...8 lines deleted...]
-    <t>1008951</t>
+    <t>http://anytos.ru//upload/iblock/fce/2did3f7p5mu8wxur1nlqrwm285dcuepw.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус 1 отделение, средний Creativiki 200х65х65 мм синий ткань</t>
+  </si>
+  <si>
+    <t>1009728</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b54/0ib86znkl0ebh8ndvdiix5mzp5qf0lgi.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 секционный, Schoolformat СДЕЛАЙ ЭТО 210х65х65 мм черн. полиэстер</t>
   </si>
   <si>
     <t>1009729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/255/levhky1k9ekoowxe6v6rmgkjjkprxql3.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 1 секционный, средний Стамм 195х45х45 мм ассорти полипропилен</t>
   </si>
   <si>
     <t>1009730</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49f/c9f9uj5yo23fs0hhmo8oibcx7etoaylb.jpg</t>
-[...8 lines deleted...]
-    <t>1010491</t>
+    <t>http://anytos.ru//upload/iblock/211/njg59ectsf3u8v05gytqm8f5mh6xa34m.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-тубус LOREX MINI TUBE LUNATIC молния</t>
+  </si>
+  <si>
+    <t>1009731</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4d/85pujg9qnigbjdgc7hxez686s90pevni.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр BRAUBERG, 1 отделение, органайзер, полиэстер, 22x9х5 см,  quot;Angry kitty quot;, 273566</t>
   </si>
   <si>
     <t>Пенал-футляр BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала, внутри пенала подкладка из полиэстера. Размер – 22х9х5 см. Имеет одно вместительное отделение и органайзер для канцелярских принадлежностей. Застежка-молния с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей; таким образом, он может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с европодвесом.</t>
   </si>
   <si>
     <t>1010494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1a/amrp7rsgb7xqd66vpc6sd18e90pbn4rh.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр BRAUBERG, 1 отделение, органайзер, полиэстер, 22x9х5 см,  quot;Digital tools quot;, 273568</t>
   </si>
   <si>
     <t>1010495</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a7/t3i03v6skc08lylsau51wejy6rbrkfq0.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр BRAUBERG, 1 отделение, органайзер, полиэстер, 22x9х5 см,  quot;Spaceshake quot;, 273565</t>
   </si>
   <si>
     <t>Пенал-футляр BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала, внутри пенала подкладка из полиэстера. Размер – 21х9х5 см. Имеет одно вместительное отделение и органайзер для канцелярских принадлежностей. Застежка-молния с металлическим бегунком. Пенал подходит для хранения как канцелярских принадлежностей, так и других полезных мелочей; таким образом, он может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.Поставляется в прозрачном полиэтиленовом пакете с европодвесом.</t>
   </si>
   <si>
     <t>1010496</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b02/6wzeqhxha25o5dd9emn5wxekw6yulmgu.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0d0/44e7h0mli8z5grgdrued7p8u5yn7g01f.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Black</t>
   </si>
   <si>
     <t>1011347</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7be/umwohv3ssocovsb39jcowhpgbfo4cl2e.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ec/gdvxpxe8nbxbjg31jorqmywrojfptow5.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Pinna Kotta</t>
   </si>
   <si>
     <t>1011349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f4/dgu1gn0blugp5hcze1uihn1ig36bywzd.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause 210x50x50мм Yummy</t>
   </si>
   <si>
     <t>1011350</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55f/ijytg5zgr4nerjxu25cmmnsiy9u02x2z.jpg</t>
   </si>
   <si>
     <t>Пенал квадро с двумя отделениями ErichKrause 210x100x50мм Cheat Meal</t>
   </si>
   <si>
     <t>1011351</t>
@@ -6422,345 +6599,261 @@
   <si>
     <t>Пенал мягкий BRAUBERG &amp;quot;Basic&amp;quot; выполнен из прочного полиэстера. Пенал имеет 1 отделение. Вмещает до 50 канцелярских принадлежностей стандартных размеров. Код-ассорти поставляется в дисплее. Пеналы, представленные в дисплее, выполнены из прочного полиэстера. Имеют 1 отделение с застежкой-молнией. Снаружи дополнительное отделение - карман с застежкой на молнии. Пенал имеет оптимальный размер, 19х9х4 см, для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров. Таким образом он может выполнять роль универсальной сумочки-косметички, которую можно всегда взять с собой.В дисплее представлено 3 универсальных и лаконичных цвета. Всего в дисплее 12 пеналов &amp;#40;по 4 штуки каждого цвета&amp;#41;. Лаконичный дизайн дисплея не оставит товар без внимания ваших клиентов, широкий выбор цветов дает возможность каждому покупателю подобрать пенал на свой вкус.</t>
   </si>
   <si>
     <t>1012440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/589/q3ds7b5lhhxcxz3acsuxum1lu4t4q89l.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий BRAUBERG, 3 отделения, нейлон, 21х7х7 см,  quot;Black and White quot;, 273582</t>
   </si>
   <si>
     <t>1012441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bec/j8h939bzqrp6nssj2ogssp37n1youm2o.jpg</t>
   </si>
   <si>
     <t>Пенал мягкий BRAUBERG, 3 отделения, нейлон, 21х7х7 см,  quot;Elegant bow quot;, 273581</t>
   </si>
   <si>
     <t>1012442</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/119/ujxg0gkwalxzo7x6to216ihyy90cg15l.jpg</t>
-[...2 lines deleted...]
-    <t>Косметичка ErichKrause StreetLine 230х160мм Fragments</t>
+    <t>http://anytos.ru//upload/iblock/110/8qy6g4qck708uu19wh3rx92dhfdfpyvj.jpg</t>
+  </si>
+  <si>
+    <t>Косметичка ErichKrause StreetLine 230х160мм Golden Bee</t>
   </si>
   <si>
     <t>Компактная косметичка, декорированная элементами из кожзама. Имеет одно вместительное отделение на молнии с мягким ходом и внутренний органайзер для мелочей. Материал — 100&amp;#37; износостойкий полиэстер, искусственная кожа. Размер — 23х16 см.</t>
   </si>
   <si>
-    <t>1012733</t>
-[...7 lines deleted...]
-  <si>
     <t>1012734</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/923/kljumo3o5qz9p298cvtmgxupr2alerl1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3b5/3p63hp8co85nsf1357ignb5q433cx6du.jpg</t>
   </si>
   <si>
     <t>Пенал квадро ErichKrause 210x70x70мм Fluffy Zebra</t>
   </si>
   <si>
     <t>1012736</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d02/8mu0e7a2r5g0qaddlkb5189w2908ietl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b5/kcrkihwbwlk53bj6n5a8trks800b6g09.jpg</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause  210x50x50мм Tartan</t>
   </si>
   <si>
     <t>Пенал квадро mini ErichKrause® 210x50x50мм Tartan</t>
   </si>
   <si>
     <t>1012738</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0bf/9ikccsfb36ns96p9ii1ycxdg38750wr5.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/66c/123a9qteiyjn2rw8fqcgu146xir47scf.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 207x114мм Dinosaur Park</t>
   </si>
   <si>
     <t>1012741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c69/uq12en0bdx1qv13jp2go9aqz0dh72o1f.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Avocado Night</t>
   </si>
   <si>
     <t>1012742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a3/sv3xsltrlbypxamipyhi9rf3h8g50h9c.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Dandelions</t>
   </si>
   <si>
     <t>1012743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/887/5kc7rdfpv0texpyfqcuz5yh4ceu7a511.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/495/pfshn2nz2ab6lew445j8z5ycorm3d5j0.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause 220х90мм Tulips</t>
   </si>
   <si>
     <t>1012745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/920/io48h42hqf47qb5ncrkcpuzw6f1wrn7w.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Avocado Dusk</t>
   </si>
   <si>
     <t>1012746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a79/oq5tqv5a45u22psgwwenjcfrzpr401w0.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Brush Stroke</t>
   </si>
   <si>
     <t>1012747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9aa/c4987apnt7n479rj1aql32zoog6ktt1j.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Dots in Black</t>
   </si>
   <si>
     <t>1012748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e2/itsamvhszmw5mo7inqocm2u71uupnm2w.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause Light 220x120мм Victory</t>
   </si>
   <si>
     <t>1012749</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/207/c7h6ge6wfap82pi2lh33p3r3q6dnq3zo.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0de/wgogb05ls5glu6vyc3kosuhn7gd1hye1.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  220х90мм Monsters</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause® 220х90мм Monsters</t>
   </si>
   <si>
     <t>1012753</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/edd/8hpa3c23y13q4kqxkmfk68sfck103rsa.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ccf/ys07ynf5og7926zby599syp2fkr6ctsl.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Monsters</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause® Light 220x120мм Monsters</t>
   </si>
   <si>
     <t>1012759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd0/3x34yo05vz3hkk6xievaaob3uduhkvcv.jpg</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause  Light 220x120мм Watercolor</t>
   </si>
   <si>
     <t>Пенал конверт ErichKrause® Light 220x120мм Watercolor</t>
   </si>
   <si>
     <t>1012760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abe/2oe2d2opxzyw8jkkc8vsv2po28oz5dib.jpg</t>
+  </si>
+  <si>
+    <t>Пенал квадро ErichKrause 210x70x70мм UFO</t>
+  </si>
+  <si>
+    <t>1013665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d3/aob3srbeiacq21n752phxd02z6aieaox.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий ПИФАГОР, 1 отделение, ПВХ, ассорти  quot;Animals quot;, 21х8х3 см, 273826</t>
+  </si>
+  <si>
+    <t>Пенал мягкий ПИФАГОР предназначен для хранения школьных канцелярских принадлежностей. Застегивается намолнию с металлическим бегунком. Вмещает до 50 предметов. Выполнен из гибкого и прочного ПВХ материала с покрытием soft-touch. Яркая печать дизайна с обеих сторон. Пенал имеет оптимальный размер 21х8х3 см для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров. Удобно открывается и закрывается с помощью застежки-молнии, оснащенной металлическим бегунком.Упакован в прозрачный полиэтиленовый пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.Данный пенал представляет собой код-ассорти. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014962</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c91/jv1fjzijt42ogbnfvj20cd759ueegppj.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий ПИФАГОР, 1 отделение, ПВХ, ассорти  quot;Dinos quot;, 20x6х4 см, 273823</t>
+  </si>
+  <si>
+    <t>Пенал мягкий ПИФАГОР предназначен для хранения школьных канцелярских принадлежностей. Застегивается намолнию с металлическим бегунком. Вмещает до 50 предметов. Выполнен из гибкого и прочного ПВХ материала с покрытием soft-touch. Яркая печать дизайна с обеих сторон. Пенал имеет оптимальный размер 20х6х4 см для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров. Удобно открывается и закрывается с помощью застежки-молнии, оснащенной металлическим бегунком.Упакован в прозрачный полиэтиленовый пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.Данный пенал представляет собой код-ассорти. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/302/afy18llyqotbeyylgyiyso8m2g6w0qj7.jpg</t>
+  </si>
+  <si>
+    <t>Пенал мягкий ПИФАГОР, 1 отделение, с ручкой, ПВХ, ассорти  quot;Patterns quot;, 21х9х6 см, 273827</t>
+  </si>
+  <si>
+    <t>Пенал мягкий ПИФАГОР предназначен для хранения школьных канцелярских принадлежностей. Застегивается намолнию с металлическим бегунком. Вмещает до 75 предметов. Выполнен из гибкого и прочного ПВХ материала с покрытием soft-touch. Яркая печать дизайна со всех сторон. Пенал имеет оптимальный размер 21х9х6 см для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров. Ручка-тесьма, расположенная сбоку, делает пенал удобным для переноски. Удобно открывается и закрывается с помощью застежки-молнии, оснащенной металлическим бегунком.Упакован в прозрачный полиэтиленовый пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.Данный пенал представляет собой код-ассорти. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e14/u30p1k9ycuoy4hhbr4dvwnacjj6cnaa6.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-конверт ПИФАГОР, 1 отделение, ПВХ, ассорти  quot;Pets quot;, 22x10 см, 273824</t>
+  </si>
+  <si>
+    <t>Пенал-конверт мягкий ПИФАГОР предназначен для хранения школьных канцелярских принадлежностей. Застегивается намолнию с металлическим бегунком. Вмещает до 50 предметов. Выполнен из гибкого и прочного ПВХ материала с покрытием soft-touch. Яркая печать дизайна с обеих сторон. Пенал имеет оптимальный размер 22х10 см для размещения в нем не только письменных принадлежностей, но и повседневных мелочей, косметики, аксессуаров. Удобно открывается и закрывается с помощью застежки-молнии, оснащенной металлическим бегунком. Упакован в прозрачный полиэтиленовый пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.Данный пенал представляет собой код-ассорти. Поставляется в нескольких вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba8/bf88okup3g3ohc0185rsnpy75ekpm43u.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-органайзер HEIKKI  ХЕЙКИ  с ручкой, значки, 2 отделения, откидная планка, 22x13х10 см,  quot;Black White quot;, 273601</t>
+  </si>
+  <si>
+    <t>Пенал-органайзер HEIKKI с ручкой выполнен из прочного полиэстера. Вмещает до 100 предметов. Выполнен из прочного полиэстера с эффектом soft-touch. Пенал имеет одно основное отделение с застежкой-молнией, а также дополнительное отделение в нижней части с застежкой молнией-вокруг, обеспечивающее удобный доступ к канцелярии. Также пенал оснащен откидной планкой с двойным кармашком из сеточки и органайзером для 5 предметов. Сбоку расположена ручка для переноски.Выполнен в лаконичных цветах. В комплекте сет из 3 значков с уникальным дизайном. Их можно отстегнуть и расположить как на пенале, так и украсить любую другую личную вещь, например, рюкзак или сумку. Подходит как для школьников, так и для взрослых. Пенал имеет оптимальный размер, 22x13х10 см, для размещения в нем не только канцелярских принадлежностей и принадлежностей для творчества, но и повседневных мелочей, аксессуаров, таким образом может выполнять роль универсальной косметички или несессера, которую можно всегда взять с собой.Упакован в прозрачный полиэтиленовый пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
+  </si>
+  <si>
+    <t>1014967</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/heikki/"&gt;HEIKKI&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7087,14249 +7180,14419 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J620"/>
+  <dimension ref="A1:M627"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G620" sqref="G620"/>
+      <selection pane="bottomRight" activeCell="G627" sqref="G627"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="G24" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B8" s="1" t="s">
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="G33" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...151 lines deleted...]
-      <c r="A15" s="1" t="s">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...65 lines deleted...]
-      <c r="C18" s="1" t="s">
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C19" s="1" t="s">
+      <c r="G45" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F46" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...249 lines deleted...]
-      <c r="C30" s="1" t="s">
+      <c r="G46" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F47" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...384 lines deleted...]
-      <c r="B47" s="1" t="s">
+      <c r="G47" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F53" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="G53" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...6 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B63" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>288</v>
+        <v>265</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>225</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>312</v>
-[...5 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>313</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>316</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F86" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G86" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>312</v>
-[...5 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>317</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>312</v>
-[...5 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>349</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...386 lines deleted...]
-      </c>
       <c r="C114" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C117" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="C118" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C118" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="F118" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="B119" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="F119" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="F120" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="F121" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="F123" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="F124" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="F126" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="F127" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="F128" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="F129" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="F130" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="F131" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C132" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F132" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="F133" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="F134" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="C135" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="F135" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="F136" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="F137" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="B138" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="C138" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="F138" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="C139" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="F139" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="B140" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="C140" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="F140" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="B141" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F141" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F142" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="C143" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="C143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="F143" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="B144" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="C144" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="F144" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G144" s="3" t="s">
+      <c r="B145" s="1" t="s">
         <v>547</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="B146" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="C146" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G146" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="3" t="s">
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="C147" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="F147" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="F148" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="C149" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="F149" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="C150" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="F150" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="F151" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C152" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="F152" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="C153" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="F153" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="C154" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="C155" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="F155" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="F155" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="G155" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="F156" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="G156" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C157" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F157" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C158" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="F158" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="F159" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="B160" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="C160" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="F160" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="C161" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="F161" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C162" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="F162" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="C163" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="F163" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="C164" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="F164" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C165" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="F165" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="F166" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="B167" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F167" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C168" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="F168" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="F168" s="3" t="s">
+      <c r="B169" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="G168" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="F169" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="G169" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C170" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="B171" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="C171" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>655</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="B172" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="C172" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="B173" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="B174" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="F174" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="C175" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>671</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
         <v>672</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>237</v>
+        <v>670</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>674</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
         <v>675</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>202</v>
+        <v>670</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>677</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>204</v>
+        <v>225</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
         <v>678</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>679</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>680</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>681</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C179" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F180" s="3" t="s">
+      <c r="B181" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="G180" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G181" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
         <v>693</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C182" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>699</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>700</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>701</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>702</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>703</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C185" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="F185" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="C186" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="B187" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>712</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F187" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C188" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>716</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>717</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C189" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="F189" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="C190" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>723</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>219</v>
+        <v>648</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
         <v>724</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>725</v>
       </c>
       <c r="C191" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="F191" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="F192" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="C193" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>734</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>31</v>
+        <v>648</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
         <v>735</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>31</v>
+        <v>648</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>739</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>742</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>743</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>745</v>
       </c>
       <c r="F196" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="G196" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>748</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>749</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>746</v>
+        <v>34</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>750</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>751</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>288</v>
+        <v>751</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>752</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>219</v>
+        <v>753</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="F199" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B199" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G199" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>288</v>
+        <v>758</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>762</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>219</v>
+        <v>753</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>763</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>241</v>
+        <v>764</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>765</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>219</v>
+        <v>753</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C203" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="F203" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="B205" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>774</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="F205" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="B206" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>778</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="C207" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>785</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
         <v>786</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>237</v>
+        <v>788</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C210" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>237</v>
+        <v>788</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>797</v>
+        <v>670</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>798</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
         <v>799</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C213" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="F213" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="C214" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="B215" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="C215" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="C216" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="C217" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="C218" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="C219" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="C220" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="C221" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="C222" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="C223" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="C224" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="C225" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="C226" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="C227" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="C227" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="B228" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="C228" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="F228" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="C229" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>863</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
         <v>864</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>866</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
         <v>867</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>868</v>
+        <v>862</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>869</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
         <v>870</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>871</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>871</v>
+        <v>862</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>872</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
         <v>873</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>874</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
         <v>876</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C234" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>878</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="F234" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="C235" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>881</v>
       </c>
-      <c r="C235" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="F235" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="C236" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>884</v>
       </c>
-      <c r="C236" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="F236" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="C237" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>888</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
         <v>889</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>202</v>
+        <v>887</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>891</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
         <v>892</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C239" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="F239" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="C240" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="C240" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="F240" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="C241" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="F241" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="C242" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D242" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>904</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>907</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
         <v>908</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>910</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
         <v>911</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C245" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="F245" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G245" s="3" t="s">
+      <c r="B246" s="1" t="s">
         <v>915</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="C246" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>916</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="C247" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="F246" s="3" t="s">
+      <c r="F247" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="G246" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="C248" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B249" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="D249" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="B250" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G250" s="3" t="s">
         <v>931</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="F251" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="B252" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="C252" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="F252" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>943</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="F253" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="F254" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="D255" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="F255" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="D256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="F256" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="C257" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="D257" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>959</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="C258" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="D258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>963</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="C258" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B259" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="F258" s="3" t="s">
+      <c r="C259" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="G258" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="D259" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>967</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="B260" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="C260" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>970</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="B261" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="C261" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="B262" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="C262" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>976</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="F262" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="B263" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="C263" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>979</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="F263" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="C263" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="B264" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="C264" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="F264" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="C264" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="C265" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="C266" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="C267" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C266" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>992</v>
       </c>
-      <c r="D266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="F267" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="B268" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="C268" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="D268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>996</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="F268" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="B269" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="C269" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="F269" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="B270" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="C270" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="C269" s="1" t="s">
+      <c r="D270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F270" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="C271" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="D271" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="F271" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="C272" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="D272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1012</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="C272" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="D272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="F273" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="D274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="C275" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="D275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="B276" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="C275" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="C276" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1030</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="C278" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="F278" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="C279" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="D279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="F279" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="C280" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="C279" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="D280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1041</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="C281" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="D281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1045</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="B282" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="C282" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="C283" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1051</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="C283" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="B284" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="C284" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="C284" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="B285" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="C285" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1057</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="C285" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="B286" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="C286" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1060</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="F286" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="C286" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B287" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="C287" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="F287" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="B288" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="C288" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1066</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="C288" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="C289" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1069</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="C289" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="B290" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="C290" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C290" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="B291" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="C291" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="F291" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="B292" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="C292" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1079</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="F292" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="B293" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="C293" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="F293" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="C293" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="B294" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="F294" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="B295" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="C295" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="B296" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="C296" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="F296" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="B297" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1097</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="F297" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="C298" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1100</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="F298" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="B299" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C299" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1103</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="F299" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="B300" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="C300" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="F300" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C301" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1109</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="C302" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1112</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F302" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C303" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="C304" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1118</v>
       </c>
-      <c r="C304" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="F304" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="C305" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1121</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="F305" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="C306" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1124</v>
       </c>
-      <c r="C306" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F306" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="C307" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="C307" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C308" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1130</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="F308" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="C309" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1133</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="F309" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="B310" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="C310" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1136</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="F310" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="D310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="B311" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="C311" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="F311" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="C312" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1142</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="F312" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="D313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1146</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="F313" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="C313" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="C314" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="D314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1150</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="C314" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="B315" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="C315" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="D315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="C315" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="F315" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="C316" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="C316" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="F316" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="C317" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1160</v>
       </c>
-      <c r="C317" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="F317" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="C318" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="F318" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="C319" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1166</v>
       </c>
-      <c r="C319" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="F319" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="C320" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1169</v>
       </c>
-      <c r="C320" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="F320" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1171</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="C321" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1172</v>
       </c>
-      <c r="C321" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="F321" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="C322" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="C322" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="F322" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="B323" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="C323" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="F323" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="B324" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="C324" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1181</v>
       </c>
-      <c r="C324" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="F324" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="B325" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="C325" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1184</v>
       </c>
-      <c r="C325" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="F325" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="B326" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="C326" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="C326" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="F326" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="B327" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="C327" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1190</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="F327" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="B328" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="C328" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1193</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="F328" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1194</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="C329" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1196</v>
       </c>
-      <c r="C329" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="F329" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="C330" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1199</v>
       </c>
-      <c r="C330" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="F330" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="B331" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="C331" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="F331" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="C332" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1205</v>
       </c>
-      <c r="C332" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="F332" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="C333" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1208</v>
       </c>
-      <c r="C333" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="F333" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="B334" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="C334" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1211</v>
       </c>
-      <c r="C334" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="F334" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="B335" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="C335" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="C335" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="F335" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="B336" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="C336" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1217</v>
       </c>
-      <c r="C336" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="F336" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="B337" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="C337" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1220</v>
       </c>
-      <c r="C337" s="1" t="s">
+      <c r="F337" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="B338" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="C338" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1223</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="F338" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="C338" s="1" t="s">
+      <c r="B339" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="D338" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="C339" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1226</v>
       </c>
-      <c r="F338" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="F339" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="B340" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="C339" s="1" t="s">
+      <c r="C340" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="D339" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E339" s="3" t="s">
+      <c r="D340" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="F340" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="B341" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="C340" s="1" t="s">
+      <c r="C341" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="D341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="F341" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="B342" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="C342" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="D341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="D342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="F341" s="3" t="s">
+      <c r="F342" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="G341" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="B343" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="C343" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="C342" s="1" t="s">
+      <c r="D343" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1242</v>
       </c>
-      <c r="D342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="F343" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="B344" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="C344" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="C343" s="1" t="s">
+      <c r="D344" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="D343" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="F344" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="B345" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="C345" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="C344" s="1" t="s">
+      <c r="D345" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="D344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="F345" s="3" t="s">
         <v>1251</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="G345" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="B346" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="C345" s="1" t="s">
+      <c r="C346" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="D346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1255</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="F346" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="B347" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="C346" s="1" t="s">
+      <c r="C347" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="D346" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="D347" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1259</v>
       </c>
-      <c r="F346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A347" s="1" t="s">
+      <c r="F347" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="B348" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>1262</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="D348" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1263</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="F348" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="B349" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="C349" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="D349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1267</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="F349" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="B350" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="D350" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1271</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="F350" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="B351" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="C350" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="C351" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="D351" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1275</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="F351" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="C352" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1279</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="F352" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="C352" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="B353" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="D353" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1283</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="B354" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="F354" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="C355" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1290</v>
       </c>
-      <c r="C355" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="F355" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="F356" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="G356" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="C357" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1297</v>
       </c>
-      <c r="C357" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="F357" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="B358" s="1" t="s">
         <v>1299</v>
-      </c>
-[...1 lines deleted...]
-        <v>1300</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>1301</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>966</v>
+        <v>22</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>1304</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>966</v>
+        <v>122</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>966</v>
+        <v>122</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>1310</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>966</v>
+        <v>122</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="C362" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1313</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="F362" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="B363" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="C363" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1316</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="F363" s="3" t="s">
         <v>1317</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="G363" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="C364" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="C364" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="F364" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="B365" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="C365" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1323</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="B366" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="C366" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1326</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="C367" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1329</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="F367" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="C368" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="F368" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="C369" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1335</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="F369" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="B370" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="C370" s="1" t="s">
         <v>1338</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="D370" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1339</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="F370" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="D369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="B371" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="C371" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="D371" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1343</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="F371" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="B372" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="C372" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1346</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="F372" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="B373" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="C373" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="D373" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1350</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="F373" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1351</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="C374" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="D374" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1354</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="F374" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="C375" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="D375" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1358</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="F375" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="C374" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="D374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="C376" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="D376" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1362</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="B377" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="C377" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="D377" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1366</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="C378" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1370</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="C379" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="D379" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1374</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="F379" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="C380" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="C381" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1382</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="F381" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="C382" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="D382" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1386</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="C383" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1390</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="F383" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="C384" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="D384" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1394</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="C385" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="D385" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1398</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="F385" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="C386" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="D386" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1402</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="B387" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="C387" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="D387" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1406</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="C388" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="D388" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1410</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="C389" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="D389" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1414</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="C390" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="D390" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1418</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="C391" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1422</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="C392" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="D392" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1426</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="C393" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="D393" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1430</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="F393" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="C394" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="D394" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1434</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="C395" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="D395" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1438</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="F395" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="C394" s="1" t="s">
+      <c r="B396" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="D394" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="C396" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="D396" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1442</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="F396" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="C395" s="1" t="s">
+      <c r="B397" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="C397" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="D397" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1446</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="C396" s="1" t="s">
+      <c r="B398" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="D396" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="C398" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="D398" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1450</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="F398" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="C397" s="1" t="s">
+      <c r="B399" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="C399" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="D399" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1454</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="F399" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="C398" s="1" t="s">
+      <c r="B400" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="D398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="C400" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="D400" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1458</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="C399" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1460</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="C401" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="D401" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1462</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="C400" s="1" t="s">
+      <c r="B402" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="D400" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="C402" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="D402" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1466</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="C401" s="1" t="s">
+      <c r="B403" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="C403" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="D403" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1470</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="C402" s="1" t="s">
+      <c r="B404" s="1" t="s">
         <v>1472</v>
       </c>
-      <c r="D402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="C404" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="D404" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1474</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="B405" s="1" t="s">
         <v>1476</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="C405" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="D405" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1478</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="B406" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="C406" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="D406" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1482</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="B407" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="C407" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="D407" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1486</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="B408" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="C408" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="D408" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1490</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="B409" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="C409" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="D409" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1494</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="B410" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="C410" s="1" t="s">
         <v>1497</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="D410" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1498</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="B411" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="C411" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="D411" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1502</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="C412" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1506</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="C413" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="D413" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1510</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="C412" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="D412" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="C414" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1514</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="B415" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="D413" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="C415" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="D415" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1518</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="F415" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="C416" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="D416" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1522</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="F416" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C415" s="1" t="s">
+      <c r="B417" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="D415" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="C417" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="D417" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1526</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="C416" s="1" t="s">
+      <c r="B418" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="D416" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="C418" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="D418" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1530</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="C419" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1534</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="F419" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="C420" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="B421" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="C421" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1542</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="B422" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="C422" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1546</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="C421" s="1" t="s">
+      <c r="B423" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="C423" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1550</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="B424" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="C424" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1554</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="B425" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="C425" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1558</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="F425" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="C426" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="D426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1562</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="F426" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="C425" s="1" t="s">
+      <c r="B427" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="C427" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1566</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="F427" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="B428" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="C428" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1570</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="F428" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="B429" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="C429" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1574</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="F429" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="B430" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="C430" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1578</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="F430" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="C429" s="1" t="s">
+      <c r="B431" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="D429" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="C431" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1582</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="F431" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="C430" s="1" t="s">
+      <c r="B432" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="D430" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="C432" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1586</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="C431" s="1" t="s">
+      <c r="B433" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="C433" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="F431" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1590</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="F433" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="B434" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="C434" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="D434" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1594</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1595</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="B435" s="1" t="s">
         <v>1596</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="C435" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="D435" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1598</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="C434" s="1" t="s">
+      <c r="B436" s="1" t="s">
         <v>1600</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="C436" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="D436" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1602</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="F436" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1603</v>
       </c>
-      <c r="C435" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="C437" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="D437" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1606</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="F437" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1607</v>
       </c>
-      <c r="C436" s="1" t="s">
+      <c r="B438" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="C438" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="D438" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1610</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="B439" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="C439" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="D439" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1614</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="F439" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1615</v>
       </c>
-      <c r="C438" s="1" t="s">
+      <c r="B440" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="D438" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="C440" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="D440" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1618</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="F440" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="C439" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="B441" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="C441" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="D441" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1622</v>
       </c>
-      <c r="C440" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="F441" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1624</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="D442" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1626</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="F442" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="C443" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="C442" s="1" t="s">
+      <c r="D443" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1630</v>
       </c>
-      <c r="D442" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="F443" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1632</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="C444" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="C443" s="1" t="s">
+      <c r="D444" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1634</v>
       </c>
-      <c r="D443" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="F444" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="C445" s="1" t="s">
         <v>1637</v>
       </c>
-      <c r="C444" s="1" t="s">
+      <c r="D445" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1638</v>
       </c>
-      <c r="D444" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="F445" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="B446" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="C446" s="1" t="s">
         <v>1641</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="D446" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1642</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="F446" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="F445" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="B447" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="C447" s="1" t="s">
         <v>1645</v>
       </c>
-      <c r="C446" s="1" t="s">
+      <c r="D447" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1646</v>
       </c>
-      <c r="D446" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="F447" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="F446" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="C448" s="1" t="s">
         <v>1649</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="D448" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1650</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="F448" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1652</v>
-      </c>
-[...21 lines deleted...]
-        <v>1656</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>1653</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F449" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C450" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="F449" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A450" s="1" t="s">
+      <c r="D450" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1658</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="F450" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="C450" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E450" s="3" t="s">
+      <c r="B451" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A451" s="1" t="s">
+      <c r="C451" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="D451" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E451" s="3" t="s">
         <v>1662</v>
       </c>
-      <c r="C451" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E451" s="3" t="s">
+      <c r="F451" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="F451" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A452" s="1" t="s">
+      <c r="B452" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="B452" s="1" t="s">
+      <c r="C452" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="C452" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D452" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>1666</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
         <v>1667</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>1668</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>1669</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>1670</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
         <v>1671</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>1672</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>1673</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>1674</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
         <v>1675</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>1676</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>1677</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>1678</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
         <v>1679</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>1680</v>
       </c>
       <c r="C456" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E456" s="3" t="s">
         <v>1681</v>
       </c>
-      <c r="D456" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E456" s="3" t="s">
+      <c r="F456" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="F456" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A457" s="1" t="s">
+      <c r="B457" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="C457" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E457" s="3" t="s">
         <v>1684</v>
       </c>
-      <c r="C457" s="1" t="s">
+      <c r="F457" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
         <v>1685</v>
       </c>
-      <c r="D457" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E457" s="3" t="s">
+      <c r="B458" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="F457" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A458" s="1" t="s">
+      <c r="C458" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="B458" s="1" t="s">
+      <c r="D458" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E458" s="3" t="s">
         <v>1688</v>
       </c>
-      <c r="C458" s="1" t="s">
+      <c r="F458" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="D458" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E458" s="3" t="s">
+      <c r="B459" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="F458" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A459" s="1" t="s">
+      <c r="C459" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="D459" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E459" s="3" t="s">
         <v>1692</v>
       </c>
-      <c r="C459" s="1" t="s">
+      <c r="F459" s="3" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="D459" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E459" s="3" t="s">
+      <c r="B460" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="F459" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A460" s="1" t="s">
+      <c r="C460" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="D460" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E460" s="3" t="s">
         <v>1696</v>
       </c>
-      <c r="C460" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E460" s="3" t="s">
+      <c r="F460" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
         <v>1697</v>
       </c>
-      <c r="F460" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A461" s="1" t="s">
+      <c r="B461" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="C461" s="1" t="s">
         <v>1699</v>
       </c>
-      <c r="C461" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D461" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
         <v>1700</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>31</v>
+        <v>753</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
         <v>1701</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>1702</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>1704</v>
+        <v>753</v>
       </c>
       <c r="G462" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
         <v>1705</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A463" s="1" t="s">
+      <c r="B463" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="B463" s="1" t="s">
+      <c r="C463" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="C463" s="1" t="s">
+      <c r="D463" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E463" s="3" t="s">
         <v>1708</v>
       </c>
-      <c r="D463" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E463" s="3" t="s">
+      <c r="F463" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
         <v>1709</v>
       </c>
-      <c r="F463" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A464" s="1" t="s">
+      <c r="B464" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="B464" s="1" t="s">
+      <c r="C464" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="C464" s="1" t="s">
+      <c r="D464" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E464" s="3" t="s">
         <v>1712</v>
       </c>
-      <c r="D464" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E464" s="3" t="s">
+      <c r="F464" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="F464" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A465" s="1" t="s">
+      <c r="B465" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="B465" s="1" t="s">
+      <c r="C465" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="C465" s="1" t="s">
+      <c r="D465" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E465" s="3" t="s">
         <v>1716</v>
       </c>
-      <c r="D465" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E465" s="3" t="s">
+      <c r="F465" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="F465" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A466" s="1" t="s">
+      <c r="B466" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="C466" s="1" t="s">
         <v>1719</v>
       </c>
-      <c r="C466" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D466" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>1720</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
         <v>1721</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>1722</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>1723</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
         <v>1724</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>1725</v>
       </c>
       <c r="C468" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E468" s="3" t="s">
         <v>1726</v>
       </c>
-      <c r="D468" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E468" s="3" t="s">
+      <c r="F468" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="F468" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A469" s="1" t="s">
+      <c r="B469" s="1" t="s">
         <v>1728</v>
       </c>
-      <c r="B469" s="1" t="s">
+      <c r="C469" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E469" s="3" t="s">
         <v>1729</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="F469" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="B470" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="C470" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" s="3" t="s">
         <v>1732</v>
       </c>
-      <c r="C470" s="1" t="s">
+      <c r="F470" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="D470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="B471" s="1" t="s">
         <v>1734</v>
       </c>
-      <c r="F470" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="C471" s="1" t="s">
         <v>1735</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="D471" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E471" s="3" t="s">
         <v>1736</v>
       </c>
-      <c r="C471" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="F471" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="B472" s="1" t="s">
         <v>1738</v>
-      </c>
-[...1 lines deleted...]
-        <v>1739</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>1739</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>1740</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
         <v>1741</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>1742</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G473" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G477" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1616</v>
+        <v>1759</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G478" s="3" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C479" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="B479" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D479" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1616</v>
+        <v>1768</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>25</v>
+        <v>1770</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1765</v>
+        <v>1772</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1766</v>
+        <v>1773</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1767</v>
+        <v>1774</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1767</v>
+        <v>1778</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1774</v>
+        <v>1782</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1776</v>
+        <v>1784</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1779</v>
+        <v>1786</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1780</v>
+        <v>1787</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1781</v>
+        <v>1788</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>1782</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1782</v>
+        <v>1792</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1786</v>
+        <v>1793</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1787</v>
+        <v>1794</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1788</v>
+        <v>1795</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1793</v>
+        <v>1800</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1795</v>
+        <v>1802</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1789</v>
+        <v>1802</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1796</v>
+        <v>1803</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1797</v>
+        <v>1804</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1798</v>
+        <v>1805</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1789</v>
+        <v>1805</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1799</v>
+        <v>1806</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1800</v>
+        <v>1807</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1801</v>
+        <v>1808</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1789</v>
+        <v>1808</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1802</v>
+        <v>1809</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1803</v>
+        <v>1810</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1804</v>
+        <v>1811</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1789</v>
+        <v>1811</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1805</v>
+        <v>1812</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1806</v>
+        <v>1813</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1807</v>
+        <v>1814</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1789</v>
+        <v>1814</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1808</v>
+        <v>1815</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1809</v>
+        <v>1816</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1810</v>
+        <v>1817</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1789</v>
+        <v>1817</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1811</v>
+        <v>1818</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1812</v>
+        <v>1819</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1813</v>
+        <v>1820</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1818</v>
+        <v>1677</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>219</v>
+        <v>28</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1822</v>
+        <v>1677</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>219</v>
+        <v>28</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1826</v>
+        <v>1677</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>219</v>
+        <v>28</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1826</v>
+        <v>1840</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G501" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1826</v>
+        <v>1844</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1839</v>
+        <v>1845</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1840</v>
+        <v>1846</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1826</v>
+        <v>1848</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1842</v>
+        <v>1849</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>219</v>
+        <v>79</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1843</v>
+        <v>1850</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1844</v>
+        <v>1851</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1826</v>
+        <v>1848</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1845</v>
+        <v>1852</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>219</v>
+        <v>79</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1846</v>
+        <v>1853</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1847</v>
+        <v>1854</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1826</v>
+        <v>1855</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1848</v>
+        <v>1856</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G505" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1849</v>
+        <v>1857</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1850</v>
+        <v>1858</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1826</v>
+        <v>1855</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1852</v>
+        <v>1860</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1853</v>
+        <v>1861</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1826</v>
+        <v>1855</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1854</v>
+        <v>1862</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C508" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="B508" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D508" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1858</v>
+        <v>1865</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1859</v>
+        <v>1866</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1860</v>
+        <v>1867</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1861</v>
+        <v>1868</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G509" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1862</v>
+        <v>1869</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G510" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>1865</v>
+        <v>1872</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1866</v>
+        <v>1873</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>1867</v>
+        <v>1874</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G511" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>1868</v>
+        <v>1875</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1870</v>
+        <v>1877</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G512" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>1871</v>
+        <v>1878</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1872</v>
+        <v>1879</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1857</v>
+        <v>1880</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G513" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1875</v>
+        <v>1883</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1857</v>
+        <v>1884</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>1876</v>
+        <v>1885</v>
       </c>
       <c r="F514" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G514" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>1877</v>
+        <v>1886</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1878</v>
+        <v>1887</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1878</v>
+        <v>1888</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>1879</v>
+        <v>1889</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>1880</v>
+        <v>1890</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1881</v>
+        <v>1891</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G516" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1884</v>
+        <v>1895</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>1885</v>
+        <v>1896</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G517" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
-        <v>1886</v>
+        <v>1897</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1887</v>
+        <v>1898</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>1888</v>
+        <v>1899</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G518" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
-        <v>1889</v>
+        <v>1900</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1890</v>
+        <v>1901</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>1891</v>
+        <v>1902</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G519" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C520" s="1" t="s">
         <v>1892</v>
       </c>
-      <c r="B520" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D520" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G520" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1896</v>
+        <v>1907</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1896</v>
+        <v>1892</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>1897</v>
+        <v>1908</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G521" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A522" s="1" t="s">
-        <v>1898</v>
+        <v>1909</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1899</v>
+        <v>1892</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G522" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
-        <v>1901</v>
+        <v>1912</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1902</v>
+        <v>1913</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1902</v>
+        <v>1892</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G523" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1906</v>
+        <v>1892</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>1907</v>
+        <v>1917</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>645</v>
+        <v>225</v>
       </c>
       <c r="G524" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
-        <v>1908</v>
+        <v>1918</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1909</v>
+        <v>1919</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1910</v>
+        <v>1892</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>1911</v>
+        <v>1920</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>645</v>
+        <v>225</v>
       </c>
       <c r="G525" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
-        <v>1912</v>
+        <v>1921</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1913</v>
+        <v>1922</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1914</v>
+        <v>1923</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>1915</v>
+        <v>1924</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>645</v>
+        <v>225</v>
       </c>
       <c r="G526" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
-        <v>1916</v>
+        <v>1925</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1917</v>
+        <v>1926</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>645</v>
+        <v>225</v>
       </c>
       <c r="G527" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F528" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C529" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="F528" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D529" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>19</v>
+        <v>225</v>
       </c>
       <c r="G529" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A530" s="1" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1929</v>
+        <v>1923</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G530" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1932</v>
+        <v>1938</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1933</v>
+        <v>1923</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="G531" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1826</v>
+        <v>1923</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="F532" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G532" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>217</v>
+        <v>1945</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>1940</v>
+        <v>1946</v>
       </c>
       <c r="F533" s="3" t="s">
-        <v>219</v>
+        <v>753</v>
       </c>
       <c r="G533" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
-        <v>1941</v>
+        <v>1947</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1857</v>
+        <v>1948</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="F534" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G534" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
-        <v>1944</v>
+        <v>1950</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>237</v>
+        <v>1951</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="F535" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G535" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1948</v>
+        <v>1954</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="F536" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G536" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>237</v>
+        <v>1957</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="F537" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G537" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1857</v>
+        <v>1960</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="F538" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G538" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A539" s="1" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1857</v>
+        <v>1963</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="F539" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G539" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A540" s="1" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>288</v>
+        <v>1966</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="F540" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G540" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1949</v>
+        <v>1969</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G541" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1826</v>
+        <v>1973</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>219</v>
+        <v>648</v>
       </c>
       <c r="G542" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>98</v>
+        <v>1977</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>31</v>
+        <v>648</v>
       </c>
       <c r="G543" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1973</v>
+        <v>1980</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1974</v>
+        <v>1981</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>31</v>
+        <v>648</v>
       </c>
       <c r="G544" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
-        <v>1976</v>
+        <v>1983</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1977</v>
+        <v>1984</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1978</v>
+        <v>1985</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>1979</v>
+        <v>1986</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>746</v>
+        <v>648</v>
       </c>
       <c r="G545" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
-        <v>1980</v>
+        <v>1987</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1982</v>
+        <v>1989</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>1983</v>
+        <v>1990</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>746</v>
+        <v>648</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
-        <v>1984</v>
+        <v>1991</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>966</v>
+        <v>648</v>
       </c>
       <c r="G547" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1988</v>
+        <v>1997</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>1989</v>
+        <v>1998</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>966</v>
+        <v>648</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>966</v>
+        <v>22</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>966</v>
+        <v>225</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>746</v>
+        <v>34</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>2002</v>
+        <v>1892</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>746</v>
+        <v>225</v>
       </c>
       <c r="G552" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2006</v>
+        <v>223</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>746</v>
+        <v>225</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>2010</v>
+        <v>1923</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>746</v>
+        <v>225</v>
       </c>
       <c r="G554" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>2013</v>
+        <v>670</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G556" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>2019</v>
+        <v>670</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G557" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>2021</v>
+        <v>2029</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2022</v>
+        <v>293</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G558" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C559" s="1" t="s">
         <v>2024</v>
       </c>
-      <c r="B559" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D559" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G559" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2028</v>
+        <v>2036</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2028</v>
+        <v>97</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G560" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2030</v>
+        <v>2038</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2031</v>
+        <v>2039</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2031</v>
+        <v>2040</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2032</v>
+        <v>2041</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2033</v>
+        <v>2042</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2034</v>
+        <v>2043</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2034</v>
+        <v>2044</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2035</v>
+        <v>2045</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>13</v>
+        <v>753</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2036</v>
+        <v>2046</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2037</v>
+        <v>2047</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2038</v>
+        <v>2048</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2039</v>
+        <v>2049</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>219</v>
+        <v>753</v>
       </c>
       <c r="G563" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2040</v>
+        <v>2050</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2041</v>
+        <v>2051</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2041</v>
+        <v>2052</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>13</v>
+        <v>753</v>
       </c>
       <c r="G564" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>19</v>
+        <v>122</v>
       </c>
       <c r="G565" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2048</v>
+        <v>2058</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2049</v>
+        <v>2059</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>31</v>
+        <v>122</v>
       </c>
       <c r="G566" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2050</v>
+        <v>2060</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2051</v>
+        <v>2061</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>31</v>
+        <v>122</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2055</v>
+        <v>2064</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2052</v>
+        <v>2065</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2056</v>
+        <v>2066</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>31</v>
+        <v>753</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>2057</v>
+        <v>2067</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>2059</v>
+        <v>2069</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>2060</v>
+        <v>2070</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>31</v>
+        <v>753</v>
       </c>
       <c r="G569" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>2061</v>
+        <v>2071</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2062</v>
+        <v>2072</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2052</v>
+        <v>2073</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>2063</v>
+        <v>2074</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>31</v>
+        <v>753</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>2064</v>
+        <v>2075</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>2065</v>
+        <v>2076</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>2065</v>
+        <v>2077</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>219</v>
+        <v>753</v>
       </c>
       <c r="G571" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>2070</v>
+        <v>2082</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2071</v>
+        <v>2083</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2071</v>
+        <v>2083</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>2072</v>
+        <v>2084</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
-        <v>2073</v>
+        <v>2085</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>2074</v>
+        <v>2086</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>2074</v>
+        <v>2086</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>2075</v>
+        <v>2087</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G574" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A575" s="1" t="s">
-        <v>2076</v>
+        <v>2088</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>2077</v>
+        <v>2089</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>2078</v>
+        <v>2090</v>
       </c>
       <c r="F575" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G575" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A576" s="1" t="s">
-        <v>2079</v>
+        <v>2091</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>2080</v>
+        <v>2092</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>2081</v>
+        <v>2093</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G576" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A577" s="1" t="s">
-        <v>2082</v>
+        <v>2094</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>2083</v>
+        <v>2095</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>2083</v>
+        <v>2095</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>2084</v>
+        <v>2096</v>
       </c>
       <c r="F577" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G577" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A578" s="1" t="s">
-        <v>2085</v>
+        <v>2097</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>2086</v>
+        <v>2098</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>2086</v>
+        <v>2098</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>2087</v>
+        <v>2099</v>
       </c>
       <c r="F578" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G578" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A579" s="1" t="s">
-        <v>2088</v>
+        <v>2100</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>2089</v>
+        <v>2101</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>2089</v>
+        <v>2101</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>2090</v>
+        <v>2102</v>
       </c>
       <c r="F579" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G579" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A580" s="1" t="s">
-        <v>2091</v>
+        <v>2103</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>2092</v>
+        <v>2104</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>2092</v>
+        <v>2104</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>2093</v>
+        <v>2105</v>
       </c>
       <c r="F580" s="3" t="s">
-        <v>219</v>
+        <v>122</v>
       </c>
       <c r="G580" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A581" s="1" t="s">
-        <v>2094</v>
+        <v>2106</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>2095</v>
+        <v>2107</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>2095</v>
+        <v>2107</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>2096</v>
+        <v>2108</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
       <c r="G581" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A582" s="1" t="s">
-        <v>2097</v>
+        <v>2109</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>2098</v>
+        <v>2110</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>2098</v>
+        <v>2110</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>2099</v>
+        <v>2111</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>219</v>
+        <v>22</v>
       </c>
       <c r="G582" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A583" s="1" t="s">
-        <v>2100</v>
+        <v>2112</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>2101</v>
+        <v>2113</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2101</v>
+        <v>2113</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>2102</v>
+        <v>2114</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>219</v>
+        <v>753</v>
       </c>
       <c r="G583" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A584" s="1" t="s">
-        <v>2103</v>
+        <v>2115</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2104</v>
+        <v>2116</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2104</v>
+        <v>2117</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>2105</v>
+        <v>2118</v>
       </c>
       <c r="F584" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G584" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A585" s="1" t="s">
-        <v>2106</v>
+        <v>2119</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>2107</v>
+        <v>2120</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>2107</v>
+        <v>2117</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>2108</v>
+        <v>2121</v>
       </c>
       <c r="F585" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G585" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A586" s="1" t="s">
-        <v>2109</v>
+        <v>2122</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2110</v>
+        <v>2123</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2110</v>
+        <v>2124</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>2111</v>
+        <v>2125</v>
       </c>
       <c r="F586" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G586" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A587" s="1" t="s">
-        <v>2112</v>
+        <v>2126</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>2113</v>
+        <v>2127</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>2113</v>
+        <v>2127</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>2114</v>
+        <v>2128</v>
       </c>
       <c r="F587" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G587" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A588" s="1" t="s">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>2116</v>
+        <v>2130</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>2117</v>
+        <v>2130</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>2118</v>
+        <v>2131</v>
       </c>
       <c r="F588" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G588" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A589" s="1" t="s">
-        <v>2119</v>
+        <v>2132</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2120</v>
+        <v>2133</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2121</v>
+        <v>2133</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>2122</v>
+        <v>2134</v>
       </c>
       <c r="F589" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G589" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A590" s="1" t="s">
-        <v>2123</v>
+        <v>2135</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>2124</v>
+        <v>2136</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>2125</v>
+        <v>2136</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>2126</v>
+        <v>2137</v>
       </c>
       <c r="F590" s="3" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="G590" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A591" s="1" t="s">
-        <v>2127</v>
+        <v>2138</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2128</v>
+        <v>2139</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1646</v>
+        <v>2139</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>2129</v>
+        <v>2140</v>
       </c>
       <c r="F591" s="3" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="G591" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A592" s="1" t="s">
-        <v>2130</v>
+        <v>2141</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>2131</v>
+        <v>2142</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1646</v>
+        <v>2142</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>2132</v>
+        <v>2143</v>
       </c>
       <c r="F592" s="3" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="G592" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A593" s="1" t="s">
-        <v>2133</v>
+        <v>2144</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>2134</v>
+        <v>2145</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>2135</v>
+        <v>2145</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>2136</v>
+        <v>2146</v>
       </c>
       <c r="F593" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G593" s="3" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A594" s="1" t="s">
-        <v>2137</v>
+        <v>2147</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>2138</v>
+        <v>2148</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>2135</v>
+        <v>2148</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>2139</v>
+        <v>2149</v>
       </c>
       <c r="F594" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G594" s="3" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A595" s="1" t="s">
-        <v>2140</v>
+        <v>2150</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>2141</v>
+        <v>2151</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>2141</v>
+        <v>2151</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>2142</v>
+        <v>2152</v>
       </c>
       <c r="F595" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G595" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A596" s="1" t="s">
-        <v>2143</v>
+        <v>2153</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2144</v>
+        <v>2154</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2144</v>
+        <v>2154</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2145</v>
+        <v>2155</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G596" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A597" s="1" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>2147</v>
+        <v>2157</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>2148</v>
+        <v>2157</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>2149</v>
+        <v>2158</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G597" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A598" s="1" t="s">
-        <v>2150</v>
+        <v>2159</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2151</v>
+        <v>2160</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>2153</v>
+        <v>2161</v>
       </c>
       <c r="F598" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G598" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A599" s="1" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>2155</v>
+        <v>2163</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>2155</v>
+        <v>2163</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G599" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A600" s="1" t="s">
-        <v>2157</v>
+        <v>2165</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>2159</v>
+        <v>2166</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>2160</v>
+        <v>2167</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G600" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A601" s="1" t="s">
-        <v>2161</v>
+        <v>2168</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2162</v>
+        <v>2169</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2162</v>
+        <v>2169</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>2163</v>
+        <v>2170</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G601" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A602" s="1" t="s">
-        <v>2164</v>
+        <v>2171</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2165</v>
+        <v>2172</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>2165</v>
+        <v>2172</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>2166</v>
+        <v>2173</v>
       </c>
       <c r="F602" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G602" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A603" s="1" t="s">
-        <v>2167</v>
+        <v>2174</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2168</v>
+        <v>2175</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>2169</v>
+        <v>2177</v>
       </c>
       <c r="F603" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G603" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A604" s="1" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>2171</v>
+        <v>2180</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>2172</v>
+        <v>2181</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G604" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A605" s="1" t="s">
-        <v>2173</v>
+        <v>2182</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>2174</v>
+        <v>2183</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1826</v>
+        <v>2184</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>2175</v>
+        <v>2185</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G605" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A606" s="1" t="s">
-        <v>2176</v>
+        <v>2186</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2177</v>
+        <v>2187</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2177</v>
+        <v>1715</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>2178</v>
+        <v>2188</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G606" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A607" s="1" t="s">
-        <v>2179</v>
+        <v>2189</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2180</v>
+        <v>2190</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2180</v>
+        <v>1715</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>2181</v>
+        <v>2191</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="G607" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A608" s="1" t="s">
-        <v>2182</v>
+        <v>2192</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>2183</v>
+        <v>2193</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>2183</v>
+        <v>2194</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>2184</v>
+        <v>2195</v>
       </c>
       <c r="F608" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G608" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A609" s="1" t="s">
-        <v>2185</v>
+        <v>2196</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>2186</v>
+        <v>2197</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>2186</v>
+        <v>2197</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>2187</v>
+        <v>2198</v>
       </c>
       <c r="F609" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G609" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A610" s="1" t="s">
-        <v>2188</v>
+        <v>2199</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>2189</v>
+        <v>2200</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>2190</v>
+        <v>2201</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>2191</v>
+        <v>2202</v>
       </c>
       <c r="F610" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G610" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A611" s="1" t="s">
-        <v>2192</v>
+        <v>2203</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>2193</v>
+        <v>2204</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>2194</v>
+        <v>2204</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>2195</v>
+        <v>2205</v>
       </c>
       <c r="F611" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G611" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A612" s="1" t="s">
-        <v>2196</v>
+        <v>2206</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>2197</v>
+        <v>2207</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>2198</v>
+        <v>2207</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>2199</v>
+        <v>2208</v>
       </c>
       <c r="F612" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G612" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A613" s="1" t="s">
-        <v>2200</v>
+        <v>2209</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>2201</v>
+        <v>2210</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="F613" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G613" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A614" s="1" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>2206</v>
+        <v>1892</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>2207</v>
+        <v>2214</v>
       </c>
       <c r="F614" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G614" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A615" s="1" t="s">
-        <v>2208</v>
+        <v>2215</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>2209</v>
+        <v>2216</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="F615" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G615" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A616" s="1" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>2215</v>
+        <v>2220</v>
       </c>
       <c r="F616" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G616" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
-        <v>2216</v>
+        <v>2221</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>2217</v>
+        <v>2222</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="F617" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G617" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="F618" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G618" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A619" s="1" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2226</v>
+        <v>2229</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>2227</v>
+        <v>2230</v>
       </c>
       <c r="F619" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G619" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A620" s="1" t="s">
-        <v>2228</v>
+        <v>2231</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2229</v>
+        <v>2232</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2230</v>
+        <v>2233</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="F620" s="3" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G620" s="3" t="s">
-        <v>115</v>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A621" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E621" s="3" t="s">
+        <v>2238</v>
+      </c>
+      <c r="F621" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A622" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E622" s="3" t="s">
+        <v>2241</v>
+      </c>
+      <c r="F622" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G622" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A623" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E623" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F623" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G623" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A624" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E624" s="3" t="s">
+        <v>2249</v>
+      </c>
+      <c r="F624" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G624" s="3" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A625" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C625" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E625" s="3" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F625" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G625" s="3" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A626" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E626" s="3" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F626" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G626" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A627" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E627" s="3" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F627" s="3" t="s">
+        <v>2262</v>
+      </c>
+      <c r="G627" s="3" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">