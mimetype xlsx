--- v0 (2025-11-25)
+++ v1 (2026-01-10)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1814">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/787/7876b969b43bfbe2e8684a407c6df936.jpg</t>
   </si>
   <si>
     <t>Пенал-футляр 204 83 25  quot;Intensive quot;, пластик, ассорти: ПН62 штр.:  4650066307474</t>
   </si>
   <si>
     <t>Ассорти из 5 цветов: зеленый KIWI, оранжевый MANDARIN, голубой BLUE, фиолетовый VIOLET, розовый LILIA. Материал - экологичный полипропилен</t>
   </si>
   <si>
     <t>Пеналы без наполнения</t>
@@ -77,62 +86,86 @@
   <si>
     <t>215201</t>
   </si>
   <si>
     <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c3/6c33df1e1fc1c47f6d82a007c0687df7.jpg</t>
   </si>
   <si>
     <t>Пенал-тубус 200 40  quot;Creative quot;, пластик, ассорти: ПН35 штр.:  4670004018354</t>
   </si>
   <si>
     <t>Вместительный пенал-тубус, состоящий из двух половинок с матовым рисунком. Ассорти из 5 цветов: голубой, красный, желтый, зеленый, розовый. Отверстия на верхней части. Защелки, обеспечивают надёжное крепление частей пенала.</t>
   </si>
   <si>
     <t>218429</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/860/860cc92d92c10b1512fa27c3bd338643.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-футляр 210 90 40  quot;Премиум quot;, пластик, ассорти: ПН14 штр.:  4670004012512</t>
+  </si>
+  <si>
+    <t>Пенал-футляр 210*90*40 &amp;quot;Премиум&amp;quot;, пластик, ассорти: ПН14 10 современных цветовых решений, сочетание глянцевой крышки с рельефным рисунком и шагреневого основания изделия. Идеально ровная поверхность. Легкий, прочный и вместительный.</t>
+  </si>
+  <si>
+    <t>236480</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/36a/36acb26c3f5d40217f693acd7f6951f7/363ec1865126d7f16b3b630851f254f7.jpg</t>
   </si>
   <si>
     <t>Пенал Стамм пластик., цвета в ассорт, ПН62 штр.  4650066307474</t>
   </si>
   <si>
     <t>Пенал «Стамм», без наполнения. Вместительное отделение для канцелярских принадлежностей застегивается на защелку. Размеры пенала - 204-70-25 мм.</t>
   </si>
   <si>
     <t>254760</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c77/c77aa0ecb783b3390f0de9438362fcce.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-футляр 210 90 40  quot;Премиум. Primavera quot;, пластик, ассорти: ПН16 штр.: 4670004012574</t>
+  </si>
+  <si>
+    <t>Пенал обладает уникальным дизайном, вместительностью &amp;#40;одно большое отделение без перегородок&amp;#41;. Надежный и легкий в обращении замок, крышка фиксируется в заданном положении, мини опоры защищают дно от потертостей.</t>
+  </si>
+  <si>
+    <t>336938</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/750/qdfiunek730oiul7n6g7sqj5669zq3i6.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG для мальчиков, 1 отделение, органайзер, мягкий,  quot;Military quot;, зеленый, 21х5х9 см, 228990</t>
   </si>
   <si>
     <t>Пенал BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала, декорирован резиновой нашивкой. Внутри пенала подкладка из полиэстера. Имеет одно отделение, дополнительный карман и органайзер для канцелярских принадлежностей. Застежка-молния с металлическим бегунком. Поставляется в прозрачном полиэтиленовом пакете с картонным подвесом.</t>
   </si>
   <si>
     <t>435155</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16a/tbzyp8d3syufkylh5b37bn1skv3w2jmm.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG для мальчиков, 1 отделение, органайзер, мягкий,  quot;Military quot;, синий, 21х5х9 см, 228991</t>
   </si>
   <si>
     <t>435156</t>
@@ -303,56 +336,50 @@
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/866/z3ghnztjlv078qnqkq32potm6a67dy7q.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал пластиковый Erich Krause Matt Ice Metallic, ассорти  в пакете по 4 шт. </t>
   </si>
   <si>
     <t>Модный пластиковый пенал-слайдер с одним отделением изготовлен из высококачественного пластика. Оснащен надежной застежкой-фиксатором. Текстура поверхности - песок. Пенал вмещает до 36 стандартных шестигранных карандашей ErichKrause®. Поставляется без наполнения. Размер - 74x27x200мм, толщина - 0.6мм.</t>
   </si>
   <si>
     <t>697634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/lkce7jhkt1rbb3731k8bh75s59njlmz7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал пластиковый Erich Krause Matt Neon, ассорти  в пакете по 4 шт. </t>
   </si>
   <si>
     <t>697636</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20f/dqam2hyqgcsoc623ilh9h78fwkdkw5i0.jpg</t>
-  </si>
-[...4 lines deleted...]
-    <t>697637</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал пластиковый Erich Krause Matt Pastel, ассорти  в пакете по 4 шт. </t>
   </si>
   <si>
     <t>697638</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40b/pfc0grrl4x0unv48c0sa2de5y12v7zp0.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения Erich Krause 110x205x25мм Dinosaur Park</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения Erich Krause® 110x205x25мм Dinosaur Park</t>
   </si>
   <si>
     <t>697643</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/237/ux9fs4zog6wmigbrw2id51tqy96cq1xc.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения Erich Krause 110x205x25мм Sea Camo</t>
   </si>
@@ -948,62 +975,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ef1/1dwvm6qt36g173yxcett5cj87wdvc5wv.jpg</t>
   </si>
   <si>
     <t>Пенал 2отдел. 190 105мм Цветная бабочка печать на фольге   конгрев</t>
   </si>
   <si>
     <t>Пенал 2отдел. 190*105мм Цветная бабочка печать на фольге &amp;#43; конгрев</t>
   </si>
   <si>
     <t>706536</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74a/l7jw79yowxgrt51d4i6v6dca51jol06o.jpg</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190 105мм Summer</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190*105мм Summer</t>
   </si>
   <si>
     <t>706538</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/494/ghnsbkdevb2ralxefhiqxeotmiz355h6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b11/h33y8lirlybnpajpgslput122eeywx9i.jpg</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190 105мм Прекрасная принцесса</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190*105мм Прекрасная принцесса</t>
   </si>
   <si>
     <t>706543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/953/34hitkirejsexprfnfo8jv5nu2pnz69z.jpg</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190 105мм Рокерша</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190*105мм Рокерша</t>
   </si>
   <si>
     <t>706545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a8/1dttjjip6ezk6e6164joerodh3oq0sqe.jpg</t>
@@ -1276,405 +1291,461 @@
   <si>
     <t>http://anytos.ru//upload/iblock/250/2dyt6s3seyl4hkozqg4ve3c8bu19ijue.jpg</t>
   </si>
   <si>
     <t>Пенал ПВХ  quot;Darvish quot; на кнопках</t>
   </si>
   <si>
     <t>Пенал ПВХ &amp;quot;Darvish&amp;quot; на кнопках</t>
   </si>
   <si>
     <t>706601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a6/8cdpin1g7w6njvzapvrcth2vu0kmk44e.jpg</t>
   </si>
   <si>
     <t>Пенал  quot;Кед quot; высокий на шнуровке ассорти 4 вида</t>
   </si>
   <si>
     <t>Пенал предназначен для хранения письменных принадлежностей. Ассорти 4 вида.&amp;nbsp;&amp;nbsp;Размер 21,5*7,8см.Материал : ПУ с элементами.</t>
   </si>
   <si>
     <t>706602</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3a7/mjx8uxicjyvb7cnc65u8e0lwqg3vfnbt.jpg</t>
-[...11 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/68d/qy42oh81tz23vff5904f82n2bg5apvuk.jpg</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190 105мм Великолепная принцесса</t>
   </si>
   <si>
     <t>Пенал трехсекционный большой 190/105 &amp;quot;ВЕЛИКОЛЕПНАЯ ПРИНЦЕССА&amp;quot;</t>
   </si>
   <si>
     <t>706609</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76b/b4adz98zpjg9igb5fr05zumtgl7w13wx.jpg</t>
   </si>
   <si>
     <t>Пенал 3отдел. 190 105мм Школьный</t>
   </si>
   <si>
     <t>Пенал трехсекционный большой 190/105 &amp;quot;ШКОЛЬНЫЙ&amp;quot;</t>
   </si>
   <si>
     <t>706614</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d9/4i7lxsnpsemdfgeqh2nanokm062bxmgx.jpg</t>
   </si>
   <si>
     <t>Пенал школьный ассорти РБ пластиковый</t>
   </si>
   <si>
     <t>Пенал школьный ассорти&amp;nbsp;&amp;nbsp;РБ пластиковый</t>
   </si>
   <si>
     <t>706615</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/564/kw1a6r3mzuno9538lhc9t7zri9ovo51h.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал пластиковый Erich Krause  Glossy Candy, ассорти  в пакете по 3 шт. </t>
   </si>
   <si>
     <t>Пенал пластиковый Erich Krause® Glossy Candy, ассорти &amp;#40;в пакете по 3 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792610</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fa/u062p1gtciy4dehulfdfoabrawoy9bw4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/132/20dbulgcn4igvdnjfmnm0z0rarnfzg16.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  135x205x30мм Cosmonaut</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause® 135x205x30мм Cosmonaut</t>
   </si>
   <si>
     <t>812996</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a18/pxkv270bfyspidv6v2jiozjz2b0hrnpp.jpeg</t>
+  </si>
+  <si>
+    <t>ПЕНАЛ НА МОЛНИИ СИНИЙ  quot;SWEET GIRL quot;, ОДНО ОТДЕЛЕНИЕ, 200 х 130ММ</t>
+  </si>
+  <si>
+    <t>ПЕНАЛ НА МОЛНИИ СИНИЙ &amp;quot;SWEET GIRL&amp;quot;, ОДНО ОТДЕЛЕНИЕ, 200 х 130ММ</t>
+  </si>
+  <si>
+    <t>815861</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8f1/3whk8hqc1889wxgtpnf72sz14663rb01.jpeg</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ СИНИЙ  quot;SWEET CAT quot;, ТРИ ОТДЕЛЕНИЯ, 200 х 130ММ</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ СИНИЙ &amp;quot;SWEET CAT&amp;quot;, ТРИ ОТДЕЛЕНИЯ, 200 х 130ММ</t>
   </si>
   <si>
     <t>815879</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/44a/g7xw1yzm028prhw7un8oewc50jo0lifg.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  110x205x25мм Rainbow Skate</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause® 110x205x25мм Rainbow Skate</t>
   </si>
   <si>
     <t>830233</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecb/qbx5jty03461s6qufjqh4svg9zdltn8m.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  135x205x30мм Sea Camo</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause® 135x205x30мм Sea Camo</t>
   </si>
   <si>
     <t>830239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/574/o0akhruqxsmjd70um5y26ct31kfhdv8q.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  135x205x30мм Swan Princess</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause® 135x205x30мм Swan Princess</t>
   </si>
   <si>
     <t>830240</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3b4/nafwlx0jkxhcrrjq605aqqq850fc356x.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Akita boy quot;, дополнительная откидная секция, полиэстер</t>
+  </si>
+  <si>
+    <t>Удобный пенал для школьных канцелярских принадлежностей с одним отделением и надёжной застёжкой-молнией. Одна откидная планка внутри увеличивает вместимость пенала и позволяет держать расписание всегда под рукой. Материал лицевой и внутренней поверхности - полиэстер с принтом. Внутри имеются резиночки-крепления для канцтоваров. Упакован в индивидуальный пакет. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>834270</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3a/ciwp11pzhhbj04lr8wty8mt3uzinxdlf.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Kittens lilac quot;, 2 откидные секции, полиэстер</t>
+  </si>
+  <si>
+    <t>Удобный пенал для школьных канцелярских принадлежностей с одним отделением и надёжной застёжкой-молнией. Две дополнительные откидные планки внутри увеличивают вместимость пенала и позволяют держать расписание всегда под рукой.&amp;nbsp;&amp;nbsp;Материал лицевой и внутренней поверхности - полиэстер с принтом. Внутри имеются резиночки-крепления для канцтоваров. Упакован в индивидуальный пакет. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>834283</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e74/2hw43fuk7o4ufo6yh5xef9gnbfy2lgw1.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Moon dance quot;, 2 откидные секции, полиэстер, блестки</t>
+  </si>
+  <si>
+    <t>834287</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d2c/on0yudh8vuywgdkyk6nfxew6lv2xrv2y.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Princess quot;, полиэстер</t>
   </si>
   <si>
     <t>Удобный пенал для школьных канцелярских принадлежностей с одним отделением и надёжной застёжкой-молнией. Материал лицевой и внутренней поверхности - полиэстер с принтом. Внутри имеются резиночки-крепления для канцтоваров. Упакован в индивидуальный пакет. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>834292</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/d62/tahue2ysc2290s73xbuoadxzsv6go6yn.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Scary cat quot;, 2 откидные секции, полиэстер</t>
+  </si>
+  <si>
+    <t>834293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1e/sw2life2ietn7lay7zm0iqst7pheowyq.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 50 60 Berlingo  quot;Fruity mood quot;, силикон</t>
   </si>
   <si>
     <t>Мягкий пенал из плотного высококачественного силикона с контрастной молнией. Имеет одно отделение. Пенал упакован в пластиковую коробку с европодвесом. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>834305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbb/e5jjrtmz9meyoyj5pp5pirz5e9jpxxjq.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 130 ArtSpace  quot;Fairy Tale quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>834312</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f5a/xf5x8ys5pwfsp90uk2orw74pny945wjf.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Run for fun quot;, полиэстер, внутр. органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал-футляр мягкий с 2 отделениями. Материал лицевой и внутренней поверхности - полиэстер. Переднее отделение на магните для удобства использования в открытом виде. Внутри - отделения для точилки и ластика, специальный органайзер для хранения канцтоваров. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>834328</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f1a/q0jaf4mwflgq3o6k1k0srn62vdmb7gxk.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  135x205x30мм Wild Cat</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause® 135x205x30мм Wild Cat</t>
   </si>
   <si>
     <t>835171</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f7/ob9bdb3ymcf9d3zu5fda0p3kc08ygzoz.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  135x205x30мм High Voltage</t>
   </si>
   <si>
     <t>Классический жестко-каркасный пенал-книжка с внутренней системой фиксации на 18 школьных принадлежностей, размером 135x205x30мм. Пенал изготовлен из износостойкого 100&amp;#37;-го полиэстера. Надежная молния с мягким ходом оснащена удлиненным бегунком с логотипом ErichKrause®.</t>
   </si>
   <si>
     <t>835517</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f9a/vv1451ef3ats6nrixhojwk98ykoipuap.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 130 Мульти-Пульти  quot;Lovely Owl quot;, доп. секция, ткань</t>
+  </si>
+  <si>
+    <t>836240</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/37d/ss51zbss48syyce1ra7xk7d2r4jif41f.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 130 Мульти-Пульти  quot;Magic quot;, доп. секция, ткань</t>
   </si>
   <si>
     <t>836241</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/24c/zzgcqlmgwoxdwn8gpjak4sbuotxoaxdf.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 130 Мульти-Пульти  quot;Surf Shark quot;, доп. секция, ткань</t>
   </si>
   <si>
     <t>836242</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/aec/jpf2j1cdsprdw8z42k7jx7j0unaectef.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Funny owl quot;, дополнительная откидная секция, полиэстер</t>
+  </si>
+  <si>
+    <t>836244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c7/zsflk4rqxi7rqke6io2rg51zuihntfjq.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Magic butterfly quot;, дополнительная откидная секция, полиэстер</t>
+  </si>
+  <si>
+    <t>836245</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/867/2ugoxrijgqvtmiaty1pmkdj5r1lxopzr.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 130 Мульти-Пульти  quot;Best Friends quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>836247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2bb/7hjnvqunku3d47x3foy01688sqx715o5.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 130 Мульти-Пульти  quot;Dino quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>836248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/528/1gx38glmrqr3phtzqtagq4ji86o0fba9.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 130 Мульти-Пульти  quot;Lazy Cat quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>836249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a57/80p7x1t1uj34k97u3ytgl3rjmf1icb1d.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 130 Мульти-Пульти  quot;Spaceman quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>836250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76b/ope860pgiq3ef3y49lqwfwdkckj00yca.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Love quot;, ламинированный картон, фольга</t>
   </si>
   <si>
     <t>836258</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/746/w11xwtc7bz5ldlkiza3dbnf05zed31zc.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 115 ArtSpace  quot;Moonlight quot;, ламинированный картон, фольга</t>
+  </si>
+  <si>
+    <t>Удобный пенал для хранения канцелярских принадлежностей. Поставляется без наполнения, в индивидуальной упаковке</t>
+  </si>
+  <si>
+    <t>839174</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b22/351g2ugrnhz3kx00goasr7dpfgld8vws.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 3 отделения, нейлон, 21х7х7 см,  quot;Gamer quot;, 270841</t>
   </si>
   <si>
     <t>Пенал BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 50 канцелярских принадлежностей стандартных размеров. Пенал с тремя удобными отделениями, подходит для учеников и студентов. Выполнен из прочного материала &amp;#40;нейлон&amp;#41;, внутри подкладка из полиэстера. Три отделения с надежной молнией, оснащенной брендированным бегунком. Современный универсальный дизайн привлечет внимание широкой аудитории: от учеников начальной школы до студентов.Упакован в ПЭТ пакет, который сохранит качество и товарный вид при хранении и транспортировке.Универсальные пеналы BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>839917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/def/jm139n8p2ii5jnrmzuhdmx6zqtrx204z.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 3 отделения, нейлон, 21х7х7 см,  quot;Puppies quot;, 270839</t>
   </si>
   <si>
     <t>839918</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc1/3nrqwd76o8sy5mn77z81ly3t4955wxb9.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  135x205x30мм Butterfly</t>
   </si>
   <si>
     <t>840053</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37d/1orl2o7f4zvzlqysj0y561y0gbr6babn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/98c/5iyn69li7egnpvaiamerr5dcfg8amxiv.jpeg</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ СИНИЙ  quot;КАРМАННЫЕ ЖИВОТНЫЕ.СОБАЧКА quot;, ДВА ОТДЕЛЕНИЯ, 200 х 130ММ</t>
   </si>
   <si>
     <t>ПЕНАЛ НА МОЛНИИ СИНИЙ &amp;quot;КАРМАННЫЕ ЖИВОТНЫЕ.СОБАЧКА&amp;quot;, ДВА ОТДЕЛЕНИЯ, 200 х 130ММ</t>
   </si>
   <si>
     <t>840604</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb3/zroh64q2527bup53i9tfc1mb4i91mr67.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Kittens green quot;, 2 откидные секции, полиэстер</t>
   </si>
   <si>
-    <t>Удобный пенал для школьных канцелярских принадлежностей с одним отделением и надёжной застёжкой-молнией. Две дополнительные откидные планки внутри увеличивают вместимость пенала и позволяют держать расписание всегда под рукой.&amp;nbsp;&amp;nbsp;Материал лицевой и внутренней поверхности - полиэстер с принтом. Внутри имеются резиночки-крепления для канцтоваров. Упакован в индивидуальный пакет. Поставляется без наполнения.</t>
-[...1 lines deleted...]
-  <si>
     <t>841714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d4/kjsuypaebgqrahusehnqpo90radi9fxr.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 130 Мульти-Пульти  quot;Unicorn quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>841719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a9/o8rgsn59kkx65np4ijh60tbjyjt5keyy.jpg</t>
   </si>
   <si>
     <t>Пенал 3 отделения, 190 110 ArtSpace  quot;No prob-llama quot;, ткань</t>
   </si>
   <si>
     <t>843405</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/992/e9pp083z5wgyi0p8kjbzt0xd9j7ihoa7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bf0/r9uy17is28pd55sqpgwoytm5fpvxl0h7.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, 1 откидная планка, EVA, 22х10х5 см,  quot;Next level quot;, 270704</t>
   </si>
   <si>
     <t>Пенал каркасный BRAUBERG &amp;quot;Next level&amp;quot; выполнен из EVA материала эффектом объемного изображения. Контрастная молния оснащена силиконовым бегунком. Вмещает до 50 канцелярских предметов стандартного размера. Пенал прямоугольной формы с одним вместительным отделением и откидной планкой с органайзером, застегивается на молнию с удобным силиконовым бегунком. Размер - 22х10х5 см. Поставляется в прозрачной упаковке с европодвесом.Благодаря каркасу пенал отлично сохраняет форму. Материал пенала легкий, не вызывает аллергии, поверхность водонепроницаемая, мягкая и очень приятная тактильно. Пенал имеет оптимальный размер для размещения в нем всех необходимых для школы письменных предметов. Широкая молния позволит без затруднений достать канцелярские принадлежности. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Отлично подойдет в качестве подарка для дошкольников, выпускников детских садов, первоклассников, школьников и просто как подарок на день рождения.Универсальные пеналы BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>843560</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fec/qt7vs531jgi6oyqf4n30l7mtq523izmd.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Rainbow quot;, ткань</t>
   </si>
   <si>
     <t>845115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29a/2ao6o7gotxita9mrdf3l5fa3l777l4kj.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секц. Schoolformat FAIRYTALE UNICORN 190х105 откид. планка молния с тканевым покрытием</t>
@@ -1691,95 +1762,116 @@
   <si>
     <t>Пенал 1 секц. Schoolformat SWEETS 130х200 с тканевым покрытием</t>
   </si>
   <si>
     <t>847321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e16/quyu6btjhzpcq9u9amlkvs74diiszll9.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секц. мал. Schoolformat HEARTS AND STARS 190х65</t>
   </si>
   <si>
     <t>847339</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/423/zlnlqq09qz8eh1b32t43d221k5kfh4o1.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секц. сред. Schoolformat SUPER GIRL 190х90</t>
   </si>
   <si>
     <t>847348</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ae/fpr1gl5t9ct3sbeue5pkl82iut88i2ax.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 секц. Schoolformat KITTEN S DREAMS 190х105 молния</t>
+  </si>
+  <si>
+    <t>Пенал 2 секц. Schoolformat KITTEN&amp;#39;S DREAMS 190х105 молния</t>
+  </si>
+  <si>
+    <t>847349</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c63/sc1gp6o4iufo7zficz0pvo5bhudc6uq8.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 1 отделение, металлизированный картон, конгрев, 19х11 см,  quot;Meow quot;, 271103</t>
   </si>
   <si>
     <t>Пенал стандартного размера ЮНЛАНДИЯ с одним отделением, выполнен из металлизированного картона с конгревом. Яркий дизайн. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для канцелярских принадлежностей. Вмещает до 18 предметов. Материал пенала - металлизированный картон с цветной печатью, эффектом объема и ярким дизайном. Основа пенала - плотный картон, обшитый тканью по краям. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Внутри пенала прочные резинки для канцелярских принадлежностей, внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Пенал имеет стандартный размер 19х11 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>852767</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82a/kzusu2xc801b0v7i2mpiu3jkvnmdcccr.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 2 отделения, ламинированный картон, блестки, 19х11 см,  quot;Colorful butterfly quot;, 270886</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ стандартного размера с двумя отделениями выполнен из ламинированного картона, тканевый торец. Яркий дизайн, украшен блестками. Удобная молния с трех сторон с металлическим бегунком. Вмещает до 25 предметов. Основа пенала - плотный картон, обшитый тканью по краям, с тканевым торцом. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Внутри пенала прочно пришиты резинки для канцелярских принадлежностей, внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Пенал имеет стандартный размер 19х11 см и два отделения, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке в одном месте.</t>
   </si>
   <si>
     <t>852768</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e62/22ifyrdgyqvhs8ak0s2ehrcma32vi0vs.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 2 отделения, ламинированный картон, блестки, 19х11 см,  quot;Dancing girl quot;, 270885</t>
   </si>
   <si>
     <t>852769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d9/fjpesaumyjb58te73te42jllg3wxe4ih.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 3 отделения, полиэстер, 19х11 см,  quot;Funny trip quot;, 271029</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ &amp;quot;Funny trip&amp;quot; с тремя отделениями, выполнен из полиэстера. Яркий дизайн. Удобные молнии с трех сторон с металлическим бегунком, прочные резинки для предметов. Вмещает до 42 предметов. Материал пенала - полиэстер с цветной печатью, ярким дизайном. Основа пенала - плотный картон, обшитый тканью по краям, с тканевым торцом. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Внутри пенала прочные резинки для канцелярских принадлежностей, внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Школьный пенал - это универсальное изделие, позволяющее систематизировать ручки, карандаши, фломастеры, чтобы ребенку было удобно пользоваться ими на уроках.Этот элемент выполняет несколько полезных функций:- приучает школьника к порядку - все письменные принадлежности находятся в одном месте;- помогает быстро найти нужный предмет: карандаш, ручку или стирательную резинку;- становится отображением индивидуальности - ребенок сам может выбрать тот пенал, который его привлекает.Пенал имеет стандартный размер 19х11 см и три отделения, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте.</t>
   </si>
   <si>
     <t>854549</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a50/jb774vme0k05ugckgbcjxxqmrirl0ex8.jpg</t>
+  </si>
+  <si>
+    <t>Пенал ЮНЛАНДИЯ, 2 отделения, ламинированный картон, конгрев, 19х11 см,  quot;Soccer ball quot;, 270888</t>
+  </si>
+  <si>
+    <t>855961</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d3a/q4b5u0707053ljc3nvj7h3e28ks1k9p8.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  110x205x25мм Cupids</t>
   </si>
   <si>
     <t>Классический жестко-каркасный пенал-книжка с внутренней системой фиксации школьных принадлежностей. Пенал изготовлен из износостойкого 100&amp;#37;-го полиэстера. Пеналы имеют расширенную молнию, что облегчает постоянное закрытие и открывание пенала. Надежная молния с мягким ходом оснащена удлиненным бегунком с логотипом ErichKrause®</t>
   </si>
   <si>
     <t>883429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fb/em6bf9xupysj9uht8nu4owgg4qw5vutu.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  110x205x25мм Funny Kittens</t>
   </si>
   <si>
     <t>883430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dca/3g8dne7wr1rc43crdejtt823g9pfcnjx.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения Erich Krause  110x205x25мм Pixel Game</t>
@@ -1865,101 +1957,128 @@
   <si>
     <t>Пенал-книжка без наполнения ErichKrause  135x205x30мм Moon Cycle</t>
   </si>
   <si>
     <t>931281</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22c/38gwflta6y1a8pitso49rk80bo8szaah.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секц. бол. Schoolformat SHINE BRIGHT 190х90х25 картон, полиэстер молния синий</t>
   </si>
   <si>
     <t>939057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1cb/ml014y2q8pecjcxzelsmuwiygtwq6ny7.jpg</t>
   </si>
   <si>
     <t>Пенал 2 секц. бол. Schoolformat ВЕСЕЛЫЕ ЗВЕРЯТА 190х105х35 картон, полиэстер молния зелен.</t>
   </si>
   <si>
     <t>939067</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/37c/r76u7ez22uoqp6qo82v1vvnvvuq0zr4n.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 секц. бол. Schoolformat УЛЫБЧИВЫЕ КОТИКИ 190х105х35 картон, полиэстер молния сирен.</t>
+  </si>
+  <si>
+    <t>939072</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1ba/jfy5lagnmu2dofzxqfl0m74u43fsj3gq.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 115 ArtSpace  quot;AvoCato quot;, ламинированный картон, фольга</t>
   </si>
   <si>
     <t>941093</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddf/z8fch2d88pa2kot4p01zmfyzu5afmq0x.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 115 ArtSpace  quot;Dreamer quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>941096</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/081/7swemy6b7bm796k0rh3dpj5qtx91htxj.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 115 ArtSpace  quot;Play quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>941099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eeb/gs9o2zxmadg54jrz13oi7hx141s0j3jq.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 115 ArtSpace  quot;To the moon and back quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>941102</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f2b/fby7m7phww4p3w73ysolvgooqp8cy3yj.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Cool quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>941107</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/95d/fooi5fq5ou3j0z3ytdutw71p7bnivtgc.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Space Cat quot;, ламинированный картон</t>
   </si>
   <si>
     <t>941115</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d19/lv2vor01fx9kcmky44fn3djvb59ieprd.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 90 ArtSpace  quot;Foxy quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>941122</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/303/ksko9znt6yb3l6odaur9mt06e1jal5w9.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 130 ArtSpace  quot;Lemonade quot;, ламинированный картон</t>
   </si>
   <si>
     <t>941126</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/e4lo4hyz2ejd3t739d0ii93c4tix4bjo.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 105 ArtSpace  quot;Friends quot;, ламинированный картон</t>
   </si>
   <si>
     <t>941134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/754/0hvp472rlsxqjgh3tp8iq8ey7481pa1y.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 105 ArtSpace  quot;Moon Light quot;, ламинированный картон</t>
   </si>
   <si>
     <t>941138</t>
@@ -2138,50 +2257,77 @@
   <si>
     <t>948010</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tiger/"&gt;TIGER&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfa/rd4sgpro2a4ec0gxlz64azb0ertyyv2h.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секционный TIGER SMART CLEVER UNICORN DREAMS 11х21,5х6 см откид. планка</t>
   </si>
   <si>
     <t>948011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/055/t3h39aawxuq0sna2u22i4gcpeuoii590.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секционный бол. Schoolformat AWESOME ROAR 200х130х25 картон, полиэстер откид. планка молния роз.</t>
   </si>
   <si>
     <t>948013</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/812/3c4l03rzmgnpd2g5knpb9kuc6na8qrvf.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секционный бол. Schoolformat DAISY 190х115х20 картон молния сирен.</t>
+  </si>
+  <si>
+    <t>948014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6b/ttdghn2v9qow4s19arjuv0ay9sulg5qt.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секционный бол. Schoolformat MAGIC GIRL 190х115х20 картон молния голуб.</t>
+  </si>
+  <si>
+    <t>948015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62a/d0xf58d1vrcfwifjbrfkacip2k7s9jci.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секционный мал. Schoolformat ЛАКОНИЧНАЯ ЭСТЕТИКА 190х65х20 картон молния бежев.</t>
+  </si>
+  <si>
+    <t>948020</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ded/8i8cyszm7f8vbrocxletwp5voexgfz8o.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секционный сред. Schoolformat AMORE CAT 190х90х20 картон молния голуб.</t>
   </si>
   <si>
     <t>948024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/435/br3g429azorpten86zrpm731qojal57s.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секционный сред. Schoolformat CUTE DEER 190х90х20 картон молния сирен.</t>
   </si>
   <si>
     <t>948025</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/718/2tc2u2kc21ck3nrbad5n7u2puzufvfhj.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секционный сред. Schoolformat ЖИЗНЬ БЛОГЕРА 190х90х20 картон молния персик.</t>
   </si>
   <si>
     <t>948027</t>
@@ -2204,89 +2350,110 @@
   <si>
     <t>948030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/2gk6115pt1o0jxqyc93b67a03xpeszl8.jpg</t>
   </si>
   <si>
     <t>Пенал FUN TIME БЕЗУМНЫЙ АВТОМОБИЛЬ 26х16х6 см ткань молния</t>
   </si>
   <si>
     <t>948039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/213/uadl9pncghz9ib0k705b41xxcysr8x83.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, 2 откидные планки, полиэстер, 21х14 см,  quot;UFO quot;, 271516</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG стандартного размера с одним отделением и двумя откидными планками. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Внутри пенала - цветная печать. Вмещает до 35 предметов. Материал снаружи и внутри - полиэстер с цветной печатью, ярким дизайном. Основа пенала - плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте. Внутри пенала имеются вкладыши для расписания уроков и с таблицей умножения.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>949821</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/771/tuvyk9nmcn7bruu6w00w0u3mqce519ht.jpg</t>
+  </si>
+  <si>
+    <t>Пенал BRAUBERG, 2 отделения, полиэстер, 21х14 см,  quot;Magic Cat quot;, 271542</t>
+  </si>
+  <si>
+    <t>Тканевый пенал BRAUBERG &amp;quot;Magic Cat&amp;quot; стандартного размера с двумя отделениями. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Внутри пенала - цветная печать. Вмещает до 25 предметов. Материал снаружи и внутри - полиэстер с цветной печатью, ярким дизайном. Основа пенала - плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте. Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.Школьные пеналы BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании текстильных товаров для детей и взрослых. Именно поэтому BRAUBERG выбирают дети и родители по всей стране.</t>
+  </si>
+  <si>
+    <t>949822</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fca/4edfl7bbyc0w03rc6l5gc2kwff2r5q3m.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 1 отделение, металлизированный картон, конгрев, 19х11 см,  quot;Moon Explorer quot;, 271507</t>
   </si>
   <si>
     <t>Пенал стандартного размера ЮНЛАНДИЯ с одним отделением выполнен из металлизированного картона с конгревом. Яркий дизайн. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для канцелярских принадлежностей. Вмещает до 18 предметов. Материал пенала - металлизированный картон с цветной объемной 3D-печатью и ярким дизайном. Основа пенала - плотный картон, обшитый тканью по краям. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Внутри пенала прочные резинки для канцелярских принадлежностей, внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Пенал имеет стандартный размер 19х11 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>949824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e3/spn07e432mzazhkh6at94d0siuojune4.jpg</t>
   </si>
   <si>
     <t>Пенал  1School Panda 2 отд., кож зам голография, 190х110 мм, ПКЗ 11-111</t>
   </si>
   <si>
     <t>Пенал №1School Panda 2 отд., кож/зам голография, 190х110 мм, ПКЗ 11-111</t>
   </si>
   <si>
     <t>952735</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/i9pkgo7eszukzym2rjokv22m3yzu0ty7.jpg</t>
   </si>
   <si>
     <t>Пенал  1School Space time, 1 секц., 190x110x20мм, ткань, 1554538</t>
   </si>
   <si>
     <t>Пенал №1School Space time, 1 секц., 190x110x20мм, ткань, 1554538</t>
   </si>
   <si>
     <t>952740</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6f4/7wki3m1ijylpli5tzhpdth7htaks17ad.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секц. бол. Schoolformat SPACE CAT 190х115х20 картон молния синий</t>
+  </si>
+  <si>
+    <t>953231</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/402/hwoe9flrgstmjrloxw03rngy92c1hbc0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал пластиковый ErichKrause Matt Manga, ассорти  в пакете по 4 штуки </t>
   </si>
   <si>
     <t>Пенал пластиковый ErichKrause Matt Manga, ассорти &amp;#40;в пакете по 4 штуки&amp;#41;</t>
   </si>
   <si>
     <t>961148</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/979/6s9re6rk6mgmo9zoygoal3nv10uhi1uy.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 110x205x25мм Peachy Flowers</t>
   </si>
   <si>
     <t>961150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/606/m8m6u701lx003rr26xh5rjti8jnms7xq.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 110x205x25мм Spiderweb</t>
@@ -2369,62 +2536,50 @@
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 135x205x30мм Skateboard Zone</t>
   </si>
   <si>
     <t>961162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/776/u6upapbn9lu8owwsqgbuvrbnhyormjy5.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 135x205x30мм Space Anime</t>
   </si>
   <si>
     <t>961163</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e54/5kejb1ki6yrqgt8xt5y1t38ad1m7f10z.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 135x205x30мм Timber Wolf</t>
   </si>
   <si>
     <t>961165</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/474/5h2by36v71wbenczlzedx6lt4dcgng8t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/72d/nis2jehdlifsec1t1npf3t8qxzecdn8z.jpg</t>
   </si>
   <si>
     <t>Пенал  1School Балерина 2 отд., ламинат, выборочный лак, 190x110 мм, ПКК 11</t>
   </si>
   <si>
     <t>Пенал №1School Балерина 2 отд., ламинат, выборочный лак, 190x110 мм, ПКК 11</t>
   </si>
   <si>
     <t>965571</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f06/fu1fo2evanbbdlf6z2snhbg8fxw1be75.jpg</t>
   </si>
   <si>
     <t>Пенал  1School Football 2 отд., ламинат, выборочный лак, 190x110 мм, ПКК 11</t>
   </si>
   <si>
     <t>Пенал №1School Football 2 отд., ламинат, выборочный лак, 190x110 мм, ПКК 11</t>
   </si>
   <si>
     <t>965574</t>
@@ -2432,50 +2587,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b57/ez5htlyy8ai12cmfsfno7g5js1p5sflr.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 60 Berlingo  quot;Radiance quot;, полиэстер, желтый</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210*60 Berlingo &amp;quot;Radiance&amp;quot;, полиэстер, желтый</t>
   </si>
   <si>
     <t>968383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ed/j8cw8dzfa0obh09qszx4vt1cm5srsjm3.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 130 Мульти-Пульти  quot;Чебурашка quot;, доп. секция, ткань</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*130 Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, доп. секция, ткань</t>
   </si>
   <si>
     <t>968397</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ba/0qe8ht0u9pz38dyyv4z8xzx4qtlzt8gu.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Be cool quot;, дополнительная откидная секция, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200*140*40 Berlingo &amp;quot;Be cool&amp;quot;, дополнительная откидная секция, полиэстер</t>
+  </si>
+  <si>
+    <t>968399</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/878/q5197o0jpijiv6akac570ifbnv0wdxoo.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Hello quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Berlingo &amp;quot;Hello&amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>968406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d6/2h18dzbvte39m3gphbl2hc09jjxrx1kd.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210 130 Мульти-Пульти  quot;Чебурашка quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 210*130 Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>968435</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2eb/bch0xk4y5zcyw1lv20uo9fiaji60lu83.jpg</t>
@@ -2486,50 +2653,59 @@
   <si>
     <t>Пенал пластиковый Erich Krause Matt Pastel Bloom, микс цветов, ассорти &amp;#40;в пакете по 4 штуки&amp;#41;</t>
   </si>
   <si>
     <t>970399</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c42/z80mmwgx8b502654285ae4l8o9mvwsrr.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения Erich Krause 110x205x25мм Another One</t>
   </si>
   <si>
     <t>970400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01e/mgjftsm6rx7cou48cezz0zdnbb139obl.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секция, большой, Schoolformat ДЕВОЧКА АНИМЕ 210x115x35 мм черн. картон, полиэстер с 1 откид. планкой</t>
   </si>
   <si>
     <t>979114</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/813/98k07h5k8g4vzy8vfm1jonl95otmuz2g.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секция, большой, Schoolformat ДЖОЙСТИК 210x115x35 мм черн. картон, полиэстер с 1 откид. планкой</t>
+  </si>
+  <si>
+    <t>979115</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/358/64s87o80r0m6btb02xraw46cjny4cdhb.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секция, большой, Schoolformat ОТКРЫТЫЙ КОСМОС 210x115x35 мм серый картон, полиэстер с 1 откид. планкой</t>
   </si>
   <si>
     <t>979116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/606/c1rfw3u8sljp86zofj24tsag059j7inn.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секция, большой, Schoolformat ПРИВЕТ РОМАШКИ 210x115x35 мм черн. картон, полиэстер с 1 откид. планкой</t>
   </si>
   <si>
     <t>979117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c6/80gl2wsoqkjfhl1imr0i3qxaytmft4bf.jpg</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР, 1 отделение, 1 откидная планка, полиэстер, 19х13 см,  quot;Cats greetings quot;, 272291</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР с 1 отделением, с 1 откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Вмещает до 23 предметов. Материал пенала - полиэстер с цветной печатью и ярким дизайном. Основа пенала - плотный картон, обшитый тканью по краям. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Внутри пенала на каждой створке - прочные резинки для канцелярских принадлежностей, также пенал оснащен откидной планкой с органайзером и прозрачным кармашком для расписания уроков. Шаблон расписания уроков идет в подарок! Внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Пенал имеет стандартный размер 19х13 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала, до 23 предметов, дает возможность держать все необходимые для уроков канцтовары в порядке в одном месте.Каждый пенал упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
@@ -2600,170 +2776,230 @@
   <si>
     <t>http://anytos.ru//upload/iblock/76f/vlsdlbrx0ljr73vnd7tbpj87eta3nwlr.jpg</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР, 3 отделения, ламинированный картон, 19х11 см,  quot;Anime eyes quot;, 272251</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР яркого дизайна с тремя отделениями выполнен из ламинированного картона, имеет тканевый торец. Удобные молнии с металлическим бегунком с трех сторон, прочные резинки для предметов. Вмещает до 42 предметов. Материал пенала – ламинированный картон с цветной печатью, ярким дизайном. Основа пенала – плотный картон, обшитый тканью. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет 3 отделения, внутри на каждой створке имеются прочные резинки для канцелярских принадлежностей, внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Пенал имеет стандартный размер 19х11 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать под рукой все необходимые для уроков канцтовары.</t>
   </si>
   <si>
     <t>979619</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb2/j2c8c6yjics0n3rb7iofzeulq3bj95u6.jpg</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР, 3 отделения, ламинированный картон, 19х11 см,  quot;Lazy cat quot;, 272252</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР яркого дизайна с тремя отделениями выполнен из ламинированного картона, имеет тканевый торец. Удобные молнии с металлическим бегунком с трех сторон, прочные резинки для предметов. Вмещает до 42 предметов. Материал пенала – ламинированный картон с цветной печатью, ярким дизайном. Основа пенала - плотный картон, обшитый тканью. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет 3 отделения, внутри на каждой створке имеются прочные резинки для канцелярских принадлежностей, внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Пенал имеет стандартный размер 19х11 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать под рукой все необходимые для уроков канцтовары.</t>
   </si>
   <si>
     <t>979623</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e09/3ysd49kh3o846dorfrajjdrd8f591ryd.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 1 карман, 220 95 50 Berlingo  quot;Nevermind quot;, полиэстер, откидная планка</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 1 карман, 220*95*50 Berlingo &amp;quot;Nevermind&amp;quot;, полиэстер, откидная планка</t>
+  </si>
+  <si>
+    <t>983137</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dbe/6w756epivg2n9a0802qi5ek1869pxdk7.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 110 ArtSpace  quot;Cool quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*110 ArtSpace &amp;quot;Cool&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983140</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/352/5xlwlek5qzhun1fm3vj1ze4v4ejufjmm.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 90 ArtSpace  quot;AvoLove quot;,ламинированный картон</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190*90 ArtSpace &amp;quot;AvoLove&amp;quot;,ламинированный картон</t>
+  </si>
+  <si>
+    <t>983146</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/159/5hur0f0vr1u9oz4gb7ihzmqimxkzm856.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 90 ArtSpace  quot;Cat mood quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*90 ArtSpace &amp;quot;Cat mood&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983148</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/720/qo8pxk2ydfj34kano3h6s5za3k4qrojc.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 90 ArtSpace  quot;Cool quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190*90 ArtSpace &amp;quot;Cool&amp;quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>983149</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e0f/61c2e519urqrhj5ykwt6kwz3rpkackle.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 90 ArtSpace  quot;Handsome quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*90 ArtSpace &amp;quot;Handsome&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983150</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2e3/m12as4anzc4lu13fm97a5w6mhugkcyt4.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 90 ArtSpace  quot;Music quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190*90 ArtSpace &amp;quot;Music&amp;quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>983151</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cb3/fb61g8ue180ptlkt6o627cke8j7t79ih.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 90 ArtSpace  quot;Skate quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*90 ArtSpace &amp;quot;Skate&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983152</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/69b/sx5arpw7o78xv5jumvzt1a2fi3s4mcyk.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 130 ArtSpace  quot;Cool couple quot; доп. секция, ткань</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200*130 ArtSpace &amp;quot;Cool couple&amp;quot; доп. секция, ткань</t>
+  </si>
+  <si>
+    <t>983154</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/108/5k8el5reneh04ax41u59zac6u35y9e45.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 130 ArtSpace  quot;Hey Great quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*130 ArtSpace &amp;quot;Hey Great&amp;quot;, две откидные секции, ткань</t>
   </si>
   <si>
     <t>983156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc7/clv9hkyww6ud4070psl29xys4226a300.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 130 ArtSpace  quot;Meow Space quot;, доп. секция, ткань</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*130 ArtSpace &amp;quot;Meow Space&amp;quot;, доп. секция, ткань</t>
   </si>
   <si>
     <t>983157</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/63d/hzcf3ba0gpzjp2pbk9fp0xdm0zch75sk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e7d/ntijwtm160sk8w3jj6sdhdbgoadi3sqd.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Funny colors quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Berlingo &amp;quot;Funny colors&amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>983166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e89/00x02mgnbgjjaxx90ckbl5u0w1pteob9.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Glossy stars quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Berlingo &amp;quot;Glossy stars&amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>983169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/042/xr4iukz091j57k9hbpxujp1ut9xga42n.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Perfect  quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Berlingo &amp;quot;Perfect &amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>983175</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fcd/mhzm2bmlqdukkg2pqksvrxthkxgv3kq4.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 140 40 Berlingo  quot;Shining butterfly quot;, дополнительная откидная секция, полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200*140*40 Berlingo &amp;quot;Shining butterfly&amp;quot;, дополнительная откидная секция, полиэстер</t>
+  </si>
+  <si>
+    <t>983178</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cc5/8msqk83wk149n8dgr7a4dhzbuef98rux.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Forst  quot;Cool bear quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Forst &amp;quot;Cool bear&amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>983181</t>
   </si>
   <si>
     <t>&lt;a href="/brands/forst/"&gt;Forst&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/846/dcbpqfp1rgqcjd4rgl4a181wpaf2usen.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Forst  quot;Funny zebra quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Forst &amp;quot;Funny zebra&amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>983186</t>
@@ -2807,50 +3043,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e95/u59j6f5d3imjvajmsn4x1xwed5t0wpgk.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Forst  quot;Lovely quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Forst &amp;quot;Lovely&amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>983194</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/750/9o4yoijif7ccejh2x494s2d430mtfr5p.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 140 40 Forst  quot;Super star quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*140*40 Forst &amp;quot;Super star&amp;quot;, дополнительная откидная секция, полиэстер</t>
   </si>
   <si>
     <t>983200</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bd5/c3yom2ghdm45melm1s64zrfxco3vhmpr.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 210 60 Berlingo  quot;Radiance quot;, полиэстер, зеленый</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 210*60 Berlingo &amp;quot;Radiance&amp;quot;, полиэстер, зеленый</t>
+  </si>
+  <si>
+    <t>983203</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/24d/gu6221c8lz7e4kcxzq6a6ia2y94v8his.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 105 ArtSpace  quot;404 quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*105 ArtSpace &amp;quot;404&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/972/smmaymd4w17xwzapyadjadbl84m7mcxh.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 105 ArtSpace  quot;Crazy time quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*105 ArtSpace &amp;quot;Crazy time&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae7/snwopcs6lxkrc398unzs7mdacsavy4zn.jpg</t>
@@ -2963,146 +3211,242 @@
   <si>
     <t>http://anytos.ru//upload/iblock/788/eoywp5egg1by77fecs1u6t5vilpa035g.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Have Fun quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Have Fun&amp;quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>983215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09a/42d7gqbkov4nos8aq7adur2sn4dv4ymt.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Kawaii quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Kawaii&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983216</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3fc/nx5xfjzlry7lw7jxf4j1trhzc6g7d9ei.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 190 110 ArtSpace  quot;New level quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;New level&amp;quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>983217</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4c3/ebu8paylflvyx2ik7fqoc55ma2mahna3.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Smile quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Smile&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10b/t57eczkoktyowdr5rtlfm4txb2ejwvpr.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Smile quot;, ткань</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Smile&amp;quot;, ткань</t>
   </si>
   <si>
     <t>983220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee5/r2xtsu6en5w4k1jup01unkhfoqthn0ty.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Space quot;, ткань</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Space&amp;quot;, ткань</t>
   </si>
   <si>
     <t>983221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f8/mb19rjlv80pnm87g2klgy4jc38vojevs.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Super quot;, ткань</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Super&amp;quot;, ткань</t>
   </si>
   <si>
     <t>983222</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/143/ceyj9y6avvo1ib7b9haolpj0r36daq7y.jpg</t>
-[...32 lines deleted...]
-    <t>983238</t>
+    <t>http://anytos.ru//upload/iblock/668/k0vst6oxza1vrgtvue5hh4z01qduaysn.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Abstract quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Abstract&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/938/44nipiwzga8s0wh22epqhz6zco4zz7wo.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Black and white quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Black and white&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983229</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cff/3nyvuvk0somb80i7hvzo8rzy6k4m17kh.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Burn quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Burn&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcf/0264o39hf2l3t7gs96xfrtfg37m8x6z7.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Butterfly quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Butterfly&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983231</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ba/20h327mp1ylvzqohdenimkwaafcoxbes.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Kitty quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Kitty&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/583/w70iz52l1eob0fm697n69m6b6kwpv34i.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Light grey quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Light grey&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c19/t02lyfruqpggbtl1kga4l2fxy9hv1ufl.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Street club quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Street club&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba3/974nwzs096er9ii55at6xqbwtc1fhxyz.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205 80 55 Berlingo  quot;Tokyo quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 205*80*55 Berlingo &amp;quot;Tokyo&amp;quot;, полиэстер, внутренний органайзер, магнит</t>
+  </si>
+  <si>
+    <t>983241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc9/3xfvj2lkrkrhdm7hoyqn94sjf03nytu0.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 3 отделения, 190 110 ArtSpace  quot;Bear quot;, ткань</t>
+  </si>
+  <si>
+    <t>Пенал 3 отделения, 190*110 ArtSpace &amp;quot;Bear&amp;quot;, ткань</t>
+  </si>
+  <si>
+    <t>983243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8bf/pekd6dv4fhdqjhdlmgo5v0tk1fes6d52.jpg</t>
   </si>
   <si>
     <t>Пенал 3 отделения, 190 110 ArtSpace  quot;Capybara quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 3 отделения, 190*110 ArtSpace &amp;quot;Capybara&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>983244</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a63/r1rile1eual5lat8zcg186p604ahywlz.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 3 отделения, 190 110 ArtSpace  quot;Cosmic quot;, ламинированный картон, софт-тач</t>
+  </si>
+  <si>
+    <t>Пенал 3 отделения, 190*110 ArtSpace &amp;quot;Cosmic&amp;quot;, ламинированный картон, софт-тач</t>
+  </si>
+  <si>
+    <t>983245</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9fa/s5z4p5z5ivxuwxdmfunllxgjxvpgk8w6.jpg</t>
   </si>
   <si>
     <t>Пенал 3 отделения, 190 110 ArtSpace  quot;Energy quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>Пенал 3 отделения, 190*110 ArtSpace &amp;quot;Energy&amp;quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>983246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28b/w0n15rrspj6u91q2nzcj1lr08fwmnjt5.jpg</t>
   </si>
   <si>
     <t>Пенал 3 отделения, 190 110 ArtSpace  quot;GirlsDay quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>Пенал 3 отделения, 190*110 ArtSpace &amp;quot;GirlsDay&amp;quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>983247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a8/4o4tfv4kca4brg0an62jgrhjftcoelu0.jpg</t>
@@ -3200,101 +3544,161 @@
   <si>
     <t>983256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc0/18ck04v4q6f6o54uiwdcy817vhryft8a.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, полиэстер, Cute bear, черный, 19х4х6 см, 272303</t>
   </si>
   <si>
     <t>Пенал BRAUBERG предназначен для хранения школьных принадлежностей, вмещает до 25 канцелярских предметов стандартного размера. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Выполнен из прочного материала. Внутри пенала подкладка из полиэстера. Имеет одно отделение для канцелярских принадлежностей. Застежка-молния с металлическим бегунком.Упакован в прозрачный полиэтиленовый пакет с картонным подвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.Универсальные косметички BRAUBERG – это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании товаров повседневного спроса для детей и взрослых. Именно поэтому BRAUBERG знают и выбирают по всей стране.</t>
   </si>
   <si>
     <t>985473</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea3/zug54x1qxk3el0ixlhniwff7p0mp63we.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, полиэстер, Sweet bunny, белый, 19х4х6 см, 272304</t>
   </si>
   <si>
     <t>985474</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/92b/7qevi4ahhoe09cmernup6ps99f96olj7.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, сред. LOREX KIDS CUTE MONSTERS 210x85x105 мм серый полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 1 отд. сред. LOREX KIDS CUTE MONSTERS 210x85x105 мм серый полиэстер</t>
+  </si>
+  <si>
+    <t>985644</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1e5/tovg3sft7empaxlcaxcwfv4tjs133f8s.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, сред. LOREX KIDS SHIBA BAND 210x85x105 мм оранж. полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отд. сред. LOREX KIDS SHIBA BAND 210x85x105 мм оранж. полиэстер</t>
   </si>
   <si>
     <t>985647</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/c65/ccz23h0av62wo1qcenglazu7jw4weo84.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, сред. Schoolformat БИРЮЗОВЫЙ 210x55x100 мм бирюз. полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 1 отд. сред. Schoolformat БИРЮЗОВЫЙ 210x55x100 мм бирюз. полиэстер</t>
+  </si>
+  <si>
+    <t>985648</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/162/lwg5fzct0i4w25hp6mf8ruwm14ax602a.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, сред. Schoolformat ГУСЬ ОБНИМУСЬ 210x40x90 мм черн. полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 1 отд. сред. Schoolformat ГУСЬ ОБНИМУСЬ 210x40x90 мм черн. полиэстер</t>
+  </si>
+  <si>
+    <t>985649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ba/iq22k1pn8zlmu0kkcbvxr0rk60f8dvyr.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, сред. Schoolformat ДОМАШНИЕ КОТЫ 210x40x90 мм бежев. полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отд. сред. Schoolformat ДОМАШНИЕ КОТЫ 210x40x90 мм бежев. полиэстер</t>
   </si>
   <si>
     <t>985650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27a/ortkj04lszep7q66xtptqb7k3ocomnop.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, сред. Schoolformat МИЛЫЙ МЕДВЕЖОНОК 210x40x90 мм черн. полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отд. сред. Schoolformat МИЛЫЙ МЕДВЕЖОНОК 210x40x90 мм черн. полиэстер</t>
   </si>
   <si>
     <t>985651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c4/pmcycql173n6e0uoldmzxi30ncqizuda.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, сред. Schoolformat МИР ПИКСЕЛЕЙ 210x40x90 мм сирен. полиэстер</t>
   </si>
   <si>
     <t>Пенал 1 отд. сред. Schoolformat МИР ПИКСЕЛЕЙ 210x40x90 мм сирен. полиэстер</t>
   </si>
   <si>
     <t>985652</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e33/ifwpdxe1u9ktn863emokk3ski1ajtapt.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, сред. Schoolformat СИНИЙ 210x55x100 мм синий полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 1 отд. сред. Schoolformat СИНИЙ 210x55x100 мм синий полиэстер</t>
+  </si>
+  <si>
+    <t>985653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/129/em6o4smew6xuylp2yefdci92gd2pgm5v.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, сред. Schoolformat СИРЕНЕВЫЙ 210x55x100 мм сирен. полиэстер</t>
+  </si>
+  <si>
+    <t>Пенал 1 отд. сред. Schoolformat СИРЕНЕВЫЙ 210x55x100 мм сирен. полиэстер</t>
+  </si>
+  <si>
+    <t>985654</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2be/lkey9jris5r19808wkr15no9175vk6pm.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, сред. Каляка-Маляка ЗАЙЧИКИ 200x65x90 мм роз. полиэстер кармашки, резиновый пулер</t>
   </si>
   <si>
     <t>Пенал 1 отд. сред. Каляка-Маляка ЗАЙЧИКИ 200x65x90 мм роз. полиэстер кармашки, резиновый пулер</t>
   </si>
   <si>
     <t>985657</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8d/djsigpr5bbmd2ibkbn819bqrlkwx7rbq.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, сред. Каляка-Маляка КОСМОС 200x65x90 мм синий полиэстер кармашки, резиновый пулер</t>
   </si>
   <si>
     <t>Пенал 1 отд. сред. Каляка-Маляка КОСМОС 200x65x90 мм синий полиэстер кармашки, резиновый пулер</t>
   </si>
   <si>
     <t>985658</t>
@@ -3383,59 +3787,122 @@
   <si>
     <t>993175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e95/8qhmi8lcf6yodf7asndpzucgth8s7ipf.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 1 отделение, металлизированный картон, конгрев, 19х11 см,  quot;Donut worry quot;, 272281</t>
   </si>
   <si>
     <t>Пенал стандартного размера ЮНЛАНДИЯ с одним отделением выполнен из металлизированного картона с конгревом. Яркий дизайн. Удобная молния с металлическим бегунком с трех сторон, прочные резинки для канцелярских принадлежностей. Вмещает до 18 предметов. Материал пенала – металлизированный картон с цветной объемной 3D-печатью и ярким дизайном. Основа пенала – плотный картон, обшитый тканью по краям. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Внутри пенала – прочные резинки для канцелярских принадлежностей, внутренняя часть выполнена из картона с глянцевой ламинацией с узором.Пенал имеет стандартный размер 19х11 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
   </si>
   <si>
     <t>993713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da6/06k2br3b2s1auaugl3afhdoupvnefy2e.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ, 3 отделения, картон с эффектом soft-touch, 19х11 см,  quot;True friend quot;, 272266</t>
   </si>
   <si>
     <t>993715</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ad8/o3o78mwmsomcoujeigu0fc1b2gwnd924.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секция, большой Schoolformat АНИМЕ ДЕВОЧКА 190х115х10 мм черн. картон</t>
+  </si>
+  <si>
+    <t>994033</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fe/96yg1bpaj9it4a15j813v8yi82b5q9aq.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секция, большой Schoolformat ЧЕРНЫЙ МИНИМАЛ 190х115х10 мм черн. картон</t>
+  </si>
+  <si>
+    <t>994034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/370/39pmdos56vz93s9afy1eu0gfq408sjfw.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секция, маленький Schoolformat БЫСТРЫЙ ГОРОД 190х65х10 мм разноцвет. картон</t>
+  </si>
+  <si>
+    <t>994035</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/192/c4z39qqawb3ucv34gmiixnta8z8harmm.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секция, маленький Schoolformat ГЛАЗА В НОЧИ 190х65х10 мм черн. картон</t>
   </si>
   <si>
     <t>994036</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d1e/xbnp9st00xd1yi7ivdp4kzba369owqif.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секция, средний Каляка-Маляка 190х90х20 мм синий картон</t>
+  </si>
+  <si>
+    <t>994038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/496/u2z9jg8yhizd0f2rk7krsbfroxnocegy.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 секции, большой Schoolformat ВОССТАНИЕ МАШИН 190х105 мм разноцвет. картон</t>
+  </si>
+  <si>
+    <t>994039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a50/yrs1oluwfxjy8ig3oo5chl23o9z7rxeu.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 секции, большой Schoolformat ДЖОЙСТИК 190х105 мм черн. картон</t>
+  </si>
+  <si>
+    <t>994040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e36/sg5e6p4q44ds8tnjhr2d0sdcszxxhnv1.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 секции, большой Schoolformat ЖАЖДА ОЩУЩЕНИЙ 190х105 мм разноцвет. картон</t>
+  </si>
+  <si>
+    <t>994041</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2eb/y0btza5jf4xgjzw3ov2jzwci21zgry9e.jpg</t>
   </si>
   <si>
     <t>Пенал 2 секции, большой Schoolformat КОМИКС АНИМЕ 190х105 мм черн. картон</t>
   </si>
   <si>
     <t>994042</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0a/gpivz3rphcin6ciopkaqebnra03uztxt.jpg</t>
   </si>
   <si>
     <t>Пенал 2 секции, большой Schoolformat КОТИКИ 190х105 мм роз. картон</t>
   </si>
   <si>
     <t>994044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab8/ezztrzy6uc1n300a1qgpdqlyzbc5oxa3.jpg</t>
   </si>
   <si>
     <t>Пенал 2 секции, большой Schoolformat КОТОПОНЧИК 190х105 мм черн. картон</t>
   </si>
   <si>
     <t>994045</t>
@@ -3479,86 +3946,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/230/0j316yehjw6zd0exl9o7jdo449jy1cpq.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, 2 откидные планки, полиэстер, 21х14 см, Digital lava, 272320</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG стандартного размера с одним отделением и двумя откидными планками. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Вмещает до 35 предметов. Материал снаружи и внутри – полиэстер с цветной печатью и ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, она поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в одном месте. Внутри пенала имеются вкладыши с расписанием уроков и таблицей умножения.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>994263</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/475/whjy2zv00b1gm3bfmza9utksmbqglyhq.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, полиэстер, 21х14 см,  quot;Neon drift quot;, 272329</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG стандартного размера с одним отделением. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Вмещает до 18 предметов. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцелярские принадлежности в одном месте.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
   </si>
   <si>
     <t>994721</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/738/7ylclu3ie1v90vg5h09mxp87oaope1sh.jpg</t>
+  </si>
+  <si>
+    <t>Пенал BRAUBERG, 2 отделения, полиэстер, 21х14 см,  quot;Butterfly catcher quot;, 272330</t>
+  </si>
+  <si>
+    <t>Тканевый пенал BRAUBERG &amp;quot;Butterfly catcher&amp;quot; стандартного размера с двумя отделениями. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Внутри пенала – цветная печать. Вмещает до 25 предметов. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте. Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид пенала при хранении и транспортировке.Школьные пеналы BRAUBERG – это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании текстильных товаров для детей и взрослых. Именно поэтому BRAUBERG выбирают дети и родители по всей стране.</t>
+  </si>
+  <si>
+    <t>994723</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d48/7isfirrruz1tfi8l0zj61b1qkuj00isg.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 3 отделения, полиэстер, 21х14 см,  quot;Night warrior quot;, 272333</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG &amp;quot;Night warrior&amp;quot; стандартного размера с тремя отделениями. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Внутри пенала – цветная печать. Вмещает до 46 предметов. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте. Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид пенала при хранении и транспортировке.Школьные пеналы BRAUBERG – это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании текстильных товаров для детей и взрослых. Именно поэтому BRAUBERG выбирают дети и родители по всей стране.</t>
   </si>
   <si>
     <t>994725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/daa/ghwmk414thgmig2oxhyyi6hpecd8to32.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 3 отделения, полиэстер, 21х14 см,  quot;Space sweets quot;, 272332</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG &amp;quot;Space sweets&amp;quot; стандартного размера с тремя отделениями. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Внутри пенала – цветная печать. Вмещает до 46 предметов. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте. Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид пенала при хранении и транспортировке.Школьные пеналы BRAUBERG – это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании текстильных товаров для детей и взрослых. Именно поэтому BRAUBERG выбирают дети и родители по всей стране.</t>
   </si>
   <si>
     <t>994726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb1/vlo1tdd58hsm3nzd5gkbnu0bg16oqd4i.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, 1 откидная планка, полиэстер, 21х14 см,  quot;Night Car quot;, 271522</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG стандартного размера с одним отделением и одной откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Внутри пенала - цветная печать. Вмещает до 25 предметов. Материал снаружи и внутри - полиэстер с цветной печатью, ярким дизайном. Основа пенала - плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцтовары в порядке, в одном месте. Внутри пенала имеется вкладыш для расписания уроков.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>994808</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ec2/3t4o7v03krh744spv95we52lymianlej.jpg</t>
+  </si>
+  <si>
+    <t>Пенал BRAUBERG, 1 отделение, 2 откидные планки, полиэстер, 21х14 см, Cute fox, 272318</t>
+  </si>
+  <si>
+    <t>994810</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/80c/ic3sk5depj6th7p04mqes23cu070pmx9.jpg</t>
   </si>
   <si>
     <t>Пенал пластиковый BRAUBERG, пастельный голубой, наклейки в комплекте, 21х9х3 см, 272272</t>
   </si>
   <si>
     <t>Пластиковый пенал BRAUBERG предназначен для школьников и художников. Вместительный, прочный, с удобным разделением для организации принадлежностей. Набор ярких наклеек в подарок! Изготовленный из качественного пластика пенал отличается прочностью и долговечностью. Компактный размер 21х9х3 см позволяет легко поместить его в рюкзак или сумку. Внутри имеется удобный органайзер для хранения различных канцелярских принадлежностей. В подарок идет набор ярких наклеек, которые помогут украсить пенал. Наклейки наносятся легко и надежно держатся на поверхности. Пенал легко открывается и закрывается с помощью прочного замка-застежки. Каждый пенал упакован в термоусадку, что позволит защитить его от повреждений во время транспортировки.</t>
   </si>
   <si>
     <t>995343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/038/dh6y7kon7lkv1hi8x1la0jj068pwky0f.jpg</t>
   </si>
   <si>
     <t>Пенал пластиковый BRAUBERG, пастельный розовый, наклейки в комплекте, 21х9х3 см, 272271</t>
   </si>
   <si>
     <t>995344</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e54/4uyyz6m7u9lrmzfjzq7upympkolg5yts.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 110x205x25мм Adrenaline Speed</t>
@@ -3743,62 +4231,83 @@
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 135x205x30мм Road Beast</t>
   </si>
   <si>
     <t>995965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0a/q3paj5ba7jd1acr4qi53wdv213rqx7p6.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 135x205x30мм Samurai</t>
   </si>
   <si>
     <t>995966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af5/8dtbu2eva61pej3v8qtia831r8elxzkk.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 135x205x30мм Tokyo Date</t>
   </si>
   <si>
     <t>995967</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ec6/cs9wl9gj1vi3lo9doy1gxjmfvb86ofmm.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секция средний Каляка-Маляка 190х90х20 мм сиреневый картон</t>
+  </si>
+  <si>
+    <t>Односекционный средний пенал Каляка-Маляка — удобный и практичный школьный аксессуар, который позволяет поддерживать идеальный порядок в сумке или рюкзаке и на рабочем столе. Пенал выполнен из ламинированного картона, оснащен молнией, легко открывается и закрывается, защищает содержимое от повреждений и потери презентабельного вида. Его легко постоянно носить с собой, чтобы к необходимым принадлежностям всегда был быстрый доступ.</t>
+  </si>
+  <si>
+    <t>996016</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7ab/20adxcdtvcmeqlo9l0woqy8szfx0ia53.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Funny Cats quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал школьный ArtSpace Funny Cats – удобная модель для хранения канцелярских принадлежностей. Изделие размером 190*60 мм имеет одно отделение, закрывающееся на молнию. Материал – ламинированный картон и текстиль. Есть крепления для канцтоваров. Поставляется без наполнения. Пенал выполнен в стильном дизайне и поместится в любую сумку, ранец или рюкзак. Индивидуальная упаковка в пакет. • Размер: 190*60 мм; • Материал: ламинированный картон / текстиль; • Форма: прямоугольная.</t>
   </si>
   <si>
     <t>996028</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6a4/ggigvg14osjtzg7byg03yqag1cuybypb.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 секц. мал. Schoolformat БАСКЕТ 130х200х10 мм черн. картон, полиэстер с 1 откид. планкой</t>
+  </si>
+  <si>
+    <t>996269</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/22c/ehupk7hep2bgqnps044rs0vfhrg6hbiu.jpg</t>
   </si>
   <si>
     <t>Пенал пластиковый ErichKrause Soft Reef, ассорти</t>
   </si>
   <si>
     <t>Пенал пластиковый ErichKrause Soft Reef, ассорти &amp;#40;в пакете по 4 штуки&amp;#41;</t>
   </si>
   <si>
     <t>998084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd2/48rdrujudh2hpqj0erh87ojt69s8z7as.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 115 ArtSpace  quot;Bright quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*115 ArtSpace &amp;quot;Bright&amp;quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>1002086</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/781/b4llxzl9hqzwj1nhce69vxkazu4fqj3k.jpg</t>
@@ -3863,86 +4372,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/460/w38h6vlrcptooexaxjkplaidlkcu3p21.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Kings quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*60 ArtSpace &amp;quot;Kings&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>1002093</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b08/jnikeyzv34wyz5vgu7kolpz4maq7o75b.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Shiny quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*60 ArtSpace &amp;quot;Shiny&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>1002095</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/215/mza5clmk2txnh61lrnfggtqthccaozgf.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Space quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190*60 ArtSpace &amp;quot;Space&amp;quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>1002096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e0/1dkvprpyqd555dpf338lf659a2v26b8j.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Street style quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 190*60 ArtSpace &amp;quot;Street style&amp;quot;, ламинированный картон</t>
+  </si>
+  <si>
+    <t>1002097</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/782/tss0o1rh96wipz692epr07h8470lp7xu.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Suchi Cats quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*60 ArtSpace &amp;quot;Suchi Cats&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>1002098</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/311/zrd0vi0gn3a8m7mcytp4typj52lyp34t.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190 60 ArtSpace  quot;Sweety quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 190*60 ArtSpace &amp;quot;Sweety&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>1002099</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e82/49zy2bdtlfy8e7z302izitgucqls3g6y.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 130 ArtSpace  quot;Cat quot;, две откидные секции, ткань</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200*130 ArtSpace &amp;quot;Cat&amp;quot;, две откидные секции, ткань</t>
+  </si>
+  <si>
+    <t>1002100</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a20/v075licgoagl3ahd8lashdkab8v75uo7.jpg</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200 130 ArtSpace  quot;Kawaii quot;, ламинированный картон</t>
   </si>
   <si>
     <t>Пенал 1 отделение, 200*130 ArtSpace &amp;quot;Kawaii&amp;quot;, ламинированный картон</t>
   </si>
   <si>
     <t>1002102</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f32/ufdiqz1b9rconv8yeauso9x5mnqziihd.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200 50 60 Berlingo  quot;Football game quot;, силикон</t>
+  </si>
+  <si>
+    <t>Пенал 1 отделение, 200*50*60 Berlingo &amp;quot;Football game&amp;quot;, силикон</t>
+  </si>
+  <si>
+    <t>1002108</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2d/lhm3x3arqutidbv0zx1yk22qjimxextc.jpg</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Capybara quot;, ткань</t>
+  </si>
+  <si>
+    <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Capybara&amp;quot;, ткань</t>
+  </si>
+  <si>
+    <t>1002110</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ad9/3gj0lzawd5x3hrd6o551o8cv40ytz41t.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;Meow Space quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;Meow Space&amp;quot;, ламинированный картон, софт-тач</t>
   </si>
   <si>
     <t>1002112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d56/6fqoai6oxa948dpgao1yy3drpgi1q81q.jpg</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190 110 ArtSpace  quot;My Friend quot;, ткань</t>
   </si>
   <si>
     <t>Пенал 2 отделения, 190*110 ArtSpace &amp;quot;My Friend&amp;quot;, ткань</t>
   </si>
   <si>
     <t>1002113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc3/edc72xwv11ny5fml9olo6pv6zzcdji7i.jpg</t>
@@ -4040,59 +4609,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bf6/l695ku1r6dg01a7si4lm79qvwwzfxhnh.jpg</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР, 3 отделения, ламинированный картон, 19х11 см,  quot;Bears quot;, 273487</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР яркого дизайна с 3 отделениями выполнен из ламинированного картона и имеет тканевый торец. Удобные молнии с металлическими бегунками расположены с трёх сторон, а внутри предусмотрены прочные резинки для фиксации канцелярских принадлежностей. Вмещает до 42 предметов.Основу пенала составляет плотный картон, обшитый тканью по краям и дополненный тканевой вставкой на торце. Такая конструкция обеспечивает износостойкость и надёжно защищает содержимое от повреждений.Пенал разделён на три отделения, каждое из которых оснащено прочными резинками для фиксации канцелярских принадлежностей. Внутренняя часть выполнена из глянцевого ламинированного картона с декоративным узором.Стандартный размер пенала – 19х11 см – позволяет легко размещать его в ранце, рюкзаке или сумке. Благодаря продуманной конструкции и вместительности, все необходимые для учёбы канцтовары всегда будут под рукой.Пенал упакован в ПЭТ-пакет с клейкой лентой и европодвесом, что обеспечивает сохранность товара при транспортировке и удобное размещение на полке магазина.</t>
   </si>
   <si>
     <t>1006353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/451/mfcjyadi47j6ghz92bqxsln1d2bewtlq.jpg</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР, 3 отделения, ламинированный картон, 19х11 см,  quot;Black camo quot;, 273489</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР яркого дизайна с тремя отделениями выполнен из ламинированного картона, имеет тканевый торец. Оснащен удобными молниями с металлическими бегунками с трех сторон, а также прочными резинками для фиксации предметов. Вмещает до 42 предметов. Материал пенала – ламинированный картон с цветной печатью и ярким дизайном. Основа пенала – плотный картон, обшитый тканью по краям, с тканевым торцом. Такая конструкция отличается износостойкостью и прочностью, что помогает защитить канцелярские принадлежности от повреждений.Пенал имеет 3 отделения. Внутри на каждой створке расположены прочные резинки для фиксации канцелярских принадлежностей. Внутренняя часть выполнена из картона с глянцевой ламинацией и декоративным узором.Пенал стандартного размера 19х11 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Хорошая вместимость пенала дает возможность держать под рукой все необходимые для уроков канцтовары.Упакован в ПЭТ-пакет на клейкой ленте с европодвесом. Такая упаковка сохраняет качество товара при транспортировке и удобна для размещения в магазине.</t>
   </si>
   <si>
     <t>1006354</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e87/8y0ezx34dggl1gkqj6scvmmqy3o31ul9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/388/s92szaxnr1tim184c5zmj0mlq5r6vpgt.jpg</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР, 3 отделения, ламинированный картон, 19х11 см,  quot;Outer space quot;, 273488</t>
   </si>
   <si>
     <t>1006356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/768/ezq31s89rh27sodtvzcn1ephkjse3mjs.jpg</t>
   </si>
   <si>
     <t>Пенал ПИФАГОР, 3 отделения, ламинированный картон, 19х11 см,  quot;Pretty bunny quot;, 273485</t>
   </si>
   <si>
     <t>1006357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/079/gfcw2wl55xdw36oabmg2fb49b7bd6hif.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ большой, 1 отделение, 1 откидная планка, карман, полиэстер EVA, 22х15х5 см, Anime sign, 273194</t>
   </si>
   <si>
     <t>Пенал каркасный ЮНЛАНДИЯ выполнен из современного и экологичного материала EVA, с эффектом из ткани. Вмещает до 100 канцелярских предметов стандартного размера. Пенал прямоугольной формы с одним вместительным отделением. Внутри откидная планка с органайзером на 6 предметов, а также боковой карман из сеточки. Вмещает до 100 канцелярских предметов стандартного размера. Пенал оснащен молнией с двумя металлическими бегункамиБлагодаря каркасу пенал отлично сохраняет форму. Материал каркаса пенала EVA - легкий, не вызывает аллергии, поверхность с покрытием из ткани. Снаружи дизайн дополнен уникальным 3D-эффектом - выпуклым рельефным изображением.Пенал имеет оптимальный размер 22х15х5 см для размещения в нем всех необходимых для школы письменных предметов и канцелярии. Удобный и вместительный, не займет много места в ранце или рюкзаке. Поставляется в прозрачной упаковке с европодвесом.Отлично подойдет для дошкольников и школьников, в качестве подарка для выпускников детских садов, первоклассников, а также на день рождения ребенку любого возраста.</t>
@@ -4262,59 +4822,77 @@
   <si>
     <t>Пенал односекционный Schoolformat БЫСТРЫЙ ИГРОК 190х115х20 мм синий ламин.картон</t>
   </si>
   <si>
     <t>1007232</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62c/xe791itkgp152kdatap6dypyz8t01z3d.jpg</t>
   </si>
   <si>
     <t>Пенал односекционный Schoolformat ГЕРОЙ ФУТБОЛА 130х200х20 мм черн. ламин.картон с 1 откид. планкой</t>
   </si>
   <si>
     <t>1007233</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d9/rt6mta2gq021f5b4b5we5bw0zj90b9d8.jpg</t>
   </si>
   <si>
     <t>Пенал односекционный Schoolformat КРУТОЙ МИШКА 190х115х20 мм серый ламин.картон</t>
   </si>
   <si>
     <t>1007234</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eda/cue74nqpf3gixx0umg4zv9dfy6r54f1o.jpg</t>
+  </si>
+  <si>
+    <t>Пенал односекционный Schoolformat НОЧНОЙ ЗАЕЗД 190х115х20 мм черн. ламин.картон</t>
+  </si>
+  <si>
+    <t>1007236</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/324/72mr9r0m8gigg3ud89mxcusxwe3a89v8.jpg</t>
   </si>
   <si>
     <t>Пенал односекционный Schoolformat СТИЛЬ РОЗОВЫЙ 190х115 мм черн. картон soft touch покрытие</t>
   </si>
   <si>
     <t>1007238</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2da/xvq90go0l4yi1tpj128ietdvmucb0u7q.jpg</t>
+  </si>
+  <si>
+    <t>Пенал односекционный мал. Schoolformat LITTLE FACE 190х65х20 мм роз. картон</t>
+  </si>
+  <si>
+    <t>1007241</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/816/lnep6abwv9lavqkhv520asda22m1bkop.jpg</t>
   </si>
   <si>
     <t>Пенал двухсекционный Schoolformat БАЛЕРИНА 190х105х35 мм черн. ламин.картон</t>
   </si>
   <si>
     <t>1007242</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb2/zpp3kvy5c1kewh0r5rj0lcvu3f2v723x.jpg</t>
   </si>
   <si>
     <t>Пенал двухсекционный Schoolformat БЫСТРЫЕ СКОРОСТИ 190х105 мм разноцвет. картон</t>
   </si>
   <si>
     <t>1007243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/325/cfwn7wbaxn93j1332im4s91h3rwzg90k.jpg</t>
   </si>
   <si>
     <t>Пенал двухсекционный Schoolformat ДЖОЙСТИК 190х105х35 мм черн. ламин.картон</t>
   </si>
   <si>
     <t>1007244</t>
@@ -4361,119 +4939,119 @@
   <si>
     <t>Пенал двухсекционный Schoolformat МАЙНКАР 190х105х35 мм зелен. ламин.картон</t>
   </si>
   <si>
     <t>1007249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdd/obruq0lrr8zcxb6cpqsddprmoznjs6j0.jpg</t>
   </si>
   <si>
     <t>Пенал двухсекционный Schoolformat МИШКИ ВОЛШЕБНИКИ 190х105 мм сирен. картон</t>
   </si>
   <si>
     <t>1007250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dfa/s2urlgl909q85ff3gulmz86sq00ulfxu.jpg</t>
   </si>
   <si>
     <t>Пенал двухсекционный Schoolformat НА ПОЛЯНКЕ 190х105х35 мм разноцвет. ламин.картон</t>
   </si>
   <si>
     <t>1007251</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a63/p82ju04yi45n2r8k29c4u4smdpkldp7t.jpg</t>
+  </si>
+  <si>
+    <t>Пенал двухсекционный Schoolformat ОБНИМАШКИ 190х105х35 мм сирен. картон</t>
+  </si>
+  <si>
+    <t>1007252</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/01c/pr30h0nkx7akq2wc0i9wy5jynhvjk6ck.jpg</t>
   </si>
   <si>
     <t>Пенал двухсекционный Schoolformat ТЕХНИКА БУДУЩЕГО 190х105х35 мм синий картон</t>
   </si>
   <si>
     <t>1007253</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9d/tvx1axq203lxtutiw4bjy84pizl8d9j3.jpg</t>
   </si>
   <si>
     <t>Пенал двухсекционный Schoolformat ЯРКИЕ ЗВЕРЯТА 190х105х35 мм разноцвет. ламин.картон</t>
   </si>
   <si>
     <t>1007254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e5/utnsh9lu7vpa2qhsyhado1rk8fkrtu18.jpg</t>
   </si>
   <si>
     <t>Пенал трехсекционный Schoolformat КОСМИЧЕСКАЯ МАШИНА 190х105х50 мм синий ламин.картон</t>
   </si>
   <si>
     <t>1007255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ba/9kkz79ijtq5fjhybohrebzlwa1wfl0dv.jpg</t>
   </si>
   <si>
     <t>Пенал трехсекционный Schoolformat ФЕЯ 190х105х50 мм синий ламин.картон</t>
   </si>
   <si>
     <t>1007256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dca/ziyh5r5xfxkjuuso1stp282d2igu3m6v.jpg</t>
   </si>
   <si>
     <t>Пенал 1 секционный, большой LOREX KIDS LOVELY BUNNY 120х210х23 мм роз. полиэстер</t>
   </si>
   <si>
     <t>1009724</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/19f/j8omzwlubvwinfq7aif7zhfqfpcj9czg.jpg</t>
-[...2 lines deleted...]
-    <t>Пенал BRAUBERG KIDS большой удобный с откидной планкой, EVA, 22х15х4 см,  quot;Dark car quot;, 273508</t>
+    <t>http://anytos.ru//upload/iblock/032/l9s4ica7rfs62mrzs7red2o6s5v7y3rr.jpg</t>
+  </si>
+  <si>
+    <t>Пенал BRAUBERG KIDS большой удобный с откидной планкой, EVA, 22х15х4 см,  quot;Dreamy clouds quot;, 273507</t>
   </si>
   <si>
     <t>Пенал каркасный BRAUBERG KIDS выполнен из EVA материала – современного и экологичного. Пеналы из такого материала формоустойчивые и легкие. Пеналы BRAUBERG KIDS отличаются яркими уникальными дизайнами с 3D-эффектом. Пеналы BRAUBERG KIDS большого размера 22х15 см удобно брать с собой в школу и на внешкольные занятия, а также использовать дома. Особенность материала EVA делает сам пенал легким и компактным, удобным для переноски в ранце, рюкзаке или сумке. Каждый пенал имеет одно большое отделение внутри, оснащен планкой-органайзером, которая вмещает до 5 крупных предметов. Также на верхней створке пенала имеется двойной кармашек из сетки, в котором можно расположить крупную канцелярию, принадлежности для поделок и творчества. Каждый пенал упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
-    <t>1010472</t>
+    <t>1010473</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/032/l9s4ica7rfs62mrzs7red2o6s5v7y3rr.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd2/745x1turfalitv193frjdvftwseea3e8.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG SHINY, 1 отделение, 1 откидная планка, EVA, 22х13х4 см,  quot;Scary dino quot;, 273517</t>
   </si>
   <si>
     <t>Пенал каркасный BRAUBERG выполнен из материала EVA – современного и экологичного. Пеналы из такого материала формоустойчивые и легкие. Пеналы BRAUBERG EVA SHINY отличаются яркими уникальными дизайнами с перламутровым эффектом. Пенал увеличенного размера 22х13 см удобно брать с собой в школу и на внешкольные занятия, а также использовать дома. Особенность материала EVA делает сам пенал легким и компактным, удобным для переноски в ранце, рюкзаке или сумке. Пенал имеет одно большое отделение внутри, оснащен планкой-органайзером, которая вмещает до 5 крупных предметов. Также на верхней створке пенала имеется двойной кармашек из сетки, в котором можно расположить крупную канцелярию, принадлежности для творчества. Каждый пенал упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>1010475</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de8/pseq6ndq3bt9hz4x3qtkuzkaw995643s.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG, 1 отделение, 1 откидная планка, EVA, 22х10х5 см,  quot;Disturbed quot;, 273513</t>
   </si>
   <si>
     <t>Пенал каркасный BRAUBERG выполнен из материала EVA с эффектом объемного изображения. Вмещает до 50 канцелярских предметов стандартного размера. Пенал прямоугольной формы с одним вместительным отделением и откидной планкой с органайзером. Застегивается на молнию с брендированным бегунком. Размер – 22х10х5 см. Пенал имеет оптимальный размер для размещения в нем всех необходимых для школы письменных предметов. Широкая молния позволит без затруднений достать канцелярские принадлежности. Удобный и вместительный пенал не займет много места в школьном ранце или рюкзаке. Благодаря каркасу пенал отлично сохраняет форму. Материал пенала легкий, не вызывает аллергии, поверхность водонепроницаемая, мягкая и приятная на ощупь. Поставляется в прозрачной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>1010476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b1d/252wuy7eejkfhgmxv6lbchzzspam7h6r.jpg</t>
@@ -4862,90 +5440,57 @@
   <si>
     <t>1012432</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc9/tvcoudx80fux6mh4tacq3arf7cruec4u.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер BRAUBERG, 1 отделение, С НАКЛЕЙКАМИ, молния вокруг, канвас, 22x15х6 см, фиолетовый, 273594</t>
   </si>
   <si>
     <t>Пенал-органайзер BRAUBERG MOMENTS увеличенного объема выполнен из прочного материала - канвас. Надежная молния оснащена металлическим брендированным бегунком. Пенал вмещает до 100 канцелярских предметов стандартных размеров. Уникальный сет наклеек внутри. Пенал BRAUBERG MOMENTS имеет одно вместительное отделение с 8 карманами, что позволяет разместить до 100 предметов. Застежка-молния, расположенная вокруг, обеспечивает удобный доступ к содержимому. Пенал имеет оптимальный размер для размещения в нем не только канцелярских принадлежностей и принадлежностей для творчества, но и повседневных мелочей, аксессуаров, таким образом может выполнять роль универсального несессера, который можно всегда взять с собой. Внутри пенала уникальный сет наклеек, с помощью которых можно украсить как сам пенал, так и другие личные вещи.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>1012433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fe/8wq8ung3iba7ad2zq6zk7zj5blfpf506.jpg</t>
   </si>
   <si>
     <t>Пенал-органайзер BRAUBERG, 1 отделение, С НАКЛЕЙКАМИ, молния вокруг, канвас, 22x15х6 см, черный, 273596</t>
   </si>
   <si>
     <t>1012434</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a70/v6mdgii8zjlsjzvu7ypll3jlksvo9bgy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1fa/fm68jpdig69pj4aatrnx3nj0jkd5wjjp.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка без наполнения ErichKrause 135x205x30мм Prima Cat</t>
   </si>
   <si>
     <t>1012728</t>
-  </si>
-[...22 lines deleted...]
-    <t>1013664</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad5/2ezsty2w1wxnnmzrl7ztv0s2t1l4i6jw.jpg</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ ЮНИОР, 2 отделения, полиэстер,  quot;Offroad quot;, 21х8х6 см, 273813</t>
   </si>
   <si>
     <t>Пенал ЮНЛАНДИЯ ЮНИОР с двумя отделениями предназначен для хранения школьных канцелярских принадлежностей. Застегивается на молнию с металлическим бегунком. Вмещает до 50 предметов. Выполнен из прочного полиэстера, приятного на ощупь. Внутри пенала – одно отделение с застежкой-молнией, оснащенной металлическим бегунком. Снаружи – дополнительное отделение – карман с застежкой на молнии. Яркая печать уникального дизайна на переднем кармашке пенала. Компактный размер 21х8х6 см делает пенал удобным для ежедневного использования. Идеально подходит для хранения ручек, карандашей, ластиков и других канцелярских принадлежностей.Упакован в прозрачный полиэтиленовый пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>1014961</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -5284,9941 +5829,11109 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J442"/>
+  <dimension ref="A1:M492"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G442" sqref="G442"/>
+      <selection pane="bottomRight" activeCell="G492" sqref="G492"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C6" s="1" t="s">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...85 lines deleted...]
-      <c r="B10" s="1" t="s">
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="F137" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="3" t="s">
+      <c r="G137" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="F10" s="3" t="s">
-[...33 lines deleted...]
-      <c r="B12" s="1" t="s">
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F151" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...272 lines deleted...]
-      <c r="B24" s="1" t="s">
+      <c r="G151" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...2690 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C153" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B153" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>602</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
         <v>603</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>81</v>
+        <v>605</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>547</v>
+        <v>94</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>547</v>
+        <v>94</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>44</v>
+        <v>620</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>44</v>
+        <v>624</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>44</v>
+        <v>628</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>44</v>
+        <v>632</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>44</v>
+        <v>501</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>44</v>
+        <v>641</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>44</v>
+        <v>644</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>44</v>
+        <v>647</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G172" s="3" t="s">
         <v>655</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...6 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>667</v>
+        <v>55</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>671</v>
+        <v>55</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>675</v>
+        <v>55</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>679</v>
+        <v>55</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>683</v>
+        <v>55</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>687</v>
+        <v>55</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>691</v>
+        <v>55</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>692</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
         <v>693</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>694</v>
+        <v>55</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>695</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>696</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>697</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>697</v>
+        <v>55</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>698</v>
       </c>
       <c r="F184" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="G184" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C185" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="C185" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="F185" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="C186" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="C186" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>708</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>547</v>
+        <v>94</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>709</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>547</v>
+        <v>67</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>547</v>
+        <v>67</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>699</v>
+        <v>49</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C196" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="F196" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G196" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>756</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>758</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C202" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="F202" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="F203" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="C206" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>776</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
         <v>777</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>83</v>
+        <v>789</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C211" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="F211" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G211" s="3" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>736</v>
+        <v>571</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>468</v>
+        <v>94</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>802</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>803</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>487</v>
+        <v>94</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
         <v>804</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>805</v>
       </c>
       <c r="C215" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="C216" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>809</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="B217" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="C217" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="B218" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="C218" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="F218" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C219" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="C219" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="F219" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="C220" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="C220" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="F220" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="C221" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>826</v>
       </c>
-      <c r="C221" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="F221" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="C222" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>829</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="B223" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="C223" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>834</v>
-      </c>
-[...18 lines deleted...]
-        <v>837</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>834</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G225" s="3" t="s">
+      <c r="F226" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="G226" s="3" t="s">
         <v>843</v>
       </c>
     </row>
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-      <c r="A226" s="1" t="s">
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="C227" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="F230" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="C234" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="F234" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="C235" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="B236" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="C236" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="C237" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="C238" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="F238" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="F239" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="C240" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="F240" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="C241" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="B242" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="C242" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>901</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G242" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="F240" s="3" t="s">
+      <c r="B243" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="G240" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="C243" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="C241" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="B244" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="C242" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="B245" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="B246" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="B247" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="B248" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="C248" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="B249" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B250" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="B251" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="C252" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>942</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="B255" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B256" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="B257" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="C257" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>962</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="B258" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>966</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="B259" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="C259" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>970</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="B260" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B261" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="B262" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="C262" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="F262" s="3" t="s">
         <v>983</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="G262" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="C263" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="C261" s="1" t="s">
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="D261" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="F263" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="C264" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="C262" s="1" t="s">
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>991</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="F264" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="C265" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="C263" s="1" t="s">
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>995</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="F265" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="C266" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="C264" s="1" t="s">
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="C267" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="F267" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="B268" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="C268" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="C266" s="1" t="s">
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1007</v>
       </c>
-      <c r="D266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="F268" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="B269" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="C269" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="F269" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="B270" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="C270" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="F270" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="C271" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="C269" s="1" t="s">
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F271" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="C272" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="F272" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="C273" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="F273" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="C272" s="1" t="s">
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1031</v>
       </c>
-      <c r="D272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="C275" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="F275" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="B276" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="C276" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1039</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="F276" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C277" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1043</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="F277" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="C278" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1047</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="F278" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="C279" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1051</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="F279" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="C280" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1055</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="F280" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="C281" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="C279" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1059</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="C280" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="D280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="F280" s="3" t="s">
+      <c r="F282" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="G280" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="B283" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="C281" s="1" t="s">
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="F283" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1071</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="F284" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="F285" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1079</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="F286" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="F284" s="3" t="s">
+      <c r="B287" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="G284" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="F287" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="B288" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="B290" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="B291" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="F291" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="B292" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1103</v>
       </c>
-      <c r="C290" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="F292" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="F290" s="3" t="s">
+      <c r="B293" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="G290" s="3" t="s">
+      <c r="C293" s="1" t="s">
         <v>1106</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1107</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="F293" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="C291" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="B294" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="F294" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="B295" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="B296" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="C294" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="F296" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="B297" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="F297" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="C296" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="C298" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="B299" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1131</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="F299" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="B300" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C300" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1135</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="C301" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="F301" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="B302" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="C302" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F302" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="C303" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="D303" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="C304" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1151</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="F304" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="C305" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1155</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="F305" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="C306" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1159</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F306" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="C308" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1167</v>
       </c>
-      <c r="D308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="F308" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="C309" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D309" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C310" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1174</v>
       </c>
-      <c r="D310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F310" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="C311" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="C311" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>1178</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>83</v>
+        <v>1179</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F312" s="3" t="s">
         <v>1179</v>
       </c>
-      <c r="B312" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G312" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1174</v>
+        <v>1190</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1174</v>
+        <v>1194</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1174</v>
+        <v>1198</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1174</v>
+        <v>1202</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1174</v>
+        <v>1206</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1174</v>
+        <v>1210</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1202</v>
+        <v>1211</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1203</v>
+        <v>1212</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1204</v>
+        <v>1213</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>83</v>
+        <v>1216</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1208</v>
+        <v>1218</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1209</v>
+        <v>1219</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>83</v>
+        <v>1216</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1211</v>
+        <v>1221</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1212</v>
+        <v>1222</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1209</v>
+        <v>1223</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1213</v>
+        <v>1224</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>83</v>
+        <v>1179</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1214</v>
+        <v>1225</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1215</v>
+        <v>1226</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1209</v>
+        <v>1227</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F335" s="3" t="s">
         <v>1216</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...277 lines deleted...]
-      </c>
       <c r="G335" s="3" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1257</v>
+        <v>1271</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1258</v>
+        <v>1272</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1259</v>
+        <v>1272</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1260</v>
+        <v>1273</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1261</v>
+        <v>1274</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1262</v>
+        <v>1275</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1264</v>
+        <v>1276</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1265</v>
+        <v>1277</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1267</v>
+        <v>1278</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1268</v>
+        <v>1279</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1275</v>
+        <v>1284</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>46</v>
+        <v>571</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="C347" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F347" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F348" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F350" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F351" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C352" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...113 lines deleted...]
-      </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="B354" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C354" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="B356" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C356" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="C356" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D356" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1351</v>
+        <v>1337</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1351</v>
+        <v>1337</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1351</v>
+        <v>1337</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1361</v>
+        <v>1337</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>1362</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="C364" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1365</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="F364" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="B365" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="C365" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="C365" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D365" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C367" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D367" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>1376</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1378</v>
+        <v>1372</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>1379</v>
       </c>
       <c r="F368" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="G368" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="C369" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1382</v>
       </c>
-      <c r="C369" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="F369" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="C370" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1385</v>
       </c>
-      <c r="C370" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="F370" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="B371" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="C371" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1388</v>
       </c>
-      <c r="C371" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="F371" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="B372" s="1" t="s">
         <v>1390</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="C372" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1391</v>
       </c>
-      <c r="C372" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="F372" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="B373" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="C373" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1394</v>
       </c>
-      <c r="C373" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="F373" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="C374" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1397</v>
       </c>
-      <c r="C374" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="F374" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="C375" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1400</v>
       </c>
-      <c r="C375" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="F375" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="C376" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1403</v>
       </c>
-      <c r="C376" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="F376" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="B377" s="1" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>1406</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>1407</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>547</v>
+        <v>1216</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
         <v>1408</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>1409</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>547</v>
+        <v>571</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>547</v>
+        <v>94</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1436</v>
+        <v>1445</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1437</v>
+        <v>1446</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1438</v>
+        <v>1447</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1439</v>
+        <v>1448</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1440</v>
+        <v>1450</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1441</v>
+        <v>1451</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1442</v>
+        <v>1452</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1442</v>
+        <v>1453</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1444</v>
+        <v>1455</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1445</v>
+        <v>1456</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1449</v>
+        <v>1462</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1450</v>
+        <v>1463</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1451</v>
+        <v>1464</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1451</v>
+        <v>1465</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1452</v>
+        <v>1466</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1453</v>
+        <v>1467</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1454</v>
+        <v>1469</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1455</v>
+        <v>1470</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1456</v>
+        <v>1471</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1457</v>
+        <v>1472</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1457</v>
+        <v>1473</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1458</v>
+        <v>1474</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>547</v>
+        <v>57</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1459</v>
+        <v>1475</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1460</v>
+        <v>1476</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1460</v>
+        <v>1477</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1461</v>
+        <v>1478</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>1064</v>
+        <v>469</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1462</v>
+        <v>1479</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1464</v>
+        <v>1481</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1465</v>
+        <v>1482</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>1466</v>
+        <v>57</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1467</v>
+        <v>1483</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1468</v>
+        <v>1484</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1464</v>
+        <v>1485</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1469</v>
+        <v>1486</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>1466</v>
+        <v>57</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1470</v>
+        <v>1487</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1471</v>
+        <v>1488</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1472</v>
+        <v>1489</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1473</v>
+        <v>1490</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1474</v>
+        <v>1491</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1475</v>
+        <v>1492</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1476</v>
+        <v>1493</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1477</v>
+        <v>1494</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1478</v>
+        <v>1495</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1479</v>
+        <v>1496</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1480</v>
+        <v>1497</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1481</v>
+        <v>1498</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1482</v>
+        <v>1499</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1483</v>
+        <v>1500</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1484</v>
+        <v>1501</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1485</v>
+        <v>1502</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1486</v>
+        <v>1503</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1487</v>
+        <v>1504</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1488</v>
+        <v>1505</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1489</v>
+        <v>1506</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1490</v>
+        <v>1507</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1491</v>
+        <v>1508</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1492</v>
+        <v>1509</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1493</v>
+        <v>1510</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1495</v>
+        <v>1511</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1496</v>
+        <v>1512</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1497</v>
+        <v>1513</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1498</v>
+        <v>1514</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1499</v>
+        <v>1515</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1500</v>
+        <v>1516</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1500</v>
+        <v>1517</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1501</v>
+        <v>1518</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1503</v>
+        <v>1520</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1503</v>
+        <v>1517</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1504</v>
+        <v>1521</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1505</v>
+        <v>1522</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1506</v>
+        <v>1523</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1506</v>
+        <v>1524</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1507</v>
+        <v>1525</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1508</v>
+        <v>1526</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1509</v>
+        <v>1527</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1509</v>
+        <v>1528</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1510</v>
+        <v>1529</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1511</v>
+        <v>1530</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1512</v>
+        <v>1531</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1512</v>
+        <v>1528</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1513</v>
+        <v>1532</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1514</v>
+        <v>1533</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1515</v>
+        <v>1534</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1515</v>
+        <v>1528</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1516</v>
+        <v>1535</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1520</v>
+        <v>1539</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1521</v>
+        <v>1540</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1522</v>
+        <v>1541</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1523</v>
+        <v>1538</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1524</v>
+        <v>1542</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1525</v>
+        <v>1543</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1526</v>
+        <v>1544</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1527</v>
+        <v>1538</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1529</v>
+        <v>1546</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1530</v>
+        <v>1547</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1531</v>
+        <v>1548</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>1532</v>
+        <v>1549</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1533</v>
+        <v>1550</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1534</v>
+        <v>1551</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1535</v>
+        <v>1552</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1536</v>
+        <v>1553</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
-        <v>1537</v>
+        <v>1554</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1538</v>
+        <v>1555</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1535</v>
+        <v>1552</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1539</v>
+        <v>1556</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1540</v>
+        <v>1557</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1541</v>
+        <v>1558</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1542</v>
+        <v>1552</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1543</v>
+        <v>1559</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1544</v>
+        <v>1560</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1545</v>
+        <v>1561</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1542</v>
+        <v>1562</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1546</v>
+        <v>1563</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1547</v>
+        <v>1564</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1542</v>
+        <v>1565</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1549</v>
+        <v>1566</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>38</v>
+        <v>1567</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1550</v>
+        <v>1568</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1551</v>
+        <v>1569</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1542</v>
+        <v>1569</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>1552</v>
+        <v>1570</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>38</v>
+        <v>1567</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
-        <v>1553</v>
+        <v>1571</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1554</v>
+        <v>1572</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1555</v>
+        <v>1572</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>1556</v>
+        <v>1573</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
-        <v>1557</v>
+        <v>1574</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1558</v>
+        <v>1575</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1555</v>
+        <v>1575</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1559</v>
+        <v>1576</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
-        <v>1560</v>
+        <v>1577</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1561</v>
+        <v>1578</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1555</v>
+        <v>1578</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>1562</v>
+        <v>1579</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
-        <v>1563</v>
+        <v>1580</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1564</v>
+        <v>1581</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1555</v>
+        <v>1581</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>1565</v>
+        <v>1582</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
-        <v>1566</v>
+        <v>1583</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1567</v>
+        <v>1584</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1555</v>
+        <v>1584</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1568</v>
+        <v>1585</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>38</v>
+        <v>1179</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1569</v>
+        <v>1586</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1570</v>
+        <v>1587</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1555</v>
+        <v>1587</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1571</v>
+        <v>1588</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>38</v>
+        <v>1179</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1572</v>
+        <v>1589</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1573</v>
+        <v>1590</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1574</v>
+        <v>1590</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1575</v>
+        <v>1591</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1576</v>
+        <v>1592</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1577</v>
+        <v>1593</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1578</v>
+        <v>1593</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1579</v>
+        <v>1594</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1580</v>
+        <v>1595</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1581</v>
+        <v>1596</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1582</v>
+        <v>1596</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1583</v>
+        <v>1597</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1585</v>
+        <v>1599</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1587</v>
+        <v>1600</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1588</v>
+        <v>1601</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1589</v>
+        <v>1602</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1586</v>
+        <v>1602</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1593</v>
+        <v>1605</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1594</v>
+        <v>1606</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1595</v>
+        <v>1607</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1596</v>
+        <v>1608</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1597</v>
+        <v>1608</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1598</v>
+        <v>1609</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1599</v>
+        <v>1610</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>29</v>
+        <v>571</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1609</v>
+        <v>1620</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>29</v>
+        <v>571</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="F440" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G440" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="F441" s="3" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1629</v>
+        <v>1635</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>38</v>
+        <v>571</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>621</v>
+        <v>72</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F443" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F444" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F445" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F446" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F447" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F448" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F449" s="3" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F450" s="3" t="s">
+        <v>1662</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F451" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F452" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F453" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F454" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F455" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F456" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F457" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F458" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F459" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F460" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F461" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F462" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F463" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F464" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F465" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F466" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F467" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F468" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F469" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F470" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F471" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F472" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F473" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F474" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>1752</v>
+      </c>
+      <c r="F475" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F476" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>1758</v>
+      </c>
+      <c r="F477" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F478" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F479" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F480" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F481" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F482" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F483" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F484" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G484" s="3" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F485" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F486" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G486" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F487" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G487" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F488" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G488" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="3" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F489" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G489" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F490" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F491" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="3" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F492" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>655</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">