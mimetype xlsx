--- v0 (2026-01-09)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -140,158 +140,110 @@
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9f/z0n90qzf9cl7iwrw8pxke2zo8c4i8jof.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, полиэстер, 21х14 см,  quot;Fast car quot;, 270724</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG &amp;quot;Fast car&amp;quot; стандартного размера с одним отделением и одной откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Пенал с наполнением включает 24 предмета. Материал снаружи и внутри - полиэстер с цветной печатью, ярким дизайном. Основа пенала - плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Пенал с наполнением, в котором есть все необходимое для учебы:- 12 цветных карандашей;- 2 чернографитных карандаша;- 6 фломастеров;- расписание уроков;- линейка 15 см;- точилка;- ластик.Упакован в ПЭТ пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.Школьные пеналы BRAUBERG - это высокое качество и проработанные до мелочей модели с современным дизайном и широким функционалом. На протяжении 15 лет наши специалисты сосредоточены на разработке, производстве и совершенствовании текстильных товаров для детей и взрослых. Именно поэтому BRAUBERG выбирают дети и родители по всей стране.</t>
   </si>
   <si>
     <t>853102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f73/rrn3mptwoncs5a0bsr1qxty26i8bt3lc.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, полиэстер, 21х14 см,  quot;Fireball quot;, 270723</t>
   </si>
   <si>
     <t>853103</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/301/285j9ahq4zxfhx7z7349yimsq8o8pvcr.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f88/4x9e1o6iv2ul2c2r2nd5b1j6o62xs4ip.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause  135x205x30мм Pastel Princess</t>
   </si>
   <si>
     <t>883448</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58e/y0eoc6bqi1924y2r7qybb8kn5cvux4vn.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause  135x205x30мм Top Blogger</t>
   </si>
   <si>
     <t>883449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cf/1ehhcsz17q0n3qm03hz0p7lw53zo4bfb.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause  135x205x30мм Top Models</t>
   </si>
   <si>
     <t>883450</t>
   </si>
   <si>
-    <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bcd/rs93o90h7bg6tmcg9i4kznx23bc1qp6c.jpeg</t>
   </si>
   <si>
     <t>ПЕНАЛ С НАПОЛНЕНИЕМ НА МОЛНИИ, СИНИЙ  quot;ЖИЗНЬ УДАЛАСЬ quot;, 28 ПРЕДМЕТОВ, ДВА ОТДЕЛЕНИЯ, 200 х 130ММ</t>
   </si>
   <si>
     <t>ПЕНАЛ С НАПОЛНЕНИЕМ НА МОЛНИИ, СИНИЙ &amp;quot;ЖИЗНЬ УДАЛАСЬ&amp;quot;, 28 ПРЕДМЕТОВ, ДВА ОТДЕЛЕНИЯ, 200 х 130ММ</t>
   </si>
   <si>
     <t>908954</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2cd/u0yjg2uoixa7kf4eqpuu6l5p1ns4mens.jpeg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f28/iwfjvghhvuuo81jgqgxvq2k6pfy3t8mv.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см,  quot;Sport car quot;, 271527</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG стандартного размера с одним отделением и одной откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Пенал с наполнением включает 24 предмета. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце или рюкзаке, сумке. Пенал с наполнением, в котором есть все необходимое для учебы:- 12 цветных карандашей;- 2 чернографитных карандаша;- 6 фломастеров;- расписание уроков;- линейка 16 см;- точилка;- ластик.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид при хранении и транспортировке.</t>
   </si>
   <si>
     <t>946762</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/98f/mm3d030k2aqx611vepssgac3ihuyup9i.jpg</t>
+  </si>
+  <si>
+    <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см,  quot;Flower butterfly quot;, 271524</t>
+  </si>
+  <si>
+    <t>953874</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/01a/8w3s126rcmjweza8b48e1mk6s1j0acx9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал-книжка с наполнением ErichKrause 110x205x25мм Простоквашино  Идея </t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 110x205x25мм Простоквашино &amp;#40;Идея&amp;#41;</t>
   </si>
   <si>
     <t>961172</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/969/e4gwlahh3f2jgm0j503n1sfrqagt4p5g.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал-книжка с наполнением ErichKrause 110x205x25мм Простоквашино  Клад </t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 110x205x25мм Простоквашино &amp;#40;Клад&amp;#41;</t>
   </si>
   <si>
     <t>961173</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2c/5v53wztw7siwu0s5df765kqcwv2sjg47.jpg</t>
@@ -362,50 +314,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ce2/v7ic3bblx0304xcn34ebjlq37otsp5b0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал-книжка с наполнением ErichKrause 135x205x30мм Приключения Пети и Волка  Пол т </t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 135x205x30мм Приключения Пети и Волка &amp;#40;Полёт&amp;#41;</t>
   </si>
   <si>
     <t>961183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/345/2xdskw0symruawblob5b1h9cdt4si0rq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пенал-книжка с наполнением Erich Krause 110x205x25мм Ну, погоди  Каникулы  Баскетбол </t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением Erich Krause 110x205x25мм Ну, погоди! Каникулы &amp;#40;Баскетбол&amp;#41;</t>
   </si>
   <si>
     <t>985528</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7a2/e4d2bo10hoh6yetwftr7qnqxgr8v5gqv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пенал-книжка с наполнением Erich Krause 110x205x25мм Ну, погоди  Каникулы  Краш </t>
+  </si>
+  <si>
+    <t>Пенал-книжка с наполнением Erich Krause 110x205x25мм Ну, погоди! Каникулы &amp;#40;Краш&amp;#41;</t>
+  </si>
+  <si>
+    <t>985529</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/701/2i7wa2fe51fma448yfl6kczm02ho2u42.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см,  quot;Neon cat quot;, 271523</t>
   </si>
   <si>
     <t>994266</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b1/d7g0w0rxmguriky7pgxaj1cu7mcvh9na.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см,  quot;Rebel quot;, 271528</t>
   </si>
   <si>
     <t>994267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abf/ju4k7mtftbh7joq7wt4ktrrlxi7a0zyd.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см, Anime movie, 272349</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG стандартного размера с одним отделением и одной откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Пенал с наполнением включает 24 предмета. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, что поможет защитить канцелярские принадлежности от повреждений.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Пенал идет с наполнением – всем необходимым для учебы:- 12 цветных карандашей;- 2 чернографитных карандаша;- 6 фломастеров;- расписание уроков;- линейка 16 см;- точилка;- ластик.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
@@ -440,120 +404,108 @@
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 110x205x25мм Magic Pet</t>
   </si>
   <si>
     <t>995972</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69c/7kb2d2enkdjfoj2s4as27bc7cxqorw6e.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 110x205x25мм Panda Hugs</t>
   </si>
   <si>
     <t>995973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ba/k1zzqzt3k6ox43dv7zq9taie2yhk8axc.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 110x205x25мм Road Beast</t>
   </si>
   <si>
     <t>995974</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7c9/yecmsbbm73bghl8gnwhdt6kkdeo62mgt.jpg</t>
-[...2 lines deleted...]
-    <t>Пенал-книжка с наполнением ErichKrause 135x205x30мм Big City Cats</t>
+    <t>http://anytos.ru//upload/iblock/a40/hlh5rrmegiijjww42askfdm37v2oq0dh.jpg</t>
+  </si>
+  <si>
+    <t>Пенал-книжка с наполнением ErichKrause 135x205x30мм Panda Hugs</t>
   </si>
   <si>
     <t>Эта модель &amp;#40;13,5x20,5x3 см&amp;#41; представляет собой классический жестко-каркасный пенал-книжку с удобной системой фиксации школьных принадлежностей. Материал пенала – износостойкий и прочный 100&amp;#37; полиэстер 600D. У модели имеется надёжная расширенная молния с мягким ходом, что облегчает частое закрытие и открывание. Наполнение &amp;#40;18 предметов&amp;#41;: ручка шариковая, синие чернила: 2 шт., чернографитный карандаш HB: 1 шт., фломастеры: 6 цветов, цветные карандаши: 6 цветов, ластик: 1 шт., точилка: 1 шт., линейка пластиковая 15 см: 1 шт. Пенал-книжка удобен для школы, а его дизайн делает его весьма модным аксессуаром.</t>
   </si>
   <si>
-    <t>995975</t>
+    <t>995977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/572/2bmuugi5l8arlg51z401jt3o3yicorzj.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause  110x205x25мм Funny Racoon</t>
   </si>
   <si>
     <t>1011346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/katywnc1oo4vlvi0bn7k6d8jpkfu7gys.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см,  quot;Foggy car quot;, 273533</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG &amp;quot;Foggy car&amp;quot; стандартного размера с одним отделением и одной откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Пенал с наполнением включает 24 предмета. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал оснащен 1 основным отделением с одной откидной планкой.Внутри 24 предмета, необходимых для учебы:- 12 цветных карандашей;- 2 чернографитных карандаша;- 6 фломастеров;- расписание уроков;- линейка 16 см;- точилка;- ластик.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцелярские принадлежности в одном месте.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
   </si>
   <si>
     <t>1012436</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c68/yb67gczo4kafn2liili3loy0d4qcdc2t.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см,  quot;Headphones quot;, 273531</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG &amp;quot;Headphones&amp;quot; стандартного размера с одним отделением и одной откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Пенал с наполнением включает 24 предмета. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал оснащен 1 основным отделением с одной откидной планкой. Внутри 24 предмета, необходимых для учебы:- 12 цветных карандашей;- 2 чернографитных карандаша;- 6 фломастеров;- расписание уроков;- линейка 16 см;- точилка;- ластик.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцелярские принадлежности в одном месте.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
   </si>
   <si>
     <t>1012437</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/003/85nuxsdxj2x6olg0vh68m80c5gyv55kl.jpg</t>
   </si>
   <si>
     <t>Пенал BRAUBERG с наполнением, 1 отделение, 1 откидная планка, 24 предмета, 21х14 см,  quot;Radiant unicorn quot;, 273532</t>
   </si>
   <si>
     <t>Тканевый пенал BRAUBERG &amp;quot;Radiant unicorn&amp;quot; стандартного размера с одним отделением и одной откидной планкой. Удобная молния с трех сторон с металлическим бегунком, прочные резинки для предметов. Пенал с наполнением включает 24 предмета. Материал снаружи и внутри – полиэстер с цветной печатью, ярким дизайном. Основа пенала – плотный картон. Такая конструкция отличается износостойкостью и прочностью, поможет защитить канцелярские принадлежности от повреждений.Пенал оснащен 1 основным отделением с одной откидной планкой. Внутри 24 предмета, необходимых для учебы:- 12 цветных карандашей;- 2 чернографитных карандаша;- 6 фломастеров;- расписание уроков;- линейка 16 см;- точилка;- ластик.Пенал имеет стандартный размер 21х14 см, что позволяет легко размещать его в ранце, рюкзаке или сумке. Хорошая наполняемость пенала дает возможность держать все необходимые для уроков канцелярские принадлежности в одном месте.Упакован в ПЭТ-пакет с европодвесом, который сохранит качество и товарный вид изделия при хранении и транспортировке.</t>
   </si>
   <si>
     <t>1012438</t>
-  </si>
-[...10 lines deleted...]
-    <t>1012439</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e2/l8myshu9d44dazd1fcamqpw99y7v9v6b.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 110x205x25мм Mega Goal</t>
   </si>
   <si>
     <t>1012729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dec/9dqxs72ewkdoz7r229onbxzgtwiflu4v.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause 135x205x30мм Autumn Walk</t>
   </si>
   <si>
     <t>1012730</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/016/e0i834s029dg5i48am984r2ot7q04s6o.jpg</t>
   </si>
   <si>
     <t>Пенал-книжка с наполнением ErichKrause  110x205x25мм Flower Scooter</t>
   </si>
@@ -916,57 +868,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M49"/>
+  <dimension ref="A1:M45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G49" sqref="G49"/>
+      <selection pane="bottomRight" activeCell="G45" sqref="G45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1217,855 +1169,772 @@
       </c>
       <c r="C13" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G14" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>95</v>
-      </c>
-[...10 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="C33" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>126</v>
-      </c>
-[...10 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>133</v>
-      </c>
-[...10 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>136</v>
-      </c>
-[...10 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>145</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>14</v>
+        <v>148</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>151</v>
+        <v>116</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>153</v>
-[...90 lines deleted...]
-      <c r="G49" s="3" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>