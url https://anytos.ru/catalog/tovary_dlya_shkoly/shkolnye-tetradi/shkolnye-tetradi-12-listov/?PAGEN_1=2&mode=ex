--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -12,107 +12,150 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="617">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="887">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4b7/s1vqf3bdipp2y8xfisj9zrmn79poo31l.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. кос. лин. ЗЕЛЕНАЯ мел. карт. ВД-лак: ТШКЛ12-ЗЕЛ штр.: 4602723061724</t>
+  </si>
+  <si>
+    <t>Школьные тетради 12 листов</t>
+  </si>
+  <si>
+    <t>106338</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfe/vbmovv2g2vp6d7vhglpjscybyc62rtkm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. узк. лин. ЗЕЛЕНАЯ мел. карт. ВД-лак: ТШУЛ12-ЗЕЛ штр.: 4602723061731</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. узк. лин. ЗЕЛЕНАЯ мел. карт. ВД-лак. &lt;br /&gt;
+Количество листов: 12. &lt;br /&gt;
+Материал обложки: мелованный картон. &lt;br /&gt;
+Отделка обложки: ВД-лак. &lt;br /&gt;
+Линовка: узкая линия.</t>
+  </si>
+  <si>
+    <t>106414</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c95/56ejhoork8j36r31nue1kk4zwvujv3ff.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. КЛЕТКА. МАЯК КАНЦ тетрадная обложка  Т5012 Т2 5</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;&amp;nbsp;&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
-    <t>Школьные тетради 12 листов</t>
-[...1 lines deleted...]
-  <si>
     <t>208803</t>
   </si>
   <si>
     <t>&lt;a href="/brands/majak-kanc/"&gt;Маяк Канц&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3bb/eo0625d322553lgdd3fh9u0o04gtgeex.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. кос. лин. МАЯК КАНЦ тетрадная обложка: Т5012 Т2 4 штр.: 4660019530460</t>
   </si>
   <si>
     <t>208804</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. кр. кл. МАЯК КАНЦ тетрадная обложка: Т5012 Т2 6 штр.: 4660019530507</t>
+  </si>
+  <si>
+    <t>208805</t>
   </si>
   <si>
     <t>Тетрадь 12 л. лин. МАЯК КАНЦ тетрадная обложка  Т5012 Т2 1</t>
   </si>
   <si>
     <t>208806</t>
   </si>
   <si>
     <t>Тетрадь 12 л. узк. лин. МАЯК КАНЦ тетрадная обложка: Т5012 Т2 3 штр.: 4660019530446</t>
   </si>
   <si>
     <t>208808</t>
   </si>
   <si>
     <t>Тетрадь 12 л. частая кос. линия МАЯК КАНЦ тетрадная обложка: Т5012 Т2 4 чкл штр.: 4660019530484</t>
   </si>
   <si>
     <t>208809</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9be/9be5b001f3e1581c5c0ad3423aa4b9c8.jpg</t>
   </si>
@@ -189,77 +232,129 @@
   <si>
     <t>235668</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ba/8ba803e0181f06993a5350bd7f751ede.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12л. узкая линия: Т 5012 Т2 ЗЕЛ 3Г штр.:  4607111040411</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь 12л. узкая линия: Т 5012 Т2 ЗЕЛ 3Г. &lt;br /&gt;
 Формат А5. Вид крепления-скрепка. Внутренний блок - бумага писчая, плотностью 60гр/м2. Обложка - бумага обложечная, плотностью 80гр/м2. &lt;br /&gt;
 Количество листов – 12. &lt;br /&gt;
 Линовка – узкая линия. &lt;br /&gt;
 Цвет обложки – зеленый. &lt;br /&gt;
 Тип скрепления – скрепка. &lt;br /&gt;
 Материал обложки – бумага обложечная. &lt;br /&gt;
 Плотность блока – 60 г/кв.м. &lt;br /&gt;
 Наличие полей – есть. &lt;br /&gt;
 Белизна блока – 90-99&amp;#37;. </t>
   </si>
   <si>
     <t>236253</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a5/9a562861edc2f3514cc5e32f2a5646d0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь для прописей 12л. частая косая линия: Т5012 Т2 ЗЕЛ 4  штр.:  4660019530484</t>
+  </si>
+  <si>
+    <t>Тетрадь для прописей 12л. частая косая линия: Т5012 Т2 ЗЕЛ 4*. &lt;br /&gt;
+Формат А5. Вид крепления - скрепка. Внутренний блок - бумага писчая, плотностью 60гр/м2. Обложка - бумага обложечная, плотностью 80гр/м2. Наличие полей есть. Белизна блока 90-99&amp;#37;. Тетрадь для прописей 12л. частая косая линия: Т5012 Т2 ЗЕЛ 4* - востребованный товар для школьников первого класса.</t>
+  </si>
+  <si>
+    <t>236427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/837/65eevlgfivz8k93m3mm57la0sv00n9he.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. лин. ОДНОТОННЫЕ ЯРКИЕ ЦВЕТА мел. карт. ВД-лак: ТШЛ12-ЯЦ штр.: 4602723084327</t>
+  </si>
+  <si>
+    <t>Тетрадь выполнена из высококачественного импортного картона, плотностью 190 г/м2. Для изготовления внутреннего блока используется бумага исключительного качества. Писать на такой бумаге&amp;nbsp;&amp;nbsp;очень легко, а благодаря оптимальной плотности, листы не просвечиваются, что позволяет пользоваться гелевыми ручками или маркерами.</t>
+  </si>
+  <si>
+    <t>331583</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/924/ihb2w84kpunbf4rpoqcm6chz7g1h5fze.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, клетка, обложка картон, АССОРТИ  5 видов , 103273</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - клетка с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>386116</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/969/cbey8fu31ymnpag1618ffmyl648tg075.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, клетка, обложка картон, ЖЕЛТАЯ, 104720</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - клетка с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
+  </si>
+  <si>
+    <t>386117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/725/ocdza2jtcgoy2s1g36bhoqskoejn853z.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, клетка, обложка картон, ЗЕЛЕНАЯ, 104722</t>
+  </si>
+  <si>
+    <t>386118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/833/29omcfo4y6wi54uwmnn14py56kzjwe42.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, клетка, обложка картон, КРАСНАЯ, 104721</t>
+  </si>
+  <si>
+    <t>386119</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/505/xvw79ezhfihtmxvko1sca6vts49krdng.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, клетка, обложка картон, СИНЯЯ, 104723</t>
   </si>
   <si>
-    <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - клетка с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
-[...1 lines deleted...]
-  <si>
     <t>386120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/120/fb95akrwhz5kaihrhliwdazjrghbevn5.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, косая линия, обложка картон, АССОРТИ  5 видов , 103276</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - косая линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>386121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec7/9nwnpdsgspiazxok326pnb3ywagbe397.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, линия, обложка картон, АССОРТИ  5 видов , 103274</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>386123</t>
@@ -273,95 +368,179 @@
   <si>
     <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>386124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca8/wvoef5kh30qh3fg7j7cvjupze1kzojmb.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, линия, обложка картон, ЗЕЛЕНАЯ, 104726</t>
   </si>
   <si>
     <t>386125</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e26/cvt33igsqud774utsmyntlv6akywou47.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, линия, обложка картон, СИНЯЯ, 104727</t>
   </si>
   <si>
     <t>386127</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bf6/3ewvqu7ua1368f03lt3b45460c8sl757.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, узкая линия, обложка картон, АССОРТИ  5 видов , 103277</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - узкая линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в одном или нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>386128</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8f1/0evrcn5fo4suv2l6b1z1ige0trsno13s.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, частая косая линия, обложка картон, АССОРТИ  5 видов , 103278</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - частая косая линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>386129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14d/1s6258wqfld699sv4kani9yftlbaev41.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG ЭКО, клетка, обложка офсет, ПАСТЕЛЬНАЯ С УГОЛКОМ, 104503</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с нейтральной обложкой. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - клетка с полями. Обложка также изготовлена из офсета, но бОльшей плотности. Скрепка надежно скрепляет листы между собой.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>386131</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ecb/czv2t79yt2gai9tkvv94fzaa35m41ldx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG ЭКО, косая линия, обложка офсет, ПАСТЕЛЬНАЯ С УГОЛКОМ, 104504</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с нейтральной обложкой. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - косая линия с полями. Обложка также изготовлена из офсета, но бОльшей плотности. Скрепка надежно скрепляет листы между собой.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>386132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca4/o2qfz9ep2f8n3quyygm9lqnvo2pe3bv3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG ЭКО, линия, обложка офсет, ПАСТЕЛЬНАЯ С УГОЛКОМ, 104507</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с нейтральной обложкой. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка также изготовлена из офсета, но бОльшей плотности. Скрепка надежно скрепляет листы между собой.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>386135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29b/ubqb3dkle16o35yla04qhpvfnmpgyvpu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон, ТОЧКИ, 103023</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - клетка с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>386140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0d/zilgjrqvuxgs5g6rnf62htl0zspc98nm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG, косая линия, обложка картон, ТОЧКИ, 103033</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - косая линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>386141</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/275/z4ukg0v5r2580cfdt06ocu8nv4djc9rz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG, линия, обложка картон, ТОЧКИ, 103027</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.Поставляется в одном или нескольких вариантах дизайна без возможности выбора..</t>
+  </si>
+  <si>
+    <t>386145</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2a4/vyfe5tmw9qojg3pse4nnojz56mpav2h6.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л., HATBER HD, клетка, внутренний блок 80 г м2,  quot;Ломоносов М.В. quot;, 12Т5A1 10264, T099490</t>
   </si>
   <si>
     <t>Тетрадь HATBER с классической зеленой обложкой и изображением М.В. Ломоносова для дошкольников и учащихся начальных и средних классов. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 обеспечивает наилучшее удобство письма и содержит 12 листов в клетку с полями. Обложка изготовлена из плотной тонированной бумаги. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>386157</t>
   </si>
   <si>
     <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ad/w4f5hih6hf7l8oyltrungd3hvavgy75y.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л., HATBER HD, линия, внутренний блок 80 г м2,  quot;Пушкин А.С. quot;, 12Т5A2 07641, T099469</t>
+  </si>
+  <si>
+    <t>Тетрадь HATBER с классической зеленой обложкой и изображением А.С. Пушкина для дошкольников и учащихся начальных и средних классов. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 обеспечивает наилучшее удобство письма и содержит 12 листов в линию с полями. Обложка изготовлена из плотной тонированной бумаги. Скрепка надежно скрепляет листы между собой.</t>
+  </si>
+  <si>
+    <t>386158</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/287/nsx10ytpn2ypu34t76t2luvaxtvrgrk3.jpg</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка, 12 л., ПИФАГОР, офсет  2, клетка с полями, 104984</t>
   </si>
   <si>
     <t>Тетрадь ПИФАГОР с классической зеленой обложкой подойдет для занятий школьнику преимущественно начальных и средних классов. На обороте представлена дополнительная информация. Внутренний блок 12 листов плотностью 60 г/м2 из офсетной бумаги с серым оттенком &amp;#40;белизна 80&amp;#37;&amp;#41; имеет линовку в клетку с полями. Обложка изготовлена из офсета плотностью 80 г/м2. Скрепка надежно скрепляет листы между собой.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>386168</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/455/slhprs16p70ljb5n35icv888m0hhloqg.jpg</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка, 12 л., ПИФАГОР, офсет  2, линия с полями, 104985</t>
   </si>
   <si>
     <t>Тетрадь ПИФАГОР с классической зеленой обложкой подойдет для занятий школьнику преимущественно начальных и средних классов. На обороте представлена дополнительная информация. Внутренний блок 12 листов и плотностью 60 г/м2 из офсетной бумаги с серым оттенком &amp;#40;белизна 80&amp;#37;&amp;#41; имеет линовку в линию с полями. Обложка изготовлена из офсета плотностью 80 г/м2. Скрепка надежно скрепляет листы между собой.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
@@ -474,50 +653,74 @@
   <si>
     <t>386183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b26/jjn5fe6w1vxiokyr9872xcek825kgdld.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG ЭКО  quot;5-КА quot;, клетка, обложка плотная мелованная бумага, ЗЕЛЕНАЯ, 104759</t>
   </si>
   <si>
     <t>Ученическая тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с классическим оформлением обложки. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - клетка с полями. Обложка изготовлена из плотной мелованной бумаги. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>422180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc3/vfe50r8a7wcbopv9tkrdn3p0mrn13up4.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG ЭКО  quot;5-КА quot;, клетка, обложка плотная мелованная бумага, СИНЯЯ, 104760</t>
   </si>
   <si>
     <t>422181</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/af5/btx0vtbp8a90smv56nduyeskyfjvc3ow.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG ЭКО  quot;5-КА quot;, косая линия, обложка плотная мелованная бумага, ЗЕЛЕНАЯ, 104762</t>
+  </si>
+  <si>
+    <t>Ученическая тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с классическим оформлением обложки. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - косая линия с полями. Обложка изготовлена из плотной мелованной бумаги. Скрепка надежно скрепляет листы между собой.</t>
+  </si>
+  <si>
+    <t>422183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0e/7oq6bda683gkx5zjtespp2m4ce12t8ec.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG ЭКО  quot;5-КА quot;, линия, обложка плотная мелованная бумага, ЗЕЛЕНАЯ, 104763</t>
+  </si>
+  <si>
+    <t>Ученическая тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с классическим оформлением обложки. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка изготовлена из плотной мелованной бумаги. Скрепка надежно скрепляет листы между собой.</t>
+  </si>
+  <si>
+    <t>422184</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c76/w0k1li1jqoxmzud8ulkjimhp0f3c7070.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG ЭКО  quot;5-КА quot;, узкая линия, обложка плотная мелованная бумага, ЗЕЛЕНАЯ, 104765</t>
   </si>
   <si>
     <t>Ученическая тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с классическим оформлением обложки. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - узкая линия с полями. Обложка изготовлена из плотной мелованной бумаги. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>422186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3a/owzb65f6qq41aiaw0i6h52zk7609t42b.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG ЭКО  quot;5-КА quot;, частая косая линия, обложка плотная мелованная бумага, ЗЕЛЕНАЯ, 104766</t>
   </si>
   <si>
     <t>Ученическая тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с классическим оформлением обложки. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - частая косая линия с полями. Обложка изготовлена из плотной мелованной бумаги. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>422187</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea9/pyhh1wbm3rqpzcnkoin4qyv1g204axwa.jpg</t>
@@ -564,86 +767,155 @@
   <si>
     <t>Тетрадь 12л., крупная клетка BG  quot;Школьная quot;, эконом</t>
   </si>
   <si>
     <t>Формат А5. Вид крепления -скрепка. Обложка -мелованный картон. Внутренний блок -офсетный, 60гр/м2, крупная клетка</t>
   </si>
   <si>
     <t>427611</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/108/i5hzq5plq8ybi5qnj5cua6ik11iyleo5.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. ЮНЛАНДИЯ линия, обложка картон,  quot;АВТО-КЛАСС quot;, 105634</t>
   </si>
   <si>
     <t>Школьная тетрадь ЮНЛАНДИЯ станет лучшим другом для каждого ребенка, в которой он может выполнять не только классную работу и домашние задания, но и вести читательские дневники и личные записи. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>434762</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/67a/63vksyfd9q8h19cxplhrmcp01ba50wax.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. ЮНЛАНДИЯ КЛАССИЧЕСКАЯ, клетка, обложка картон, ЗЕЛЕНАЯ, 105638</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь ЮНЛАНДИЯ с однотонным оформлением обложки идеально подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - клетка с полями. Обложка изготовлена из мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
+  </si>
+  <si>
+    <t>434765</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a8/x5qk5020x3u53yhgjzf81p7r7qr7jgpm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. ЮНЛАНДИЯ КЛАССИЧЕСКАЯ, линия, обложка картон,  quot;ЗЕЛЕНАЯ quot;, 105644</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь ЮНЛАНДИЯ с однотонным оформлением обложки идеально подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
+  </si>
+  <si>
+    <t>434771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c94/uww3d6ngwb0sdzhon3itpbfyoxck5s5n.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. ЮНЛАНДИЯ КЛАССИЧЕСКАЯ, частая косая линия, обложка картон, АССОРТИ 5 видов, 105650</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь ЮНЛАНДИЯ с однотонным оформлением обложки идеально подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - частая косая линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.Поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>434773</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f0e/2h4jnumnfc95hg92ds4xtuxylpmkk4in.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 листов BRAUBERG  quot;КЛАССИКА NEW quot;, клетка, обложка картон, АССОРТИ  5 видов  105682</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с красочной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листа в клетку с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.Поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>556894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0e/hvhvnlg9hk7rpji81okd318d6nz1idx8.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG  quot;КЛАССИКА NEW quot; линия, обложка картон, АССОРТИ  5 видов , 105690</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;КЛАССИКА NEW&amp;quot; с красочной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листов в линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.Поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>565615</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfe/bk8i141yhi10yknbheqbdoa8oxs5xcyr.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG  quot;КЛАССИКА NEW quot;, косая линия, обложка картон, ЗЕЛЕНАЯ, 10568, 105688</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;КЛАССИКА NEW&amp;quot; с однотонной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листа в косую линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>565616</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/892/kab22b9kn51kgd9836zyjiwt11pct6h0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW клетка, обложка картон, ЖЕЛТАЯ, 105683</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с красочной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листов в клетку с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
+  </si>
+  <si>
+    <t>565621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c5/hsz77e0tnz147czw2mi9caybylhwzs6r.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW клетка, обложка картон, ЗЕЛЕНАЯ, 105684</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с красочной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листа в клетку с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
+  </si>
+  <si>
+    <t>565622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6be/26ytan13iaq9216413haf88hitw59eai.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW клетка, обложка картон, СИНЯЯ, 105686</t>
+  </si>
+  <si>
+    <t>565624</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/338/eclq38jncix26hnz8aewhkayphjqqau1.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW узкая линия, обложка картон, ЗЕЛЕНАЯ, 105692</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с однотонной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листов в узкую линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>565626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8b/o48leue7tkexf5lb99qan1jhuvy504yw.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. ЮНЛАНДИЯ КЛАССИЧЕСКАЯ, косая линия, обложка картон, АССОРТИ 5 видов.105649</t>
   </si>
   <si>
     <t>Школьная тетрадь ЮНЛАНДИЯ станет лучшим другом для каждого ребенка, в которой он может выполнять не только классную работу и домашние задания, но и вести читательские дневники и личные записи. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - косая линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>565629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b29/8090802u910h8e4r63uou2odhdnt2k78.jpg</t>
@@ -651,212 +923,319 @@
   <si>
     <t>Тетрадь BRAUBERG  quot;EXTRA quot; 12 л., клетка, плотная бумага 80 г м2, обложка картон, 105706</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;EXTRA&amp;quot; с однотонной обложкой из картона. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в клетку с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Формат - А5 &amp;#40;165х205 мм&amp;#41;.</t>
   </si>
   <si>
     <t>565646</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db2/8t2lvk19unfihkjchtvbmoqh706vw8i3.jpg</t>
   </si>
   <si>
     <t>Тетрадь BRAUBERG  quot;EXTRA quot; 12 л., линия, плотная бумага 80 г м2, обложка картон, 105707</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;EXTRA&amp;quot; с однотонной обложкой из картона. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Формат - А5 &amp;#40;165х205 мм&amp;#41;.</t>
   </si>
   <si>
     <t>565647</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/be5/ga2u0xyjsz1m02ytzoripwh3qm0vcexy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь ВЕЛИКИЕ ИМЕНА. Архимед, 12 л. крупная клетка, плотная бумага 80 г м2, обложка тонированный офсет, BRAUBERG, 105715</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG &amp;quot;ВЕЛИКИЕ ИМЕНА&amp;quot; с классической однотонной обложкой выглядит стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в крупную клетку с полями. Обложка изготовлена из тонированного офсета, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
+  </si>
+  <si>
+    <t>565666</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c50/flfk0xvxbz36bw0mtckomvd081lbuxlo.jpg</t>
   </si>
   <si>
     <t>Тетрадь ВЕЛИКИЕ ИМЕНА. Есенин С.А., 12 л. косая линия, плотная бумага 80 г м2, обложка тонированный офсет, BRAUBERG, 105714</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;ВЕЛИКИЕ ИМЕНА&amp;quot; с классической однотонной обложкой выглядит стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в косую линию с полями. Обложка изготовлена из тонированного офсета, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>565667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f21/xx4fqorkfuk0l1lae9gf5e0lfi82hxq7.jpg</t>
   </si>
   <si>
     <t>Тетрадь ВЕЛИКИЕ ИМЕНА. Крылов И.А., 12 л. узкая линия, плотная бумага 80 г м2, обложка тонированный офсет, BRAUBERG, 105717</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;ВЕЛИКИЕ ИМЕНА&amp;quot; с классической однотонной обложкой выглядит стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в узкую линию с полями. Обложка изготовлена из тонированного офсета, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>565668</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/97d/30zogmppicnobw0543mfx17qfkwdv517.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь ВЕЛИКИЕ ИМЕНА. Лермонтов М.Ю., 12 л. косая линия С ДОПОЛНИТЕЛЬНОЙ ГОРИЗОНТАЛЬНОЙ, плотная бумага 80 г м2, обложка офсет, BRAUBERG</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с классической однотонной обложкой выглядит стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в косую линию с дополнительной горизонтальной и полями. Косая линия с дополнительной горизонтальной создана для формирования красивого подчерка ребенка. Косые линии помогают выработать красивый наклон в письме, а дополнительные горизонтальные линии предназначены для закрепления навыков письма заглавных букв и букв с выносными элементами, выступающими за границы узкой линии.Обложка изготовлена из тонированного офсета, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
+  </si>
+  <si>
+    <t>565669</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/93c/ix6w74x38oh4u3hx103dpocoo8kmnwk5.jpg</t>
   </si>
   <si>
     <t>Тетрадь ВЕЛИКИЕ ИМЕНА. Ломоносов М.В., 12 л. клетка, плотная бумага 80 г м2, обложка тонированный офсет, BRAUBERG, 105712</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;ВЕЛИКИЕ ИМЕНА&amp;quot; с классической однотонной обложкой выглядит стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в клетку с полями. Обложка изготовлена из тонированного офсета, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>565670</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f42/bqqpv5m5rguryda6s40n4fxqj3x4lv3w.jpg</t>
   </si>
   <si>
     <t>Тетрадь ВЕЛИКИЕ ИМЕНА. Пушкин А.С., 12л. частая косая С ДОПОЛНИТЕЛЬНОЙ ГОРИЗОНТАЛЬНОЙ, плотная бумага 80г м, обложка офсет, BRAUBERG, 105718</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG &amp;quot;ВЕЛИКИЕ ИМЕНА&amp;quot; с классической однотонной обложкой выглядит стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в частую косую линию с дополнительной горизонтальной и полями. Частая косая линия с дополнительной горизонтальной создана для формирования красивого почерка ребенка. Частые косые линии помогают выработать красивый наклон в письме, а дополнительные горизонтальные линии предназначены для закрепления навыков письма заглавных букв и букв с выступающими за границы узкой линии выносными элементами.Обложка изготовлена из тонированного офсета, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>565671</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d53/4aba873kl6ookwkmrjmr1qy1a5vb03d8.jpg</t>
-[...8 lines deleted...]
-    <t>565672</t>
+    <t>http://anytos.ru//upload/iblock/2f2/t2p3uk1klbysrvyx5xbl2qke7dcepl0c.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь ВЕЛИКИЕ ИМЕНА. Чехов А.П., 12 л. линия, плотная бумага 80 г м2, обложка тонированный офсет, BRAUBERG, 105716</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG &amp;quot;ВЕЛИКИЕ ИМЕНА&amp;quot; с классической однотонной обложкой выглядит стильно. Идеально подойдет для занятий школьнику. Внутренний блок из офсетной бумаги повышенной плотности 80 г/м2 содержит 12 листов в линию с полями. Обложка изготовлена из тонированного офсета, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
+  </si>
+  <si>
+    <t>565673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/485/ko1d3pzd5iqkb9j9mfm4cuvra8qq0wxl.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. лин. ОДНОТОННЫЕ ПАСТЕЛЬНЫЕ ОТТЕНКИ мел. карт. выб. УФ-лак</t>
+  </si>
+  <si>
+    <t>Тетради — востребованный расходный материал, необходимый для учебного процесса. Соответствует требованиям Министерства образования РФ. Плотная обложка защищает листы и записи от повреждений. Линовка нанесена четко, совпадает на просвет с двух сторон листа. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать, чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет</t>
+  </si>
+  <si>
+    <t>590695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b96/3xcaufoi6phz6rn7zt8ldb7ijzok1i8d.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW линия, обложка картон, ЗЕЛЕНАЯ, 105691</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с красочной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листов в линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
+  </si>
+  <si>
+    <t>601491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d0/91r1r9qalz0leegynemodvlx27otvvyl.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW частая косая линия, обложка картон, ЗЕЛЕНАЯ, 228703, 105694</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с красочной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листов в частую косую линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>601492</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0e6/zqoitn4420gv2ez49p2ppd98kdwpi23x.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. узк. лин. ОДНОТОННЫЕ мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>С тетрадями Schoolformat® каждый школьник, будь он дерзким бунтарем или скромным отличником, сможет выразить себя. Тетради выполнены из высококачественного импортного картона, плотностью 190 г/м2, и имеют внутренний блок исключительного качества плотностью 60 г/м2. Все тетради соответствуют требованиям по техническому регламенту.Однотонный дизайн не будет отвлекать от учебного процесса. Плотная обложка защищает листы и записи от повреждений. Линовка – узкая линия. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать. Чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет.&lt;br /&gt;
+&lt;br /&gt;
+Тетрадь 12 л., А5, узкая линия, ОДНОТОННЫЕ, ВД-лак — востребованный расходный материал, необходимый для учебного процесса. Соответствует требованиям Министерства образования РФ. Плотная обложка защищает листы и записи от повреждений. Линовка нанесена четко, совпадает на просвет с двух сторон листа. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать, чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет.</t>
+  </si>
+  <si>
+    <t>617674</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/30a/2o61hukzm6ptniofx4qo0upp5l3x7ze0.jpg</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 12 л.  quot;Маяк quot;, офсет, крупная клетка с полями, Т 5012 Т2 ЗЕЛ 6Г, Т5012Т2ЗЕЛ6Г</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;Маяк&amp;quot; с зеленой обложкой изготовлена в соответствии с ГОСТ 12063-89. Предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок 12 листов плотностью 60 г/м2 из офсетной бумаги имеет линовку в крупную клетку с полями. Внутренний блок 92-100&amp;#37; белизны. Обложка также изготовлена из офсета плотностью 80 г/м2. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>624053</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 12 л.  quot;Маяк quot;, офсет, узкая линия с полями, Т 5012 Т2 ЗЕЛ 3Г, Т5012Т2ЗЕЛ3Г</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;Маяк&amp;quot; с зеленой обложкой изготовлена в соответствии с ГОСТ 12063-89. Предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок 12 листов плотностью 60 г/м2 из офсетной бумаги имеет линовку в узкую линию с полями. Внутренний блок 92-100&amp;#37; белизны. Обложка также изготовлена из офсета плотностью 80 г/м2. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>624054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa6/fa620bc4b0fca7ec2ce7dd721e5da48c.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12л., линия Мульти-Пульти  quot;Приключения Енота quot;</t>
   </si>
   <si>
     <t>Формат А5. Обложка – мелованный картон, ВД-лак. Внутренний блок – офсет 60 г/м?, линовка - линия с полями. Объем блока – 12л.</t>
   </si>
   <si>
     <t>639852</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a57/a57f3a0488e8cc44cb03286aacedadb8.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, клетка, скрепка  1 School Отличник Голубой 10шт уп.</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, клетка, скрепка №1 School Отличник Голубой 10шт/уп.</t>
+  </si>
+  <si>
+    <t>648706</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/303/30361804a0356985096fe594ee3ff8b5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, клетка, скрепка  1 School Отличник Зеленый 10шт уп.</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, клетка, скрепка №1 School Отличник Зеленый 10шт/уп.</t>
+  </si>
+  <si>
+    <t>648707</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6f4/6f4454f99de7843395d9a9b1e52187be.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л, клетка, скрепка  1 School Отличник Розовый 10шт уп.</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л, клетка, скрепка №1 School Отличник Розовый 10шт/уп.</t>
   </si>
   <si>
     <t>648708</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/1f9/1f96a07651f119ba233d2c2dd07fc205.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, крупная клетка, скрепка  1 School Отличник Зеленый 10шт уп.</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, крупная клетка, скрепка №1 School Отличник Зеленый 10шт/уп.</t>
+  </si>
+  <si>
+    <t>648709</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/50f/50fa57e3ec4523a8ba893b79ec672e76.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л, линия, скрепка  1 School Отличник Зеленый 10шт уп.</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л, линия, скрепка №1 School Отличник Зеленый 10шт/уп.</t>
   </si>
   <si>
     <t>648711</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68c/68c98a2a5fdb8bb18c4ae3b0978fbe7e.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л, линия, скрепка  1 School Отличник Розовый 10шт уп.</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л, линия, скрепка №1 School Отличник Розовый 10шт/уп.</t>
   </si>
   <si>
     <t>648712</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/53b/53b5a00a7ad50b45249ec864a2d21251.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, узкая линия, скрепка  1 School Отличник Зеленый 10шт уп.</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л, узкая линия, скрепка №1 School Отличник Зеленый 10шт/уп.</t>
+  </si>
+  <si>
+    <t>648713</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/378/378c3aab1ba365e8e12f8385ff84c8ce.jpg</t>
   </si>
   <si>
     <t>Тетрадь Schoolformat 12 л. кл. ШКОЛЬНАЯ офсет</t>
   </si>
   <si>
     <t>С тетрадями Schoolformat® каждый школьник, будь он дерзким бунтарем или скромным отличником, сможет выразить себя. Тетради выполнены из офсетной бумаги, плотностью 120 г/м2, и имеют внутренний блок исключительного качества плотностью 60 г/м2. Все тетради соответствуют требованиям по техническому регламенту.Однотонный дизайн не будет отвлекать от учебного процесса и подходит под требования большинства учителей. Линовка – клетка. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать. Чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет. А выгодная цена делает тетрадь еще более привлекательной.</t>
   </si>
   <si>
     <t>650089</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/97c/97cd1e94069620aba271dd2c9bfeb4ac.jpg</t>
   </si>
   <si>
     <t>Тетрадь Schoolformat 12 л. кр. кл. ШКОЛЬНАЯ офсет</t>
   </si>
   <si>
     <t>С тетрадями Schoolformat® каждый школьник, будь он дерзким бунтарем или скромным отличником, сможет выразить себя. Тетради выполнены из офсетной бумаги, плотностью 120 г/м2, и имеют внутренний блок исключительного качества плотностью 60 г/м2. Все тетради соответствуют требованиям по техническому регламенту.Однотонный дизайн не будет отвлекать от учебного процесса и подходит под требования большинства учителей. Линовка – крупная клетка. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать. Чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет. А выгодная цена делает тетрадь еще более привлекательной.</t>
   </si>
   <si>
     <t>650090</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45d/45d58e688829ab2ec525711188fab27c.jpg</t>
   </si>
   <si>
     <t>Тетрадь Schoolformat 12 л. лин. ШКОЛЬНАЯ офсет</t>
   </si>
   <si>
     <t>С тетрадями Schoolformat® каждый школьник, будь он дерзким бунтарем или скромным отличником, сможет выразить себя. Тетради выполнены из офсетной бумаги, плотностью 120 г/м2, и имеют внутренний блок исключительного качества плотностью 60 г/м2. Все тетради соответствуют требованиям по техническому регламенту.Однотонный дизайн не будет отвлекать от учебного процесса и подходит под требования большинства учителей. Линовка – линия. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать. Чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет. А выгодная цена делает тетрадь еще более привлекательной.</t>
   </si>
   <si>
     <t>650091</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/259/25983db591e97d3810147b877941da0d.jpg</t>
@@ -885,773 +1264,1175 @@
   <si>
     <t>http://anytos.ru//upload/iblock/72e/t6j090ck37zazkop7ehzhnpf7psq8gpo.jpg</t>
   </si>
   <si>
     <t>Тетрадь Schoolformat 12 л. кл. SMART DINO мел. карт. выб. УФ-лак</t>
   </si>
   <si>
     <t>Тетрадь Schoolformat 12 л. кл. SMART DINO мел. карт. выб. УФ-лак — востребованный расходный материал, необходимый для учебного процесса. Соответствует требованиям Министерства образования РФ. Плотная обложка защищает листы и записи от повреждений. Линовка нанесена четко, совпадает на просвет с двух сторон листа. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать, чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет.</t>
   </si>
   <si>
     <t>661334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ded/cvg9d05d3oy43igkvlpsf4z0tzbs1tzx.jpg</t>
   </si>
   <si>
     <t>Тетрадь Schoolformat 12 л. кос. лин. ШКОЛЬНАЯ офсетная обложка однотонная</t>
   </si>
   <si>
     <t>Тетради 12 листов — востребованный расходный материал, необходимый для учебного процесса. Соответствует требованиям Министерства образования РФ. Плотная обложка защищает листы и записи от повреждений. Линовка нанесена четко, совпадает на просвет с двух сторон листа. Интенсивность линий оптимальная — текст, написанный от руки, хорошо виден. На мягкой бумаге удобно писать, чернила сохнут быстро, не смазываются, сохраняют насыщенный цвет</t>
   </si>
   <si>
     <t>671652</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/82d/5x3q1ay0w3d1cn2rk0hx8uccegpbfel9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь Schoolformat 12 л. лин. SMART DINO мел. карт. ВД-лак</t>
+  </si>
+  <si>
+    <t>671653</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fdd/0owcrzm33wvo5s29pku350pt4747f2su.jpg</t>
   </si>
   <si>
     <t>Тетрадь Schoolformat 12 л. узк. лин. ШКОЛЬНАЯ офсетная обложка однотонная</t>
   </si>
   <si>
     <t>671654</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f2b/6bifej5guv2w4gnbsw44l7vfrzhasck4.jpg</t>
-[...8 lines deleted...]
-    <t>673413</t>
+    <t>http://anytos.ru//upload/iblock/701/h1ic3pnfcibdjxaqzfmv3kevw1k3ztgb.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. HATBER клетка, обложка картон,  quot;Улыбнись quot;  5 видов в спайке , 12Т5В1</t>
+  </si>
+  <si>
+    <t>Тетрадь подойдет для занятий любому школьнику, используется для письма шариковыми, гелевыми и капиллярными ручками. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради.</t>
+  </si>
+  <si>
+    <t>673421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/135/hkwf1fmy9pcu94p685tk687672bikx7r.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12л., клетка Мульти-Пульти,  quot;Однотонная quot;, 70 г м2</t>
   </si>
   <si>
     <t>Тетрадь Мульти-Пульти однотонная в клетку. Внутреннний блок из качественного офсета повышенной плотности 70г/м2. Благодаря этому листы меньше подвержены просвечиванию и писать в такой тетради более приятно по сравнению со стандартной. Обложка из качественного целлюлозного картона 190г/м2. Оборотная сторона обложки запечатана рисункам и имеет блок для записи ФИО учителя по предмету.&amp;nbsp;&amp;nbsp;Объем блока - 12л. Формат А5</t>
   </si>
   <si>
     <t>682596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ee/r43pn2boa03ssyo88zvp93ip88ttz7lg.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. HATBER клетка, обложка картон,  quot;Счастливчики quot;  5 видов в спайке , 12Т5В1</t>
   </si>
   <si>
     <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку – например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата содержит 12 листов. Обложка выполнена из мелованного картона. Внутренний блок состоит из офсетной бумаги плотностью 60/65 г/м2 в клетку с красными полями. Скрепление: скоба. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради. 5 дизайнов в спайке из 10 шт.</t>
   </si>
   <si>
     <t>693222</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/941/fbs35yc4ubq095nmb4a43f639m9fs9zo.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л., HATBER, линия, обложка картон,  quot;Приключения кота Пирожка quot;  5 видов в спайке , 12Т5В2</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку – например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата объемом 12 листов. Обложка сделана из мелованного картона. Внутренний блок - офсетная бумага в линию с красными полями. Плотность бумаги - 60 г/м2. Листы скреплены между собой скобой. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради. 5 дизайнов в спайке из 10 шт.</t>
+  </si>
+  <si>
+    <t>693226</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c09/ex5y0br15ka8oid1xu3trnkzhg48uyj2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика ассорти, 12 листов, узкая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь ученическая 12 листов от Полиграфики станет прекрасной помощницей для Вашего ребенка в школе! 5 дизайнов в ассортименте. Обложка мелованный картон 170 г/кв.м., блок бумага офсетная 55 г/кв.м.</t>
+  </si>
+  <si>
+    <t>698840</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/499/7dj23871h2lrkhedulkx7f8qdmbp7y7g.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика ассорти, 12 листов, крупная клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь ученическая 12 листов от Эрих Краузе станет прекрасной помощницей Вашего малыша в школе! Дизайн в ассортименте. Обложка мелованный картон 170 г/кв.м., блок бумага офсетная 55 г/кв.м.</t>
+  </si>
+  <si>
+    <t>698841</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a76/nxyqtk02n01clyeyy0snr728nahvj9xv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Optima Rhombs ассорти, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698851</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e6/1iaqs6a5pumv3lqux47zr6hwnrcrw4ns.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Space Tour, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного дизайна упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/770/ctktgshrrfm72ukjq6h9vabt58h0kaos.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause В облаках, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/559/io947a1eb808g9tqwww5ksxl5y6zf673.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика ассорти, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdf/63e423oin1quj8iopu3wszl94rp6yas7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика зеленая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>698862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fde/aoplyvh9dyv24ves3ev10n3n184yy76o.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой голубая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efd/4ips1foj33tlylgs1krkwwd37hk82q4d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой зеленая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/096/6obhrd0sr61mlr9klioisy99ljmle8c2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой розовая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/970/gxbi73anv2crwvf1hxla7x4q4s3le63h.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой фиолетовая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aee/n5lu2al2mh32onn07jyh72s12ye6piph.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Корги, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46e/wxh5vdb95um0iozluv1dwjxikprhxt51.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика ассорти, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в косую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01f/lvq4xq2sfhgszradnxye0jifhm0phatj.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика голубая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в косую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>698874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6a/531tsxte6jv5ev40momv3ir17qbn86ss.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой зеленая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698875</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fd/i6khourib8upuot0pnr8dhvrxiuyp8zx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой розовая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/225/5w7l3gvbafrr72wq120eukzkaqnu3hmv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика желтая, 12 листов, крупная клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в крупную клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>698881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e11/fbqessrznmb8uu35ncyyp0x5lnevqkt8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика зеленая, 12 листов, крупная клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58d/3bpwwxihw3evy0yvjgb30jznew8jhm7a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой ассорти, 12 листов, крупная клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в крупную клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ad/llaq7ng3p9o86641luvqzk52eeiv63qw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Optima Rhombs ассорти, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698897</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82c/8neprb4vgfspvozcryvvfup0wijyxecz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Дружба, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного дизайна упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3e/pmusg2844xo9mhodf3db7fgdhq77xq7x.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика Bright зеленая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>698909</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ef/n92gppijekxe72sfr3dacf2w4wm871su.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика голубая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698910</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6eb/09ljrer9qlmu83eorptpqll8df8lcux7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика желтая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fb/62jav5k1ep31kcheut7wiodvkbgp1pdk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика розовая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b3/n95trazm4desnxpecjhtgkogbhoehaiz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой ассорти, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698913</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1d/upmxahwisuogqb5mbk3pvdb28eb9ic3p.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика фиолетовая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1b/u516qp3lwia4upbvzl8wnpg075etx5v2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Мурзики, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/25bgzbmq82eo9usplu6r5ct03q3wd0jp.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика зеленая, 12 листов, узкая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в узкую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>698921</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a7/ha15qw68u6u4p1ym307c8udkn1zg5589.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой ассорти, 12 листов, узкая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в узкую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698922</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/716/pq0dm5ulyhlcmpag5auy0k1pq695mizc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой зеленая, 12 листов, узкая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/839/zw13qmm384008jsfhvdvlfi6u1yw245g.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика Light ассорти, 12 листов, частая косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в частую косую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a1/3ssj2b8nxdxj95ns9qabjnu372lma7hs.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика ассорти, 12 листов, частая косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>698925</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8da/b79dxf022gu270uverrfd9il9oe2rqjd.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л,кос.линия,скреп.  1 School Отличник Зеленый 10шт уп</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л,кос.линия,скреп. №1 School Отличник Зеленый 10шт/уп</t>
+  </si>
+  <si>
+    <t>717410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6a/an0v9r2i9ixpqtf1gwiv7ijj3exd2rb3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л,част.кос.лин,скр. 1 School Отличник Зеленый 10шт уп</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная А5, 12л,част.кос.лин,скр.№1 School Отличник Зеленый 10шт/уп</t>
+  </si>
+  <si>
+    <t>717415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/850/2lkzvgj09bark2xnr2zkf2v060ct50zw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика Light ассорти, 12 листов, узкая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика Light ассорти, 12 листов, узкая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f3/kdps405el0r3l5hfpm6nhestooydzu3t.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика ассорти, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика ассорти, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8a/cucfqvpib1kljpnzfbi7naxcz84x87ly.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика зеленая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика зеленая, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b94/facxcuu3dvlt5ng409h7ye80yhlvi7w3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика розовая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика розовая, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b1/v1zho0pxlao2pwoigh1ql0wynm9ps1hw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой ассорти, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой ассорти, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/781/pwdwq5zo90874hnvzl2j8pf9cohggmkv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой голубая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой голубая, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/129/m7pzqcpux8borsi1mxt71sggr13fv2hv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой голубая, 12 листов, крупная клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой голубая, 12 листов, крупная клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/311/1iz05ksan73byiq1l8ueemz383xqhfh3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой голубая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой голубая, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/385/1lyhijuawqvfyj5xbj96dnqe089ue57w.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой желтая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой желтая, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d43/7qo4885d1jj6asr10wokcb3tt16ss2hx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой зеленая, 12 листов, крупная клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой зеленая, 12 листов, крупная клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15b/p7zqyaof31bmwohcl4hh97fjqwl1fu31.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой зеленая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой зеленая, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db8/b0wgk3plcrktxmr2bweri994i09cu578.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика фиолетовая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика фиолетовая, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772019</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1f/kzeqjkbv45gctwmkzt3yh9eonr172jh2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Корги, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Корги, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>772020</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c9/7lav660pd9rsrvi1jkkr7hihc2wiy1er.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л., ПЗБМ, клетка, фольга,  quot;Шмяк quot;  5 видов , 017996</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Школьная тетрадь серии &amp;quot;ШМЯК!&amp;quot; с красочной обложкой выглядит оригинально и стильно. Внутренний блок из офсетной бумаги плотностью 60 г/м2 содержит 12 листов в клетку с полями. Обложка изготовлена из картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.Поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>774812</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d70/n51fz7e1bgyoilld15tpcmel9hi89ydh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., клетка BG  quot;Школьная quot;</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления -скрепка. Обложка -мелованный картон. Внутренний блок - офсетный, 60 г/м2. Линовка - клетка.</t>
+  </si>
+  <si>
+    <t>785370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac5/mkra339nqfapd5ia0cng04fgs3trpd4g.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., косая линия BG  quot;Школьная quot;</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления -скрепка. Обложка -мелованный картон. Внутренний блок - офсетный, 60 г/м2. Линовка -две линии с наклонными.</t>
+  </si>
+  <si>
+    <t>785376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85e/zik6y7d5c1w39a820z804xjr5qg5jxk3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., линия BG  quot;Школьная quot;</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления -скрепка. Обложка -мелованный картон. Внутренний блок - офсетный, 60 г/м2. Линовка - линия.</t>
+  </si>
+  <si>
+    <t>785387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e8/lja2wh2dt1jw58r4o94bue84ya17a5ra.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., узкая линия BG  quot;Школьная quot;, ассорти</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления -скрепка. Обложка -мелованный картон. Внутренний блок - офсетный, 60 г/м2. Линовка - узкая линия.</t>
+  </si>
+  <si>
+    <t>785389</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a96/hchvz0p9nldxbgf5iauo25iwrltza6tn.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., частая косая линия BG  quot;Школьная quot;, с доп. горизонтальной</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления -скрепка. Обложка -мелованный картон. Внутренний блок -офсетный, две линии с частыми наклонными и дополнительной горизонтальной, 60 гр/м2</t>
+  </si>
+  <si>
+    <t>785392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81c/3id130vmlf4j7ohkbv8ax9cpkddsq5db.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., частая косая линия BG  quot;Школьная quot;</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления -скрепка. Обложка -мелованный картон. Внутренний блок -офсетный, 60 г/м2, частая косая линия</t>
+  </si>
+  <si>
+    <t>785395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac4/uyos93lzv6w3zsl9hfpqwrpy9dkyi43a.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь ЗЕЛ НАЯ обложка, 12 л., линия с полями, офсет, ПЗБМ, 19988</t>
+  </si>
+  <si>
+    <t>Тетрадь &amp;quot;ПЗБМ&amp;quot; с зеленой обложкой предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок 12 листов плотностью 60 г/м2 из офсетной бумаги имеет линовку в линию с полями. Внутренний блок 92-100&amp;#37; белизны. Скрепка надежно скрепляет листы между собой.</t>
+  </si>
+  <si>
+    <t>791709</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cd/89g9xjr1gfwt7ny6endhtk43hnqpwdc0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright голубая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Bright голубая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792679</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e2/dxhf4fxz3hmrnoymx6ib7aesue4ime0q.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright голубая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Bright голубая, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdc/q6p3zto6c7l9m71kq10pc11mp8dg37pp.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright желтая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Bright желтая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792681</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/141/a9x4o6xcum5vpewiax6fqh0dii1j947n.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright зеленая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Bright зеленая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d82/zmqk0ejqjfg1kamdmtgzxzg8xrkobtzo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Light ассорти, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Light ассорти, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792683</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/705/mazv2p42u4ggb9nqjq9cvavf2zqn7luk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Light ассорти, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Light ассорти, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792684</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4e/se554jfjpggu6tv53gbrnctml1z66l0y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Light ассорти, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Light ассорти, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792685</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bf/unxzzyjjan94mg8prjxt17e82qwl00qz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика голубая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика голубая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ae/4s2xbxzvfktd6s009918fpna35hj5hwe.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика желтая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика желтая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70f/nf1azvgg72qzutyrkb8a6lmyjd92eaw8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика желтая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика желтая, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792688</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a7/72q0a71ui975fvaejiy4jyx33hsafb53.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика зеленая, 12 листов, частая косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика зеленая, 12 листов, частая косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f79/po506lqpjfd8s8iviom078a2e8uj3bsb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика розовая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика розовая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b5/2frl6r11dlr4x2sptahh21f7v24rir51.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика с линовкой ассорти, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика с линовкой ассорти, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b7/hxr4zni8h2yi0ixqqv01h147v3mh02rq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика с линовкой ассорти, 12 листов, частая косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика с линовкой ассорти, 12 листов, частая косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/334/tqss30yj6k83b6esd17jfgcv7mfintob.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика с линовкой желтая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика с линовкой желтая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f7/7peigzdhdfo78bx26e3lkpwafwtng3jc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика с линовкой зеленая, 12 листов, частая косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика с линовкой зеленая, 12 листов, частая косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/862/eo8i5l0wykky8y3phf2223mo10p733pv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика с линовкой фиолетовая, 12 листов, косая линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика с линовкой фиолетовая, 12 листов, косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bc/539kx43t3y2um77u3odot9rkmex3be4u.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика фиолетовая, 12 листов, клетка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика фиолетовая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2a/pu7sc4idmh4pq5jkxrdvrel212cz5rhr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright желтая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика Bright желтая, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>795387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e66/9oot5uucyuv4pxpwiywkqdjgfh69bbzv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика зеленая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая Erich Krause® Классика зеленая, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>795388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b50/h0ykzw8ydtcc55up2bo0yq6wgl73tcqk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика Bright ассорти, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика Bright ассорти, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>798693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a4/v9e9p8v4ozjeueb2s39fhhg8f1dmjxh2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика с линовкой розовая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика с линовкой розовая, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>798694</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0ce/zjwwq7bzlzx9e8emupzqfvrmaus81f7m.jpg</t>
   </si>
   <si>
-    <t>Тетрадь ЗЕЛ НАЯ обложка 12 л.  quot;ПЗБМ quot;, офсет, клетка с полями, 19995</t>
-[...526 lines deleted...]
-  <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 12 л., крупная клетка с полями, офсет,  quot;ПЗБМ quot;, 19957</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;ПЗБМ&amp;quot; с зеленой обложкой предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок состоит из 12 листов офсетной бумаги плотностью 60 г/м2. Внутренний блок 92-100&amp;#37; белизны. Линовка - крупная клетка с полями. Скрепка надежно соединяет листы между собой.</t>
   </si>
   <si>
     <t>833435</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/172/5j19ihyatw3cm0duy5v1ujgf4sqz9193.jpg</t>
-[...5 lines deleted...]
-    <t>834917</t>
+    <t>http://anytos.ru//upload/iblock/f45/l1e2yw6ojq0u0en67z5prp7ekx2qlc07.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., линия BG  quot;Первоклассная quot;, светло-бирюзовая</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - скрепка. Обложка - мелованный картон. Внутренний блок - офсетный, линия, 60г/м2</t>
+  </si>
+  <si>
+    <t>834934</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/83f/ydbv8vs9iutni41qhqmyg63u7t0hbn27.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c1/qz0t0iqvwhisa1lbs7nntrckemag7eyv.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12л., линия BG  quot;Первоклассная quot;, светло-зеленая</t>
   </si>
   <si>
     <t>834935</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/00a/0hj7feakgkzf881bgmqunscddvvk0a1q.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., линия BG  quot;Первоклассная quot;, светло-сиреневая</t>
+  </si>
+  <si>
+    <t>834937</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37e/sczybn5k93vh0kshkncg47dr6w3o4y02.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., линия Мульти-Пульти  quot;Однотонная. Бирюзовая quot;, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь Мульти-Пульти однотонная в линию. Внутренний блок из качественного офсета повышенной плотности 70г/м2. Благодаря этому листы меньше подвержены просвечиванию и писать в такой тетради более приятно по сравнению со стандартной. Обложка из качественного целлюлозного картона 190г/м2. Объем блока - 12л. Формат А5</t>
+  </si>
+  <si>
+    <t>834939</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8e6/09vnsst5e1tallj10faxnffw47v4eelr.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая ErichKrause  Веселые зверята, 12 листов, клетка  в пл нке по 10 шт. _MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая ErichKrause® Веселые зверята, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;_MIX-PACK</t>
   </si>
   <si>
     <t>835126</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cf2/l2y6ojmza0grj1sbhy1ga0vq9zo761ap.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика Visio фиолетовая, 12 листов, линейка  в пл нке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause® Классика Visio фиолетовая, 12 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>835127</t>
+  </si>
+  <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 12 л., узкая линия с полями, офсет,  quot;ПЗБМ quot;, 19964</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;ПЗБМ&amp;quot; с зеленой обложкой предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок состоит из 12 листов офсетной бумаги плотностью 60 г/м2. Внутренний блок 92-100&amp;#37; белизны. Линовка - узкая линия с полями. Скрепка надежно соединяет листы между собой.</t>
   </si>
   <si>
     <t>835461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf3/gukl7fbbumqjprxc3pt1ze57ex5b8py8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика Bright ассорти, 12 листов, клетка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 180 г/м2. В блоке 12 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук. Соотношение цветов в коробке — 2 &amp;#40;зеленый&amp;#41; : 2 &amp;#40;голубой&amp;#41; : 1 &amp;#40;желтый&amp;#41;. Товар поставляется в нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>842369</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ed9/x6aqi7w68syiqp2yavynlwp0pfavasdd.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 листов, клетка BG  quot;Ути-пути quot;</t>
+  </si>
+  <si>
+    <t>Тетрадь BG серии &amp;quot;Ути-пути&amp;quot; в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 12 листов, офсетная бумага плотностью 65 г/м2. Обложка выполнена из мелованного картона. Тетради с ярким дизайном идеально подойдут для школьников любого года обучения. • Кол-во листов: 12 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон</t>
+  </si>
+  <si>
+    <t>842958</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/134/5o1emei4klu2b7whmwckni61li2o2sqp.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. HATBER клетка, обложка картон,  quot;Little Elephant quot;  5 видов в спайке  12Т5В1</t>
   </si>
   <si>
     <t>Школьная тетрадь HATBER с яркой обложкой оригинального дизайна будет радовать своего владельца каждый день. Тетрадь А5 формата объемом 12 листов с линовкой в клетку с красными полями. Школьная тетрадь идеально подходит для всех видов чернил, включая гелевые, капиллярные и перьевые ручки. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради.</t>
   </si>
   <si>
     <t>843623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b1/eyspeo00o6phamkgyfynomckq8lfndrh.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. HATBER клетка, обложка картон, тиснение,  quot;Hello Dino quot;  5 видов в спайке  12Т5тВ1</t>
   </si>
   <si>
     <t>Школьная тетрадь HATBER с яркой обложкой оригинального дизайна будет радовать своего владельца каждый день. Тетрадь А5 формата 12 листов в клетку с красными полями. Дизайн дополнен тиснением. Школьная тетрадь идеально подходит для всех видов чернил, включая гелевые, капиллярные и перьевые ручки. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради. 5 дизайнов в спайке из 10 шт.</t>
   </si>
   <si>
     <t>843625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4c/yyyxbecs1uryttaxjtyxvwhvxk1u6xc5.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. HATBER линия, обложка картон,  quot;Little Elephant quot;  5 видов в спайке  12Т5В2</t>
   </si>
   <si>
     <t>Школьная тетрадь HATBER с яркой обложкой оригинального дизайна будет радовать своего владельца каждый день. Тетрадь А5 формата объемом 12 листов с линовкой в клетку с красными полями. Дизайн дополнен тиснением. Школьная тетрадь идеально подходит для всех видов чернил, включая гелевые, капиллярные и перьевые ручки. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради.</t>
   </si>
   <si>
     <t>843626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cb/20dsp3muvft7rqzv5lbxrk46mr3lu1r9.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. HATBER клетка, обложка картон,  quot;Croco Boys quot;  5 видов в спайке  12Т5В1</t>
   </si>
   <si>
     <t>Школьная тетрадь HATBER с яркой обложкой оригинального дизайна будет радовать своего владельца каждый день. Тетрадь А5 формата объемом 12 листов с линовкой в клетку с красными полями. Школьная тетрадь идеально подходит для всех видов чернил, включая гелевые, капиллярные и перьевые ручки. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради. 5 дизайнов в спайке из 10 шт.</t>
   </si>
   <si>
     <t>844743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd8/1ge5y8l66lbslkdc0p0gojuifwwsvunk.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ea/f9hfnhscwb177c6abibgvu0qr64ufo2h.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая ErichKrause  Классика Nature Colors ассорти, 12 листов, линейка  в пл нке по 10 штук  MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая ErichKrause® Классика Nature Colors ассорти, 12 листов, линейка &amp;#40;в плёнке по 10 штук&amp;#41; MIX-PACK</t>
   </si>
   <si>
     <t>848486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e98/1aiwx1hslo2hy4xjr7v3b66ia7kkwo5b.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;MOTO quot;, 106466</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с ярким дизайном подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивается на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - клетка с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>850977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/403/l9ywgaz5xbme0emsf43pp3mthx4wdy5q.jpg</t>
@@ -1668,146 +2449,173 @@
   <si>
     <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;АВОКАДО НЕОН quot;, 106461</t>
   </si>
   <si>
     <t>850979</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8aa/ifq28upifarhnx4qa9zr0o3y6dspp3sd.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;ДИНОЗАВРИКИ quot;, 106462</t>
   </si>
   <si>
     <t>850980</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/914/z1u02y3vem5z2e3xr173eqjgdn8the5o.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;ЕДИНОРОГ quot;, 106458</t>
   </si>
   <si>
     <t>850981</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/616/ipkdalim70kclmmpusn52gxn78cz6p0x.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;ЗВЕРЯТА quot;, 106464</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с ярким дизайном подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивается на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - клетка с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>850982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8e/w7x02twxu4hnaxp7qpstxu55zct0cway.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;КОРГИ quot;, 106460</t>
+  </si>
+  <si>
+    <t>850983</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2dc/vyl4u1oqxw9cj9e33ymp6f6qbpeif27t.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;ФРУКТЫ quot;, 106459</t>
   </si>
   <si>
     <t>850985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10b/mtvbjns9wo70cb7v1uiemyqie1q7wu71.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG, клетка, обложка картон,  quot;ФУТБОЛ quot;, 106467</t>
   </si>
   <si>
     <t>850986</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e71/0y0u4qjjgpcmtt2ya2matadaz920lui8.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. BRAUBERG, линия, обложка картон,  quot;КОТ quot;, 106472</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь BRAUBERG с ярким дизайном подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивается на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>850988</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fb3/r6hnrjbwpphdw9vt0f2qb95g1iykm4hu.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG, линия, обложка картон,  quot;ПУТЕШЕСТВИЕ quot;, 106473</t>
   </si>
   <si>
-    <t>Школьная тетрадь BRAUBERG с ярким дизайном подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивается на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
-[...1 lines deleted...]
-  <si>
     <t>850990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a6/jq3k02z3xpbaelgovaisdlvp5pimgi3z.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. ЮНЛАНДИЯ, линия, обложка картон,  quot;КАКТУСИКИ quot;, 106474</t>
   </si>
   <si>
     <t>Школьная тетрадь ЮНЛАНДИЯ станет лучшим другом для каждого ребенка, в которой он может выполнять не только классную работу и домашние задания, но и вести читательские дневники и личные записи. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой. Поставляется в нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>850993</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fb/mcn0xz10trjdn7s2q7gr7w1gv4nt0hba.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. HATBER клетка, обложка картон,  quot;Астронавт quot;  5 видов в спайке , 12Т5В1</t>
   </si>
   <si>
     <t>852777</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f15/tsybpzukbk9jpugkg2iazzm79obf9eaj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f12/stxzlkec5yx68s6q961fi02b90rv1mhs.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая ErichKrause  MC-7 ассорти, 12 листов, линейка  в пл нке по 10 штук _MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 180 г/м2. В блоке 12 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради разных цветов упакованы в термоусадочную пленку по 10 штук</t>
   </si>
   <si>
     <t>853358</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b96/lss5e3unn2qeduq295v58fonc38eq7yu.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая ErichKrause  Веселые зверята, 12 листов, линейка  в пл нке по 10 штук _MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 180 г/м2. В блоке 12 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук</t>
   </si>
   <si>
     <t>853361</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2cd/pu29w9pbvkte6s8w2mvdjdhd5l7obzya.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика Neon зеленая, 12 листов, клетка  в пл нке по 10 штук </t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Яркая обложка c неоновой печатью из высококачественного мелованного картона плотностью 180 г/м2. В блоке 12 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук</t>
+  </si>
+  <si>
+    <t>853364</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b6f/frv20iicmx58hbnl01vto06s4xxbda5e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Neon зеленая, 12 листов, линейка  в пл нке по 10 штук </t>
   </si>
   <si>
-    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Яркая обложка c неоновой печатью из высококачественного мелованного картона плотностью 180 г/м2. В блоке 12 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук</t>
-[...1 lines deleted...]
-  <si>
     <t>854991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d0/ob3oj4dv4sdqv0ez8mg6s3h54unv1owu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Neon розовая, 12 листов, линейка  в пл нке по 10 штук </t>
   </si>
   <si>
     <t>854993</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf7/ii1obwydshzas7zxowu97ecqgxmakfzo.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная А5,12л, клетка,скреп.  1 School Отличник Сиреневый 10шт уп</t>
   </si>
   <si>
     <t>Тетрадь школьная А5,12л, клетка,скреп. №1 School Отличник Сиреневый 10шт/уп</t>
   </si>
   <si>
     <t>882466</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a9/23ncjfcnuzdnbrjdy3v13bsrz8z23apj.jpg</t>
@@ -1822,50 +2630,59 @@
     <t>882469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7dc/mj3db3xj6y89d4ysd06uki2ts09hg3nk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика Nature Colors ассорти, 12 листов, косая линейка  в пл нке по 10 штук </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в косую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>882797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5e/16q4u7yg61cxxyijq520ae70clhz2iok.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая ErichKrause  Классика Nature Colors ассорти, 12 листов, частая косая линейка  в пл нке по 10 штук </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в частую косую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради одного цвета упакованы в термоусадочную пленку по 10 штук</t>
   </si>
   <si>
     <t>883475</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f4/tdhge4pcogd9q006rt2egjueow9ja6xn.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause  Классика ассорти, 12 листов, линейка  в пл нке по 10 штук  MIX-PACK</t>
+  </si>
+  <si>
+    <t>883476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a64/zet1q4x6axya2qx1fj9qoncize01ms83.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12л., клетка BG  quot;Mix-8. Девочки quot;</t>
   </si>
   <si>
     <t>Тетрадь BG серии «Mix–8. Девочки» в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 12 листов, офсетная бумага плотностью 65 г/м. Обложка выполнена из мелованного картона. В серии 8 ярких дизайнов, которые идеально подойдут для школьников любого года обучения. Сзади на обложке размещена таблица умножения. • Кол-во листов: 12 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65d/wokix0h4239ap8e6hgnj5uvdhkigi55t.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12л., клетка BG  quot;Super Mix-16 quot;</t>
   </si>
   <si>
     <t>Тетрадь BG серии &amp;quot;Super Mix–16&amp;quot; в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 12 листов, офсетная бумага плотностью 65 г/м. Обложка выполнена из мелованного картона. В серии 16 креативных дизайнов, которые идеально подойдут для школьников любого года обучения. Сзади на обложке размещена таблица умножения. • Кол-во листов: 12 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885028</t>
   </si>
@@ -2267,3635 +3084,5299 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J157"/>
+  <dimension ref="A1:M229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G157" sqref="G157"/>
+      <selection pane="bottomRight" activeCell="G229" sqref="G229"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1"/>
-[...13 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="G9" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B10" s="1" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="C11" s="1"/>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...6 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="G14" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
         <v>52</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="1" t="s">
+      <c r="B15" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="F15" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A16" s="1" t="s">
+      <c r="B16" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="F16" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="B17" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="B18" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="3" t="s">
+      <c r="F18" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B19" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="G20" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...15 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="F23" s="3" t="s">
+      <c r="B24" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="G23" s="3" t="s">
+      <c r="C24" s="1" t="s">
         <v>89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="F24" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="B25" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="C25" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="F24" s="3" t="s">
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="G24" s="3" t="s">
+      <c r="F25" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
         <v>95</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B26" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="F26" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="F27" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="B28" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="C28" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="F28" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="B29" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="3" t="s">
+      <c r="C29" s="1" t="s">
         <v>107</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="F29" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="B30" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="C30" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="F30" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="B31" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="C31" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E30" s="3" t="s">
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B32" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F32" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B33" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G32" s="3" t="s">
+      <c r="B34" s="1" t="s">
         <v>127</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B33" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="F34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G33" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>131</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B34" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="F35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B36" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="F36" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="F37" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="G37" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="C37" s="1" t="s">
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="B38" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="F38" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="B39" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="F39" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="G39" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="F39" s="3" t="s">
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="G39" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B40" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="F42" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G42" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="F42" s="3" t="s">
+      <c r="B43" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="G42" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="F43" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="B44" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="B45" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="F45" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="C46" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="F46" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="C47" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="F47" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="C47" s="1" t="s">
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="C48" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="F48" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="C48" s="1" t="s">
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="C49" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="F49" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="C50" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G49" s="3" t="s">
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>196</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="F50" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="C51" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="F51" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="F52" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F54" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F56" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="G56" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>225</v>
       </c>
       <c r="B58" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="C59" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="F59" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="G59" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="B60" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="F59" s="3" t="s">
+      <c r="C60" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="G59" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="C61" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="F60" s="3" t="s">
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="G60" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="F62" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="F63" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="F63" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="G63" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="F65" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="F66" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="F67" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="F68" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C69" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="F69" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="B70" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="B71" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F71" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="F72" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G72" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="B73" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="F73" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="F74" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="F74" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="G74" s="3" t="s">
+      <c r="B76" s="1" t="s">
         <v>299</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="B77" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F75" s="3" t="s">
+      <c r="C77" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="G75" s="3" t="s">
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>305</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="F77" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="F78" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="F79" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="C80" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="B81" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="B82" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="F82" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="B83" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="F83" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="B84" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="C83" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="C84" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="F84" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="C85" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>338</v>
-      </c>
-[...21 lines deleted...]
-        <v>342</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="F87" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="G87" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F88" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G88" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>354</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>304</v>
+        <v>350</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>355</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>304</v>
+        <v>350</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>362</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>304</v>
+        <v>350</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>363</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>366</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>241</v>
+        <v>350</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>370</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>304</v>
+        <v>350</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>304</v>
+        <v>350</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>298</v>
+        <v>16</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C102" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="B104" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="B105" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="B106" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="B108" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="F108" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="G108" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...6 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>434</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>304</v>
+        <v>429</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>438</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>304</v>
+        <v>429</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>442</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>304</v>
+        <v>429</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C112" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="F112" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="B113" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="C113" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="F113" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="B114" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="F114" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="B115" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="C115" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="F115" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="C116" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="F116" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="C117" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="F117" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C118" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="F118" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="B119" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="C119" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="F119" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="C120" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B119" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="B121" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="C120" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="F121" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G120" s="3" t="s">
+      <c r="B122" s="1" t="s">
         <v>477</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="C122" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="F122" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="C123" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="F124" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G124" s="3" t="s">
+      <c r="F126" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>493</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B125" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="F130" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C131" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="B132" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="C133" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="C134" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="C135" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F135" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="F136" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="B138" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="C135" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="C138" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="C139" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B140" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C140" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="F141" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="F142" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C143" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F143" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B144" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C144" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="F144" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="B145" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="C143" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="B146" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="C146" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="C147" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="C149" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="C150" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="C151" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="F151" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="C152" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="F152" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="C153" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="F153" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="C154" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="F154" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="C155" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G153" s="3" t="s">
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>600</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="B156" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="F156" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="G156" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="C157" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="C158" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="C159" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">