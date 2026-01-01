--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -12,100 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/57d/uduq9yxe230cdf3tkdy7s1f1ffatk3xf.jpg</t>
-[...5 lines deleted...]
-    <t>Практичная тетрадь BRAUBERG &amp;quot;RAINBOW&amp;quot; незаменима для учебы и работы.</t>
+    <t>http://anytos.ru//upload/iblock/917/ho0wgllfljhnp4ebiq6ley2cmwbj22zs.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. в клетку обложка кожзам под замшу, сшивка, A5  147х210мм , РОЗОВЫЙ, BRAUBERG CAPRISE, 403857</t>
+  </si>
+  <si>
+    <t>Практичная тетрадь BRAUBERG &amp;quot;CAPRISE&amp;quot; незаменима для учебы и работы.</t>
   </si>
   <si>
     <t>Школьные тетради 48 листов</t>
   </si>
   <si>
-    <t>701632</t>
+    <t>701634</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/804/h0g4lwvel2lj1xw6v0q09hk7mezcoipt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. в клетку обложка кожзам под л н, сшивка, A5  147х210мм , КОРАЛЛОВЫЙ, BRAUBERG PASTEL, 403870</t>
+  </si>
+  <si>
+    <t>Практичная тетрадь BRAUBERG &amp;quot;PASTEL&amp;quot; незаменима для учебы и работы. Общая тетрадь формата А5 &amp;#40;147х210 мм&amp;#41; содержит 48 листов с линовкой в клетку. Сшивка плотно соединяет листы. Обложка изготовлена из высококачественного и износоустойчивого материала - экокожи с текстурой под &amp;quot;лен&amp;quot; кораллового цвета, что придает тетради изысканный и неповторимый стиль. Внутренний блок - бежевая офсетная бумага плотностью 70 г/м2.</t>
+  </si>
+  <si>
+    <t>701637</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/069/8vfd53m2512k6he6qk46cdyo5kmuc1gt.jpg</t>
   </si>
   <si>
     <t>Тетрадь, 48 л., в клетку, А5, обложка - мелованный картон с УФ-лаком,  quot;Галстуки quot;</t>
   </si>
   <si>
     <t>Тетрадь, 48 л., в клетку, А5, обложка - мелованный картон с УФ-лаком, &amp;quot;Галстуки&amp;quot;</t>
   </si>
   <si>
     <t>708334</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/845/m2ad32q1l9u2s0k8qutuxyq2w36girrs.jpg</t>
   </si>
   <si>
     <t>Тетрадь, 48 л., в клетку, А5, обложка - мелованный картон с УФ-лаком,  quot;Глазастик quot;</t>
   </si>
   <si>
     <t>Тетрадь, 48 л., в клетку, А5, обложка - мелованный картон с УФ-лаком, &amp;quot;Глазастик&amp;quot;</t>
@@ -413,80 +434,149 @@
   <si>
     <t>Тетрадь 48л кл. офсет-2  quot;Монстрик quot;</t>
   </si>
   <si>
     <t>708375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1e/aiu70ahm2ecwwe3lc9e71at0hitpj50e.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л кл. офсет-2  quot;Семейка зайцев quot;</t>
   </si>
   <si>
     <t>708376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/020/3t8y0af1v0qx4nm9ofklxe11ir5jrybd.jpg</t>
   </si>
   <si>
     <t>Тетрадь, А5, 48 л., в клетку,  quot;Вес лые кактусы quot;</t>
   </si>
   <si>
     <t>708377</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1fc/m8tn8woh7e72gjtgdv6wnn14utkl7vej.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, линия BG  quot;Пора поумнеть quot;, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - скрепка. Обложка - мелованный картон с матовой ламинацией. Внутренний блок - офсетный, 60 г/м2, линия.</t>
+  </si>
+  <si>
+    <t>708785</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/979/6bty16ds8q8hq60ifzbld5e362z4d4zl.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5, 48 л., HATBER, гребень, клетка, матовая ламинация,  quot;Облака quot;  4 вида в спайке , 48Т5лВ1гр</t>
+  </si>
+  <si>
+    <t>Тетрадь HATBER предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Тетрадь А5 формата. Обложка изготовлена из мелованного картона, дополнена спецэффектом в виде матовой ламинации. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м2. Линовка - клетка. Скрепление &amp;quot;гребень&amp;quot; позволяет раскрывать тетрадь на 360 градусов. 4 дизайна в упаковке.</t>
+  </si>
+  <si>
+    <t>763199</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b09/3qdrhj0wy3344gtmqzt00xrlyqilmgln.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 48 л., HATBER, скоба, клетка, обложка картон,  quot;CrazyColor quot;  5 видов в спайке , 48Т5В1</t>
   </si>
   <si>
     <t>Тетрадь HATBER предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Тетрадь А5 формата. Обложка изготовлена из мелованного картона. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м2. Линовка - клетка, красные поля. Скоба надежно скрепляет листы между собой. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради. 5 дизайнов в упаковке.</t>
   </si>
   <si>
     <t>763203</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/2d4/22gqsccrx9vavgvrq675s57axqo9jp5e.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5, 48 л., HATBER, скоба, клетка, обложка картон,  quot;Lazer B - Выпуск  1 quot;  5 видов в спайке , 48Т5В1</t>
+  </si>
+  <si>
+    <t>Тетрадь HATBER предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Тетрадь А5 формата. Обложка изготовлена из мелованного картона. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м2. Линовка - клетка, красные поля. Скоба надежно скрепляет листы между собой. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради.</t>
+  </si>
+  <si>
+    <t>763204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6cb/guyz7k7lapcuwnfa580h761lgfno2v3m.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5, 48 л., HATBER, скоба, клетка, обложка картон,  quot;Гравити Фолз quot;  5 видов в спайке , 48Т5В1</t>
+  </si>
+  <si>
+    <t>763206</t>
+  </si>
+  <si>
+    <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/f569wqqtx48u93t5jqv6fd5l743y14m4.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 48 л., ПЗБМ, скоба, клетка, матовая ламинация, фольга, блестки,  quot;Юникорнизация quot;  5 видов , 027934</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;ЮНИКОРНИЗАЦИЯ&amp;quot; предназначена для учащихся средних и старших классов, студентов и работников различных учреждений. Общая тетрадь формата А5, 48 листов, с линовкой в клетку универсальна для любых записей и даже небольших зарисовок. Скрепка плотно соединяет листы, которые при желании можно аккуратно вырвать. Обложка изготовлена из высококачественного картона и дополнена спецэффектами. Внутренний блок - офсетная бумага плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>770217</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e34/vlczyucctsq9279qykqy7lopeofhvj9i.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5 48л. ПЗБМ скоба, клетка, Soft Touch, выборочный лак, Черно-белые звери  5, 27941</t>
+  </si>
+  <si>
+    <t>Тетрадь серии &amp;quot;ЧЕРНО-БЕЛЫЕ ЗВЕРИ&amp;quot; предназначена для учащихся средних и старших классов, студентов и работников различных учреждений. Общая тетрадь формата А5, содержит 48 листов с линовкой в клетку, универсальна для любых записей и даже небольших зарисовок. Скрепка плотно соединяет листы, которые при желании можно аккуратно вырвать. Обложка изготовлена из высококачественного картона и дополнена спецэффектами. Внутренний блок - офсетная бумага плотностью 60 г/м2.</t>
+  </si>
+  <si>
+    <t>774815</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2c6/z1d69cldt77flj2d8m1yubyeyp2oe4xx.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 48 л., BRAUBERG ЭКО, скоба, клетка, обложка картон, TRAVEL, 404039</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG ЭКО незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 48 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка - клетка. Скрепка надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>778982</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/109/onjipw02n64hy47qn57r4408cbnsq32j.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А4, клетка GreenwichLine  quot;Individual mono quot;, 70г м2, матовая ламинация</t>
   </si>
   <si>
     <t>Тетрадь общая 48 листов на скобе, формата А4. Внутренний блок - офсетная бумага повышенной плотности 70г/м2, белизна 100&amp;#37;, клетка. Обложка изготовлена из плотного целлюлозного картона с запечатнным форзацем. Отделка обложки - матовая ламинация.</t>
   </si>
   <si>
     <t>793142</t>
@@ -605,176 +695,170 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b96/pnp44p33fv0j1t9zxkj7k1zop85q83cq.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ХИМИЯ, клетка, BRAUBERG, 404320</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Химия&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>798959</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb9/f5d6zp3rbe8lw18qeale89c4jya5ibtr.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка Greenwich Line  quot;Loveliness quot;, матовая ламинация, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь общая 48 л. на скобе, формата А5 &amp;#40;165*205 мм&amp;#41;. Внутренний блок – офсетная бумага повышенной плотности 70 г/м2, белизна 100&amp;#37;, клетка. Обложка изготовлена из импортного целлюлозного мелованного картона с двусторонней запечаткой. Отделка обложки - матовая ламинация.</t>
   </si>
   <si>
     <t>839248</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/29a/7rq2pdqeb10r6w81k83y20h2mr6pnknb.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка Greenwich Line  quot;Magic of flowers quot;, глянцевая ламинация, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь общая 48 л. на скобе, формата А5 &amp;#40;165*205 мм&amp;#41;. Внутренний блок – офсетная бумага повышенной плотности 70 г/м2, белизна 100&amp;#37;, клетка. Обложка изготовлена из импортного целлюлозного мелованного картона с двусторонней запечаткой. Отделка обложки - глянцевая ламинация.</t>
   </si>
   <si>
     <t>839249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/651/v8630y1qftyz0ypw1n7dty60bxvq6lrv.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ 48 ЛИСТОВ,  quot;JUICY LIFE quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>ТЕТРАДЬ 48 ЛИСТОВ, &amp;quot;JUICY LIFE&amp;quot; 5 ВИДОВ</t>
   </si>
   <si>
     <t>841399</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/101/c3c798xswsa95rpf8cq5e3fbserhin0g.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ 48 ЛИСТОВ,  quot;СПОРТИВНЫЕ МОТОЦИКЛЫ quot;</t>
   </si>
   <si>
     <t>ТЕТРАДЬ 48 ЛИСТОВ, &amp;quot;СПОРТИВНЫЕ МОТОЦИКЛЫ&amp;quot;</t>
   </si>
   <si>
     <t>841402</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/42d/3v2nsptg0s4vp5toxfh6pv36vxay9mj1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause  Duotone Next, 48 листов, клетка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради разных цветов упакованы в термоусадочную пленку по 5 штук.</t>
+  </si>
+  <si>
+    <t>842365</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/71c/ud31u0zp07o2it7q8swk10so4l2ngxkg.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause  MC-7, 48 листов, клетка_MIX-PACK</t>
   </si>
   <si>
-    <t>Тетрадь общая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради разных цветов упакованы в термоусадочную пленку по 5 штук.</t>
-[...1 lines deleted...]
-  <si>
     <t>842367</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d4a/ax36r1zyenu5bg32lpf0b7ols6dw48i9.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5 48 л. HATBER скоба, клетка, матовая ламинация, 3D,  quot;Астронавт quot;  5 видов в спайке  48Т5лофВ1</t>
   </si>
   <si>
     <t>Тетрадь HATBER предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Тетрадь А5 формата 48 листов в клетку с красными полями. Обложка выполнена из мелованного картона, дополнена спецэффектами в виде матовой ламинации, 3D фольги. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради. 5 дизайнов в блоке.</t>
   </si>
   <si>
     <t>843606</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb8/ef51ymsm7lrmhlrdwbf9qzi9isadvsat.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5 48 л. HATBER скоба, клетка, матовая ламинация,  quot;Мой друг Кактус quot;  5 видов в спайке  48Т5лВ1</t>
   </si>
   <si>
     <t>Тетрадь HATBER предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Тетрадь А5 формата 48 листов в клетку с полями. Обложка выполнена из мелованного картона. Дизайн изделия дополнен матовой ламинацией. Скругленные уголки помогут надолго сохранить привлекательный внешний вид тетради. 5 дизайнов в блоке.</t>
   </si>
   <si>
     <t>844751</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/26c/yxxkat6hoppn8x5jjvq1jb1g6xnn862x.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 48 л., HATBER-ECO скоба, офсет  2 ЭКОНОМ, клетка, обложка мелованная бумага,  quot;Голубая quot;, 48Т5D1, 48Т5D1_27730</t>
   </si>
   <si>
     <t>Тетрадь HATBER-ECO предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Тетрадь А5 формата 48 листов в клетку. Обложка выполнена из мелованной бумаги. Внутренний блок изготовлен из типографской бумаги.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>844753</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/225/tiwez4tb5w006x60ny79q0vbw351k8h9.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 48 л., HATBER-ECO скоба, офсет  2 ЭКОНОМ, клетка, обложка мелованная бумага,  quot;Зеленая quot;, 48Т5D1, 48Т5D1_27731</t>
   </si>
   <si>
     <t>844754</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2da/ojopcglzmw9ay6d09sbfyfjbuqqrkkdt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5, 48 л., HATBER-ECO скоба, офсет  2 ЭКОНОМ, клетка, обложка мелованная бумага,  quot;Паттерн quot;, 48Т5D1</t>
+  </si>
+  <si>
+    <t>844755</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e37/0k8e0jpihmxxpe52e1rt021tbili6f7x.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 48 л., HATBER-ECO скоба, офсет  2 ЭКОНОМ, клетка, обложка мелованная бумага,  quot;Фиолетовая quot;, 48Т5D1, 48Т5D1_27728</t>
   </si>
   <si>
     <t>844756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e9/2bhbsdh5ieveybxao0of6gkiw6qpwil6.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Будь собой - мир привыкнет quot;, матовая ламинация, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь BG серии &amp;quot;Будь собой - мир привыкнет&amp;quot; в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 70 г/м2. Обложка выполнена из мелованного картона с матовой ламинацией. Тетради с креативным дизайном отлично подходят для выполнения классных и домашних работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 70 г/м2, • Крепление: скрепка, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>845144</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d3/t3y0tojia2lk2yyxjnmbul3plvl1m76b.jpg</t>
@@ -818,236 +902,251 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8c6/6mw10g9tcrptn8a08efl90rqmat85cuh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause  Классика Visio, 48 листов, линейка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause® Классика Visio, 48 листов, линейка MIX-PACK</t>
   </si>
   <si>
     <t>848508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbc/6ns3tb2izoqqalohfcgyiysrjzpoioy5.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause  Классика, 48 листов, линейка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause® Классика, 48 листов, линейка MIX-PACK</t>
   </si>
   <si>
     <t>848509</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f5a/38u7yr1up4ws1fwvvghmozcsyzkl7gp1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5 48 листов, HATBER скоба, клетка, матовая ламинация, 3D,  quot;Ассорти quot;  5 видов в спайке  48Т5лофВ1</t>
+  </si>
+  <si>
+    <t>848690</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/82b/6nslr6nnay7b2y4srw77o2r2eek9p60q.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Crazy neon quot;, неоновая краска</t>
   </si>
   <si>
     <t>Тетрадь BG серии Crazy neon в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона, рисунок нанесен с использованием неоновых красок. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851407</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/957/uqz5b9vjl2jqmh7ns5skeimgmroyujmw.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/75f/e14hx2nnrnwho1ss7n04lt2ulvia8r1h.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Summer dessert quot;, матовая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии Summer dessert в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона с матовой ламинацией. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851413</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0f8/75ii9bevf042yhp9v98qbdc26h2qmc11.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;White enigma quot;, матовая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии White enigma в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона с матовой ламинацией. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851414</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b47/ta2cg42t2ccydhtoxgwhdr13sm1l99ow.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Будущее сегодня quot;, выб. лак</t>
   </si>
   <si>
     <t>Тетрадь BG серии &amp;quot;Будущее сегодня&amp;quot; в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 65 г/м2. Обложка выполнена из мелованного картона с выборочным лаком. Тетради с креативным дизайном отлично подходят для выполнения классных и домашних работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 65 г/м2, • Крепление: скрепка, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851415</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4bb/8672x5r1244e52bvctyr631qb6jnc9te.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ff/1bj8mthpaacaxh4vijycfipf38nyzp6p.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Куй quot;, выб. лак</t>
   </si>
   <si>
     <t>Тетрадь BG серии &amp;quot;Куй!&amp;quot; в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 65 г/м2. Обложка выполнена из мелованного картона с выборочным лаком. Тетради с креативным дизайном отлично подходят для выполнения классных и домашних работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 65 г/м2, • Крепление: скрепка, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851418</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/064/ish7o67hlmqjcvsdticctjgyavjs2f4k.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Лучшая в чате quot;, выб. лак</t>
   </si>
   <si>
     <t>Тетрадь BG серии &amp;quot;Лучшая в чате&amp;quot; в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 65 г/м2. Обложка выполнена из мелованного картона с выборочным лаком. Тетради с креативным дизайном отлично подходят для выполнения классных и домашних работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 65 г/м2, • Крепление: скрепка, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851419</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f3/hw2e57n781yjyg554ligcupl67ckx305.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Мой стиль quot;, матовая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии Мой стиль в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона с матовой ламинацией. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851420</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/119/j9oxi6cbgw3gyrqmlynteemlqru1lfw6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка BG  quot;На скейте quot;</t>
+  </si>
+  <si>
+    <t>Тетрадь BG серии На скейте в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
+  </si>
+  <si>
+    <t>851422</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c05/1uy2es9b298s9pypswqo092be2gtkkra.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Невероятный мир quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии Невероятный мир в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона с глянцевой ламинацией. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d6/6lh3qzkc154vi5d1t49bj3b1dmx0zc8b.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Приколись quot;</t>
   </si>
   <si>
     <t>Тетрадь BG серии Приколись! в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851425</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/192/r335gwlfbjeb46yw52tcbogn3aa3bhx1.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Яркая жизнь quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии Яркая жизнь в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона с глянцевой ламинацией. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>851426</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9ba/2hcqeapxsvehje0na0r0gh4sy04q7uiv.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка BG  quot;Девочки, такие девочки quot;</t>
+  </si>
+  <si>
+    <t>Тетрадь BG серии Девочки, такие девочки в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
+  </si>
+  <si>
+    <t>852388</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/96c/i2t0lst3dmj2t0netx8ov14agofs0mzl.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Так хорошо quot;, ламинация soft-touch, выб. лак</t>
   </si>
   <si>
     <t>Тетрадь BG серии &amp;quot;Так хорошо!&amp;quot; в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 65 г/м2. Обложка выполнена из мелованного картона с ламинацией soft-touch и выборочным лаком. Тетради с креативным дизайном отлично подходят для выполнения классных и домашних работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 65 г/м2, • Крепление: скрепка, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>852389</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9eb/9vj4sj07z9ik2k9hod9ovhwp428onbdk.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5 48 л. HATBER скоба, клетка, обложка картон,  quot;YELLOWsupercar quot;  5 видов в спайке , 48Т5В1</t>
+  </si>
+  <si>
+    <t>Тетрадь ТМ Hatber российского производства отпечатана на современном высокотехнологичном оборудовании и соответствует всем стандартам качества. Предназначена для записей, используется в старших классах, студентами и в офисе. Тетрадь А5 формата 48 листов в клетку с красными полями. Обложка выполнена из мелованного картона. 5 дизайнов в блоке.</t>
+  </si>
+  <si>
+    <t>852780</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9dc/qk0rzmkmgd33ls0rey6z3gn46r8wj9g1.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5 48 л. HATBER скоба, клетка, обложка картон,  quot;Кошарики quot;  5 видов в спайке , 48Т5В1</t>
   </si>
   <si>
-    <t>Тетрадь ТМ Hatber российского производства отпечатана на современном высокотехнологичном оборудовании и соответствует всем стандартам качества. Предназначена для записей, используется в старших классах, студентами и в офисе. Тетрадь А5 формата 48 листов в клетку с красными полями. Обложка выполнена из мелованного картона. 5 дизайнов в блоке.</t>
-[...1 lines deleted...]
-  <si>
     <t>852781</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/931/vy7je49neo3erzh1ublg4mq5r7ndc03z.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка BG  quot;Wild and free quot;</t>
+  </si>
+  <si>
+    <t>Тетрадь BG серии Wild and free в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Материал обложки: мелованный картон.</t>
+  </si>
+  <si>
+    <t>852902</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bc4/7k02vby0y5077smcqaw8t3raa6vqm22m.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Относись проще quot;</t>
   </si>
   <si>
     <t>Тетрадь BG серии Относись проще в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 65 г/м2. Обложка выполнена из мелованного картона. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 65 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>852903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e70/2kl1jvgio64wmavqlo32l6i8vs4vesk1.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Тетрадь эгоиста quot;</t>
   </si>
   <si>
     <t>Тетрадь BG серии Тетрадь эгоиста в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 65 г/м2. Обложка выполнена из мелованного картона. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 65 г/м2, • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>852904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/790/whl2hrvkcz3waarr554652p1lfocd7kp.jpg</t>
@@ -1241,84 +1340,108 @@
   <si>
     <t>Тетрадь общая А4,48л, клетка, скоб, офсет-2 Attache Ice красн фиол</t>
   </si>
   <si>
     <t>Тетрадь общая А4,48л, клетка, скоб, офсет-2 Attache Ice красн/фиол</t>
   </si>
   <si>
     <t>882518</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffd/vzankt6mhjtdul0hhizjaimkz9jz6vtl.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая А4,48л, клетка, скоб, офсет-2 Attache Ice син зел</t>
   </si>
   <si>
     <t>Тетрадь общая А4,48л, клетка, скоб, офсет-2 Attache Ice син/зел</t>
   </si>
   <si>
     <t>882519</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/01f/m5hg7jfvj2ysnk1iojfn43lhsdrdnid1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5 48 л., ПЗБМ, скоба, клетка, Soft Touch, брайль 3D,  quot;СофтКолорТач quot;  розовый  028862</t>
+  </si>
+  <si>
+    <t>Тетрадь ПЗБМ &amp;quot;СофтКолорТач&amp;quot; предназначена для учащихся средних и старших классов, студентов и работников различных учреждений. Общая тетрадь формата А5 содержит 48 листов с линовкой в клетку. Универсальна для любых записей и даже небольших зарисовок. Скрепка плотно соединяет листы, которые при желании можно аккуратно вырвать. Обложка изготовлена из высококачественного картона и дополнена спецэффектами. Внутренний блок - офсетная бумага плотностью 65 г/м2.</t>
+  </si>
+  <si>
+    <t>883836</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bff/ynoiaq2y8eo25xks4boem1nta5t0gepl.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А4, линия BG  quot;Monocolor. Mood quot;</t>
   </si>
   <si>
     <t>Тетрадь BG &amp;quot;Monocolor. Mood&amp;quot; прекрасно подходит для конспектов, работы и ведения документооборота. Тетрадь А4 формата на скрепке. Внутренний блок состоит из 48 листов офсетной бумаги 100&amp;#37; белизны в линию, плотностью 60 г/м2. Обложка размера 205*295 мм представлена однотонным рисунком и выполнена из мелованного картона. В комплекте представлено 3 штуки. • Количество листов: 48; • Формат: А4; • Размер: 205*295 мм; • Линовка: линия; • Крепление: скрепка; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e12/v9md3ogcuj2zk9jix1p5tgci0lhct932.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Let s play quot;, выб. лак</t>
   </si>
   <si>
     <t>Тетрадь BG серии Let&amp;#39;s play в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона c выборочным лаком. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885064</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/093/dmpk7s3510ss3pgj91u9mztae9b1512g.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Monocolor. Chat quot;, неоновая краска</t>
   </si>
   <si>
     <t>Тетрадь BG серии Monocolor. Chat в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона, рисунок нанесен с использованием неоновых красок. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/670/wzpzd2lb0jjm4551chlk8bbwj4ltiqwp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка BG  quot;Monocolor. Serenity quot;, выб. лак</t>
+  </si>
+  <si>
+    <t>Тетрадь BG серии Monocolor. Serenity в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона с выборочным лаком. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Материал обложки: мелованный картон.</t>
+  </si>
+  <si>
+    <t>885067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ac/c3qbka6pod0i0n80x4jnnhkoy339ewh0.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка BG  quot;Модно и стильно quot;, выб. лак</t>
   </si>
   <si>
     <t>Тетрадь BG серии Модно и стильно в клетку. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – это 48 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона с выборочным лаком. Тетради отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 48 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b3/fta4yfi1t6mlyj5znt86v8ppdwmceqc5.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5, клетка Greenwich Line  quot;Men quot;, матовая ламинация, выборочный УФ-лак, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь общая 48 л. на скобе, формата А5 &amp;#40;165*205 мм&amp;#41;. Внутренний блок – офсетная бумага повышенной плотности 70 г/м, белизна 100&amp;#37;, клетка. Обложка изготовлена из импортного целлюлозного мелованного картона с двусторонней запечаткой. Отделка обложки - матовая ламинация, выборочный УФ-лак.</t>
   </si>
   <si>
     <t>885069</t>
   </si>
@@ -1669,2514 +1792,2779 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J108"/>
+  <dimension ref="A1:M119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G108" sqref="G108"/>
+      <selection pane="bottomRight" activeCell="G119" sqref="G119"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="G7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...12 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B35" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G37" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...18 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...12 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F41" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G41" s="3" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>167</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G45" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G58" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...56 lines deleted...]
-      <c r="B49" s="1" t="s">
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F59" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...240 lines deleted...]
-      </c>
       <c r="G59" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>137</v>
+        <v>235</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>137</v>
+        <v>235</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>137</v>
+        <v>244</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="1" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F63" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G63" s="3" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>220</v>
+        <v>150</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>255</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>215</v>
+        <v>150</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>259</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>215</v>
+        <v>150</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>263</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>215</v>
+        <v>150</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>265</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="F68" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="F69" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="B70" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G69" s="3" t="s">
+      <c r="C70" s="1" t="s">
         <v>272</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G70" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="C70" s="1" t="s">
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="B71" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="F71" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G71" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="F72" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G72" s="3" t="s">
+      <c r="B73" s="1" t="s">
         <v>285</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="F73" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="B74" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="F74" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="B75" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="B76" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="C76" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="B77" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="C77" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="F77" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G77" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="C77" s="1" t="s">
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="B78" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="F78" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="B79" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="F79" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="B80" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="B81" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="B82" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="F82" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="B83" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="F83" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="B84" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="F84" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="B85" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="B86" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="F86" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="B87" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="F87" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="B88" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="B89" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="B90" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="B93" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="B95" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="F95" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="B96" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="F95" s="3" t="s">
+      <c r="C96" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="G95" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="C97" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="C98" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="F98" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="B99" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="C99" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="F99" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="C99" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="B100" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="C100" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="F100" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="B101" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="B102" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="B103" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F102" s="3" t="s">
+      <c r="C103" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="G102" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="C104" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="F104" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="G104" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="B105" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="B106" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="B108" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="C108" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="C109" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...3 lines deleted...]
-        <v>197</v>
+      <c r="F109" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">