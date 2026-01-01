--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="371">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/638/7y5s55uxw004mxakbsc3npq920phkcuf.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая 96листов, клетка, А4, скрепка, обл.бумвин, цвета в ассортименте</t>
   </si>
   <si>
     <t>Тетрадь общая А4 96 листов в клетку на скрепке &amp;#40;обложка в ассортименте&amp;#41; Общие тетради предназначены для различных видов записей и заметок. Они широко используются среди школьников средних и старших классов, студентами в университетах, институтах и колледжах, офисными сотрудниками в работе, а также при планировании домашних дел. Общая тетрадь может стать отличным помощником в учебе, работе, планировании дел, составлении набросков и личных заметок. Внимание! Товар поставляется в нескольких вариантах цвета/дизайна &amp;#40;без возможности выбора&amp;#41; Товар относится к ценовому сегменту &amp;quot;бюджет&amp;quot;. Имеет базовые характеристики и более простую упаковку. Отвечает основным требованиям потребления.</t>
   </si>
   <si>
     <t>Школьные тетради 96 листов</t>
@@ -101,50 +110,83 @@
   <si>
     <t>Тетрадь общая Attache,96л,клет,А4,спир,обл.мел.карт штр.  1682021883962, 4607021883962</t>
   </si>
   <si>
     <t>Тетрадь общая представлена в формате А4. Блок выполнен из офсетной бумаги &amp;#40;плотностью - 60 г/кв.м&amp;#41; и состоит из 96 листов в клетку. Обложка изготовлена из мелованного картона с цветной печатью. Дизайн обложки - рисунок. Общая тетрадь скреплена с помощью спирали.</t>
   </si>
   <si>
     <t>253594</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/385/385f2b0c2e20cac84100e9d6eb387ce2/3da32929d98e534ce3f499acf503e91f.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая Attache,96л,клет,А4,спир,обл.пласт штр.  4607021884372</t>
   </si>
   <si>
     <t>Тетрадь общая представлена в формате А4. Блок выполнен из офсетной бумаги и состоит из 96 листов в клетку. Обложка изготовлена из пластика, представлена в одном цвете.. Общая тетрадь скреплена с помощью спирали.</t>
   </si>
   <si>
     <t>253595</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/073/073bb3f8396909df0af146b9afc279a6/9e1cbe9d25920bcb80fdb521791102c2.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая Attache,96л,клет,А5,мет.греб,обл.лак.карт штр.  4607021883979</t>
+  </si>
+  <si>
+    <t>Тетрадь общая представлена в формате А5. Блок выполнен из офсетной бумаги и состоит из 96 листов в клетку. Обложка изготовлена из мелованного картона с цветной печатью. Дизайн обложки - рисунок. Общая тетрадь скреплена с помощью сплошного металлического гребня.</t>
+  </si>
+  <si>
+    <t>253596</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bce/bmcxc0ozargfrd31wf1rg4ikv1x0u3fy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 96 листов, клетка, скрепка А4 LITE зеленый б винил офс. 2 CBBVА4-96Gr</t>
+  </si>
+  <si>
+    <t>Тетрадь 96 л. кл. скреп. А4 LITE зеленый б/винил офс.№2 — удобный вариант для записи лекций, ведения дневников наблюдения за природой, набросков и зарисовок. Большой формат позволяет уместить на странице максимальное количество полезной информации. Плотная обложка с дизайнерским принтом выполняет не только эстетическую функцию, но и защищает листы от заломов и пятен. Бумага приятна на ощупь, на ней удобно писать шариковыми и гелевыми ручками, маркерами, карандашами любой твердости.</t>
+  </si>
+  <si>
+    <t>355012</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1ff/1ffbb41e786afac724956c2c2ff12426/bfe8b699ad9f333ae528268ac7e41255.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая А4,96л,кл,скоб,блок-офсет-2 Attache Сфера син зелен жел васс</t>
   </si>
   <si>
     <t>Тетрадь общая А4,96л,кл,скоб,блок-офсет-2 Attache Сфера син/зелен/жел васс</t>
   </si>
   <si>
     <t>383119</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93f/93f09e041ec1ed893d5dbf3ae433fb57.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая А4,96л,клет,скреп,обл.бумвинил,блок офсет-2 Синяя</t>
   </si>
   <si>
     <t>383120</t>
   </si>
   <si>
     <t>12</t>
@@ -161,68 +203,59 @@
   <si>
     <t>385795</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8bd/v4l7jjrzwkjugvam1tdlkp7bnglw6z2y.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG, клетка, обложка картон, КОНТРАКТ, 400521</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;CONTRACT&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка. Скрепка надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>385807</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e71/inbjn1bz5p4dii0au0wm56gwgu5x5ugi.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь А4, 96 л., BRAUBERG, клетка, обложка картон, ОДИН ЦВЕТ, 401880</t>
+    <t>http://anytos.ru//upload/iblock/258/ahwbifq6v8e30a4dv0tlycynojoy7iyt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А4, 96 л., BRAUBERG, клетка, обложка картон, МОНОХРОМ 2, 402057</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка. Скрепка надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
-    <t>385815</t>
-[...7 lines deleted...]
-  <si>
     <t>385816</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eaa/fsd4dk4bw4v0flvzqydaykhkkvuoinuy.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG, клетка, выборочный лак, БЛЭК ДЖЭК, 401853</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Блэк Джэк&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона с выборочным лакированием. Линовка – клетка. Скрепка надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>385817</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dcc/jg275qrrqkseaioaqut8lamw21r5d6be.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG ЭКО, гребень, клетка, обложка картон, МОНОХРОМ 2, 402058</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG ЭКО незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка - клетка. Евроспираль надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
@@ -287,149 +320,155 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2fd/7f16v2trymx6vlm9bce2tz2sw5gyv68m.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., BRAUBERG ЭКО, клетка, обложка картон, МОРДАШКА, 402054</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Мордашка&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка - клетка с полями. Скрепка надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>385875</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/674/rytbokpchjkiwb1ybvbvext7m43gigwz.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., BRAUBERG, гребень, клетка, обложка картон, ИНДЕЙ, 400526</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;INDAY&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка. Евроспираль надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>385881</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b05/pe2k6jvmlgkbtu0y6g52sy8f76e3rwkx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5, 96 л., BRAUBERG, гребень, клетка, обложка картон, КОНТРАКТ, 400527</t>
+  </si>
+  <si>
+    <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;CONTRACT&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка. Евроспираль надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>385882</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a6b/po1xf9nppgnw79kz82ow5vktjm2vc61s.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., BRAUBERG, гребень, клетка, обложка картон, ОДИН ЦВЕТ, 401878</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Поразительные пейзажи&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка. Евроспираль надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>385883</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69f/w69ojo6trhnkk9i10514jelx0ovbjv39.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., BRAUBERG, клетка, выборочный лак, БЛЭК ДЖЭК, 401848</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Блэк Джэк&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона с выборочным лакированием. Линовка – клетка с полями. Скрепка надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>385884</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b0/vxno03x5u1qq8mrif70561aufnzk6yaf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/78a/oz8ukof26cc8hee84xr59viap5ngb5za.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., STAFF клетка, офсет  2, обложка картон, ГОРОДА, 402467</t>
   </si>
   <si>
     <t>Тетрадь STAFF незаменима для записей большого объема среди школьников средних и старших классов, студентов и офисных сотрудников. Внутренний блок содержит 96 листов типографской бумаги плотностью 60 г/м2 с серым оттенком. Однотонная обложка выполнена из мелованного картона. Линовка – клетка с полями. Скрепка надежно скрепляет листы между собой. Белизна – 80&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>385888</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bf9/dh09p85c5marji39swroh65e9a81t48d.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил А5, 96 л., офсет  2, клетка, с полями, STAFF, 402019</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь STAFF незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов типографской бумаги плотностью 60 г/м2 с серым оттенком. Обложка изготовлена из бумвинила. Линовка - клетка. Скрепка надежно скрепляет листы между собой. Белизна - 80&amp;#37;. Формат А5.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>385894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f4/fjzwwist89t8mgukow0qn5w31vti502q.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96 л. кл. скреп. А5 METALLIC ЗОЛОТО б винил офс. 96Т5бвВ1 Gold</t>
   </si>
   <si>
     <t>Тетрадь 96 листов — удобный вариант для записи лекций, ведения дневников наблюдения за природой, набросков и зарисовок. Большой формат позволяет уместить на странице максимальное количество полезной информации. Плотная обложка с дизайнерским принтом выполняет не только эстетическую функцию, но и защищает листы от заломов и пятен. Бумага приятна на ощупь, на ней удобно писать шариковыми и гелевыми ручками, маркерами, карандашами любой твердости.</t>
   </si>
   <si>
     <t>394610</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/472/j5755odbkq7cfuwf06bdnj7okmtrho3i.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96 л. кл. скреп. А5 METALLIC СЕРЕБРО б винил офс. 96Т5бвВ1 Silver</t>
   </si>
   <si>
     <t>394611</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/43b/43bbd3d912df0bea907d2995ae78a1be/a8df924e387e437543e51e9fd8602a2a.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А4,96л,кл,греб,ламин.обл. Attache Selection Fluid Фиолетовый</t>
+  </si>
+  <si>
+    <t>416424</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ac2/ac2472163331d106ce10603ce3d12b74/ae9dd756fcf77350d4a2cadb7492f1cf.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5,96л,кл,греб,ламин.обл. Attache Selection FluidБирюзовый</t>
   </si>
   <si>
     <t>416431</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bd2/cs5m7p151nyaxewrus869r3qocxcsuzi.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., BRAUBERG ЭКО, клетка, обложка картон, КОСМОС, 403059</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Космос&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка - клетка с полями. Скрепка надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>422355</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95e/3ribqd74ep1eu3fab9mzj0kxggef6auc.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., BRAUBERG, клетка, обложка картон, ПАСТЕЛЬ, 403066</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Пастель&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка с полями. Скрепка надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А5.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>422360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/676/0y7q0o8g13h9ub2cw4emys218a0a59sq.jpg</t>
@@ -452,110 +491,137 @@
   <si>
     <t>422365</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/baf/c5syot6qq3eh1q1qld8jalh6ev671a76.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил, А5, 96 л., скоба, офсет  1, клетка, с полями, STAFF, СИНИЙ, 403418</t>
   </si>
   <si>
     <t>422366</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed3/ctw52zgv87or233kqoospd3cgcv68yh9.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил, А5, 96 л., гребень, офсет  1, клетка, КОРИЧНЕВАЯ Metallic, HATBER, 96Т5бвВ1гр</t>
   </si>
   <si>
     <t>Тетрадь формата А5 с уникальной обложкой из материала бумвинил. Необычный яркий дизайн. Тетрадь нужна студенту и взрослому человеку – например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата содержит 96 листов. Обложка: бумвинил METALLIC Коричневая. Внутренний блок состоит из офсетной бумаги плотностью 60 г/м2, линовка в клетку. Скрепление: гребень.Обложка изготовлена из качественного переплетного материала на бумажной основе, устойчивого к истиранию и износу, водостойкая и легко очищается. Отлично имитирует кожу, при этом более доступна по цене. Сатиновое тиснение на обложке делает металлический блеск глубже. За счет этого изделие бликует под разными углами зрения, завораживая своей красотой. Скрепление &amp;#39;гребень&amp;#39; позволяет раскрывать тетрадь на 360 градусов.</t>
   </si>
   <si>
     <t>422383</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/913/kv43kg5mvuv51kimqhg5pe6g7uzjoqk2.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь бумвинил, А5, 96 л., гребень, офсет  1, клетка, ЧЕРНАЯ Metallic, HATBER, 96Т5бвВ1гр</t>
+  </si>
+  <si>
+    <t>Тетрадь формата А5 с уникальной обложкой из материала бумвинил. Необычный яркий дизайн, приятно держать в руках. Тетрадь нужна студенту и взрослому человеку – например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата содержит 96 листов. Обложка: бумвинил METALLIC Коричневая. Внутренний блок состоит из офсетной бумаги плотностью 60 г/м2, линовка в клетку. Скрепление: гребень.Обложка изготовлена из качественного переплетного материала на бумажной основе, устойчивого к истиранию и износу, водостойкая и легко очищается. Отлично имитирует кожу, при этом более доступна по цене. Сатиновое тиснение на обложке делает металлический блеск глубже. За счет этого изделие бликует под разными углами зрения, завораживая своей красотой. Скрепление &amp;#39;гребень&amp;#39; позволяет раскрывать тетрадь на 360 градусов.</t>
+  </si>
+  <si>
+    <t>422384</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5a9/rzv9vtcnspez97uuov3tsg3rscj8lnej.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG ЭКО, клетка, обложка картон, ЗАМКИ, 403070</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Замки&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка - клетка. Скрепка надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>422387</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e6d/m4682024k584mc0z3scq20e2ecu44sqm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А4, 96 л., STAFF, клетка, офсет  2 ЭКОНОМ, обложка картон,  quot;ОФИСНАЯ КЛАССИКА quot;, 403073</t>
+  </si>
+  <si>
+    <t>Тетрадь STAFF незаменима для записей большого объема для школьников средних и старших классов, студентов и офисных сотрудников Внутренний блок содержит 96 листов типографской бумаги плотностью 60 г/м2 с серым оттенком. Обложка изготовлена из мелованного картона. Линовка – клетка. Скрепка надежно скрепляет листы между собой. Белизна – 80&amp;#37;. Формат А4 &amp;#40;200х270 мм&amp;#41;.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>422388</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8ff/bus1rbarfoo44eiya3nsgt7915i1wxpe.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил, А4, 96 л., гребень, офсет  1, клетка, STAFF, СИНИЙ, 403406</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь STAFF незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из бумвинила. Линовка - клетка. Евроспираль надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А4.</t>
   </si>
   <si>
     <t>422389</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1a/z5la2h27rg8sbyfs5vs5q5qykv330q95.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил, А4, 96 л., скоба, офсет  2 ЭКОНОМ, клетка, STAFF, ЗЕЛЕНЫЙ, 403407</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь STAFF незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов типографской бумаги плотностью 60 г/м2 с серым оттенком. Обложка изготовлена из бумвинила. Линовка - клетка. Скрепка надежно скрепляет листы между собой. Белизна - 80&amp;#37;. Формат А4.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>422390</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/412/3dxsovrmvuokqac95j60ski1zn2812z3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/715/spy5637rcagceblfz0i6lskda7e1qpx0.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил, А4, 96 л., скоба, офсет  1, клетка, STAFF, СИНИЙ, 403410</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь STAFF незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из бумвинила. Линовка - клетка. Скрепка надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А4.</t>
   </si>
   <si>
     <t>422393</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b39/tu9qzskcy4f2d5kay76siqay2k50znz9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь бумвинил, А4, 96 л., скоба, офсет  1, линия, STAFF, СИНИЙ, 403411</t>
+  </si>
+  <si>
+    <t>Удобная, практичная тетрадь STAFF незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из бумвинила. Линовка - линия. Скрепка надежно скрепляет листы между собой. Белизна - 92&amp;#37;. Формат А4.</t>
+  </si>
+  <si>
+    <t>422394</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/153/4l7s5pmnkfbgdttwiuv6w5of95e8oh09.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил, А4, 96 л., скоба, офсет  2 ЭКОНОМ, клетка, STAFF, БОРДОВЫЙ, 403419</t>
   </si>
   <si>
     <t>422395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42b/z8qc35n3xljrcs6tg5yxtzyb4p1wqlp0.jpg</t>
   </si>
   <si>
     <t>Тетрадь бумвинил, А4, 96 л., скоба, офсет  1, клетка, STAFF, БОРДОВЫЙ, 403420</t>
   </si>
   <si>
     <t>422396</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ef/bnvkhmm5331z1vcfdz4radkcstj6u3sq.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG, гребень, клетка, обложка картон, КРАСИВЫЕ ЦВЕТЫ, 403072</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG &amp;quot;Красивые цветы&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка. Евроспираль надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
@@ -773,65 +839,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3cd/s0cc8g1i2x93audju9o8mnbqec4psljg.jpg</t>
   </si>
   <si>
     <t>Тетрадь, 96 л., в клетку, А5,  quot;Цветы quot;</t>
   </si>
   <si>
     <t>708384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19f/rs2ao3eud2rqq0o7uaa2w8avbcs6nxem.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96л., А5, клетка на гребне, BG  quot;Stay wild quot;, двойная обложка</t>
   </si>
   <si>
     <t>Формат А5. Вид крепления - гребень. Обложка - двойная, мелованный картон. Такая обложка позволит разделить тетрадь на две темы или менять обложку под настроение. Внутренний блок - офсетный, 60 г/м2, клетка.</t>
   </si>
   <si>
     <t>711084</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/55c/cww2dpl1djivwmp3m5ttw6jhp7odw441.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0aa/rkgyk77j2oljj49cvmbfkznhth32lydc.jpg</t>
   </si>
   <si>
     <t>Тетрадь А5, 96 л., HATBER, гребень, клетка, обложка твердая,  quot;В аромате грез quot;, 96Тт5В1гр_24205</t>
   </si>
   <si>
     <t>Тетрадь HATBER предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Тетрадь А5 формата с твердой ламинированной обложкой. Внутренний блок состоит из 96 листов офсетной бумаги плотностью 60 г/м2. Линовка - клетка. Скрепление &amp;quot;гребень&amp;quot; позволяет раскрывать тетрадь на 360 градусов.</t>
   </si>
   <si>
     <t>763224</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3b/vq53pgk3odtabubc6uyndu41cuvwfy0k.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG, гребень, клетка, глянцевый лак,  quot;Dark quot;, 404060</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона и покрыта глянцевым лаком. Линовка – клетка. Евроспираль надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А4.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>778990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eda/uyrrimcjvanj1q70mfh7cu7wsq30bgl0.jpg</t>
@@ -866,185 +917,152 @@
   <si>
     <t>785821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e57/6ut0r69zwlql39t1z829a0a4pgmn3gt3.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG, гребень, клетка, обложка картон,  quot;Military quot;, 404057</t>
   </si>
   <si>
     <t>785823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ce/1g00x8k3yfj68r1uh4rhofhchta1ivm9.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4, 96 л., BRAUBERG, скоба, клетка, обложка картон,  quot;Journey quot;, 404064</t>
   </si>
   <si>
     <t>Удобная, практичная тетрадь BRAUBERG незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов офсетной бумаги плотностью 65 г/м2. Обложка изготовлена из мелованного картона. Линовка – клетка. Скоба надежно скрепляет листы между собой. Белизна – 100&amp;#37;. Формат А4: 270х202 мм.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>785824</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c43/em55r21o8hla4g21cxlb5aya9usk9wo9.jpg</t>
-[...8 lines deleted...]
-    <t>851440</t>
+    <t>http://anytos.ru//upload/iblock/2e8/11p85314r0s1wg1dx3d01bo4dt4cxdlg.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А4, 96 л., STAFF  quot;Basic quot; скоба, клетка, офсет  2 ЭКОНОМ, обложка картон,  quot;Настроение quot;, 404068</t>
+  </si>
+  <si>
+    <t>Удобная, практичная тетрадь STAFF &amp;quot;Basic&amp;quot; незаменима для школьников средних и старших классов, студентов и офисных сотрудников. Отлично подходит для записей большого объема. Внутренний блок содержит 96 листов типографской бумаги плотностью 60 г/м2 с серым оттенком. Обложка изготовлена из мелованного картона. Линовка – клетка. Скоба надежно скрепляет листы между собой. Белизна – 80&amp;#37;. Формат А4 &amp;#40;198х270 мм&amp;#41;.Поставляется в одном или нескольких вариантах дизайна без возможности выбора.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>796884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/710/7pk3948ptsek9p0smtchkicq21jn5nky.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause  MC-7, 96 листов, клетка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause® MC-7, 96 листов, клетка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>835160</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20a/2l6v8t3e70g2qye0iani0r1o0u57u015.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 96л., А5, клетка BG  quot;Девичьи грезы quot;</t>
+  </si>
+  <si>
+    <t>Тетрадь BG серии Девичьи грезы в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 96 листов, офсетная бумага плотностью 60 г/м2. Обложка выполнена из мелованного картона. Тетради с креативным дизайном отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 96 л, • Линовка: клетка, • Белизна: 100&amp;#37;, • Плотность блока: 60 г/м2, • Крепление: скрепка, • Материал обложки: мелованный картон.</t>
+  </si>
+  <si>
+    <t>851443</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/39b/l3h2jzmq4sq2hhbf8lo3dthravd245kn.jpg</t>
-[...26 lines deleted...]
-    <t>Тетрадь общая ученическая ErichKrause  Классика Visio, 96 листов, клетка_MIX-PACK</t>
+    <t>http://anytos.ru//upload/iblock/e95/kj9z5c47lp8y53ciwxuc1kv1bnr8yyl9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause  Классика, 96 листов, клетка_MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. В блоке 96 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради разных цветов упакованы в термоусадочную пленку по 5 штук</t>
   </si>
   <si>
-    <t>853415</t>
-[...7 lines deleted...]
-  <si>
     <t>853416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bab/tk0ktzrcz0583c38hqqfa7iixx4vc7je.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause  Классика, 96 листов, линейка_MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. В блоке 96 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради разных цветов упакованы в термоусадочную пленку по 5 штук</t>
   </si>
   <si>
     <t>853417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e44/x42utcmzmp9w1kgpl4nbbpvb2m69shwd.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96 листов, А4, клетка BG  quot;Crazy neon quot;, неоновая краска</t>
   </si>
   <si>
     <t>Тетрадь из коллекции BG &amp;quot;Crazy neon&amp;quot; прекрасно подходит для конспектов, работы и ведения документооборота. Тетрадь А4 формата на скрепке. Внутренний блок состоит из 96 листов офсетной бумаги 100&amp;#37; белизны в клетку, плотностью 60 г/м2. Обложка размера 205*295 мм представлена стильным рисунком и выполнена из мелованного картона с неоновыми пантонами. В комплекте представлено 3 штуки. • Количество листов: 96; • Формат: А4; • Размер: 205*295 мм; • Линовка: клетка; • Крепление: скрепка; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>855437</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6e7/jol533ffqqlkelqyagym3oxc6rtm162z.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2fc/hom1uow0i5st31flhi07b11238sgir99.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96 листов, А4, клетка BG  quot;Живи моментом quot;</t>
   </si>
   <si>
     <t>Тетрадь BG &amp;quot;Живи моментом&amp;quot; прекрасно подходит для конспектов, работы и ведения документооборота. Тетрадь А4 формата на скрепке. Внутренний блок состоит из 96 листов офсетной бумаги 100&amp;#37; белизны в клетку, плотностью 60 г/м2. Обложка размера 205*295 мм представлена стильным рисунком и выполнена из мелованного картона. В комплекте представлено 3 штуки. • Количество листов: 96; • Формат: А4; • Размер: 205*295 мм; • Линовка: клетка; • Крепление: скрепка; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>855440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a16/5zkfujwyb8tsul8w1mh2dh8deuge2w3p.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96 листов, А4, линия BG  quot;Начни с нуля quot;, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь BG &amp;quot;Начни с нуля&amp;quot; прекрасно подходит для конспектов, работы и ведения документооборота. Тетрадь А4 формата на скрепке. Внутренний блок состоит из 96 листов офсетной бумаги 100&amp;#37; белизны в линию, плотностью 60 г/м2. Обложка размера 205*295 мм представлена стильным рисунком и выполнена из мелованного картона с выборочным лаком. В комплекте представлено 3 штуки. • Количество листов: 96; • Формат: А4; • Размер: 205*295 мм; • Линовка: линия; • Крепление: скрепка; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>855443</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/253/23g2ggj1tfwrpxu9t3tb2qemd7vnt6si.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/94b/9pri9gqeonfeek6gaxvv7cwyfbgus57w.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96 листов, А5, клетка BG  quot;Оставь свой след quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии Оставь свой след в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 96 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона с глянцевой ламинацией. Тетради с креативным дизайном отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 96 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Крепление: скрепка; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>855457</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5b/lzh0a6segcvu9na0hzbbqebv6x6wp8za.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96 листов, А5, клетка на гребне BG  quot;Спорт - это жизнь quot;, матовая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии Спорт -это жизнь в клетку. Формат А5. Вид крепления – гребень. Внутренний блок – это 96 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона с матовой ламинацией. • Кол-во листов: 96 л.; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Крепление: гребень; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>855459</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a27/n3zy5djpptressf2tc36vuiovns9i81c.jpg</t>
@@ -1092,62 +1110,50 @@
     <t>885100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60e/g72hnvvc9qz1grhquoiq8uvmyv13w7ux.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96л., А5, клетка BG  quot;Активное время quot;, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь BG серии Активное время в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – это 96 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона с выборочным лаком. • Кол-во листов: 96 л.; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Крепление: скрепка; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885101</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/882/ttmv7gzwfjcydn98ilt4ceqo341pbspl.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96л., А5, клетка BG  quot;Откровение quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь BG серии Откровение в клетку. Формат А5. Вид крепления – скрепка. Внутренний блок – 96 листов, офсетная бумага плотностью 60 г/м. Обложка выполнена из мелованного картона с глянцевой ламинацией. Тетради с креативным дизайном отлично подходят для выполнения домашних и контрольных работ. • Кол-во листов: 96 л; • Линовка: клетка; • Белизна: 100&amp;#37;; • Плотность блока: 60 г/м; • Крепление: скрепка; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>885103</t>
-  </si>
-[...10 lines deleted...]
-    <t>885109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e7/ovfsif94p70sqzk5ir91oomgpafn3ws7.jpg</t>
   </si>
   <si>
     <t>Тетрадь 96л., А4, клетка, на гребне BG  quot;Все путем quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь из коллекции BG &amp;quot;Все путем&amp;quot; прекрасно подходит для конспектов, работы и ведения документооборота. Тетрадь А4 формата на гребне. Внутренний блок состоит из 96 листов офсетной бумаги 100&amp;#37; белизны в клетку, плотностью 65 г/м2. Обложка размера 205*295 мм представлена стильным рисунком и выполнена из мелованного картона с глянцевой ламинацией. В комплекте представлено 3 штуки. • Количество листов: 96; • Формат: А4; • Размер: 205*295 мм; • Линовка: клетка; • Крепление: гребень; • Материал обложки: мелованный картон.</t>
   </si>
   <si>
     <t>941406</t>
   </si>
   <si>
     <t>6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1489,2120 +1495,2109 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J91"/>
+  <dimension ref="A1:M90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G91" sqref="G91"/>
+      <selection pane="bottomRight" activeCell="G90" sqref="G90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...12 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G26" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F10" s="3" t="s">
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="G10" s="3" t="s">
-[...16 lines deleted...]
-      <c r="E11" s="3" t="s">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G75" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C12" s="1" t="s">
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G83" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...304 lines deleted...]
-      <c r="F25" s="3" t="s">
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="G85" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="G25" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F26" s="3" t="s">
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G86" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="G26" s="3" t="s">
-[...950 lines deleted...]
-      <c r="B68" s="1" t="s">
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F87" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...223 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="G87" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B78" s="1" t="s">
-[...225 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>37</v>
-[...22 lines deleted...]
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">