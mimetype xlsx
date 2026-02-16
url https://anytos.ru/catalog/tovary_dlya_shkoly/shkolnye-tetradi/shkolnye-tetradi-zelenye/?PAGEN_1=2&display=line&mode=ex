--- v0 (2026-01-01)
+++ v1 (2026-02-16)
@@ -12,122 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b7/s1vqf3bdipp2y8xfisj9zrmn79poo31l.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь 12 л. кос. лин. ЗЕЛЕНАЯ мел. карт. ВД-лак: ТШКЛ12-ЗЕЛ штр.: 4602723061724</t>
+    <t>http://anytos.ru//upload/iblock/227/23xyvlc7f86cccvj4208vvxuwhq4aug9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12 л. лин. ЗЕЛЕНАЯ мел. карт. ВД-лак: ТШЛ12-ЗЕЛ штр.: 4602723061670</t>
   </si>
   <si>
     <t>Школьные тетради зеленые</t>
   </si>
   <si>
-    <t>106338</t>
+    <t>106365</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bfe/vbmovv2g2vp6d7vhglpjscybyc62rtkm.jpg</t>
-[...14 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/725/ocdza2jtcgoy2s1g36bhoqskoejn853z.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, клетка, обложка картон, ЗЕЛЕНАЯ, 104722</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - клетка с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>386118</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca8/wvoef5kh30qh3fg7j7cvjupze1kzojmb.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА, линия, обложка картон, ЗЕЛЕНАЯ, 104726</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с яркой обложкой насыщенного цвета идеально подходит для всех видов пишущих принадлежностей, включая гелевые, капиллярные и перьевые ручки: написанное на одной стороне не просвечивает на другой. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - линия с полями. Обложка изготовлена из импортного мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
@@ -324,122 +308,74 @@
   <si>
     <t>Тетрадь 12 л. BRAUBERG ЭКО  quot;5-КА quot;, частая косая линия, обложка плотная мелованная бумага, ЗЕЛЕНАЯ, 104766</t>
   </si>
   <si>
     <t>Ученическая тетрадь BRAUBERG &amp;quot;ЭКО&amp;quot; с классическим оформлением обложки. Подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Линовка - частая косая линия с полями. Обложка изготовлена из плотной мелованной бумаги. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>422187</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67a/63vksyfd9q8h19cxplhrmcp01ba50wax.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. ЮНЛАНДИЯ КЛАССИЧЕСКАЯ, клетка, обложка картон, ЗЕЛЕНАЯ, 105638</t>
   </si>
   <si>
     <t>Школьная тетрадь ЮНЛАНДИЯ с однотонным оформлением обложки идеально подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 65 г/м2 из офсетной бумаги содержит 12 листов. Белизна - 100&amp;#37;. Линовка - клетка с полями. Обложка изготовлена из мелованного картона. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>434765</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a8/x5qk5020x3u53yhgjzf81p7r7qr7jgpm.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/338/eclq38jncix26hnz8aewhkayphjqqau1.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW узкая линия, обложка картон, ЗЕЛЕНАЯ, 105692</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с однотонной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листов в узкую линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>565626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b96/3xcaufoi6phz6rn7zt8ldb7ijzok1i8d.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12 л. BRAUBERG КЛАССИКА NEW линия, обложка картон, ЗЕЛЕНАЯ, 105691</t>
   </si>
   <si>
     <t>Школьная тетрадь BRAUBERG с красочной обложкой выглядит оригинально и стильно. Идеально подойдет для занятий школьнику или студенту. Внутренний блок из офсетной бумаги плотностью 65 г/м2 содержит 12 листов в линию с полями. Обложка изготовлена из импортного мелованного картона, что позволит сохранить тетрадь в аккуратном состоянии на протяжении всего времени использования. Скрепка надежно скрепляет листы между собой. Подходит для письма шариковыми, гелевыми и капиллярными ручками.</t>
   </si>
   <si>
     <t>601491</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8d0/91r1r9qalz0leegynemodvlx27otvvyl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/30a/2o61hukzm6ptniofx4qo0upp5l3x7ze0.jpg</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 12 л.  quot;Маяк quot;, офсет, крупная клетка с полями, Т 5012 Т2 ЗЕЛ 6Г, Т5012Т2ЗЕЛ6Г</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;Маяк&amp;quot; с зеленой обложкой изготовлена в соответствии с ГОСТ 12063-89. Предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок 12 листов плотностью 60 г/м2 из офсетной бумаги имеет линовку в крупную клетку с полями. Внутренний блок 92-100&amp;#37; белизны. Обложка также изготовлена из офсета плотностью 80 г/м2. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>624053</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 12 л.  quot;Маяк quot;, офсет, узкая линия с полями, Т 5012 Т2 ЗЕЛ 3Г, Т5012Т2ЗЕЛ3Г</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;Маяк&amp;quot; с зеленой обложкой изготовлена в соответствии с ГОСТ 12063-89. Предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок 12 листов плотностью 60 г/м2 из офсетной бумаги имеет линовку в узкую линию с полями. Внутренний блок 92-100&amp;#37; белизны. Обложка также изготовлена из офсета плотностью 80 г/м2. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>624054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdf/63e423oin1quj8iopu3wszl94rp6yas7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика зеленая, 12 листов, клетка  в пл нке по 10 шт. </t>
@@ -480,68 +416,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e11/fbqessrznmb8uu35ncyyp0x5lnevqkt8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика зеленая, 12 листов, крупная клетка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в крупную клетку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>698882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3e/pmusg2844xo9mhodf3db7fgdhq77xq7x.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика Bright зеленая, 12 листов, линейка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>698909</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b6/25bgzbmq82eo9usplu6r5ct03q3wd0jp.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика зеленая, 12 листов, узкая линейка  в пл нке по 10 шт. </t>
+    <t>http://anytos.ru//upload/iblock/716/pq0dm5ulyhlcmpag5auy0k1pq695mizc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause Классика с линовкой зеленая, 12 листов, узкая линейка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 12 листов в узкую линейку с полями. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
-    <t>698921</t>
-[...7 lines deleted...]
-  <si>
     <t>698923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8da/b79dxf022gu270uverrfd9il9oe2rqjd.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л,кос.линия,скреп.  1 School Отличник Зеленый 10шт уп</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л,кос.линия,скреп. №1 School Отличник Зеленый 10шт/уп</t>
   </si>
   <si>
     <t>717410</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6a/an0v9r2i9ixpqtf1gwiv7ijj3exd2rb3.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л,част.кос.лин,скр. 1 School Отличник Зеленый 10шт уп</t>
   </si>
   <si>
     <t>Тетрадь школьная А5, 12л,част.кос.лин,скр.№1 School Отличник Зеленый 10шт/уп</t>
@@ -609,165 +536,150 @@
   <si>
     <t>Тетрадь &amp;quot;ПЗБМ&amp;quot; с зеленой обложкой предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок 12 листов плотностью 60 г/м2 из офсетной бумаги имеет линовку в линию с полями. Внутренний блок 92-100&amp;#37; белизны. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>791709</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/141/a9x4o6xcum5vpewiax6fqh0dii1j947n.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright зеленая, 12 листов, клетка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая Erich Krause® Классика Bright зеленая, 12 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792682</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3a7/72q0a71ui975fvaejiy4jyx33hsafb53.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8f7/7peigzdhdfo78bx26e3lkpwafwtng3jc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика с линовкой зеленая, 12 листов, частая косая линейка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая Erich Krause® Классика с линовкой зеленая, 12 листов, частая косая линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b9/vp6mi156umo6vdge2ox7kyrc08db6n19.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright зеленая, 18 листов, клетка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая Erich Krause® Классика Bright зеленая, 18 листов, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792705</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e66/9oot5uucyuv4pxpwiywkqdjgfh69bbzv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7c9/i0fmq7tvlzcag4s7e78edduo8xt1dob8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика зеленая, 18 листов, линейка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая Erich Krause® Классика зеленая, 18 листов, линейка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>795389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/586/gm75tx26bi72nmejrfzeo5v7ls1px1du.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Тетрадь школьная ученическая Erich Krause  Классика Bright зеленая, 24 листа, клетка  в пл нке по 10 шт. </t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая Erich Krause® Классика Bright зеленая, 24 листа, клетка &amp;#40;в плёнке по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>795390</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0ce/zjwwq7bzlzx9e8emupzqfvrmaus81f7m.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a1/0af02iwxlbavi4cmma51u5k2ty2pxk57.jpg</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 18 л., линия с полями, офсет,  quot;ПЗБМ quot;, 19889</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;ПЗБМ&amp;quot; с зеленой обложкой предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок 18 листов плотностью 60 г/м2 из офсетной бумаги имеет линовку в линию с полями. Внутренний блок 92-100&amp;#37; белизны. Скрепка надежно скрепляет листы между собой.</t>
   </si>
   <si>
     <t>833436</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8c5/bv9sv9ndz48eai728k5igfe79pa9syur.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 12л., клетка BG  quot;Первоклассная quot;, светло-зеленая</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - скрепка. Обложка - мелованный картон. Внутренний блок - офсетный, клетка, 60г/м2</t>
+  </si>
+  <si>
+    <t>834916</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3c1/qz0t0iqvwhisa1lbs7nntrckemag7eyv.jpg</t>
   </si>
   <si>
     <t>Тетрадь 12л., линия BG  quot;Первоклассная quot;, светло-зеленая</t>
   </si>
   <si>
     <t>Формат А5. Вид крепления - скрепка. Обложка - мелованный картон. Внутренний блок - офсетный, линия, 60г/м2</t>
   </si>
   <si>
     <t>834935</t>
   </si>
   <si>
-    <t>64</t>
+    <t>http://anytos.ru//upload/iblock/31a/ykrprv4bahds6o6g8hnf86sjkbvscxx3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 18л., линия BG  quot;Первоклассная quot;, светло-зеленая</t>
+  </si>
+  <si>
+    <t>834954</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 12 л., узкая линия с полями, офсет,  quot;ПЗБМ quot;, 19964</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;ПЗБМ&amp;quot; с зеленой обложкой предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок состоит из 12 листов офсетной бумаги плотностью 60 г/м2. Внутренний блок 92-100&amp;#37; белизны. Линовка - узкая линия с полями. Скрепка надежно соединяет листы между собой.</t>
   </si>
   <si>
     <t>835461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97b/oev3pe8bgkhjy36o5jk7ucqtplq1s4ke.jpg</t>
   </si>
   <si>
     <t>Тетрадь ЗЕЛ НАЯ обложка 24 л., линия с полями, офсет,  quot;ПЗБМ quot;, 19841</t>
   </si>
   <si>
     <t>Тетрадь &amp;quot;ПЗБМ&amp;quot; с зеленой обложкой предназначена для дошкольников и учащихся начальных и средних классов. Внутренний блок состоит из 24 листов офсетной бумаги плотностью 60 г/м2. Внутренний блок 92-100&amp;#37; белизны. Линовка - линия с полями. Скрепка надежно соединяет листы между собой.</t>
   </si>
   <si>
     <t>835462</t>
   </si>
   <si>
     <t>150</t>
   </si>
@@ -1133,57 +1045,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M58"/>
+  <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G58" sqref="G58"/>
+      <selection pane="bottomRight" activeCell="G51" sqref="G51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1234,1273 +1146,1112 @@
       </c>
       <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="G6" s="3" t="s">
         <v>23</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G11" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>76</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="3" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>137</v>
+        <v>117</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B34" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G34" s="3" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F36" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G36" s="3" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G37" s="3" t="s">
         <v>156</v>
-      </c>
-[...10 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>17</v>
+        <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>165</v>
+        <v>117</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>175</v>
+        <v>118</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>138</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>205</v>
+        <v>164</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>138</v>
+        <v>215</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>137</v>
+        <v>220</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>42</v>
-[...160 lines deleted...]
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">