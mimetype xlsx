--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -12,295 +12,283 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="715">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="629">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb1/3h1hkxey79135ejt5wk8hu57ej90yfon.jpg</t>
   </si>
   <si>
     <t>Набор Parker  quot;IM Black GT quot;: ручка шариковая, 1,0мм и ручка перьевая, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Подарочный набор письменных принадлежностей в черном корпусе, покрытом лаком. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>Ручки PARKER</t>
   </si>
   <si>
     <t>836366</t>
   </si>
   <si>
     <t>&lt;a href="/brands/parker/"&gt;Parker&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0eb/haknxpcj15wv5v3vtz45jfzkyom9d89x.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/68e/rlzak093qmcxtk8d2nre5azqaley8aue.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Premium Pearl GT quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Корпус ручки изготовлен из нержавеющей стали, имеет гравировку рисунком ассиметричного квадрата и покрыт лаком. Цвет корпуса ручки - жемчужный. На колпачке ручки имеется позолоченое кольцо с логотипом Parker. Зажим у ручки изготовлен из нержавеющей стали и покрыт позолотой 23 карата. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>836369</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e5b/p7cshafdte4t3e49l7oc94fglrqk2yks.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер Parker  quot;IM Dark Expresso CT quot; черная, 0,8мм, подарочная упаковка</t>
+  </si>
+  <si>
+    <t>Ручка-роллер в лакированном корпусе цвета кофе с круговой полировкой. Хромированная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>836373</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/60a/ylvjwdfppl1ujudbp2b2t030w6wu0u3p.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Essential Muted Black CT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;IM Essential Muted Black CT&amp;quot; черная, 0,8мм, подарочная упаковка - ручка из новой коллекции Parker IM 2021г. Корпус ручки изготовлен из латуни покрытой лаком. Элементы отделки выполнены из нержавеющей стали и покрыты хромом. Ручка имеет черную блестящую пластиковую зону захвата. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>836374</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c2/yjvu0wsdu6r12ufshfh8repx6ivbpxki.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/832/d70e70gqrkam0bj13ef219bf7toe5e2c.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter Blue CT quot; синяя, 1,0мм, кнопочн., пластик. корпус, блистер</t>
   </si>
   <si>
     <t>Ручка шариковая с корпусом из пластика и нержавеющей стали. Линия письма средняя, цвет синий. В блистере 1 штука. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>836380</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/464/jgopmriwx6fc71foz9ppvhbe8bcsp8q7.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter Green CT quot; синяя, 1,0мм, кнопочн., пластик. корпус, блистер</t>
   </si>
   <si>
     <t>836381</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74b/rzmexs6ae0r3f18to49zh8lvjxc3ay9j.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5a2/8uff89f2ahovkvh39dcptsadwylommqi.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter Orange CT quot; синяя, 1,0мм, кнопочн., пластик. корпус, блистер</t>
   </si>
   <si>
     <t>836383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/y0y4hekd6l67p74qejo8n507p1it0ue0.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Sonnet Stainless Steel GT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Шариковая ручка в корпусе из шлифованной нержавеющей стали и декоративными элементами, покрытыми золотом. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>836384</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc1/fnjxw92v5ptcp0du1dn8jdebkmaflr7x.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d85/cbrq6ifylrvkcxv4hq8p8kpoi5o32o2x.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;Vector XL Green quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;Vector XL Green&amp;quot; в подарочной упаковке - ручка из новой коллекции Parker Vector XL. Корпус ручки изготовлен из нержавеющей стали покрытой матовым лаком металлик. Зона захвата сделана из прозрачного пластика в цвет корпуса. На колпачке ручки выгравирован логотип Parker. Эмблема Parker также нанесена на торец колпачка. Диаметр корпуса ручки больше на 10&amp;#37; ручек прошлых серий Vector. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>836388</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d15/85lhkykyovs2u0xemervn3cmye5964v4.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/895/xzvkwuo7wpd1t2u28vpl0h7yeao4854h.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая PARKER  quot;IM Premium Pearl GT quot;, корпус жемчужный лак, позолоченные детали, синяя, 2143649</t>
   </si>
   <si>
     <t>Ручка перьевая PARKER &amp;quot;IM Premium Pearl GT&amp;quot; сочетает в себе яркость, элегантность и надежность. Дизайн дополнен позолоченными декоративными элементами. В комплекте: 1 черный картридж, подарочная коробка. Возможно использование со стандартными чернильными картриджами &amp;#40;75х6 мм&amp;#41; и мини-картриджами &amp;#40;35х6 мм&amp;#41; PARKER, а также стандартным конвертером PARKER для заправки чернилами из флакона.</t>
   </si>
   <si>
     <t>839582</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/08a/5sva56kq7j8t8z8jtmed2zugi4s66w7r.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер PARKER  quot;IM Core Black Lacquer GT quot;, корпус черный глянцевый лак, позолоченные детали, черная, 1931659</t>
+  </si>
+  <si>
+    <t>Ручка-роллер PARKER &amp;quot;IM Core Black Lacquer GT&amp;quot; - это идеальный пишущий инструмент с безграничным потенциалом, сочетающий в себе яркость, элегантность и надежность. Каждая деталь продумана таким образом, чтобы обеспечить гарантированное удовольствие при письме. Лаковое покрытие черного цвета с круговой полировкой превосходно сочетается с позолоченными декоративными элементами. Корпус ручки выполнен из латуни, а зона захвата - из пластика черного цвета. Длина стержня - 116 мм. Толщина пишущего узла - 0,5 мм.Ручка упакована в подарочный футляр. 1 стержень-роллер Parker в комплекте.</t>
+  </si>
+  <si>
+    <t>839584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c49/syu07jbse61pzh2cybg1rl3nm7wqpz1k.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер PARKER  quot;IM Core Brushed Metal GT quot;, корпус серебристый матовый лак, позолоченные детали, черная, 1931663</t>
+  </si>
+  <si>
+    <t>Минимализм и надежность как стиль жизни - ручки Parker классической коллекции IM идеально укладываются в эту формулу. Отличный подарок по привлекательной цене для широкого круга людей.</t>
+  </si>
+  <si>
+    <t>839585</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/278/my7q7bmv0i3go87il4ttqtnogayunmwp.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер PARKER  quot;IM Premium Pearl GT quot;, корпус жемчужный лак, позолоченные детали, черная, 2143646</t>
   </si>
   <si>
     <t>Ручка-роллер PARKER &amp;quot;IM Premium Pearl GT&amp;quot; сочетает в себе яркость, элегантность и надежность. Дизайн дополнен позолоченными декоративными элементами. Особенности: съемный колпачок.В комплекте: подарочная коробка.</t>
   </si>
   <si>
     <t>839586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10e/ruu6poblz00ych23x3azxm7npls3sfsq.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер PARKER  quot;IM Premium Red GT quot;, корпус красный лак, позолоченные детали, черная, 2143647</t>
   </si>
   <si>
     <t>Ручка-роллер PARKER &amp;quot;IM Premium Red GT&amp;quot; сочетает в себе яркость, элегантность и надежность. Дизайн дополнен позолоченными декоративными элементами. Особенности: съемный колпачок.В комплекте: подарочная коробка.</t>
   </si>
   <si>
     <t>839587</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e2d/p7rjy0xt3m7d8yvnxgmfp1wnetaua5lf.jpg</t>
+  </si>
+  <si>
+    <t>Ручка перьевая PARKER  quot;Jotter Stainless Steel CT quot;, корпус серебристый, хромированные детали, синяя, 2030946</t>
+  </si>
+  <si>
+    <t>Обновленный дизайн перьевой ручки PARKER коллекции &amp;quot;Jotter&amp;quot; в металлическом корпусе. Пластиковая зона захвата и детали из нержавеющей стали. Практичный и надежный инструмент на каждый день. Возможно использование со стандартными чернильными картриджами &amp;#40;75х6 мм&amp;#41; и мини-картриджами &amp;#40;35х6 мм&amp;#41; PARKER, а также стандартным конвертером PARKER для заправки чернилами из флакона.</t>
+  </si>
+  <si>
+    <t>839592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe1/pl40slcd3y2ie97bto57ne03ppdte65d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;Jotter Core Victoria Violet CT quot;, корпус фиолетовый, хромированные детали, синяя, 1953190</t>
+  </si>
+  <si>
+    <t>Популярная современная коллекция Jotter отличается высокой надежностью и стильным дизайном. Ручки серии Jotter — это функциональные письменные принадлежности, подходящие для людей любого возраста.</t>
+  </si>
+  <si>
+    <t>839595</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/76e/fqnkctlkcc3v2btvu66v4hv1z32upkpc.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая PARKER  quot;Jotter Orig Blue quot;, корпус синий, детали нержавеющая сталь, синяя, RG0033170</t>
   </si>
   <si>
     <t>Популярная современная коллекция &amp;quot;Jotter&amp;quot; отличается высокой надежностью и стильным дизайном. Ручки серии &amp;quot;Jotter&amp;quot; — это функциональные письменные принадлежности, подходящие для людей любого возраста. Материалы деталей отделки и корпуса выполнены из нержавеющей стали, что позволит сохранить изделие в идеальном состоянии.Гарантийный лифлет с инструкцией можно скачать по ссылке: &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>839597</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ff/yobilgxkwgqoiudmz4306a2z4pkmyfkx.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая PARKER  quot;Jotter Orig Green quot;, корпус зеленый, детали нержавеющая сталь, блистер, синяя, 2076058</t>
   </si>
   <si>
     <t>Популярная современная коллекция &amp;quot;Jotter&amp;quot; отличается высокой надежностью и стильным дизайном. Ручки серии &amp;quot;Jotter&amp;quot; — это функциональные письменные принадлежности, подходящие для людей любого возраста. Материалы деталей отделки и корпуса выполнены из нержавеющей стали, что позволит сохранить изделие в идеальном состоянии.</t>
   </si>
   <si>
     <t>839598</t>
@@ -347,110 +335,185 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8b3/5i8k3pn25253sphrr4wyoh2c0i173heq.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Brushed Metal GT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер в лакированном корпусе из отшлифованного металла с круговой полировкой. Позолоченная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>841603</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4bc/ek6x56zrvncoeg0fk3lwrfc1qpd5wrqv.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Jotter Stainless Steel CT quot; 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Перьевая ручка в тонком корпусе из полированной нержавеющей стали цвета хром. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>841605</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/00c/79wb1ioxag9h0idpuadtb6qoopgtutbe.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Parker  quot;Jotter Navy Blue quot; синяя, 1,0мм, кнопочн., пластик. корпус, блистер</t>
+  </si>
+  <si>
+    <t>Семейство Jotter, шариковая ручка в пластиковом корпусе темно синего цвета, толщина М, в блистерной упаковке. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>841606</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b7d/l438md4lzp6v55yffuxk6jkwp842v9bk.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Urban Twist Black CT quot; синяя, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Urban Twist Black CT&amp;quot; синяя, 1,0мм, поворот., подарочная упаковка - ручка из новой коллекции Parker Urban 2021г. Корпус ручки изготовлен из латуни покрытой лаком. Элементы отделки выполнены из нержавеющей стали и покрыты хромом. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь:&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>841608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f4/1lf6ygqe35gpvcvhu3xj02u8d23eh1k0.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Essential Stainless Steel CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Essential Stainless Steel CT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка - ручка из новой коллекции Parker IM 2021г. Корпус ручки изготовлен из латуни покрытой лаком. Элементы отделки выполнены из нержавеющей стали и покрыты хромом. Ручка имеет черную блестящую пластиковую зону захвата. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>842772</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dd9/ujf4t56rpauebyhlanqvzy6987cvymul.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;Jotter XL Monochrome Gold GT quot;, корпус золотой, нержавеющая сталь, синяя,2122754</t>
+  </si>
+  <si>
+    <t>В отделке корпуса ручек коллекции &amp;quot;Jotter XL Monochrome&amp;quot; используется PVD-напыление - это специальная технология нанесения покрытия на металл. Ее отличает износостойкость и устойчивость к коррозии. В комплекте: стержень, подарочная коробка. Гарантийный лифлет с инструкцией можно скачать по ссылке: &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>883479</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/761/npahwkc279gvmc74pf3df8roi3it6xod.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;Jotter XL Monochrome Pink Gold PGT quot;, корпус  quot;розовое золото quot;, сталь, синяя, 2122755</t>
+  </si>
+  <si>
+    <t>В отделке корпуса ручек коллекции &amp;quot;Jotter XL Monochrome&amp;quot; используется PVD-напыление - это специальная технология нанесения покрытия на металл. Ее отличает износостойкость и устойчивость к коррозии. В комплекте: стержень, подарочная коробка.</t>
+  </si>
+  <si>
+    <t>883733</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/130/kv4h3dojxcqpf0cfal3ksrxg0y4fgza7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;IM Core Black Lacquer CT quot;, корпус черный глянцевый лак, хромированные детали, синяя, 1931665</t>
+  </si>
+  <si>
+    <t>904022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18f/xzqsxwyi3xpjwnpaf6ajjkc7at2ke2d2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;Jotter Core Bond Street Black CT quot;, корпус черный, хромированные детали, синяя, 1953184</t>
+  </si>
+  <si>
+    <t>904026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04b/4m59gtoo2jnw2jv3xw1jm36e2k3btr8g.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;IM Core Black Lacquer GT quot;, корпус черный глянцевый лак, позолоченные детали, синяя, 1931666</t>
+  </si>
+  <si>
+    <t>Минимализм и надежность как стиль жизни - ручки Parker классической коллекции &amp;quot;IM&amp;quot; идеально укладываются в эту формулу. Отличный подарок по привлекательной цене для широкого круга людей.</t>
+  </si>
+  <si>
+    <t>930918</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cf6/v710sebhrfsz5r1157bf19848oxzl1zk.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая PARKER JOTTER BOND STREET BLACK CT синий 1,0 мм 1953184</t>
   </si>
   <si>
     <t>931942</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2ad/zlt4w6oxxxlyff0wl8ublko1k10ht7as.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер PARKER  quot;IM Core Dark Espresso CT quot;, корпус кофейный лак, хромированные детали, черная, 1931664</t>
+  </si>
+  <si>
+    <t>938838</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef4/qnf9v7p6sp6izynb79xr0goqciusrdwk.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;IM Premium Warm Silver GT quot;, корпус матовое серебро, позолота, синяя, 1931687</t>
+  </si>
+  <si>
+    <t>Шариковая ручка &amp;quot;IM Premium Warm Silver GT&amp;quot;, модель 2017 года из обновленной коллекции IM, - исключительный профессионализм и надежность. Корпус из алюминия серебристого цвета с оригинальной гравировкой в виде графического орнамента. Позолоченные детали.</t>
+  </si>
+  <si>
+    <t>939388</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5d5/gq2v973lnovy2d4on2vpjng04p3dxztq.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Black GT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Перьевая ручка в корпусе, покрытом черным глянцевым лаком. Позолоченная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940510</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d32/3nz0evw54pw8kwzi93oxmir9cw0xq2ob.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b05/ua6zt8toa2m85o8dwjg8jzrs9xg13s3z.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Dark Expresso CT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Перьевая ручка в лакированном корпусе цвета кофе с круговой полировкой. Хромированная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aae/ly9kti26na2cg30k350kbqt3euppfr5h.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Essential Muted Black CT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Essential Muted Black CT&amp;quot; черная, 0,8мм, подарочная упаковка - ручка из новой коллекции Parker IM 2021г. Корпус ручки изготовлен из латуни покрытой лаком. Элементы отделки выполнены из нержавеющей стали и покрыты хромом. Ручка имеет черную блестящую пластиковую зону захвата. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e0/oyq12bccmnhsovlex8oq15wu9lgvuolm.jpg</t>
@@ -515,170 +578,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e7a/cox234ei2xrthx3bi2fj9tba1pglcw7p.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Matte Blue CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Шариковая ручка в корпусе, покрытом темно-синим матовым лаком. Хромированная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940519</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48a/qj6i7h5pgesh06t5k42i3ewx92x7s06f.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Premium Black Gold GT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Шариковая ручка в корпусе из матового анодированного алюминия, прошедшего пескоструйную обработку, с фирменным гравированным рисунком. Позолоченная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940520</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/199/y3rqam9dcrw8xsw09h21atica9kgnnak.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/afa/ep1l1lqqwkhnic66j2azl67b5hwp3rqo.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Premium Red GT quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Корпус ручки изготовлен из нержавеющей стали, имеет гравировку рисунком из тонких линий и покрыт лаком. Цвет корпуса ручки - глубокий красный. На колпачке ручки имеется позолоченое кольцо с логотипом Parker. Зажим у ручки изготовлен из нержавеющей стали и покрыт позолотой 23 карата. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940522</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ddd/u1oudl01nlxg653c2922z96lc8wzvjik.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c72/94ui8yi95jpwfn0ww0voa5dhrepz8yrm.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Black СT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер в корпусе, покрытом черным глянцевым лаком. Хромированная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/741/2sp1k5z6x5qw9cfo37ax531f39luxx2l.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Matte Blue CT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер в корпусе, покрытом темно-синим матовым лаком. Хромированная отделка деталей с полировкой. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940525</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7fd/xxkfdac099ias13w875nukdu4jeirx00.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ff/ldhymcncysyfyzgbzl6qe3sn9mdueha8.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Premium Pearl GT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Корпус ручки изготовлен из нержавеющей стали, имеет гравировку рисунком ассиметричного квадрата и покрыт лаком. Цвет корпуса ручки - жемчужный. На колпачке ручки имеется позолоченое кольцо с логотипом Parker. Зона захвата у ручки металлическая. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56e/dwmxpo36kkv4eyborbl7tzocvw5ksmgy.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Premium Red GT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Корпус ручки изготовлен из нержавеющей стали, имеет гравировку рисунком из тонких линий и покрыт лаком. Цвет корпуса ручки - глубокий красный. На колпачке ручки имеется позолоченое кольцо с логотипом Parker. Зона захвата у ручки металлическая. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940528</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b1/uoa8l4g06x0k6zl0brn03unq2yltsf2g.jpg</t>
   </si>
   <si>
     <t>Набор Parker  quot;Jotter London quot;: шар. ручка Blue   гел. ручка Stainless Steel, 1,0мм, кнопочн., блистер</t>
   </si>
   <si>
     <t>Подарочный набор Parker Jotter Лондон: шариковая ручка синего цвета и гелевая серебряного. Обе ручки выполнены из нержавеющей стали и поставляются в комплекте с шариковым стержнем синего цвета. Упакованы в картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>940530</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bef/x8rnqf4428ty5mo9qze62hz4yg0j21kl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/289/nhbuc0nz2ihwy4yx4u2hmo4rbaij577b.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter Victoria Violet Chrome CT quot; синяя, 1,0мм, кнопочный механизм, блистер</t>
   </si>
   <si>
     <t>Шариковая ручка Parker из коллекции Jotter выполнена из нержавеющей стали и покрыта лаком фиолетового цвета. Ручка упакована в блистер Parker с европодвесом. Ручка поставляется в комплекте с шариковым стержнем синего цвета.</t>
   </si>
   <si>
     <t>940532</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/372/hn1dxe6c617bkes9y275ifyn6cf0lbfg.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter XL Blue CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Легендарная ручка Jotter в новом утолщенном корпусе. Классический дизайн ручки был модифицирован, чтобы удовлетворить предпочтения тех, кому удобнее писать ручками большего размера. Длина, диаметр, вес были увеличены на 7&amp;#37;. При этом традиционна форма, зажим-стрела и фирменный &amp;quot;клик&amp;quot; остаются неизменными. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc3/rg3cigpbfghvrn5utw333328lpxg0mws.jpg</t>
@@ -695,50 +710,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f52/nuv3gqzce21bx0qw43k07rph7wp13q13.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Sonnet Matte Black GT quot; 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Перьевая ручка в корпусе из нержавеющей стали с матовым лаковым покрытием с сатиновым эффектом и декоративными элементами, покрытыми золотом. Перо из нержавеющей стали, покрытой золотом. Ручка поставляется в комплекте с функциональным конвертером. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d66/bzkghj3duifk0pw8ade9ymu8bnbnb3p9.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Vector XL Lilac quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Vector XL Lilac&amp;quot; в подарочной упаковке - ручка из новой коллекции Parker Vector XL. Корпус ручки изготовлен из нержавеющей стали покрытой матовым лаком металлик. Зона захвата сделана из прозрачного пластика в цвет корпуса. На колпачке ручки выгравирован логотип Parker. Эмблема Parker также нанесена на торец колпачка. Размер корпуса ручки больше на 10&amp;#37; ручек прошлых серий Vector. ВНИМАНИЕ! С марта 2020г. подарочные коробки ручек ТМ Parker прекратили комплектоваться лифлетами &amp;#40;листовками с гарантийным талоном&amp;#41;. Гарантии можно скачать здесь: &lt;a class="txttohtmllink" href="https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf"&gt;https://ru.parkerpen.com/prk_wrrnt_lflt_ln-ru.pdf&lt;/a&gt; &lt;a class="txttohtmllink" href="https://www.parkerpen.com/en-GB/parker-warranty"&gt;https://www.parkerpen.com/en-GB/parker-warranty&lt;/a&gt;</t>
   </si>
   <si>
     <t>940536</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/05d/0bd0dlnibbb8thrdwnnp9nucc9iotrws.jpg</t>
+  </si>
+  <si>
+    <t>Ручка перьевая Parker  quot;IM Achromatic Black quot; синяя, 0,8мм, подарочная упаковка</t>
+  </si>
+  <si>
+    <t>Ручка перьевая Parker &amp;quot;IM Achromatic Black&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
+  </si>
+  <si>
+    <t>945269</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/89f/wiyjbn8prfut67fexbnn0mg7pxkexrho.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Professionals Amethyst Purple BT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Professionals Amethyst Purple BT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e17/h687h52rt11qqgwygw097rp59zgpnny4.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Professionals Marine Blue BT quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Professionals Marine Blue BT&amp;quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d22/zqd132a7wdrd6qkv8iwytk0kwy7iqubh.jpg</t>
@@ -755,74 +782,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/500/ye2fbnpcu1yxg8i6hfjwkvd9132oyb3o.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Professionals Monochrome Titanium quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Professionals Monochrome Titanium&amp;quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945274</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ac/4o6mafptotc0bcmc1pxrs0u0qx8zytav.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;51 Deluxe Black GT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;51 Deluxe Black GT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>945276</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b61/6ax3ulqsuw70h93mo1vxv792u93i2m99.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/32c/mdzr2jd7wt0xrcttgxzmx26yy0kv1h4e.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;51 Rage Red GT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;51 Rage Red GT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>945279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fe/7hzmhs1d78xcqrxddscwsor2stp1848p.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;51 Teal Blue CT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;51 Teal Blue CT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>945280</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b5/qu05e2nh2ncsna6scu3h48dal05zrhoi.jpg</t>
@@ -851,158 +854,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/487/0y3hknpuodjl6vzylm17ny5xi7e69u3j.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Black GT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Black GT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>945283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fb/4a6fnvuviqce34nj2wr2yq6r75vmrwwo.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Brushed Metal GT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Brushed Metal GT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>945284</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/840/ubq7ekiw7k9matort6zxihxos0ur6n98.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b52/o8j5v8w0a69uardv94zplv2n145jee28.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Professionals Amethyst Purple BT quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Professionals Amethyst Purple BT&amp;quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945286</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/241/yrex1l393owqk5bcl3n9fup3autgli47.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3aa/cuorv3r0v6smg4zxvr37mwepmehp6sz3.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Professionals Monochrome Titanium quot; синяя, 1мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Professionals Monochrome Titanium&amp;quot; синяя, 1мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/407/0xqsw7cinzdrp053f0rz3jionzxzdy4o.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Achromatic Black quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;IM Achromatic Black&amp;quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29f/mwerihemj95h169ssvnhfi391e3mrhh1.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Black GT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;IM Black GT&amp;quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fd/0yjfzn6ue8mr7u5t1wn16ytyma7g4y77.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Essential Stainless Steel CT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;IM Essential Stainless Steel CT&amp;quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945294</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fb5/gezptpelilvyodv2na209t5zf25drfcv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a29/05x0sfudl4s5iv66gtp2z61a0fcgsfac.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Premium Warm Silver GT quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;IM Premium Warm Silver GT&amp;quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8f/pktq3kdinoh0k9yl6z4al49nevicrp7u.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;IM Professionals Monochrome Blue quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;IM Professionals Monochrome Blue&amp;quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945298</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e57/hw7llryhjlay135t69s3pj5g3g74c2zn.jpg</t>
@@ -1151,197 +1106,164 @@
   <si>
     <t>http://anytos.ru//upload/iblock/264/ihboqmvf16bx0m8y2urstgj6u9lvdsj6.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Sonnet Stainless Steel CT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Sonnet Stainless Steel CT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>945313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b72/kygdtllmbv5ionot3fsx2pq42p7zv1h0.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Sonnet Subtle Blue CT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Sonnet Subtle Blue CT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>945314</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/235/p8y46yzbxworpwoh4iywxi4e8ew3uv8w.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/32d/az37c3ptreepavmmvhdog6xkdp9xwn1m.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Urban Muted Black GT quot; 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Urban Muted Black GT&amp;quot; 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945321</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/682/k9dvqi3twbgk009ny3l6uc5uo7q1pua1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/729/r705ntqi9mwpofre48224q7dm1yf1a32.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Urban Twist Metro Metallic CT quot; синяя, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Urban Twist Metro Metallic CT&amp;quot; синяя, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>945323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/665/493yy6mmh3it61rbcg94dp62fbfv1vec.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Urban Twist Vibrant Magenta CT quot; синяя, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Urban Twist Vibrant Magenta CT&amp;quot; синяя, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>945324</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39f/zofk4supylr1zgezukkwwp5i3eeel6qr.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;Vector XL Lulac quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;Vector XL Lulac&amp;quot; черная, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>945325</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/48c/28ebg86dsso8j3q7nykr70iutn892l8r.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;IM Premium Red GT quot;, корпус красный лак, позолоченные детали, синяя, 2143644</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER &amp;quot;IM Premium Red GT&amp;quot; сочетает в себе яркость, элегантность и надежность. Дизайн дополнен позолоченными декоративными элементами.</t>
+  </si>
+  <si>
+    <t>949837</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/26d/gbedjn1gvr10oiq7wmfsnfavrizwr1aq.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая PARKER IM BLACK GT синий 0,8мм. 1931666</t>
   </si>
   <si>
     <t>950046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e28/fbhndkhp73fwuwq83rc422e0zns2uf12.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker IM Premium Black Gold GT,синий,в подар.уп. 1931667</t>
   </si>
   <si>
     <t>Ручка шариковая Parker IM Premium Black/Gold GT,синий,в подар.уп. 1931667</t>
   </si>
   <si>
     <t>951861</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/761/dwn6gtzdwg5t7gmiqsnt9h2lpx7h519c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ca/hjd6naf8fqfb8itwbwzosc8jjoarr98o.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая PARKER JOTTER STAINLESS STEEL CT синий 1,0 мм 1953170</t>
   </si>
   <si>
     <t>951864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b6/59vinjpof1s8gfvvodgzdjla1poi1kq2.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая PARKER Jotter Original пластик S0033170</t>
   </si>
   <si>
     <t>Серия ручек Jotter Originals - это новое дополнение к семейству Jotter, способное добавить ретро-штих вашим повседневным моментам письма. Шариковая ручка Parker Jotter Original имеет характерный силуэт ручки Jotter, фирменный щелчок и культовый клип со стрелками. Корпус шариковой ручки выполнен из яркого сверхпрочного глянцевого пластика и нержавеющей стали. Технология Quinkflow обеспечивает более плавное, чистое и стабильное качество письма, одним словом, лучшую шариковую ручку Parker. Толщина линии - 0,8 мм &amp;#40;в зависимости от бумаги&amp;#41;. Чернила синего цвета. Данный пишущий инструмент поставляется в обновленной подарочной коробке, что делает его прекрасным, стильным, деловым презентом. Размер футляра - 180х60х40 мм. Тип: шариковая ручка. Коллекция: Jotter. Материал: сверхпрочный глянцевый пластик. Отделка: нержавеющая сталь. Механизм: нажимного действия. Цвет: синий. Цвет отделки: серебристый. Комплектация: шариковая ручка, подарочная коробка, гарантийный талон с инструкцией. Страна происхождения: Франция.</t>
   </si>
   <si>
     <t>953120</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b0d/nq3r151z4ri3hrsja77mdasd26kfg8q8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка перьевая PARKER  quot;IM Core Black Lacquer CT quot;, корпус черный глянцевый лак, хромированные детали, синяя, 1931644</t>
+  </si>
+  <si>
+    <t>Минимализм и надежность как стиль жизни – ручки PARKER классической коллекции IM идеально укладываются в эту формулу. Отличный подарок по привлекательной цене для широкого круга людей. Возможно использование со стандартными чернильными картриджами &amp;#40;75х6 мм&amp;#41; и мини-картриджами &amp;#40;35х6 мм&amp;#41; PARKER, а также стандартным конвертером PARKER для заправки чернилами из флакона.</t>
+  </si>
+  <si>
+    <t>954972</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d77/07yv62hg87zpu72nvptneh60w6ulq20s.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая PARKER  quot;Jotter Orig White quot;, корпус белый, детали нержавеющая сталь, синяя, RG0032930</t>
   </si>
   <si>
     <t>960385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90e/u3ckicoz985zev0rdzk8677tiy20jx6e.jpg</t>
   </si>
   <si>
     <t>Набор Parker  quot;IM Black CT quot;: ручка шариковая, 1,0мм и ручка перьевая, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Набор Parker &amp;quot;IM Black CT&amp;quot;: ручка шариковая, 1,0мм и ручка перьевая, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969079</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/624/519nf89vavs4pc7w3w32dg2nyar54g2e.jpg</t>
   </si>
   <si>
     <t>Набор Parker  quot;IM Brushed Metal GT quot;: ручка шариковая, 1,0мм и ручка-роллер, 1,0мм, подарочная упаковка</t>
@@ -1367,170 +1289,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ae/9slhr8cya262ldhmn831i7p4y61yzvel.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Black CT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Black CT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969082</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6b/gzikut7y9hxworrvpd1lhbfmswbtxqex.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Premium Pearl GT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Premium Pearl GT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969083</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b74/q4kxbcddsrjdb97qjvw9lt9pntn1sdzf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/057/8tf62qfyfhsc6zm6f48jnl8s0ubtjgnf.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Premium Warm Silver GT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Premium Warm Silver GT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969085</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bb3/nwblswb5y31ow0582ouo8seksg9z5gxh.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/404/yijvj97yk7xlj09wszsowcouvqk2hrag.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Professionals Monochrome Champagne quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Professionals Monochrome Champagne&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c6/eblqoj4fkp7xvobs5tqdabqdvd2lm3db.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Professionals Monochrome Titanium quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Professionals Monochrome Titanium&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969090</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dd4/mji1zw97jbl5c9hjpb9r1r4yjcg4p4oy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0c5/sr10y7vmyzomv36ibk5w3v0cgocde9ie.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Professionals Monochrome Champagne quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Professionals Monochrome Champagne&amp;quot; синяя, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969092</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8d/gud3yixnc1liurtpe42ytm3nfjfp8ksr.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Stainless Steel CT quot; черная, 1,0мм, кнопочн., подарочная упаковка с европодвесом</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Stainless Steel CT&amp;quot; черная, 1,0мм, кнопочн., подарочная упаковка с европодвесом</t>
   </si>
   <si>
     <t>969093</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f9f/m3lzdc6f0x1w4c4bvulijp6jxcn27v23.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/409/zxeokjyt38gci2xkyh93mok2k6xfhc49.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Ingenuity Black BT quot; 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Ingenuity Black BT&amp;quot; 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969096</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90c/uz84bof3j5tsvs3bikh9zbixiinno5x1.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Ingenuity Black CT quot; 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Ingenuity Black CT&amp;quot; 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969097</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5af/jb4cjxwft10gz90he8pqrf08nizj3jej.jpg</t>
@@ -1595,86 +1457,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f0a/z7k1y9eebbtkkzvk08573t2118k4r0no.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;Ingenuity Black CT quot; черная, 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;Ingenuity Black CT&amp;quot; черная, 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969103</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89e/fef1e5gueuy3gnhhh35w5ugs4b6q4kdh.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Parker  quot;Ingenuity Black GT quot; черная, 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка-роллер Parker &amp;quot;Ingenuity Black GT&amp;quot; черная, 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969104</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/278/466se0qfnhw833ot4fl1tqrdld6o68d5.jpg</t>
+  </si>
+  <si>
+    <t>Набор Parker  quot;Jotter Stainless Steel CT quot;: ручка шариковая, 1,0мм и механический карандаш, 0,5мм, подарочная упаковка</t>
+  </si>
+  <si>
+    <t>Набор Parker &amp;quot;Jotter Stainless Steel CT&amp;quot;: ручка шариковая, 1,0мм и механический карандаш, 0,5мм, подарочная упаковка</t>
+  </si>
+  <si>
+    <t>969105</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9d0/hedqxl7mzcu8xhha50bi3zgz33ts7ler.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Jotter Originals Blue Chrom CT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Jotter Originals Blue Chrom CT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969106</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/427/nzlz4ckd8u9w9jtgghr9xrn8cglknmo9.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/04f/tu8gxpixda0e4dmia0ujv6208ikp1pkp.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Sonnet Matte Black СT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Sonnet Matte Black СT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>969113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2f/j7s4ymw8ocbxmgawm583qpst6793hv61.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Sonnet Premium Metal Grey PGT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Sonnet Premium Metal&amp;Grey PGT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>969114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2e/ihi3nmosurq62l5vwg8i7mhgubzlr54t.jpg</t>
@@ -1715,396 +1565,288 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1a0/zok2du5n4sxmfvxlhworbxy90m3dvuxy.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Vector XL Teal quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Vector XL Teal&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>969121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/370/eovrftrpdin7v5232lndcz0v3jisskjl.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая PARKER  quot;Sonnet Core Stainless Steel CT quot;, корпус серебристый, палладиевые детали, черная, 1931512</t>
   </si>
   <si>
     <t>Ручка Parker Sonnet Steel CT имеет обновленный дизайн: усовершенствованный клип, украшенный тремя перьями, тройное кольцо на колпачке с гравировкой PARKER, измененный торец колпачка.</t>
   </si>
   <si>
     <t>971778</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b1a/5bqrcwb86pwi1qxybr9z1vptq2d8wmkx.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PARKER  quot;Jotter Core Stainless Steel GT quot;, ежедневник А5 коричневый, пакет, 880890</t>
+  </si>
+  <si>
+    <t>Популярная современная коллекция Jotter отличается высокой надежностью и стильным дизайном. Ручки серии &amp;quot;Jotter&amp;quot; – это функциональные письменные принадлежности, подходящие для людей любого возраста. В набор входит ручка в подарочной коробке, ежедневник недатированный А5 коричневый, подарочный пакет с логотипом PARKER.</t>
+  </si>
+  <si>
+    <t>975098</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2e8/n6lzm3ttthwfncy1dbdh907ftlnm1887.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter Originals Recycled Navy CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Jotter Originals Recycled Navy CT&amp;quot; с с корпусом из нержавеющей стали и пластика синего цвета. Ручка упакована в оригинальную картонную подарочную коробку Parker. Ручка поставляется в комплекте с шариковым стержнем синего цвета. Гарантия 1 год. Сервисный центр ООО &amp;quot;Сервис Пен&amp;quot;</t>
   </si>
   <si>
     <t>975120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e4/extpezwuedvu2w9dq6p8pbmw8ro07jxk.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;IM Premium Blue Grey CT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;IM Premium Blue Grey CT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>983902</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/t1fl2k422uuu8tvrq9e2bk0m20hdobeo.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Ingenuity Black BT quot; черная, 1,0мм подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Ingenuity Black BT&amp;quot; черная, 1,0мм подарочная упаковка</t>
   </si>
   <si>
     <t>983903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e1/psuq1buz16e2e4w212anpdlg7kil76v5.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Ingenuity Black GT quot; черная, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Ingenuity Black GT&amp;quot; черная, 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>983904</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/901/gzxixe6st1orspfro4k62tzvheaqvc5w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/754/32sexv44rw5mbyp82zu09wwls3w8uue3.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Jotter Originals Red Chrome CT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Jotter Originals Red Chrome CT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>983906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e58/eww5f468x0qdzf02ta9qw4957l6xav50.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Jotter Originals White Chrome CT quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Jotter Originals White Chrome CT&amp;quot; синяя, 0,8мм, подарочная упаковка</t>
   </si>
   <si>
     <t>983907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6dd/8a07y7a9kmg1dmxptx0fayu10hmlnooc.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Jotter Royal Blue CT quot; 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Jotter Royal Blue CT&amp;quot; 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>983908</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a0/vu995b5xqka91gtsz58f0ut4qgy3w06x.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/250/0p3h13pjhjmmhhys6byt7sdgydoxtkh3.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter Chelsea Orange CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Jotter Chelsea Orange CT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>983910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a63/s9psqg4y8hwuzu7030iglz1sp5k9l12k.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter New York Black CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Jotter New York Black CT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>983911</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a84/1b95v43vmqdqesst0lum5y9narz854ai.jpg</t>
-[...8 lines deleted...]
-    <t>983913</t>
+    <t>http://anytos.ru//upload/iblock/7fc/bcz0udvx4w8wkhd01bm74kgumjah2df5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Parker  quot;Jotter Originals Recycled Red CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Parker &amp;quot;Jotter Originals Recycled Red CT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
+  </si>
+  <si>
+    <t>983912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7e/064c78gsrp2u5rkevpgsf83tunh3x0r3.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter XL Grey CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Jotter XL Grey CT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>983915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/659/2v90gao7gfiod9ehfuvfvmjby0h0uqr5.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter XL Monochrome Gold quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Jotter XL Monochrome Gold&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>983916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d59/1sbex2sbmx9sphdqu3gu50p1lw4yeeen.jpg</t>
   </si>
   <si>
     <t>Набор Parker  quot;Urban Duo quot;: ручка шариковая Urban Black GT, синяя, 1,0мм   перьевая ручка Urban Black GT</t>
   </si>
   <si>
     <t>Набор Parker &amp;quot;Urban Duo&amp;quot;: ручка шариковая Urban Black GT, синяя, 1,0мм &amp;#43; перьевая ручка Urban Black GT</t>
   </si>
   <si>
     <t>983917</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/16e/eqgsb7lugxhw1fgu9b13w7v42tcutlji.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/857/jrvuucxdzl0r5v1irbet46vbtjwyslrm.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;IM Rituals GREY Gradient CT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;IM Rituals GREY Gradient CT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>1002504</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/188/yl9gy1ng7li4meo9ndebw9gnl3lzzvyy.jpg</t>
   </si>
   <si>
     <t>Ручка- роллер Parker  quot;Ingenuity ARROW GT quot; черная, 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка- роллер Parker &amp;quot;Ingenuity ARROW GT&amp;quot; черная, 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>1002505</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cde/0ar39t7mx7iyuk4yjf70p8a4g1w30fnn.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Ingenuity ARROW GT quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Ingenuity ARROW GT&amp;quot; черная, 1,0мм, поворот., подарочная упаковка</t>
   </si>
   <si>
     <t>1002506</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f4/zdk6e3eeqgk12h858yilr295xy3nf8gk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/992/oetxdaqcl1zgv2jfh1018dj3mz6wvrmb.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Parker  quot;Jotter Bond Street Black Chrome CT quot; 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Карандаш механический Parker &amp;quot;Jotter Bond Street Black Chrome CT&amp;quot; 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>1002508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/797/lidkqv79dwc76r3a3ei71ovfh3vvxcu6.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Parker  quot;Jotter Royal Blue Chrome CT quot; 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Карандаш механический Parker &amp;quot;Jotter Royal Blue Chrome CT&amp;quot; 0,5мм, подарочная упаковка</t>
   </si>
   <si>
     <t>1002509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3de/fqfzdrn5qtnjnbanigpo9sm9t4j226mh.jpg</t>
   </si>
   <si>
     <t>Ручка перьевая Parker  quot;Jotter Bond Street Black CT quot; 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка перьевая Parker &amp;quot;Jotter Bond Street Black CT&amp;quot; 1,0мм, подарочная упаковка</t>
   </si>
   <si>
     <t>1002510</t>
-  </si>
-[...10 lines deleted...]
-    <t>1002511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d9/yaomrxhz3d3us5jom9a6vve2s1rvvy32.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter 70th Stainless Steel GT quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Jotter 70th Stainless Steel GT&amp;quot; синяя, 1,0мм, кнопочн., подарочная упаковка</t>
   </si>
   <si>
     <t>1002512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b03/kbhv6qwg6xvhr8idqyhymn752ne3mg0b.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Parker  quot;Jotter Originals Recycled Magenta quot; синяя, 0,8мм, кнопочн., пластик. корпус, подарочная упаковка</t>
   </si>
   <si>
     <t>Ручка шариковая Parker &amp;quot;Jotter Originals Recycled Magenta&amp;quot; синяя, 0,8мм, кнопочн., пластик. корпус, подарочная упаковка</t>
   </si>
   <si>
     <t>1002514</t>
   </si>
@@ -2527,4193 +2269,3699 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J181"/>
+  <dimension ref="A1:M159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G181" sqref="G181"/>
+      <selection pane="bottomRight" activeCell="G159" sqref="G159"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...88 lines deleted...]
-      <c r="C20" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...320 lines deleted...]
-      </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>141</v>
+        <v>59</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="B104" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="B105" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="F106" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="B107" s="1" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>83</v>
+        <v>431</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>15</v>
-[...505 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">