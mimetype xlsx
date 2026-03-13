--- v0 (2025-12-27)
+++ v1 (2026-03-13)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb7/yvwxg1trc8x33v28u922gcyhxxtezclc.jpg</t>
   </si>
   <si>
     <t>Термос ЛАЙМА с узким горлом, 0,5 л, нержавеющая сталь, хаки, 601409</t>
   </si>
   <si>
     <t>Термос LAIMA с узким горлом предназначен для хранения горячих и холодных напитков. Держит температуру до 24 часов.Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.Изготовлен из высококачественной нержавеющей стали. Термос диаметром 6,5 см и высотой 25 см оснащен специальной кнопкой, позволяющей наливать напитки, не отвинчивая пробку. Объем - 0,5 л.</t>
   </si>
   <si>
     <t>Термосы для напитков</t>
@@ -131,80 +140,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/70b/ls3laf24hy1kmb0xfldvssulhbgfcibu.jpg</t>
   </si>
   <si>
     <t>Термос ЛАЙМА классический с узким горлом, 1 л, нержавеющая сталь, 601414</t>
   </si>
   <si>
     <t>Термос классического дизайна LAIMA с узким горлом предназначен для хранения горячих и холодных напитков. Держит температуру до 24 часов.Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.Изготовлен из высококачественной нержавеющей стали. Термос диаметром 8 см и высотой 33 см выполнен в серебристом цвете. Оснащен специальной кнопкой, позволяющей наливать напитки, не отвинчивая пробку. Объем - 1 л.</t>
   </si>
   <si>
     <t>459542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2de/o1ivp7xd0cupn43vb1v000eqqi9syq51.jpg</t>
   </si>
   <si>
     <t>Термос ЛАЙМА универсальный с широким горлом, 0,8 л, нержавеющая сталь, 601408</t>
   </si>
   <si>
     <t>Термос LAIMA универсальный с широким горлом предназначен для хранения напитков, первых и вторых блюд. Держит температуру до 24 часов.Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.Изготовлен из высококачественной нержавеющей стали. Термос диаметром 10 см и высотой 18 см выполнен в серебристом цвете. Удобная широкая горловина.Объем – 0,8 л.</t>
   </si>
   <si>
     <t>459543</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b50/b50e25b318c354daaa5538003af20b56/fb010bf4e12122e31426de2fb069aa9a.jpg</t>
-[...5 lines deleted...]
-    <t>586119</t>
+    <t>http://anytos.ru//upload/iblock/773/773823bdb1c0f02b0142f0a47b1b6f44/7cb0d336dc8947dd34c4676bcb939452.jpg</t>
+  </si>
+  <si>
+    <t>Термос БИОСТАЛЬ с узкой горловиной, 1.0 л. NB-1000 -2</t>
+  </si>
+  <si>
+    <t>613310</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/393/39391c97f825022c018e9afdfa5d1330/4d9233235c938f37c00609e01dafa07f.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/199/199d8e0852a782dd0ac69a5682cea03f/91209046e60bbfe03a989869409dcbe2.jpg</t>
   </si>
   <si>
     <t>Термос БИОСТАЛЬ универсальный 1.5 л NG-1500-1</t>
   </si>
   <si>
     <t>613311</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/525/i4b0pb77j3d88o6xhanuqwddf1971kq9.jpg</t>
   </si>
   <si>
     <t>Термос ЛАЙМА классический с узким горлом, 1,8 л, нержавеющая сталь, пластиковая ручка, 601405</t>
   </si>
   <si>
     <t>Термос классического дизайна LAIMA с узким горлом предназначен для хранения горячих и холодных напитков. Держит температуру до 24 часов.Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.Изготовлен из высококачественной нержавеющей стали. Термос диаметром 10,5 см и высотой 33 см выполнен в серебристом цвете. Оснащен специальной двойной пробкой, позволяющей регулировать диаметр горла. Удобен в использовании благодаря складной пластиковой ручке. Объем - 1,8 л.</t>
   </si>
   <si>
     <t>626929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8f/5o2bdf43e0l9z2ethn7u9mkh1ghe08lj.jpg</t>
   </si>
   <si>
     <t>Термос ЛАЙМА классический с узким горлом, 0,5 л, нержавеющая сталь, синий, 605122</t>
@@ -234,50 +225,62 @@
     <t>Термос ЛАЙМА классический с узким горлом, 1 л, нержавеющая сталь, синий, 605124</t>
   </si>
   <si>
     <t>Термос классического дизайна с узким горлом изготовлен из высококачественной нержавеющей стали. Оснащен специальной кнопкой, позволяющей наливать напитки, не отвинчивая пробку. Предназначен для хранения горячих и холодных напитков. Держит температуру до 24 часов.Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.</t>
   </si>
   <si>
     <t>654332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3e/f6jgp17a865h8ubrhy4rwivc665s2mqx.jpg</t>
   </si>
   <si>
     <t>Термос 0,6 л, BOOMHOUSE  БумХаус  DARKBLUE, нержавеющая сталь SUS304, молотковая эмаль, крышка кружка, синий, 700309</t>
   </si>
   <si>
     <t>Практичный термос BOOMHOUSE из качественной нержавеющей стали SUS304 удерживают высокую температуру до 24 часов, низкую – до 48 часов. Двойные стенки обеспечивают надёжную термоизоляцию. Подходит для работы, поездок и отдыха. Термос BOOMHOUSE выполнен из долговечной пищевой нержавеющей стали SUS304 и безопасного для здоровья нетоксичного пластика &amp;#40;BPA free&amp;#41;. Благодаря качественной вакуумной конструкции с двойными стенками, силиконовым уплотнителям и надежной крышке полностью герметичен и не протекает при использовании. Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.Термос оснащен специальной пробкой с каналами, позволяющей наливать напитки без полного откручивания пробки под любым углом и помогающей сохранять температуру напитка как можно дольше. Крышка термоса может быть использована как кружка. Корпус покрыт молотковым покрытием темно-синего цвета, которое не только обеспечивает термосу стильный дизайн, но и препятствует появлению мелких царапин при долгосрочном использовании.Термос высотой 25,2 см имеет диаметр горлышка 4,5 см, диаметр донышка – 8 см. Объем – 0,6 л.</t>
   </si>
   <si>
     <t>1015561</t>
   </si>
   <si>
     <t>&lt;a href="/brands/boomhouse/"&gt;BoomHouse&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57d/23rnnu6n8783qi9b2o7gh63gf17b32hl.jpg</t>
+  </si>
+  <si>
+    <t>Термос 1 л, BOOMHOUSE  БумХаус  CLASSIC, нержавеющая сталь SUS304, черный силиконовый рукав, крышка кружка, 700308</t>
+  </si>
+  <si>
+    <t>Практичный термос BOOMHOUSE из качественной нержавеющей стали SUS304 удерживают высокую температуру до 24 часов, низкую – до 48 часов. Двойные стенки обеспечивают надёжную термоизоляцию. Подходит для работы, поездок и отдыха. Термос BOOMHOUSE выполнен из долговечной пищевой нержавеющей стали SUS304 и безопасного для здоровья нетоксичного пластика &amp;#40;BPA free&amp;#41;. Благодаря качественной вакуумной конструкции с двойными стенками, силиконовым уплотнителям и надежной крышке полностью герметичен и не протекает при использовании. Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.Термос оснащен специальной пробкой с каналами, позволяющей наливать напитки без полного откручивания пробки под любым углом и помогающей сохранять температуру напитка как можно дольше. Крышка термоса может быть использована как кружка. Черный силиконовый рукав не только добавляет классическому стилю новизны, но и обеспечивает комфорт при использовании.Термос высотой 31,5 см имеет диаметр горлышка 5,1 см, диаметр донышка – 8,3 см. Объем – 1 л.</t>
+  </si>
+  <si>
+    <t>1015565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/svc9xde07bnzpd4fvhv5g1s4b0nfa77r.jpg</t>
   </si>
   <si>
     <t>Термос 1 л, BOOMHOUSE  БумХаус  DARKBLUE, нержавеющая сталь SUS304, молотковая эмаль, крышка кружка, синий, 700310</t>
   </si>
   <si>
     <t>Практичный термос BOOMHOUSE из качественной нержавеющей стали SUS304 удерживают высокую температуру до 24 часов, низкую – до 48 часов. Двойные стенки обеспечивают надёжную термоизоляцию. Подходит для работы, поездок и отдыха. Термос BOOMHOUSE выполнен из долговечной пищевой нержавеющей стали SUS304 и безопасного для здоровья нетоксичного пластика &amp;#40;BPA free&amp;#41;. Благодаря качественной вакуумной конструкции с двойными стенками, силиконовым уплотнителям и надежной крышке полностью герметичен и не протекает при использовании. Удержание температуры зависит от условий использования: частота открывания, время нахождения в открытом состоянии, температура окружающей среды, начальная температура наливаемой жидкости.Термос оснащен специальной пробкой с каналами, позволяющей наливать напитки без полного откручивания пробки под любым углом и помогающей сохранять температуру напитка как можно дольше. Крышка термоса может быть использована как кружка. Корпус покрыт молотковым покрытием темно-синего цвета, которое не только обеспечивает термосу стильный дизайн, но и препятствует появлению мелких царапин при долгосрочном использовании.Термос высотой 33,6 см имеет диаметр горлышка 4,5 см, диаметр донышка – 8 см. Объем – 1 л.</t>
   </si>
   <si>
     <t>1015566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d97/kzpjrmqib9ohrvdxmv9pb2n3ji1h1zbv.jpeg</t>
   </si>
   <si>
     <t>Термобутылка  quot;FLORA.PARADISE.Lemons quot;, 500 мл</t>
   </si>
   <si>
     <t>Компактная и стильная бутылка &amp;quot;Flora.Лимоны&amp;quot; вместимостью 500 мл выполнена из высококачественной нержавеющей стали SS 201 &amp;#40;снаружи&amp;#41; и SS 304 &amp;#40;внутри&amp;#41;. Нержавеющая сталь не впитывает запахи, не искажает вкус напитков, легко чистится и не подвергается коррозии, что делает термобутылку долговечной и удобной в применении. Ее эргономичные размеры &amp;#40;высота 21,7 см, диаметр горлышка 3,4 см&amp;#41; обеспечивают комфортное использование. Надежная герметичная крышка с резьбовым замком гарантирует полную защиту от протекания жидкости и удобно открывается одной рукой. Двойные стенки термобутылки сохраняют тепло до 8 часов и холод - до 12 часов. Бутылка декорирована золотой фольгой и поставляется в элегантной картонной тубе, что делает ее идеальным подарком.</t>
   </si>
   <si>
     <t>1016974</t>
   </si>
@@ -685,593 +688,588 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J25"/>
+  <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G25" sqref="G25"/>
+      <selection pane="bottomRight" activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="G19" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...12 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G23" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...22 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">